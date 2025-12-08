--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -1,110 +1,107 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="341CDE18" w14:textId="77777777" w:rsidR="00E44F9A" w:rsidRDefault="00E44F9A" w:rsidP="002E4356">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7ED9D763" w14:textId="677CD443" w:rsidR="002E4356" w:rsidRPr="00AE1152" w:rsidRDefault="00BC5AF3" w:rsidP="002E4356">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Meriter Site Supplement </w:t>
       </w:r>
       <w:r w:rsidR="002E4356" w:rsidRPr="00AE1152">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>INSTRUCTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1392B942" w14:textId="77777777" w:rsidR="002E4356" w:rsidRDefault="002E4356" w:rsidP="00C30F8F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="599224F8" w14:textId="2AEE507E" w:rsidR="008B2D65" w:rsidRDefault="00C30F8F" w:rsidP="00C30F8F">
+    <w:p w14:paraId="599224F8" w14:textId="1476CB03" w:rsidR="008B2D65" w:rsidRDefault="00C30F8F" w:rsidP="00C30F8F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC5AF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Use </w:t>
       </w:r>
       <w:r w:rsidR="002E4356" w:rsidRPr="00BC5AF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00A95F58" w:rsidRPr="00BC5AF3">
@@ -119,95 +116,113 @@
       <w:r w:rsidR="00C862E2" w:rsidRPr="00BC5AF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Meriter </w:t>
       </w:r>
       <w:r w:rsidR="00A95F58" w:rsidRPr="00BC5AF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Site Supplement </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC5AF3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>when Meriter is the relying IRB</w:t>
+        <w:t xml:space="preserve">when Meriter is </w:t>
+      </w:r>
+      <w:r w:rsidR="00894FF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">one of </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB68E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>multiple study sites</w:t>
       </w:r>
       <w:r w:rsidRPr="002E4356">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7514A74C" w14:textId="4EBA9541" w:rsidR="00A95F58" w:rsidRDefault="00C30F8F" w:rsidP="00056003">
+    <w:p w14:paraId="7514A74C" w14:textId="2CC5B77F" w:rsidR="00A95F58" w:rsidRDefault="00C30F8F" w:rsidP="00056003">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>UW</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C862E2">
+        <w:t xml:space="preserve">This template will help the Meriter </w:t>
+      </w:r>
+      <w:r w:rsidR="0013003A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>-Madison</w:t>
+        <w:t>Research Compliance Office</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> IRB or another IRB will be the reviewing IRB. This template will help the Meriter IRB understand how your study will be operationalized at Meriter</w:t>
+        <w:t xml:space="preserve"> understand how your study will be operationalized at Meriter</w:t>
       </w:r>
       <w:r w:rsidR="008B2D65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> and what </w:t>
       </w:r>
       <w:r w:rsidR="00662C20">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">parts of the research </w:t>
       </w:r>
       <w:r w:rsidR="008B2D65">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>will happen at Meriter compared to other sites</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
@@ -927,68 +942,77 @@
       <w:r>
         <w:t>SOPs are arranged by number and grouped by topics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="138D04EE" w14:textId="77777777" w:rsidR="00BD2E4B" w:rsidRDefault="00BD2E4B" w:rsidP="00BD2E4B">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2BAF1A22" w14:textId="7AB0C9AE" w:rsidR="00222CF7" w:rsidRPr="00222CF7" w:rsidRDefault="00222CF7" w:rsidP="00222CF7">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00222CF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~~</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16CEDB30" w14:textId="11CBC3FC" w:rsidR="00222CF7" w:rsidRPr="00E44F9A" w:rsidRDefault="00E44F9A" w:rsidP="00E44F9A">
+    <w:p w14:paraId="16CEDB30" w14:textId="0F258BCD" w:rsidR="00222CF7" w:rsidRPr="00E44F9A" w:rsidRDefault="00E44F9A" w:rsidP="00E44F9A">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E44F9A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Template Date 11/2022</w:t>
+        <w:t>Template Date 11/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00894FF6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CBAA194" w14:textId="2F9A1D08" w:rsidR="00E44F9A" w:rsidRPr="00E44F9A" w:rsidRDefault="00222CF7" w:rsidP="00E44F9A">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
@@ -1958,62 +1982,117 @@
       <w:r w:rsidRPr="00AB0BFA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">using the UW Pharmaceutical Research Center, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C30F8F">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Meriter Pharmacy</w:t>
       </w:r>
       <w:r>
         <w:t>, or some other method?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56CDEA4A" w14:textId="77777777" w:rsidR="00FF58B2" w:rsidRPr="00AB0BFA" w:rsidRDefault="00FF58B2" w:rsidP="00FF58B2">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23A4041E" w14:textId="50DB7FC3" w:rsidR="004A2300" w:rsidRPr="00CA0CB1" w:rsidRDefault="004A2300" w:rsidP="004A2300">
+    <w:p w14:paraId="23A4041E" w14:textId="4394A6DA" w:rsidR="004A2300" w:rsidRPr="00071C2E" w:rsidRDefault="004A2300" w:rsidP="004A2300">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc59109456"/>
       <w:r w:rsidRPr="00CA0CB1">
-        <w:t xml:space="preserve">Data and Specimen </w:t>
-[...2 lines deleted...]
-        <w:t>Banking</w:t>
+        <w:t>Data and</w:t>
+      </w:r>
+      <w:r w:rsidR="002226D4">
+        <w:t>/o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3718">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA0CB1">
+        <w:t xml:space="preserve"> Specimen </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE3718">
+        <w:t>Management</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00BE3718">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00071C2E">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00BE3718" w:rsidRPr="00071C2E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If your study is only handling data, delete </w:t>
+      </w:r>
+      <w:r w:rsidR="00071C2E" w:rsidRPr="00071C2E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Specimen</w:t>
+      </w:r>
+      <w:r w:rsidR="00071C2E">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the heading.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="262FEB75" w14:textId="381DC139" w:rsidR="00C30F8F" w:rsidRPr="00C30F8F" w:rsidRDefault="00C30F8F" w:rsidP="00C30F8F">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>Complete this section if specimens and</w:t>
       </w:r>
       <w:r w:rsidR="00224715">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">/or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">data </w:t>
@@ -2021,61 +2100,67 @@
       <w:r w:rsidR="00224715">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> collected a</w:t>
       </w:r>
       <w:r w:rsidR="00224715">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>t Meriter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D8C329F" w14:textId="4BF9D041" w:rsidR="00B658A7" w:rsidRDefault="00B658A7" w:rsidP="00C65AE9">
+    <w:p w14:paraId="3D8C329F" w14:textId="6AA3D1A8" w:rsidR="00B658A7" w:rsidRDefault="00B658A7" w:rsidP="00C65AE9">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1260" w:hanging="540"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Describe how and where specimens and data are collected.  Describe who collects specimens and data and chain of custody. </w:t>
+        <w:t>Describe how and where specimens and</w:t>
+      </w:r>
+      <w:r w:rsidR="00D67B25">
+        <w:t>/or</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> data are collected.  Describe who collects specimens and data and chain of custody. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B658A7">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Meriter IRB </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">is interested in when non-research </w:t>
       </w:r>
       <w:r w:rsidR="00AE1152">
         <w:t xml:space="preserve">Meriter </w:t>
       </w:r>
       <w:r>
         <w:t>staff are involved and when UW research staff are involved.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="663EA77F" w14:textId="04FB668F" w:rsidR="004A2300" w:rsidRDefault="00224715" w:rsidP="00C65AE9">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1260" w:hanging="540"/>
@@ -2337,77 +2422,74 @@
       </w:r>
       <w:r w:rsidR="004A2300" w:rsidRPr="00AA2384">
         <w:t>describe additional safeguards included to protect their rights and welfare.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B8F20E1" w14:textId="4394F890" w:rsidR="00D572C4" w:rsidRPr="00570E7F" w:rsidRDefault="00570E7F" w:rsidP="00570E7F">
       <w:pPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DDB8B9E" w14:textId="611818E6" w:rsidR="004A2300" w:rsidRDefault="00F25004" w:rsidP="004A2300">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Toc59109461"/>
       <w:r>
-        <w:t>Screening</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Screening and </w:t>
       </w:r>
       <w:r w:rsidR="004A2300">
         <w:t>Recruitment Methods</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="0620D651" w14:textId="6CAF1315" w:rsidR="004A2300" w:rsidRPr="001116B5" w:rsidRDefault="004A2300" w:rsidP="7D393458">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E01E6B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>This section is for</w:t>
       </w:r>
       <w:r w:rsidR="00F25004">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> screening and</w:t>
       </w:r>
       <w:r w:rsidRPr="00E01E6B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> recruitment methods </w:t>
       </w:r>
       <w:r w:rsidR="001116B5" w:rsidRPr="00E01E6B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">you will use at </w:t>
@@ -2641,69 +2723,51 @@
       </w:r>
       <w:r w:rsidRPr="00033F6D">
         <w:t>Process</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="7F86F517" w14:textId="77777777" w:rsidR="00DE089B" w:rsidRDefault="00DE089B" w:rsidP="00C65AE9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Complete this section if subjects will be consented at Meriter Hospital, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or the Madison area UnityPoint Clinics.</w:t>
+        <w:t>Complete this section if subjects will be consented at Meriter Hospital, Inc. or the Madison area UnityPoint Clinics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A399ED" w14:textId="33CFE9F2" w:rsidR="00DE089B" w:rsidRDefault="00DE089B" w:rsidP="00C65AE9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete this section </w:t>
       </w:r>
       <w:r w:rsidR="001C183B">
         <w:rPr>
@@ -2713,69 +2777,51 @@
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">f consent occurs </w:t>
       </w:r>
       <w:r w:rsidR="001C183B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>because of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> being a patient or family member of a patient at Meriter Hospital, </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> or the Madison area UnityPoint Clinics.</w:t>
+        <w:t xml:space="preserve"> being a patient or family member of a patient at Meriter Hospital, Inc. or the Madison area UnityPoint Clinics.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A4EA66E" w14:textId="1D976C46" w:rsidR="00491A9B" w:rsidRDefault="00491A9B" w:rsidP="00C65AE9">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve">If consent </w:t>
       </w:r>
       <w:r w:rsidR="000C27D9">
         <w:rPr>
@@ -3745,59 +3791,51 @@
       <w:r w:rsidR="009B13C7">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00E616DC" w:rsidRPr="003F1106">
         <w:t xml:space="preserve">ritten </w:t>
       </w:r>
       <w:r w:rsidR="009B13C7">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00E616DC" w:rsidRPr="003F1106">
         <w:t xml:space="preserve">ocumentation of </w:t>
       </w:r>
       <w:r w:rsidR="009B13C7">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00E616DC" w:rsidRPr="003F1106">
         <w:t>onsent</w:t>
       </w:r>
       <w:r w:rsidR="00E616DC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0CB1">
         <w:t xml:space="preserve"> If not, describe whether and how consent of the subject will be documented in writing.</w:t>
       </w:r>
       <w:r w:rsidR="009B13C7">
-        <w:t xml:space="preserve"> Include whether you’ll be using a wet ink signature or a digital signature (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> DocuSign).</w:t>
+        <w:t xml:space="preserve"> Include whether you’ll be using a wet ink signature or a digital signature (e.g. DocuSign).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D26D309" w14:textId="0E6F6961" w:rsidR="009B13C7" w:rsidRDefault="009B13C7" w:rsidP="00C65AE9">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="1260" w:hanging="540"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If you are requesting a waiver of documentation of </w:t>
       </w:r>
       <w:r w:rsidR="00074E00">
         <w:t>consent,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> explain how your study meets the regulatory requirements for a waiver of documentation.</w:t>
       </w:r>
       <w:r w:rsidR="00074E00">
         <w:t xml:space="preserve">  See </w:t>
       </w:r>
       <w:r w:rsidR="00074E00" w:rsidRPr="00222CF7">
         <w:rPr>
@@ -3822,86 +3860,82 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D0A6F15" w14:textId="77777777" w:rsidR="003503FA" w:rsidRDefault="003503FA" w:rsidP="00074E00">
       <w:pPr>
         <w:pStyle w:val="BlockText"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003503FA" w:rsidSect="00570E7F">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1728" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14C16F6C" w14:textId="77777777" w:rsidR="00DA1160" w:rsidRDefault="00DA1160" w:rsidP="007C0AA4">
+    <w:p w14:paraId="1084CA48" w14:textId="77777777" w:rsidR="00024A04" w:rsidRDefault="00024A04" w:rsidP="007C0AA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2936621A" w14:textId="77777777" w:rsidR="00DA1160" w:rsidRDefault="00DA1160" w:rsidP="007C0AA4">
+    <w:p w14:paraId="267ABD35" w14:textId="77777777" w:rsidR="00024A04" w:rsidRDefault="00024A04" w:rsidP="007C0AA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3956,77 +3990,95 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="5000205A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="3AD46647" w14:textId="1500076D" w:rsidR="008A0E2C" w:rsidRPr="000E3478" w:rsidRDefault="00C862E2" w:rsidP="000E3478">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3AD46647" w14:textId="5EBF405F" w:rsidR="008A0E2C" w:rsidRPr="000E3478" w:rsidRDefault="00C862E2" w:rsidP="000E3478">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>Version 1.X (xx/xx/20</w:t>
+      <w:t>Version 1.X (</w:t>
+    </w:r>
+    <w:r w:rsidR="00894FF6">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>00</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>/</w:t>
+    </w:r>
+    <w:r w:rsidR="00894FF6">
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>00</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="FF0000"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>/20</w:t>
     </w:r>
     <w:r w:rsidR="00FC006F">
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="FF0000"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>x)</w:t>
     </w:r>
     <w:r w:rsidR="008A0E2C">
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="008A0E2C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
@@ -4083,114 +4135,84 @@
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:noProof/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="008A0E2C">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="008A0E2C" w:rsidRPr="00EE6AD4">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F1EB6A3" w14:textId="77777777" w:rsidR="00DA1160" w:rsidRDefault="00DA1160" w:rsidP="007C0AA4">
+    <w:p w14:paraId="3D74989A" w14:textId="77777777" w:rsidR="00024A04" w:rsidRDefault="00024A04" w:rsidP="007C0AA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16341509" w14:textId="77777777" w:rsidR="00DA1160" w:rsidRDefault="00DA1160" w:rsidP="007C0AA4">
+    <w:p w14:paraId="0A967145" w14:textId="77777777" w:rsidR="00024A04" w:rsidRDefault="00024A04" w:rsidP="007C0AA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4D3FA4DA" w14:textId="77777777" w:rsidR="008A0E2C" w:rsidRDefault="008A0E2C" w:rsidP="00647502">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>PROTOCOL TITLE:</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E6B8B572"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="81262D44"/>
@@ -5914,218 +5936,223 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="79714589">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2016030425">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1574311717">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="153493228">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1148205142">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="699428985">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="607196516">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="96563068">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1735546397">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1674338328">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="867984738">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="497111316">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="113453142">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1853909921">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="91323335">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="dgnword-docGUID" w:val="{F022755E-7263-41B7-9B23-8E738C1B9A25}"/>
     <w:docVar w:name="dgnword-eventsink" w:val="186254352"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="007C0AA4"/>
     <w:rsid w:val="00001D84"/>
     <w:rsid w:val="00007433"/>
     <w:rsid w:val="00010089"/>
     <w:rsid w:val="000138F9"/>
     <w:rsid w:val="000176CD"/>
     <w:rsid w:val="00021416"/>
     <w:rsid w:val="00023A81"/>
+    <w:rsid w:val="00024A04"/>
     <w:rsid w:val="000305D7"/>
     <w:rsid w:val="00033F6D"/>
+    <w:rsid w:val="0003403A"/>
     <w:rsid w:val="00034B6D"/>
     <w:rsid w:val="00043EC2"/>
     <w:rsid w:val="00050D3B"/>
     <w:rsid w:val="00053DC2"/>
     <w:rsid w:val="00053E55"/>
     <w:rsid w:val="00056003"/>
     <w:rsid w:val="000623B7"/>
     <w:rsid w:val="000651A8"/>
     <w:rsid w:val="00065BEE"/>
     <w:rsid w:val="000678E0"/>
+    <w:rsid w:val="00071C2E"/>
     <w:rsid w:val="00074E00"/>
     <w:rsid w:val="00080915"/>
     <w:rsid w:val="0008389B"/>
     <w:rsid w:val="000937AB"/>
     <w:rsid w:val="00093D0C"/>
     <w:rsid w:val="00094D20"/>
     <w:rsid w:val="00095B99"/>
     <w:rsid w:val="00095C3C"/>
     <w:rsid w:val="000A0D2E"/>
     <w:rsid w:val="000A3196"/>
     <w:rsid w:val="000A4057"/>
     <w:rsid w:val="000A5BAF"/>
     <w:rsid w:val="000B13A7"/>
     <w:rsid w:val="000B1F0A"/>
     <w:rsid w:val="000B398E"/>
     <w:rsid w:val="000B5743"/>
     <w:rsid w:val="000C0B9D"/>
     <w:rsid w:val="000C27D9"/>
     <w:rsid w:val="000D30CC"/>
     <w:rsid w:val="000D3591"/>
     <w:rsid w:val="000D3F01"/>
     <w:rsid w:val="000D4305"/>
     <w:rsid w:val="000D5A03"/>
     <w:rsid w:val="000E16F0"/>
     <w:rsid w:val="000E1FF1"/>
     <w:rsid w:val="000E3478"/>
     <w:rsid w:val="000E6F07"/>
     <w:rsid w:val="000F7148"/>
     <w:rsid w:val="00105FBF"/>
     <w:rsid w:val="0011070A"/>
     <w:rsid w:val="001107C4"/>
     <w:rsid w:val="001116B5"/>
     <w:rsid w:val="00112FF7"/>
     <w:rsid w:val="0011551B"/>
     <w:rsid w:val="00124545"/>
     <w:rsid w:val="00126262"/>
+    <w:rsid w:val="0013003A"/>
     <w:rsid w:val="001351F7"/>
     <w:rsid w:val="001355D3"/>
     <w:rsid w:val="00144D74"/>
     <w:rsid w:val="00146A7C"/>
     <w:rsid w:val="00147281"/>
     <w:rsid w:val="00155AFC"/>
     <w:rsid w:val="00161E74"/>
     <w:rsid w:val="00170049"/>
     <w:rsid w:val="00186FE5"/>
     <w:rsid w:val="00193A08"/>
     <w:rsid w:val="00194D67"/>
     <w:rsid w:val="001A3533"/>
     <w:rsid w:val="001B56EF"/>
     <w:rsid w:val="001B678E"/>
     <w:rsid w:val="001B6D07"/>
     <w:rsid w:val="001C15EC"/>
     <w:rsid w:val="001C183B"/>
     <w:rsid w:val="001C5D9B"/>
     <w:rsid w:val="001C7854"/>
     <w:rsid w:val="001D0395"/>
     <w:rsid w:val="001E2287"/>
     <w:rsid w:val="001E29F0"/>
     <w:rsid w:val="001E3B84"/>
     <w:rsid w:val="001E7891"/>
     <w:rsid w:val="001F0140"/>
     <w:rsid w:val="001F42CB"/>
     <w:rsid w:val="0020017A"/>
     <w:rsid w:val="0020066F"/>
     <w:rsid w:val="00213536"/>
     <w:rsid w:val="00217B63"/>
+    <w:rsid w:val="002226D4"/>
     <w:rsid w:val="00222CF7"/>
     <w:rsid w:val="00224715"/>
     <w:rsid w:val="002273CB"/>
     <w:rsid w:val="002302D0"/>
     <w:rsid w:val="00233929"/>
     <w:rsid w:val="00235727"/>
     <w:rsid w:val="002463C6"/>
     <w:rsid w:val="00246B3A"/>
     <w:rsid w:val="00247899"/>
     <w:rsid w:val="002575CD"/>
     <w:rsid w:val="002607F3"/>
     <w:rsid w:val="00262C07"/>
     <w:rsid w:val="0026513D"/>
     <w:rsid w:val="00282878"/>
     <w:rsid w:val="002847E3"/>
     <w:rsid w:val="00294577"/>
     <w:rsid w:val="002A085F"/>
     <w:rsid w:val="002A08FD"/>
     <w:rsid w:val="002A78FB"/>
     <w:rsid w:val="002B1D4E"/>
     <w:rsid w:val="002B279F"/>
     <w:rsid w:val="002C742B"/>
     <w:rsid w:val="002E2EC7"/>
     <w:rsid w:val="002E4356"/>
     <w:rsid w:val="002F5CF5"/>
@@ -6277,79 +6304,82 @@
     <w:rsid w:val="007A24A2"/>
     <w:rsid w:val="007A3FEF"/>
     <w:rsid w:val="007A4BF3"/>
     <w:rsid w:val="007C0AA4"/>
     <w:rsid w:val="007C4F23"/>
     <w:rsid w:val="007C5509"/>
     <w:rsid w:val="007C5B2A"/>
     <w:rsid w:val="007D161C"/>
     <w:rsid w:val="007D64C3"/>
     <w:rsid w:val="007F3807"/>
     <w:rsid w:val="007F411D"/>
     <w:rsid w:val="0081017F"/>
     <w:rsid w:val="00811473"/>
     <w:rsid w:val="00813A5A"/>
     <w:rsid w:val="00814788"/>
     <w:rsid w:val="00823418"/>
     <w:rsid w:val="00825FAD"/>
     <w:rsid w:val="00834531"/>
     <w:rsid w:val="00834A5D"/>
     <w:rsid w:val="008458D3"/>
     <w:rsid w:val="0085079A"/>
     <w:rsid w:val="008569CE"/>
     <w:rsid w:val="00856F2B"/>
     <w:rsid w:val="0085792C"/>
     <w:rsid w:val="00861A21"/>
+    <w:rsid w:val="00865129"/>
     <w:rsid w:val="008655E4"/>
     <w:rsid w:val="00876A6B"/>
     <w:rsid w:val="008776BD"/>
     <w:rsid w:val="00877A28"/>
     <w:rsid w:val="0088163E"/>
     <w:rsid w:val="00882B32"/>
     <w:rsid w:val="008835DF"/>
+    <w:rsid w:val="00894FF6"/>
     <w:rsid w:val="008A0E2C"/>
     <w:rsid w:val="008A2A5B"/>
     <w:rsid w:val="008A3B86"/>
     <w:rsid w:val="008B2D65"/>
     <w:rsid w:val="008B3A43"/>
     <w:rsid w:val="008B69F7"/>
     <w:rsid w:val="008C5C71"/>
     <w:rsid w:val="008C5F5D"/>
     <w:rsid w:val="008C6F3B"/>
     <w:rsid w:val="008D3665"/>
     <w:rsid w:val="008D6ADE"/>
     <w:rsid w:val="008D7AA0"/>
     <w:rsid w:val="008E38A9"/>
     <w:rsid w:val="008F33BA"/>
     <w:rsid w:val="008F6401"/>
     <w:rsid w:val="0090311B"/>
     <w:rsid w:val="009046FC"/>
     <w:rsid w:val="0090522B"/>
     <w:rsid w:val="00922DC2"/>
     <w:rsid w:val="00926918"/>
     <w:rsid w:val="00931414"/>
     <w:rsid w:val="00933FEE"/>
+    <w:rsid w:val="00934187"/>
     <w:rsid w:val="0093678E"/>
     <w:rsid w:val="00947F2F"/>
     <w:rsid w:val="00957EA4"/>
     <w:rsid w:val="00965EE8"/>
     <w:rsid w:val="009668D0"/>
     <w:rsid w:val="0098080A"/>
     <w:rsid w:val="00984443"/>
     <w:rsid w:val="00996625"/>
     <w:rsid w:val="00997964"/>
     <w:rsid w:val="009A0D05"/>
     <w:rsid w:val="009A2408"/>
     <w:rsid w:val="009B13C7"/>
     <w:rsid w:val="009B16A2"/>
     <w:rsid w:val="009B4D64"/>
     <w:rsid w:val="009C2208"/>
     <w:rsid w:val="009C559D"/>
     <w:rsid w:val="009C5784"/>
     <w:rsid w:val="009C650D"/>
     <w:rsid w:val="009C74B0"/>
     <w:rsid w:val="009D0BDB"/>
     <w:rsid w:val="009D0CF9"/>
     <w:rsid w:val="009E0ADE"/>
     <w:rsid w:val="009E6504"/>
     <w:rsid w:val="009F0F8B"/>
     <w:rsid w:val="00A01D71"/>
@@ -6395,92 +6425,94 @@
     <w:rsid w:val="00B03693"/>
     <w:rsid w:val="00B10D05"/>
     <w:rsid w:val="00B17112"/>
     <w:rsid w:val="00B174AA"/>
     <w:rsid w:val="00B23693"/>
     <w:rsid w:val="00B2556D"/>
     <w:rsid w:val="00B2636D"/>
     <w:rsid w:val="00B42158"/>
     <w:rsid w:val="00B57B69"/>
     <w:rsid w:val="00B62D9C"/>
     <w:rsid w:val="00B658A7"/>
     <w:rsid w:val="00B65ECA"/>
     <w:rsid w:val="00B71B8F"/>
     <w:rsid w:val="00B7531C"/>
     <w:rsid w:val="00B8690F"/>
     <w:rsid w:val="00B87935"/>
     <w:rsid w:val="00B96607"/>
     <w:rsid w:val="00BA669D"/>
     <w:rsid w:val="00BB2C26"/>
     <w:rsid w:val="00BC5AF3"/>
     <w:rsid w:val="00BD1366"/>
     <w:rsid w:val="00BD2E4B"/>
     <w:rsid w:val="00BD418D"/>
     <w:rsid w:val="00BD44EF"/>
     <w:rsid w:val="00BD4E72"/>
+    <w:rsid w:val="00BE3718"/>
     <w:rsid w:val="00BF0045"/>
     <w:rsid w:val="00BF0F75"/>
     <w:rsid w:val="00BF1D11"/>
     <w:rsid w:val="00BF5A42"/>
     <w:rsid w:val="00C00E89"/>
     <w:rsid w:val="00C246B8"/>
     <w:rsid w:val="00C25F68"/>
     <w:rsid w:val="00C30908"/>
     <w:rsid w:val="00C30F77"/>
     <w:rsid w:val="00C30F8F"/>
     <w:rsid w:val="00C3310A"/>
     <w:rsid w:val="00C347B7"/>
     <w:rsid w:val="00C406EA"/>
     <w:rsid w:val="00C55802"/>
     <w:rsid w:val="00C57243"/>
     <w:rsid w:val="00C629CD"/>
     <w:rsid w:val="00C65AE9"/>
     <w:rsid w:val="00C719E4"/>
     <w:rsid w:val="00C763C7"/>
     <w:rsid w:val="00C862E2"/>
     <w:rsid w:val="00CA0CB1"/>
     <w:rsid w:val="00CA1C21"/>
     <w:rsid w:val="00CA4B21"/>
     <w:rsid w:val="00CD6881"/>
     <w:rsid w:val="00CF2CB5"/>
     <w:rsid w:val="00CF56B7"/>
     <w:rsid w:val="00CF774A"/>
     <w:rsid w:val="00D129B2"/>
     <w:rsid w:val="00D14278"/>
     <w:rsid w:val="00D2299F"/>
     <w:rsid w:val="00D23748"/>
     <w:rsid w:val="00D25F31"/>
     <w:rsid w:val="00D305B9"/>
     <w:rsid w:val="00D40D23"/>
     <w:rsid w:val="00D46D6A"/>
     <w:rsid w:val="00D47D5A"/>
     <w:rsid w:val="00D50E0C"/>
     <w:rsid w:val="00D53434"/>
     <w:rsid w:val="00D5513B"/>
     <w:rsid w:val="00D557AD"/>
     <w:rsid w:val="00D572C4"/>
     <w:rsid w:val="00D605D0"/>
+    <w:rsid w:val="00D67B25"/>
     <w:rsid w:val="00D70764"/>
     <w:rsid w:val="00D84A6C"/>
     <w:rsid w:val="00D91903"/>
     <w:rsid w:val="00D94D6B"/>
     <w:rsid w:val="00D95507"/>
     <w:rsid w:val="00D97247"/>
     <w:rsid w:val="00DA1160"/>
     <w:rsid w:val="00DA2F5F"/>
     <w:rsid w:val="00DA6F4A"/>
     <w:rsid w:val="00DC23E3"/>
     <w:rsid w:val="00DD5D1F"/>
     <w:rsid w:val="00DE089B"/>
     <w:rsid w:val="00DE1731"/>
     <w:rsid w:val="00DE529E"/>
     <w:rsid w:val="00DF3CDD"/>
     <w:rsid w:val="00DF3D3D"/>
     <w:rsid w:val="00DF406B"/>
     <w:rsid w:val="00E01E6B"/>
     <w:rsid w:val="00E13167"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E17BC1"/>
     <w:rsid w:val="00E205A2"/>
     <w:rsid w:val="00E23348"/>
     <w:rsid w:val="00E23C37"/>
     <w:rsid w:val="00E25AC4"/>
@@ -6510,99 +6542,100 @@
     <w:rsid w:val="00F14A9E"/>
     <w:rsid w:val="00F20768"/>
     <w:rsid w:val="00F23D6C"/>
     <w:rsid w:val="00F25004"/>
     <w:rsid w:val="00F26F71"/>
     <w:rsid w:val="00F317BA"/>
     <w:rsid w:val="00F3210D"/>
     <w:rsid w:val="00F44097"/>
     <w:rsid w:val="00F5525C"/>
     <w:rsid w:val="00F56C1D"/>
     <w:rsid w:val="00F63842"/>
     <w:rsid w:val="00F7095B"/>
     <w:rsid w:val="00F902F4"/>
     <w:rsid w:val="00F91F71"/>
     <w:rsid w:val="00F93A0E"/>
     <w:rsid w:val="00FA08B5"/>
     <w:rsid w:val="00FA267B"/>
     <w:rsid w:val="00FA5370"/>
     <w:rsid w:val="00FA638A"/>
     <w:rsid w:val="00FB1A7D"/>
     <w:rsid w:val="00FB1C3A"/>
     <w:rsid w:val="00FB1D74"/>
     <w:rsid w:val="00FB28EB"/>
     <w:rsid w:val="00FB438E"/>
     <w:rsid w:val="00FB65CC"/>
+    <w:rsid w:val="00FB68E8"/>
     <w:rsid w:val="00FC006F"/>
     <w:rsid w:val="00FC0477"/>
     <w:rsid w:val="00FC306F"/>
     <w:rsid w:val="00FC47CD"/>
     <w:rsid w:val="00FD1B1B"/>
     <w:rsid w:val="00FE2286"/>
     <w:rsid w:val="00FE419D"/>
     <w:rsid w:val="00FE51F7"/>
     <w:rsid w:val="00FF2996"/>
     <w:rsid w:val="00FF58B2"/>
     <w:rsid w:val="04C31240"/>
     <w:rsid w:val="294AE01B"/>
     <w:rsid w:val="320F6C0A"/>
     <w:rsid w:val="327E475F"/>
     <w:rsid w:val="42512331"/>
     <w:rsid w:val="525D06FB"/>
     <w:rsid w:val="67680491"/>
     <w:rsid w:val="7D393458"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="62F7C62E"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7503,51 +7536,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00235727"/>
     <w:pPr>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="eop">
     <w:name w:val="eop"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00235727"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="268708823">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="427045805">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -7698,51 +7731,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1975136689">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8007,73 +8040,64 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F374460220FF1F429F33983A55E5B5AD" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="bba5c25d09a6c08fb082d3361301fdad">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="0dd78487-321a-4510-8cb7-cb52b4404089" xmlns:ns3="440dbf5e-a753-4810-8293-f1a03c5ceb7f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9b99744745ffb0faec5e7f1ab7b3799b" ns2:_="" ns3:_="">
     <xsd:import namespace="0dd78487-321a-4510-8cb7-cb52b4404089"/>
     <xsd:import namespace="440dbf5e-a753-4810-8293-f1a03c5ceb7f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
@@ -8240,133 +8264,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E01C5A5E-919B-408B-ADAC-6343384FB1C4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D502736-0611-4099-A5D0-51CE36375179}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DEE4515-1A4D-4A9A-BF26-FB4C1F791B81}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D502736-0611-4099-A5D0-51CE36375179}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E01C5A5E-919B-408B-ADAC-6343384FB1C4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B89D356-3975-4D55-8115-21A104215310}">
-[...6 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE4C4E0F-C72F-4147-B025-A267C4C5B6E6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="0dd78487-321a-4510-8cb7-cb52b4404089"/>
     <ds:schemaRef ds:uri="440dbf5e-a753-4810-8293-f1a03c5ceb7f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B89D356-3975-4D55-8115-21A104215310}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{b4e5d35f-4e6a-4642-aaeb-20ab6a7b6fba}" enabled="1" method="Standard" siteId="{ab214bcd-9b97-41bb-aa9d-46cf10d822fd}" removed="0"/>
+</clbl:labelList>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1485</Words>
-  <Characters>7862</Characters>
+  <Words>1403</Words>
+  <Characters>8001</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>65</Lines>
+  <Lines>66</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9329</CharactersWithSpaces>
+  <CharactersWithSpaces>9386</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F374460220FF1F429F33983A55E5B5AD</vt:lpwstr>