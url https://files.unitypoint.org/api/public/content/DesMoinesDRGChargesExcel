--- v0 (2025-10-30)
+++ v1 (2026-01-30)
@@ -3,87 +3,87 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uphealth-my.sharepoint.com/personal/kathryn_bootier_unitypoint_org/Documents/Desktop/Price Transparency 2023 Charge Master and DRGs/2024/MSDRG/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uphealth-my.sharepoint.com/personal/kathryn_bootier_unitypoint_org/Documents/Desktop/CDM Price Transparency Files - 2025/2025 Final Files/MSDRG/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="7" documentId="13_ncr:1_{FA2BAA3C-0F3D-4972-8465-7CF3A3254566}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A5D7ED6B-8083-409D-B63F-57607F876104}"/>
+  <xr:revisionPtr revIDLastSave="14" documentId="13_ncr:1_{FA2BAA3C-0F3D-4972-8465-7CF3A3254566}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{89304807-8B81-4F1F-B7DC-DE93A4B74740}"/>
   <bookViews>
-    <workbookView xWindow="9465" yWindow="1710" windowWidth="16530" windowHeight="14490" xr2:uid="{69D0CE2F-246A-4119-94BB-ED6283CAB883}"/>
+    <workbookView xWindow="10245" yWindow="1170" windowWidth="15855" windowHeight="14010" xr2:uid="{69D0CE2F-246A-4119-94BB-ED6283CAB883}"/>
   </bookViews>
   <sheets>
     <sheet name="Des Moines DRG Charges" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Des Moines DRG Charges'!$A$1:$C$343</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Des Moines DRG Charges'!$A$1:$C$354</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Des Moines DRG Charges'!$1:$1</definedName>
   </definedNames>
-  <calcPr calcId="191029" concurrentCalc="0"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="345" uniqueCount="289">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="296">
   <si>
     <t>MSDRG</t>
   </si>
   <si>
     <t>DESCRIPTION</t>
   </si>
   <si>
     <t>ISCHEMIC STROKE PRECEREBRAL OCCLUSION OR TRANSIENT</t>
   </si>
   <si>
     <t>DYSEQUILIBRIUM</t>
   </si>
   <si>
     <t>AORTIC AND HEART ASSIST PROCEDURES EXCEPT PULSATIO</t>
   </si>
   <si>
     <t>CHEST PAIN</t>
   </si>
   <si>
     <t>MAJOR HIP AND KNEE JOINT REPLACEMENT OR REATTACHME</t>
   </si>
   <si>
     <t>NORMAL NEWBORN</t>
   </si>
   <si>
@@ -146,200 +146,179 @@
   <si>
     <t>SEIZURES WITH MCC</t>
   </si>
   <si>
     <t>SEIZURES WITHOUT MCC</t>
   </si>
   <si>
     <t>RESPIRATORY INFECTIONS AND INFLAMMATIONS WITH CC</t>
   </si>
   <si>
     <t>PULMONARY EDEMA AND RESPIRATORY FAILURE</t>
   </si>
   <si>
     <t>CHRONIC OBSTRUCTIVE PULMONARY DISEASE WITH MCC</t>
   </si>
   <si>
     <t>PNEUMOTHORAX WITH CC</t>
   </si>
   <si>
     <t>RESPIRATORY SYSTEM DIAGNOSIS WITH VENTILATOR SUPPO</t>
   </si>
   <si>
     <t>HYPERTENSION WITH MCC</t>
   </si>
   <si>
-    <t>STOMACH ESOPHAGEAL AND DUODENAL PROCEDURES WITH CC</t>
-[...4 lines deleted...]
-  <si>
     <t>MAJOR SMALL AND LARGE BOWEL PROCEDURES WITH MCC</t>
   </si>
   <si>
     <t>MAJOR SMALL AND LARGE BOWEL PROCEDURES WITH CC</t>
   </si>
   <si>
     <t>MAJOR SMALL AND LARGE BOWEL PROCEDURES WITHOUT CC/</t>
   </si>
   <si>
     <t>MAJOR GASTROINTESTINAL DISORDERS AND PERITONEAL IN</t>
   </si>
   <si>
     <t>GASTROINTESTINAL OBSTRUCTION WITHOUT CC/MCC</t>
   </si>
   <si>
-    <t>ESOPHAGITIS GASTROENTERITIS AND MISCELLANEOUS DIGE</t>
-[...1 lines deleted...]
-  <si>
     <t>DISORDERS OF PANCREAS EXCEPT MALIGNANCY WITHOUT CC</t>
   </si>
   <si>
     <t>WOUND DEBRIDEMENT AND SKIN GRAFT EXCEPT HAND FOR M</t>
   </si>
   <si>
     <t>OTHER MUSCULOSKELETAL SYSTEM AND CONNECTIVE TISSUE</t>
   </si>
   <si>
     <t>FRACTURES OF HIP AND PELVIS WITHOUT MCC</t>
   </si>
   <si>
     <t>MEDICAL BACK PROBLEMS WITHOUT MCC</t>
   </si>
   <si>
-    <t>OTHER SKIN SUBCUTANEOUS TISSUE AND BREAST PROCEDUR</t>
-[...1 lines deleted...]
-  <si>
     <t>CELLULITIS WITHOUT MCC</t>
   </si>
   <si>
     <t>DIABETES WITH MCC</t>
   </si>
   <si>
     <t>DIABETES WITHOUT CC/MCC</t>
   </si>
   <si>
-    <t>MISCELLANEOUS DISORDERS OF NUTRITION METABOLISM FL</t>
-[...1 lines deleted...]
-  <si>
     <t>KIDNEY AND URINARY TRACT INFECTIONS WITHOUT MCC</t>
   </si>
   <si>
     <t>OTHER KIDNEY AND URINARY TRACT DIAGNOSES WITH MCC</t>
   </si>
   <si>
     <t>OTHER KIDNEY AND URINARY TRACT DIAGNOSES WITH CC</t>
   </si>
   <si>
     <t>UTERINE AND ADNEXA PROCEDURES FOR NON-MALIGNANCY W</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITH STERILIZATION WITH MCC</t>
   </si>
   <si>
     <t>PREMATURITY WITH MAJOR PROBLEMS</t>
   </si>
   <si>
     <t>PREMATURITY WITHOUT MAJOR PROBLEMS</t>
   </si>
   <si>
     <t>FULL TERM NEONATE WITH MAJOR PROBLEMS</t>
   </si>
   <si>
     <t>NEONATE WITH OTHER SIGNIFICANT PROBLEMS</t>
   </si>
   <si>
     <t>MAJOR HEMATOLOGICAL AND IMMUNOLOGICAL DIAGNOSES EX</t>
   </si>
   <si>
     <t>RED BLOOD CELL DISORDERS WITH MCC</t>
   </si>
   <si>
     <t>RED BLOOD CELL DISORDERS WITHOUT MCC</t>
   </si>
   <si>
     <t>CHEMOTHERAPY WITHOUT ACUTE LEUKEMIA AS SECONDARY D</t>
   </si>
   <si>
     <t>INFECTIOUS AND PARASITIC DISEASES WITH O.R. PROCED</t>
   </si>
   <si>
     <t>SEPTICEMIA OR SEVERE SEPSIS WITHOUT MV &gt;96 HOURS W</t>
   </si>
   <si>
-    <t>ALCOHOL DRUG ABUSE OR DEPENDENCE WITHOUT REHABILIT</t>
-[...1 lines deleted...]
-  <si>
     <t>POISONING AND TOXIC EFFECTS OF DRUGS WITH MCC</t>
   </si>
   <si>
     <t>POISONING AND TOXIC EFFECTS OF DRUGS WITHOUT MCC</t>
   </si>
   <si>
     <t>COMPLICATIONS OF TREATMENT WITH CC</t>
   </si>
   <si>
     <t>ECMO OR TRACHEOSTOMY WITH MV &gt;96 HOURS OR PRINCIPA</t>
   </si>
   <si>
     <t>TRACHEOSTOMY WITH MV &gt;96 HOURS OR PRINCIPAL DIAGNO</t>
   </si>
   <si>
     <t>DEGENERATIVE NERVOUS SYSTEM DISORDERS WITHOUT MCC</t>
   </si>
   <si>
     <t>HEADACHES WITHOUT MCC</t>
   </si>
   <si>
     <t>SIMPLE PNEUMONIA AND PLEURISY WITH MCC</t>
   </si>
   <si>
     <t>BRONCHITIS AND ASTHMA WITH CC/MCC</t>
   </si>
   <si>
     <t>OTHER MAJOR CARDIOVASCULAR PROCEDURES WITH CC</t>
   </si>
   <si>
     <t>OTHER CIRCULATORY SYSTEM DIAGNOSES WITH MCC</t>
   </si>
   <si>
     <t>GASTROINTESTINAL HEMORRHAGE WITH MCC</t>
   </si>
   <si>
     <t>OTHER DIGESTIVE SYSTEM DIAGNOSES WITH CC</t>
   </si>
   <si>
     <t>DIABETES WITH CC</t>
   </si>
   <si>
     <t>RENAL FAILURE WITH CC</t>
   </si>
   <si>
-    <t>ACUTE LEUKEMIA WITHOUT MAJOR O.R. PROCEDURES WITH</t>
-[...1 lines deleted...]
-  <si>
     <t>COMPLICATIONS OF TREATMENT WITH MCC</t>
   </si>
   <si>
     <t>EXTENSIVE O.R. PROCEDURES UNRELATED TO PRINCIPAL D</t>
   </si>
   <si>
     <t>NON-EXTENSIVE O.R. PROCEDURES UNRELATED TO PRINCIP</t>
   </si>
   <si>
     <t>MAJOR CHEST PROCEDURES WITH MCC</t>
   </si>
   <si>
     <t>RESPIRATORY INFECTIONS AND INFLAMMATIONS WITH MCC</t>
   </si>
   <si>
     <t>OTHER CIRCULATORY SYSTEM DIAGNOSES WITH CC</t>
   </si>
   <si>
     <t>COMPLICATED PEPTIC ULCER WITH CC</t>
   </si>
   <si>
     <t>GASTROINTESTINAL OBSTRUCTION WITH MCC</t>
   </si>
   <si>
     <t>GASTROINTESTINAL OBSTRUCTION WITH CC</t>
@@ -362,53 +341,50 @@
   <si>
     <t>OTHER MULTIPLE SIGNIFICANT TRAUMA WITH MCC</t>
   </si>
   <si>
     <t>NERVOUS SYSTEM NEOPLASMS WITH MCC</t>
   </si>
   <si>
     <t>TRAUMATIC STUPOR AND COMA &gt;1 HOUR WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>TRAUMATIC STUPOR AND COMA &lt;1 HOUR WITH CC</t>
   </si>
   <si>
     <t>OTHER DISORDERS OF NERVOUS SYSTEM WITH CC</t>
   </si>
   <si>
     <t>MAJOR CHEST PROCEDURES WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>PULMONARY EMBOLISM WITHOUT MCC</t>
   </si>
   <si>
     <t>MAJOR CHEST TRAUMA WITH CC</t>
   </si>
   <si>
-    <t>GASTROINTESTINAL HEMORRHAGE WITHOUT CC/MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>HIP AND FEMUR PROCEDURES EXCEPT MAJOR JOINT WITHOU</t>
   </si>
   <si>
     <t>KIDNEY AND URETER PROCEDURES FOR NEOPLASM WITH CC</t>
   </si>
   <si>
     <t>KIDNEY AND URINARY TRACT INFECTIONS WITH MCC</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITHOUT STERILIZATION WITH CC</t>
   </si>
   <si>
     <t>LYMPHOMA AND NON-ACUTE LEUKEMIA WITH MCC</t>
   </si>
   <si>
     <t>SIGNS AND SYMPTOMS WITHOUT MCC</t>
   </si>
   <si>
     <t>OTHER MULTIPLE SIGNIFICANT TRAUMA WITH CC</t>
   </si>
   <si>
     <t>SIMPLE PNEUMONIA AND PLEURISY WITH CC</t>
   </si>
   <si>
     <t>CARDIAC ARRHYTHMIA AND CONDUCTION DISORDERS WITH M</t>
@@ -425,191 +401,164 @@
   <si>
     <t>VAGINAL DELIVERY WITHOUT STERILIZATION OR DC WITH</t>
   </si>
   <si>
     <t>SEPTICEMIA OR SEVERE SEPSIS WITH MV &gt;96 HOURS</t>
   </si>
   <si>
     <t>OTHER O.R. PROCEDURES FOR INJURIES WITH MCC</t>
   </si>
   <si>
     <t>TRAUMATIC STUPOR AND COMA &lt;1 HOUR WITH MCC</t>
   </si>
   <si>
     <t>OTHER DISORDERS OF NERVOUS SYSTEM WITH MCC</t>
   </si>
   <si>
     <t>HYPERTENSION WITHOUT MCC</t>
   </si>
   <si>
     <t>INFLAMMATORY BOWEL DISEASE WITH MCC</t>
   </si>
   <si>
     <t>HIP AND FEMUR PROCEDURES EXCEPT MAJOR JOINT WITH C</t>
   </si>
   <si>
-    <t>FRACTURE SPRAIN STRAIN AND DISLOCATION EXCEPT FEMU</t>
-[...1 lines deleted...]
-  <si>
     <t>TRAUMA TO THE SKIN SUBCUTANEOUS TISSUE AND BREAST</t>
   </si>
   <si>
-    <t>OTHER ENDOCRINE NUTRITIONAL AND METABOLIC O.R. PRO</t>
-[...1 lines deleted...]
-  <si>
     <t>RENAL FAILURE WITH MCC</t>
   </si>
   <si>
-    <t>LIMB REATTACHMENT HIP AND FEMUR PROCEDURES FOR MUL</t>
-[...4 lines deleted...]
-  <si>
     <t>INFLAMMATORY BOWEL DISEASE WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>DISORDERS OF LIVER EXCEPT MALIGNANCY CIRRHOSIS OR</t>
   </si>
   <si>
     <t>DISORDERS OF THE BILIARY TRACT WITHOUT CC/MCC</t>
   </si>
   <si>
-    <t>SPINAL FUSION EXCEPT CERVICAL WITHOUT MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>AMPUTATION FOR MUSCULOSKELETAL SYSTEM AND CONNECTI</t>
   </si>
   <si>
     <t>TRAUMATIC STUPOR AND COMA &gt;1 HOUR WITH MCC</t>
   </si>
   <si>
     <t>ACUTE MYOCARDIAL INFARCTION DISCHARGED ALIVE WITH</t>
   </si>
   <si>
     <t>HEART FAILURE AND SHOCK WITH CC</t>
   </si>
   <si>
     <t>CARDIAC ARRHYTHMIA AND CONDUCTION DISORDERS WITHOU</t>
   </si>
   <si>
     <t>DISORDERS OF THE BILIARY TRACT WITH CC</t>
   </si>
   <si>
     <t>PATHOLOGICAL FRACTURES AND MUSCULOSKELETAL AND CON</t>
   </si>
   <si>
     <t>TENDONITIS MYOSITIS AND BURSITIS WITHOUT MCC</t>
   </si>
   <si>
     <t>SIGNS AND SYMPTOMS WITH MCC</t>
   </si>
   <si>
     <t>PLEURAL EFFUSION WITH MCC</t>
   </si>
   <si>
     <t>KIDNEY AND URETER PROCEDURES FOR NON-NEOPLASM WITH</t>
   </si>
   <si>
     <t>ACUTE ADJUSTMENT REACTION AND PSYCHOSOCIAL DYSFUNC</t>
   </si>
   <si>
     <t>PULMONARY EMBOLISM WITH MCC OR ACUTE COR PULMONALE</t>
   </si>
   <si>
     <t>HEART FAILURE AND SHOCK WITH MCC</t>
   </si>
   <si>
     <t>DISORDERS OF PANCREAS EXCEPT MALIGNANCY WITH CC</t>
   </si>
   <si>
-    <t>BIOPSIES OF MUSCULOSKELETAL SYSTEM AND CONNECTIVE</t>
-[...1 lines deleted...]
-  <si>
     <t>DEGENERATIVE NERVOUS SYSTEM DISORDERS WITH MCC</t>
   </si>
   <si>
     <t>INTRACRANIAL HEMORRHAGE OR CEREBRAL INFARCTION WIT</t>
   </si>
   <si>
     <t>TRANSIENT ISCHEMIA WITHOUT THROMBOLYTIC</t>
   </si>
   <si>
     <t>RESPIRATORY NEOPLASMS WITH MCC</t>
   </si>
   <si>
-    <t>ACUTE MYOCARDIAL INFARCTION DISCHARGED ALIVE WITHO</t>
-[...1 lines deleted...]
-  <si>
     <t>ACUTE MYOCARDIAL INFARCTION EXPIRED WITH MCC</t>
   </si>
   <si>
-    <t>CIRCULATORY DISORDERS EXCEPT AMI WITH CARDIAC CATH</t>
-[...1 lines deleted...]
-  <si>
     <t>CARDIAC ARREST UNEXPLAINED WITH MCC</t>
   </si>
   <si>
     <t>ATHEROSCLEROSIS WITHOUT MCC</t>
   </si>
   <si>
     <t>CIRRHOSIS AND ALCOHOLIC HEPATITIS WITH MCC</t>
   </si>
   <si>
     <t>CIRRHOSIS AND ALCOHOLIC HEPATITIS WITH CC</t>
   </si>
   <si>
     <t>MALIGNANCY OF HEPATOBILIARY SYSTEM OR PANCREAS WIT</t>
   </si>
   <si>
     <t>DISORDERS OF THE BILIARY TRACT WITH MCC</t>
   </si>
   <si>
     <t>REVISION OF HIP OR KNEE REPLACEMENT WITH MCC</t>
   </si>
   <si>
     <t>REVISION OF HIP OR KNEE REPLACEMENT WITH CC</t>
   </si>
   <si>
     <t>REVISION OF HIP OR KNEE REPLACEMENT WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>HIP AND FEMUR PROCEDURES EXCEPT MAJOR JOINT WITH M</t>
   </si>
   <si>
     <t>MAJOR JOINT OR LIMB REATTACHMENT PROCEDURES OF UPP</t>
   </si>
   <si>
     <t>KNEE PROCEDURES WITH PRINCIPAL DIAGNOSIS OF INFECT</t>
   </si>
   <si>
     <t>HIP REPLACEMENT WITH PRINCIPAL DIAGNOSIS OF HIP FR</t>
   </si>
   <si>
-    <t>AFTERCARE MUSCULOSKELETAL SYSTEM AND CONNECTIVE TI</t>
-[...1 lines deleted...]
-  <si>
     <t>CELLULITIS WITH MCC</t>
   </si>
   <si>
     <t>BEHAVIORAL AND DEVELOPMENTAL DISORDERS</t>
   </si>
   <si>
     <t>ALCOHOL DRUG ABUSE OR DEPENDENCE LEFT AMA</t>
   </si>
   <si>
     <t>OTHER O.R. PROCEDURES FOR INJURIES WITH CC</t>
   </si>
   <si>
     <t>REHABILITATION WITH CC/MCC</t>
   </si>
   <si>
     <t>REHABILITATION WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>PERMANENT CARDIAC PACEMAKER IMPLANT WITH CC</t>
   </si>
   <si>
     <t>PERIPHERAL VASCULAR DISORDERS WITH MCC</t>
   </si>
   <si>
     <t>MAJOR ESOPHAGEAL DISORDERS WITH CC</t>
@@ -644,59 +593,53 @@
   <si>
     <t>OTHER ANTEPARTUM DIAGNOSES WITHOUT O.R. PROCEDURES</t>
   </si>
   <si>
     <t>POSTOPERATIVE AND POST-TRAUMATIC INFECTIONS WITH M</t>
   </si>
   <si>
     <t>ORGANIC DISTURBANCES AND INTELLECTUAL DISABILITY</t>
   </si>
   <si>
     <t>NONSPECIFIC CEREBROVASCULAR DISORDERS WITH MCC</t>
   </si>
   <si>
     <t>CRANIAL AND PERIPHERAL NERVE DISORDERS WITHOUT MCC</t>
   </si>
   <si>
     <t>LAPAROSCOPIC CHOLECYSTECTOMY WITHOUT C.D.E. WITH M</t>
   </si>
   <si>
     <t>LAPAROSCOPIC CHOLECYSTECTOMY WITHOUT C.D.E. WITHOU</t>
   </si>
   <si>
     <t>KNEE PROCEDURES WITHOUT PRINCIPAL DIAGNOSIS OF INF</t>
   </si>
   <si>
-    <t>HAND OR WRIST PROCEDURES EXCEPT MAJOR THUMB OR JOI</t>
-[...1 lines deleted...]
-  <si>
     <t>FRACTURES OF HIP AND PELVIS WITH MCC</t>
   </si>
   <si>
-    <t>AMPUTATION OF LOWER LIMB FOR ENDOCRINE NUTRITIONAL</t>
-[...1 lines deleted...]
-  <si>
     <t>OTHER RESPIRATORY SYSTEM O.R. PROCEDURES WITH MCC</t>
   </si>
   <si>
     <t>PERMANENT CARDIAC PACEMAKER IMPLANT WITH MCC</t>
   </si>
   <si>
     <t>OTHER DIGESTIVE SYSTEM O.R. PROCEDURES WITH MCC</t>
   </si>
   <si>
     <t>DIGESTIVE MALIGNANCY WITH CC</t>
   </si>
   <si>
     <t>BACK AND NECK PROCEDURES EXCEPT SPINAL FUSION WITH</t>
   </si>
   <si>
     <t>MAJOR CHEST TRAUMA WITH MCC</t>
   </si>
   <si>
     <t>ENDOCRINE DISORDERS WITH MCC</t>
   </si>
   <si>
     <t>PERIPHERAL VASCULAR DISORDERS WITH CC</t>
   </si>
   <si>
     <t>PERCUTANEOUS AND OTHER INTRACARDIAC PROCEDURES WIT</t>
@@ -713,243 +656,321 @@
   <si>
     <t>CARDIAC VALVE AND OTHER MAJOR CARDIOTHORACIC PROCE</t>
   </si>
   <si>
     <t>CORONARY BYPASS WITHOUT CARDIAC CATHETERIZATION WI</t>
   </si>
   <si>
     <t>AMPUTATION FOR CIRCULATORY SYSTEM DISORDERS EXCEPT</t>
   </si>
   <si>
     <t>OTHER VASCULAR PROCEDURES WITH MCC</t>
   </si>
   <si>
     <t>OTHER VASCULAR PROCEDURES WITH CC</t>
   </si>
   <si>
     <t>OTHER VASCULAR PROCEDURES WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>ENDOVASCULAR CARDIAC VALVE REPLACEMENT AND SUPPLEM</t>
   </si>
   <si>
     <t>OTHER MAJOR CARDIOVASCULAR PROCEDURES WITHOUT CC/M</t>
   </si>
   <si>
-    <t>COMBINED ANTERIOR AND POSTERIOR SPINAL FUSION WITH</t>
-[...1 lines deleted...]
-  <si>
     <t>CERVICAL SPINAL FUSION WITH CC</t>
   </si>
   <si>
     <t>SKIN DEBRIDEMENT WITH CC</t>
   </si>
   <si>
     <t>O.R. PROCEDURES FOR OBESITY WITH CC</t>
   </si>
   <si>
     <t>O.R. PROCEDURES FOR OBESITY WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>KIDNEY AND URETER PROCEDURES FOR NEOPLASM WITHOUT</t>
   </si>
   <si>
-    <t>MAJOR MALE PELVIC PROCEDURES WITH CC/MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>MAJOR MALE PELVIC PROCEDURES WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>UTERINE AND ADNEXA PROCEDURES FOR OVARIAN OR ADNEX</t>
   </si>
   <si>
     <t>VAGINAL DELIVERY WITH O.R. PROCEDURES EXCEPT STERI</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITH STERILIZATION WITH CC</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITH STERILIZATION WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITHOUT STERILIZATION WITH MCC</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITHOUT STERILIZATION WITHOUT CC/</t>
   </si>
   <si>
     <t>CAROTID ARTERY STENT PROCEDURES WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>CERVICAL SPINAL FUSION WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>POSTOPERATIVE AND POST-TRAUMATIC INFECTIONS WITHOU</t>
   </si>
   <si>
     <t>CORONARY BYPASS WITH CARDIAC CATHETERIZATION OR OP</t>
   </si>
   <si>
-    <t>PERCUTANEOUS CARDIOVASCULAR PROCEDURES WITHOUT COR</t>
-[...1 lines deleted...]
-  <si>
     <t>PANCREAS LIVER AND SHUNT PROCEDURES WITH CC</t>
   </si>
   <si>
     <t>LYMPHOMA AND NON-ACUTE LEUKEMIA WITH OTHER PROCEDU</t>
   </si>
   <si>
     <t>OTHER FACTORS INFLUENCING HEALTH STATUS</t>
   </si>
   <si>
     <t>SPINAL PROCEDURES WITH CC OR SPINAL NEUROSTIMULATO</t>
   </si>
   <si>
-    <t>PERIPHERAL CRANIAL NERVE AND OTHER NERVOUS SYSTEM</t>
-[...1 lines deleted...]
-  <si>
     <t>OTHER DISORDERS OF NERVOUS SYSTEM WITHOUT CC/MCC</t>
   </si>
   <si>
-    <t>OTITIS MEDIA AND URI WITHOUT MCC</t>
-[...4 lines deleted...]
-  <si>
     <t>PERCUTANEOUS CARDIOVASCULAR PROCEDURES WITH INTRAL</t>
   </si>
   <si>
     <t>HERNIA PROCEDURES EXCEPT INGUINAL AND FEMORAL WITH</t>
   </si>
   <si>
     <t>CONNECTIVE TISSUE DISORDERS WITH CC</t>
   </si>
   <si>
     <t>TENDONITIS MYOSITIS AND BURSITIS WITH MCC</t>
   </si>
   <si>
     <t>CHEMOTHERAPY WITH ACUTE LEUKEMIA AS SECONDARY DIAG</t>
   </si>
   <si>
     <t>LYMPHOMA AND NON-ACUTE LEUKEMIA WITH CC</t>
   </si>
   <si>
     <t>VIRAL ILLNESS WITHOUT MCC</t>
   </si>
   <si>
     <t>CRANIOTOMY WITH MAJOR DEVICE IMPLANT OR ACUTE COMP</t>
   </si>
   <si>
     <t>SPINAL PROCEDURES WITH MCC</t>
   </si>
   <si>
     <t>EXTRACRANIAL PROCEDURES WITH CC</t>
   </si>
   <si>
-    <t>NERVOUS SYSTEM NEOPLASMS WITHOUT MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>OTHER DISORDERS OF THE EYE WITHOUT MCC</t>
   </si>
   <si>
     <t>DENTAL AND ORAL DISEASES WITH CC</t>
   </si>
   <si>
-    <t>RESPIRATORY NEOPLASMS WITH CC</t>
-[...4 lines deleted...]
-  <si>
     <t>INTERSTITIAL LUNG DISEASE WITH MCC</t>
   </si>
   <si>
-    <t>OTHER CARDIOTHORACIC PROCEDURES WITH MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>OTHER CIRCULATORY SYSTEM O.R. PROCEDURES</t>
   </si>
   <si>
     <t>PERITONEAL ADHESIOLYSIS WITH MCC</t>
   </si>
   <si>
     <t>PERITONEAL ADHESIOLYSIS WITHOUT CC/MCC</t>
   </si>
   <si>
-    <t>MINOR SMALL AND LARGE BOWEL PROCEDURES WITH CC</t>
-[...22 lines deleted...]
-  <si>
     <t>ENDOCRINE DISORDERS WITHOUT CC/MCC</t>
   </si>
   <si>
-    <t>KIDNEY TRANSPLANT WITH HEMODIALYSIS WITH MCC</t>
-[...7 lines deleted...]
-  <si>
     <t>VAGINAL DELIVERY WITH STERILIZATION AND/OR DC WIT</t>
   </si>
   <si>
-    <t>MYELOPROLIFERATIVE DISORDERS OR POORLY DIFFERENTIA</t>
-[...1 lines deleted...]
-  <si>
     <t>VIRAL ILLNESS WITH MCC</t>
   </si>
   <si>
-    <t>ALCOHOL DRUG ABUSE OR DEPENDENCE WITH REHABILITATI</t>
-[...4 lines deleted...]
-  <si>
     <t>OTHER INJURY POISONING AND TOXIC EFFECT DIAGNOSES</t>
+  </si>
+  <si>
+    <t>CAROTID ARTERY STENT PROCEDURES WITH CC</t>
+  </si>
+  <si>
+    <t>ISCHEMIC STROKE PRECEREBRAL OCCLUSION OR TRANSIEN</t>
+  </si>
+  <si>
+    <t>NONSPECIFIC CEREBROVASCULAR DISORDERS WITHOUT CC/M</t>
+  </si>
+  <si>
+    <t>NEUROLOGICAL EYE DISORDERS</t>
+  </si>
+  <si>
+    <t>CHRONIC OBSTRUCTIVE PULMONARY DISEASE WITH CC</t>
+  </si>
+  <si>
+    <t>OTHER RESPIRATORY SYSTEM DIAGNOSES WITH MCC</t>
+  </si>
+  <si>
+    <t>CARDIAC DEFIBRILLATOR IMPLANT WITH CARDIAC CATHETE</t>
+  </si>
+  <si>
+    <t>OTHER CARDIOTHORACIC PROCEDURES WITHOUT MCC</t>
+  </si>
+  <si>
+    <t>PERCUTANEOUS CARDIOVASCULAR PROCEDURES WITHOUT INT</t>
+  </si>
+  <si>
+    <t>CARDIAC DEFIBRILLATOR IMPLANT WITH MCC OR CAROTID</t>
+  </si>
+  <si>
+    <t>CARDIAC DEFIBRILLATOR IMPLANT WITHOUT MCC</t>
+  </si>
+  <si>
+    <t>CIRCULATORY DISORDERS EXCEPT AMI WITH CARDIAC CAT</t>
+  </si>
+  <si>
+    <t>CORONARY INTRAVASCULAR LITHOTRIPSY WITH INTRALUMIN</t>
+  </si>
+  <si>
+    <t>STOMACH ESOPHAGEAL AND DUODENAL PROCEDURES WITH M</t>
+  </si>
+  <si>
+    <t>STOMACH ESOPHAGEAL AND DUODENAL PROCEDURES WITH C</t>
+  </si>
+  <si>
+    <t>STOMACH ESOPHAGEAL AND DUODENAL PROCEDURES WITHOU</t>
+  </si>
+  <si>
+    <t>MINOR SMALL AND LARGE BOWEL PROCEDURES WITHOUT CC/</t>
+  </si>
+  <si>
+    <t>OTHER DIGESTIVE SYSTEM O.R. PROCEDURES WITH CC</t>
+  </si>
+  <si>
+    <t>MAJOR ESOPHAGEAL DISORDERS WITH MCC</t>
+  </si>
+  <si>
+    <t>ESOPHAGITIS GASTROENTERITIS AND MISCELLANEOUS DIG</t>
+  </si>
+  <si>
+    <t>OTHER DIGESTIVE SYSTEM DIAGNOSES WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>APPENDIX PROCEDURES WITH CC</t>
+  </si>
+  <si>
+    <t>APPENDIX PROCEDURES WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>SINGLE LEVEL COMBINED ANTERIOR AND POSTERIOR SPINA</t>
+  </si>
+  <si>
+    <t>MULTIPLE LEVEL COMBINED ANTERIOR AND POSTERIOR SPI</t>
+  </si>
+  <si>
+    <t>COMBINED ANTERIOR AND POSTERIOR CERVICAL SPINAL FU</t>
+  </si>
+  <si>
+    <t>MULTIPLE LEVEL SPINAL FUSION EXCEPT CERVICAL WITH</t>
+  </si>
+  <si>
+    <t>MULTIPLE LEVEL SPINAL FUSION EXCEPT CERVICAL WITHO</t>
+  </si>
+  <si>
+    <t>SINGLE LEVEL SPINAL FUSION EXCEPT CERVICAL WITHOUT</t>
+  </si>
+  <si>
+    <t>SPINAL FUSION EXCEPT CERVICAL WITH SPINAL CURVATUR</t>
+  </si>
+  <si>
+    <t>CERVICAL SPINAL FUSION WITH MCC</t>
+  </si>
+  <si>
+    <t>AFTERCARE MUSCULOSKELETAL SYSTEM AND CONNECTIVE T</t>
+  </si>
+  <si>
+    <t>FRACTURE SPRAIN STRAIN AND DISLOCATION EXCEPT FE</t>
+  </si>
+  <si>
+    <t>OTHER SKIN SUBCUTANEOUS TISSUE AND BREAST PROCEDU</t>
+  </si>
+  <si>
+    <t>BREAST BIOPSY LOCAL EXCISION AND OTHER BREAST PRO</t>
+  </si>
+  <si>
+    <t>ADRENAL AND PITUITARY PROCEDURES WITH CC/MCC</t>
+  </si>
+  <si>
+    <t>AMPUTATION OF LOWER LIMB FOR ENDOCRINE NUTRITIONA</t>
+  </si>
+  <si>
+    <t>OTHER ENDOCRINE NUTRITIONAL AND METABOLIC O.R. PR</t>
+  </si>
+  <si>
+    <t>MISCELLANEOUS DISORDERS OF NUTRITION METABOLISM</t>
+  </si>
+  <si>
+    <t>ABORTION WITHOUT DC</t>
+  </si>
+  <si>
+    <t>NEONATES DIED OR TRANSFERRED TO ANOTHER ACUTE CAR</t>
+  </si>
+  <si>
+    <t>RETICULOENDOTHELIAL AND IMMUNITY DISORDERS WITH CC</t>
+  </si>
+  <si>
+    <t>ACUTE LEUKEMIA WITH MCC</t>
+  </si>
+  <si>
+    <t>FEVER AND INFLAMMATORY CONDITIONS</t>
+  </si>
+  <si>
+    <t>OTHER INFECTIOUS AND PARASITIC DISEASES DIAGNOSES</t>
+  </si>
+  <si>
+    <t>DISORDERS OF PERSONALITY AND IMPULSE CONTROL</t>
+  </si>
+  <si>
+    <t>ALCOHOL DRUG ABUSE OR DEPENDENCE WITHOUT REHABILI</t>
+  </si>
+  <si>
+    <t>OTHER O.R. PROCEDURES FOR INJURIES WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>COMPLICATIONS OF TREATMENT WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>LIMB REATTACHMENT HIP AND FEMUR PROCEDURES FOR MU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1043,91 +1064,91 @@
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1189,51 +1210,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1331,3880 +1352,4000 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC4E8DD0-CDAA-4894-A89A-688E877A0A4A}">
-  <dimension ref="A1:C343"/>
+  <dimension ref="A1:C354"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="55.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" style="2" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="4">
         <v>3</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="C2" s="6">
-        <v>423250.25612052152</v>
+        <v>503872.09042294993</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A3" s="4">
         <v>4</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="C3" s="6">
-        <v>71489.011094723552</v>
+        <v>435593.65723283467</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="4">
         <v>23</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>258</v>
+        <v>233</v>
       </c>
       <c r="C4" s="6">
-        <v>182585.99178800211</v>
+        <v>189085.80297791547</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="4">
         <v>25</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="6">
-        <v>104210.01581194194</v>
+        <v>108325.28338190178</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="4">
         <v>26</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="6">
-        <v>175594.6467758748</v>
+        <v>181785.44397800637</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="4">
         <v>27</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C7" s="6">
-        <v>140827.49880877029</v>
+        <v>152957.57991105024</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="4">
         <v>28</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>259</v>
+        <v>234</v>
       </c>
       <c r="C8" s="6">
-        <v>44689.711363812123</v>
+        <v>42344.726433473297</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="4">
         <v>29</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>246</v>
+        <v>224</v>
       </c>
       <c r="C9" s="6">
-        <v>34932.441690999032</v>
+        <v>31351.643531378821</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="4">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="C10" s="6">
-        <v>50505.53335664035</v>
+        <v>71538.437743932824</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" s="4">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>260</v>
+        <v>217</v>
       </c>
       <c r="C11" s="6">
-        <v>36189.895686293043</v>
+        <v>49305.663932084193</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="4">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>213</v>
+        <v>235</v>
       </c>
       <c r="C12" s="6">
-        <v>30409.467994914798</v>
+        <v>29741.951758648305</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="4">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>247</v>
+        <v>194</v>
       </c>
       <c r="C13" s="6">
-        <v>126878.87542972146</v>
+        <v>28077.763957100487</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="4">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>247</v>
+        <v>93</v>
       </c>
       <c r="C14" s="6">
-        <v>63749.248657303353</v>
+        <v>41654.346609327513</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="4">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>100</v>
+        <v>140</v>
       </c>
       <c r="C15" s="6">
-        <v>41924.715449523901</v>
+        <v>33290.546556889727</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="4">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>261</v>
+        <v>68</v>
       </c>
       <c r="C16" s="6">
-        <v>33832.555744146492</v>
+        <v>38710.862028958603</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="4">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="C17" s="6">
-        <v>31060.111143953862</v>
+        <v>63263.82443418858</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="4">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>74</v>
+        <v>2</v>
       </c>
       <c r="C18" s="6">
-        <v>38155.642265169627</v>
+        <v>53332.37147147733</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="4">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>2</v>
+        <v>141</v>
       </c>
       <c r="C19" s="6">
-        <v>53702.426635428848</v>
+        <v>34406.663941525381</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="4">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>2</v>
+        <v>141</v>
       </c>
       <c r="C20" s="6">
-        <v>58393.832324777366</v>
+        <v>47117.347787793842</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="4">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C21" s="6">
-        <v>35602.238300641075</v>
+        <v>38078.688930512617</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="4">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="C22" s="6">
-        <v>58712.972037198204</v>
+        <v>29465.124312870463</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="4">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
       <c r="C23" s="6">
-        <v>40627.767689432185</v>
+        <v>45674.816863382075</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="4">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>156</v>
+        <v>13</v>
       </c>
       <c r="C24" s="6">
-        <v>32548.068262208701</v>
+        <v>32535.128572213023</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="4">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>196</v>
+        <v>248</v>
       </c>
       <c r="C25" s="6">
-        <v>42570.591612983168</v>
+        <v>21778.810611658657</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="4">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>13</v>
+        <v>180</v>
       </c>
       <c r="C26" s="6">
-        <v>35183.088550881541</v>
+        <v>38924.603039761256</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="4">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>197</v>
+        <v>126</v>
       </c>
       <c r="C27" s="6">
-        <v>39251.680579141648</v>
+        <v>69492.596558288205</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="4">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="C28" s="6">
-        <v>71383.903041932936</v>
+        <v>26373.608183391858</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="4">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="C29" s="6">
-        <v>30803.429917650064</v>
+        <v>34712.934858818706</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" s="4">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="C30" s="6">
-        <v>33831.499895804722</v>
+        <v>81392.411979003577</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" s="4">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>123</v>
+        <v>95</v>
       </c>
       <c r="C31" s="6">
-        <v>89018.030655155279</v>
+        <v>29756.163881713594</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="4">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>102</v>
+        <v>26</v>
       </c>
       <c r="C32" s="6">
-        <v>33545.510417225225</v>
+        <v>20862.837879210474</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="4">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>26</v>
+        <v>116</v>
       </c>
       <c r="C33" s="6">
-        <v>27993.025629943499</v>
+        <v>34916.656261489588</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="4">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>124</v>
+        <v>96</v>
       </c>
       <c r="C34" s="6">
-        <v>33835.678084426516</v>
+        <v>30445.74550921017</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="4">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>103</v>
+        <v>225</v>
       </c>
       <c r="C35" s="6">
-        <v>31320.746705258534</v>
+        <v>31392.469318968633</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="4">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>248</v>
+        <v>27</v>
       </c>
       <c r="C36" s="6">
-        <v>27126.088222393159</v>
+        <v>50018.96665497026</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="4">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C37" s="6">
-        <v>49842.722979992657</v>
+        <v>25069.171353036698</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="4">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>28</v>
+        <v>69</v>
       </c>
       <c r="C38" s="6">
-        <v>23517.600832880285</v>
+        <v>36203.117933584115</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="4">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>75</v>
+        <v>249</v>
       </c>
       <c r="C39" s="6">
-        <v>35569.310819867693</v>
+        <v>35124.216387681146</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="4">
         <v>125</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>262</v>
+        <v>236</v>
       </c>
       <c r="C40" s="6">
-        <v>27833.13150767632</v>
+        <v>24065.791768528146</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="4">
         <v>149</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C41" s="6">
-        <v>27432.849987128211</v>
+        <v>32824.031398395113</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A42" s="4">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>249</v>
+        <v>237</v>
       </c>
       <c r="C42" s="6">
-        <v>22222.979029103131</v>
+        <v>22358.056754155888</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="4">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>263</v>
+        <v>81</v>
       </c>
       <c r="C43" s="6">
-        <v>26470.174744673586</v>
+        <v>84443.883209041131</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A44" s="4">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>88</v>
+        <v>195</v>
       </c>
       <c r="C44" s="6">
-        <v>131332.37563414901</v>
+        <v>89078.220536077381</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A45" s="4">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>214</v>
+        <v>97</v>
       </c>
       <c r="C45" s="6">
-        <v>94940.93565835568</v>
+        <v>68401.566598459714</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A46" s="4">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>104</v>
+        <v>185</v>
       </c>
       <c r="C46" s="6">
-        <v>60356.34095288199</v>
+        <v>78614.85479566273</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="4">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>204</v>
+        <v>137</v>
       </c>
       <c r="C47" s="6">
-        <v>99870.362854354826</v>
+        <v>31710.236776947168</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="4">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>150</v>
+        <v>98</v>
       </c>
       <c r="C48" s="6">
-        <v>35653.90979079876</v>
+        <v>25273.499368147026</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A49" s="4">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="C49" s="6">
-        <v>25025.092105377946</v>
+        <v>32768.778354554714</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A50" s="4">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>89</v>
+        <v>29</v>
       </c>
       <c r="C50" s="6">
-        <v>38518.36681151489</v>
+        <v>27854.279181953443</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A51" s="4">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>29</v>
+        <v>143</v>
       </c>
       <c r="C51" s="6">
-        <v>23646.444104136252</v>
+        <v>47643.909914748656</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A52" s="4">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>157</v>
+        <v>190</v>
       </c>
       <c r="C52" s="6">
-        <v>60996.048499662829</v>
+        <v>39395.848919677213</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A53" s="4">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>264</v>
+        <v>99</v>
       </c>
       <c r="C53" s="6">
-        <v>35078.985923880187</v>
+        <v>30741.926797498822</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A54" s="4">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>209</v>
+        <v>134</v>
       </c>
       <c r="C54" s="6">
-        <v>42948.38585337437</v>
+        <v>40871.116235031652</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A55" s="4">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>106</v>
+        <v>30</v>
       </c>
       <c r="C55" s="6">
-        <v>32577.73264614134</v>
+        <v>26120.062774064081</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A56" s="4">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>250</v>
+        <v>31</v>
       </c>
       <c r="C56" s="6">
-        <v>22432.323124491355</v>
+        <v>23805.686259266815</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A57" s="4">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>147</v>
+        <v>250</v>
       </c>
       <c r="C57" s="6">
-        <v>45686.682976553064</v>
+        <v>18170.349352425608</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A58" s="4">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>265</v>
+        <v>70</v>
       </c>
       <c r="C58" s="6">
-        <v>29272.454338233365</v>
+        <v>26901.314325146468</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A59" s="4">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>30</v>
+        <v>107</v>
       </c>
       <c r="C59" s="6">
-        <v>32328.272119780599</v>
+        <v>23370.163464612284</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A60" s="4">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>31</v>
+        <v>238</v>
       </c>
       <c r="C60" s="6">
-        <v>25778.98845816249</v>
+        <v>36815.648414131967</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A61" s="4">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>76</v>
+        <v>14</v>
       </c>
       <c r="C61" s="6">
-        <v>33581.089930838527</v>
+        <v>38382.268709953307</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A62" s="4">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="C62" s="6">
-        <v>24465.379310447068</v>
+        <v>31164.057922999153</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A63" s="4">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>266</v>
+        <v>71</v>
       </c>
       <c r="C63" s="6">
-        <v>45246.076526196179</v>
+        <v>18312.449543620562</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A64" s="4">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>251</v>
       </c>
       <c r="C64" s="6">
-        <v>40147.964179466107</v>
+        <v>28246.562706814595</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A65" s="4">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C65" s="6">
-        <v>28459.354330852766</v>
+        <v>139639.69407254961</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A66" s="4">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>77</v>
+        <v>33</v>
       </c>
       <c r="C66" s="6">
-        <v>26833.515893048283</v>
+        <v>58900.057843228969</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A67" s="4">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>33</v>
+        <v>196</v>
       </c>
       <c r="C67" s="6">
-        <v>177898.14952197787</v>
+        <v>305757.20854662859</v>
       </c>
     </row>
     <row r="68" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A68" s="4">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>33</v>
+        <v>197</v>
       </c>
       <c r="C68" s="6">
-        <v>69841.701348356815</v>
+        <v>341408.30941796146</v>
       </c>
     </row>
     <row r="69" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A69" s="4">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>215</v>
+        <v>197</v>
       </c>
       <c r="C69" s="6">
-        <v>309544.58519296267</v>
+        <v>277688.2697507402</v>
       </c>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A70" s="4">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>216</v>
+        <v>197</v>
       </c>
       <c r="C70" s="6">
-        <v>253360.10779742562</v>
+        <v>209798.87049403039</v>
       </c>
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A71" s="4">
-        <v>220</v>
+        <v>229</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>216</v>
+        <v>253</v>
       </c>
       <c r="C71" s="6">
-        <v>222312.7464944206</v>
+        <v>150161.13166268091</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A72" s="4">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>267</v>
+        <v>220</v>
       </c>
       <c r="C72" s="6">
-        <v>160475.29616253613</v>
+        <v>234835.24164156895</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A73" s="4">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="C73" s="6">
-        <v>241978.28038139184</v>
+        <v>208380.98586810593</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A74" s="4">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>241</v>
+        <v>198</v>
       </c>
       <c r="C74" s="6">
-        <v>209357.2397019247</v>
+        <v>174645.33285436797</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A75" s="4">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>217</v>
+        <v>198</v>
       </c>
       <c r="C75" s="6">
-        <v>170392.51283534424</v>
+        <v>155760.51693144665</v>
       </c>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A76" s="4">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>217</v>
+        <v>199</v>
       </c>
       <c r="C76" s="6">
-        <v>163002.93998641137</v>
+        <v>88380.336628109959</v>
       </c>
     </row>
     <row r="77" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A77" s="4">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>218</v>
+        <v>186</v>
       </c>
       <c r="C77" s="6">
-        <v>147676.11688604212</v>
+        <v>104639.12261405461</v>
       </c>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A78" s="4">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>218</v>
+        <v>164</v>
       </c>
       <c r="C78" s="6">
-        <v>75246.038993586088</v>
+        <v>79216.419618829328</v>
       </c>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A79" s="4">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>205</v>
+        <v>15</v>
       </c>
       <c r="C79" s="6">
-        <v>98093.427796053162</v>
+        <v>69644.063572042855</v>
       </c>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A80" s="4">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>181</v>
+        <v>254</v>
       </c>
       <c r="C80" s="6">
-        <v>75243.654116572914</v>
+        <v>72263.734604743717</v>
       </c>
     </row>
     <row r="81" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A81" s="4">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>15</v>
+        <v>254</v>
       </c>
       <c r="C81" s="6">
-        <v>66018.222666329253</v>
+        <v>66153.611088646896</v>
       </c>
     </row>
     <row r="82" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A82" s="4">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>242</v>
+        <v>200</v>
       </c>
       <c r="C82" s="6">
-        <v>84837.522475106918</v>
+        <v>127319.82887672127</v>
       </c>
     </row>
     <row r="83" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A83" s="4">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>242</v>
+        <v>201</v>
       </c>
       <c r="C83" s="6">
-        <v>68909.643589000552</v>
+        <v>81838.750196548164</v>
       </c>
     </row>
     <row r="84" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A84" s="4">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>219</v>
+        <v>202</v>
       </c>
       <c r="C84" s="6">
-        <v>126034.51460980055</v>
+        <v>61037.130849553883</v>
       </c>
     </row>
     <row r="85" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A85" s="4">
-        <v>253</v>
+        <v>264</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>220</v>
+        <v>239</v>
       </c>
       <c r="C85" s="6">
-        <v>88302.565898453773</v>
+        <v>87880.023177796756</v>
       </c>
     </row>
     <row r="86" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A86" s="4">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>221</v>
+        <v>203</v>
       </c>
       <c r="C86" s="6">
-        <v>56760.264275199115</v>
+        <v>249353.91167899143</v>
       </c>
     </row>
     <row r="87" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A87" s="4">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>268</v>
+        <v>203</v>
       </c>
       <c r="C87" s="6">
-        <v>71540.182117825025</v>
+        <v>230644.20710738751</v>
       </c>
     </row>
     <row r="88" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A88" s="4">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>222</v>
+        <v>4</v>
       </c>
       <c r="C88" s="6">
-        <v>266228.76190407958</v>
+        <v>149043.94198815856</v>
       </c>
     </row>
     <row r="89" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A89" s="4">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>222</v>
+        <v>16</v>
       </c>
       <c r="C89" s="6">
-        <v>236259.47353527334</v>
+        <v>195094.7360510038</v>
       </c>
     </row>
     <row r="90" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A90" s="4">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>4</v>
+        <v>72</v>
       </c>
       <c r="C90" s="6">
-        <v>151396.37184503334</v>
+        <v>182359.23722258746</v>
       </c>
     </row>
     <row r="91" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A91" s="4">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>16</v>
+        <v>204</v>
       </c>
       <c r="C91" s="6">
-        <v>178622.80899905061</v>
+        <v>161697.79527808048</v>
       </c>
     </row>
     <row r="92" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A92" s="4">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>78</v>
+        <v>193</v>
       </c>
       <c r="C92" s="6">
-        <v>144251.18958077792</v>
+        <v>128169.50418522928</v>
       </c>
     </row>
     <row r="93" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A93" s="4">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>223</v>
+        <v>252</v>
       </c>
       <c r="C93" s="6">
-        <v>136365.56231252875</v>
+        <v>249043.59235204838</v>
       </c>
     </row>
     <row r="94" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A94" s="4">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>212</v>
+        <v>255</v>
       </c>
       <c r="C94" s="6">
-        <v>121748.16002247902</v>
+        <v>217196.38416957689</v>
       </c>
     </row>
     <row r="95" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A95" s="4">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>140</v>
+        <v>256</v>
       </c>
       <c r="C95" s="6">
-        <v>45722.24198578488</v>
+        <v>202572.88878270818</v>
       </c>
     </row>
     <row r="96" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A96" s="4">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="C96" s="6">
-        <v>30612.757368729315</v>
+        <v>40799.426734179426</v>
       </c>
     </row>
     <row r="97" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A97" s="4">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>158</v>
+        <v>127</v>
       </c>
       <c r="C97" s="6">
-        <v>31400.879705966283</v>
+        <v>33858.862751374021</v>
       </c>
     </row>
     <row r="98" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A98" s="4">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>159</v>
+        <v>127</v>
       </c>
       <c r="C98" s="6">
-        <v>65962.281330208047</v>
+        <v>27841.462247640691</v>
       </c>
     </row>
     <row r="99" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A99" s="4">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>160</v>
+        <v>144</v>
       </c>
       <c r="C99" s="6">
-        <v>58452.194435804471</v>
+        <v>49259.231018462619</v>
       </c>
     </row>
     <row r="100" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A100" s="4">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>160</v>
+        <v>257</v>
       </c>
       <c r="C100" s="6">
-        <v>41259.112312300378</v>
+        <v>58600.087838575986</v>
       </c>
     </row>
     <row r="101" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A101" s="4">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>151</v>
+        <v>257</v>
       </c>
       <c r="C101" s="6">
-        <v>33248.859248130822</v>
+        <v>40863.281122126551</v>
       </c>
     </row>
     <row r="102" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A102" s="4">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="C102" s="6">
-        <v>27134.07799379756</v>
+        <v>30426.546030646325</v>
       </c>
     </row>
     <row r="103" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A103" s="4">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>161</v>
+        <v>128</v>
       </c>
       <c r="C103" s="6">
-        <v>47895.846977817717</v>
+        <v>18743.636989315903</v>
       </c>
     </row>
     <row r="104" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A104" s="4">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>182</v>
+        <v>145</v>
       </c>
       <c r="C104" s="6">
-        <v>37701.847554700413</v>
+        <v>35132.23824567163</v>
       </c>
     </row>
     <row r="105" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A105" s="4">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>211</v>
+        <v>165</v>
       </c>
       <c r="C105" s="6">
-        <v>35508.414677578643</v>
+        <v>40575.752020627915</v>
       </c>
     </row>
     <row r="106" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A106" s="4">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>162</v>
+        <v>192</v>
       </c>
       <c r="C106" s="6">
-        <v>16463.079458056356</v>
+        <v>28700.44344094507</v>
       </c>
     </row>
     <row r="107" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A107" s="4">
-        <v>304</v>
+        <v>303</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>34</v>
+        <v>146</v>
       </c>
       <c r="C107" s="6">
-        <v>36871.370194392228</v>
+        <v>17379.922928382886</v>
       </c>
     </row>
     <row r="108" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A108" s="4">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="C108" s="6">
-        <v>27008.290268025532</v>
+        <v>35438.294548709891</v>
       </c>
     </row>
     <row r="109" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A109" s="4">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C109" s="6">
-        <v>31851.958380148328</v>
+        <v>21754.903943033096</v>
       </c>
     </row>
     <row r="110" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A110" s="4">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>17</v>
+        <v>108</v>
       </c>
       <c r="C110" s="6">
-        <v>21243.976216433006</v>
+        <v>30133.774261782703</v>
       </c>
     </row>
     <row r="111" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A111" s="4">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="C111" s="6">
-        <v>17786.703155759395</v>
+        <v>21036.431940002447</v>
       </c>
     </row>
     <row r="112" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A112" s="4">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>18</v>
+        <v>129</v>
       </c>
       <c r="C112" s="6">
-        <v>30938.684014780007</v>
+        <v>15431.211383817441</v>
       </c>
     </row>
     <row r="113" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A113" s="4">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="C113" s="6">
-        <v>26063.580362256242</v>
+        <v>25251.607997201223</v>
       </c>
     </row>
     <row r="114" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A114" s="4">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>79</v>
+        <v>5</v>
       </c>
       <c r="C114" s="6">
-        <v>44073.182838914887</v>
+        <v>26064.778903539092</v>
       </c>
     </row>
     <row r="115" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A115" s="4">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="C115" s="6">
-        <v>27907.926758545793</v>
+        <v>50959.406107964962</v>
       </c>
     </row>
     <row r="116" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A116" s="4">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>251</v>
+        <v>83</v>
       </c>
       <c r="C116" s="6">
-        <v>101102.36408452175</v>
+        <v>25563.071785546013</v>
       </c>
     </row>
     <row r="117" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A117" s="4">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>251</v>
+        <v>226</v>
       </c>
       <c r="C117" s="6">
-        <v>80111.896504551143</v>
+        <v>100580.83265976078</v>
       </c>
     </row>
     <row r="118" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A118" s="4">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>133</v>
+        <v>226</v>
       </c>
       <c r="C118" s="6">
-        <v>166630.79913468898</v>
+        <v>78342.822638571335</v>
       </c>
     </row>
     <row r="119" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A119" s="4">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>35</v>
+        <v>258</v>
       </c>
       <c r="C119" s="6">
-        <v>73709.280056444739</v>
+        <v>134048.41377412438</v>
       </c>
     </row>
     <row r="120" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A120" s="4">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>36</v>
+        <v>258</v>
       </c>
       <c r="C120" s="6">
-        <v>54631.275565827287</v>
+        <v>122666.13539046195</v>
       </c>
     </row>
     <row r="121" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A121" s="4">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>37</v>
+        <v>259</v>
       </c>
       <c r="C121" s="6">
-        <v>111690.71076323655</v>
+        <v>107295.18439905977</v>
       </c>
     </row>
     <row r="122" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A122" s="4">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>38</v>
+        <v>260</v>
       </c>
       <c r="C122" s="6">
-        <v>64785.053321624022</v>
+        <v>70787.283748648551</v>
       </c>
     </row>
     <row r="123" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A123" s="4">
-        <v>331</v>
+        <v>328</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>39</v>
+        <v>261</v>
       </c>
       <c r="C123" s="6">
-        <v>53157.609982030066</v>
+        <v>54527.555196556939</v>
       </c>
     </row>
     <row r="124" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A124" s="4">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>269</v>
+        <v>35</v>
       </c>
       <c r="C124" s="6">
-        <v>70962.103573129047</v>
+        <v>97096.878730927303</v>
       </c>
     </row>
     <row r="125" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A125" s="4">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="C125" s="6">
-        <v>65402.804247973996</v>
+        <v>71712.736250061498</v>
       </c>
     </row>
     <row r="126" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A126" s="4">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>270</v>
+        <v>37</v>
       </c>
       <c r="C126" s="6">
-        <v>53740.74457137641</v>
+        <v>54716.799207117096</v>
       </c>
     </row>
     <row r="127" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A127" s="4">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>271</v>
+        <v>240</v>
       </c>
       <c r="C127" s="6">
-        <v>62529.741321867674</v>
+        <v>85910.009998487818</v>
       </c>
     </row>
     <row r="128" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A128" s="4">
-        <v>354</v>
+        <v>336</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>252</v>
+        <v>19</v>
       </c>
       <c r="C128" s="6">
-        <v>49074.063918721637</v>
+        <v>58471.523803934004</v>
       </c>
     </row>
     <row r="129" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A129" s="4">
-        <v>355</v>
+        <v>337</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>252</v>
+        <v>241</v>
       </c>
       <c r="C129" s="6">
-        <v>49405.415640127037</v>
+        <v>50187.083027204739</v>
       </c>
     </row>
     <row r="130" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A130" s="4">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>206</v>
+        <v>262</v>
       </c>
       <c r="C130" s="6">
-        <v>120366.30557930667</v>
+        <v>55379.309620060652</v>
       </c>
     </row>
     <row r="131" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A131" s="4">
-        <v>369</v>
+        <v>354</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>183</v>
+        <v>227</v>
       </c>
       <c r="C131" s="6">
-        <v>29886.504360606472</v>
+        <v>50587.03557178445</v>
       </c>
     </row>
     <row r="132" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A132" s="4">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>40</v>
+        <v>227</v>
       </c>
       <c r="C132" s="6">
-        <v>39479.795240992666</v>
+        <v>47637.645518836915</v>
       </c>
     </row>
     <row r="133" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A133" s="4">
-        <v>372</v>
+        <v>356</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>40</v>
+        <v>187</v>
       </c>
       <c r="C133" s="6">
-        <v>29174.090128306718</v>
+        <v>114219.52067526792</v>
       </c>
     </row>
     <row r="134" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A134" s="4">
-        <v>373</v>
+        <v>357</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>40</v>
+        <v>263</v>
       </c>
       <c r="C134" s="6">
-        <v>22446.654964348181</v>
+        <v>90189.122442096588</v>
       </c>
     </row>
     <row r="135" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A135" s="4">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>184</v>
+        <v>264</v>
       </c>
       <c r="C135" s="6">
-        <v>56007.273010765857</v>
+        <v>47389.075330255888</v>
       </c>
     </row>
     <row r="136" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A136" s="4">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>207</v>
+        <v>166</v>
       </c>
       <c r="C136" s="6">
-        <v>28178.894696669147</v>
+        <v>26922.996274871457</v>
       </c>
     </row>
     <row r="137" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A137" s="4">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>80</v>
+        <v>38</v>
       </c>
       <c r="C137" s="6">
-        <v>45573.073694342776</v>
+        <v>37217.941568516828</v>
       </c>
     </row>
     <row r="138" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A138" s="4">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="C138" s="6">
-        <v>30149.852415624409</v>
+        <v>23469.563941940145</v>
       </c>
     </row>
     <row r="139" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A139" s="4">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>107</v>
+        <v>38</v>
       </c>
       <c r="C139" s="6">
-        <v>26447.606205520242</v>
+        <v>19321.946868133713</v>
       </c>
     </row>
     <row r="140" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A140" s="4">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>185</v>
+        <v>167</v>
       </c>
       <c r="C140" s="6">
-        <v>49443.029530815824</v>
+        <v>51082.388631392729</v>
       </c>
     </row>
     <row r="141" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A141" s="4">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>91</v>
+        <v>188</v>
       </c>
       <c r="C141" s="6">
-        <v>39720.814269033566</v>
+        <v>45413.724233525623</v>
       </c>
     </row>
     <row r="142" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A142" s="4">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>126</v>
+        <v>74</v>
       </c>
       <c r="C142" s="6">
-        <v>40008.849303762916</v>
+        <v>43551.915423030594</v>
       </c>
     </row>
     <row r="143" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A143" s="4">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>186</v>
+        <v>20</v>
       </c>
       <c r="C143" s="6">
-        <v>33873.199534684056</v>
+        <v>29493.844339997748</v>
       </c>
     </row>
     <row r="144" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A144" s="4">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>134</v>
+        <v>168</v>
       </c>
       <c r="C144" s="6">
-        <v>34581.05879884131</v>
+        <v>48651.545194875289</v>
       </c>
     </row>
     <row r="145" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A145" s="4">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="C145" s="6">
-        <v>38474.890567077731</v>
+        <v>31499.575406446766</v>
       </c>
     </row>
     <row r="146" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A146" s="4">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>93</v>
+        <v>118</v>
       </c>
       <c r="C146" s="6">
-        <v>27862.065643558188</v>
+        <v>35187.796377897357</v>
       </c>
     </row>
     <row r="147" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A147" s="4">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>41</v>
+        <v>169</v>
       </c>
       <c r="C147" s="6">
-        <v>21047.440343096376</v>
+        <v>24619.833447408531</v>
       </c>
     </row>
     <row r="148" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A148" s="4">
-        <v>391</v>
+        <v>387</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>42</v>
+        <v>122</v>
       </c>
       <c r="C148" s="6">
-        <v>36567.344765697759</v>
+        <v>22627.127056382978</v>
       </c>
     </row>
     <row r="149" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A149" s="4">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
       <c r="C149" s="6">
-        <v>25454.096736404783</v>
+        <v>32869.771380018334</v>
       </c>
     </row>
     <row r="150" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A150" s="4">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="C150" s="6">
-        <v>43669.176704383033</v>
+        <v>24057.136361911267</v>
       </c>
     </row>
     <row r="151" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A151" s="4">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>81</v>
+        <v>39</v>
       </c>
       <c r="C151" s="6">
-        <v>30005.861491288455</v>
+        <v>21384.965538373282</v>
       </c>
     </row>
     <row r="152" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A152" s="4">
-        <v>405</v>
+        <v>391</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>187</v>
+        <v>265</v>
       </c>
       <c r="C152" s="6">
-        <v>224003.09896441828</v>
+        <v>32395.174834804377</v>
       </c>
     </row>
     <row r="153" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A153" s="4">
-        <v>406</v>
+        <v>392</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>243</v>
+        <v>265</v>
       </c>
       <c r="C153" s="6">
-        <v>111291.83747955658</v>
+        <v>23724.179761337633</v>
       </c>
     </row>
     <row r="154" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A154" s="4">
-        <v>407</v>
+        <v>393</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>272</v>
+        <v>87</v>
       </c>
       <c r="C154" s="6">
-        <v>88447.403502490066</v>
+        <v>37110.543730016041</v>
       </c>
     </row>
     <row r="155" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A155" s="4">
-        <v>417</v>
+        <v>394</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>198</v>
+        <v>75</v>
       </c>
       <c r="C155" s="6">
-        <v>69736.729547649404</v>
+        <v>26759.856177594287</v>
       </c>
     </row>
     <row r="156" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A156" s="4">
-        <v>418</v>
+        <v>395</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>117</v>
+        <v>266</v>
       </c>
       <c r="C156" s="6">
-        <v>65124.717611129963</v>
+        <v>23742.884113874672</v>
       </c>
     </row>
     <row r="157" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A157" s="4">
-        <v>419</v>
+        <v>398</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>199</v>
+        <v>267</v>
       </c>
       <c r="C157" s="6">
-        <v>52919.95646954624</v>
+        <v>53026.676606045286</v>
       </c>
     </row>
     <row r="158" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A158" s="4">
-        <v>432</v>
+        <v>399</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>163</v>
+        <v>268</v>
       </c>
       <c r="C158" s="6">
-        <v>48043.615299760051</v>
+        <v>42324.095816886904</v>
       </c>
     </row>
     <row r="159" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A159" s="4">
-        <v>433</v>
+        <v>402</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>164</v>
+        <v>269</v>
       </c>
       <c r="C159" s="6">
-        <v>32812.879826762779</v>
+        <v>179245.30141585911</v>
       </c>
     </row>
     <row r="160" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A160" s="4">
-        <v>435</v>
+        <v>405</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C160" s="6">
-        <v>68606.474206751402</v>
+        <v>198199.50028446951</v>
       </c>
     </row>
     <row r="161" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A161" s="4">
-        <v>438</v>
+        <v>406</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>95</v>
+        <v>221</v>
       </c>
       <c r="C161" s="6">
-        <v>47714.939937038027</v>
+        <v>111902.04558371779</v>
       </c>
     </row>
     <row r="162" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A162" s="4">
-        <v>439</v>
+        <v>417</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="C162" s="6">
-        <v>27044.235487294351</v>
+        <v>73818.529964415284</v>
       </c>
     </row>
     <row r="163" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A163" s="4">
-        <v>440</v>
+        <v>418</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="C163" s="6">
-        <v>24190.403917795633</v>
+        <v>59621.200085815421</v>
       </c>
     </row>
     <row r="164" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A164" s="4">
-        <v>441</v>
+        <v>419</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>135</v>
+        <v>182</v>
       </c>
       <c r="C164" s="6">
-        <v>42442.627921500833</v>
+        <v>55481.01676269724</v>
       </c>
     </row>
     <row r="165" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A165" s="4">
-        <v>442</v>
+        <v>426</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>135</v>
+        <v>270</v>
       </c>
       <c r="C165" s="6">
-        <v>27158.750304534504</v>
+        <v>458668.3528011741</v>
       </c>
     </row>
     <row r="166" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A166" s="4">
-        <v>444</v>
+        <v>427</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>166</v>
+        <v>270</v>
       </c>
       <c r="C166" s="6">
-        <v>58218.578860059875</v>
+        <v>292552.30061599234</v>
       </c>
     </row>
     <row r="167" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A167" s="4">
-        <v>445</v>
+        <v>428</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>143</v>
+        <v>270</v>
       </c>
       <c r="C167" s="6">
-        <v>40574.024851065638</v>
+        <v>287072.04896679375</v>
       </c>
     </row>
     <row r="168" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A168" s="4">
-        <v>446</v>
+        <v>430</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>136</v>
+        <v>271</v>
       </c>
       <c r="C168" s="6">
-        <v>29955.570796982956</v>
+        <v>264824.50271866278</v>
       </c>
     </row>
     <row r="169" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A169" s="4">
-        <v>454</v>
+        <v>432</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>224</v>
+        <v>147</v>
       </c>
       <c r="C169" s="6">
-        <v>218762.00777630106</v>
+        <v>44744.240314585229</v>
       </c>
     </row>
     <row r="170" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A170" s="4">
-        <v>455</v>
+        <v>433</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>224</v>
+        <v>148</v>
       </c>
       <c r="C170" s="6">
-        <v>174210.29213057394</v>
+        <v>27605.156058028493</v>
       </c>
     </row>
     <row r="171" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A171" s="4">
-        <v>459</v>
+        <v>435</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>273</v>
+        <v>149</v>
       </c>
       <c r="C171" s="6">
-        <v>179714.89912213449</v>
+        <v>54445.135795831957</v>
       </c>
     </row>
     <row r="172" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A172" s="4">
-        <v>460</v>
+        <v>438</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>137</v>
+        <v>88</v>
       </c>
       <c r="C172" s="6">
-        <v>146172.03969982534</v>
+        <v>44181.540146830703</v>
       </c>
     </row>
     <row r="173" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A173" s="4">
-        <v>464</v>
+        <v>439</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>44</v>
+        <v>139</v>
       </c>
       <c r="C173" s="6">
-        <v>70653.688595001382</v>
+        <v>28513.900496678983</v>
       </c>
     </row>
     <row r="174" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A174" s="4">
-        <v>466</v>
+        <v>440</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>167</v>
+        <v>40</v>
       </c>
       <c r="C174" s="6">
-        <v>129563.89312450727</v>
+        <v>20004.003375826902</v>
       </c>
     </row>
     <row r="175" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A175" s="4">
-        <v>467</v>
+        <v>441</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>168</v>
+        <v>123</v>
       </c>
       <c r="C175" s="6">
-        <v>93892.257789751631</v>
+        <v>32448.410072667164</v>
       </c>
     </row>
     <row r="176" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A176" s="4">
-        <v>468</v>
+        <v>442</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>169</v>
+        <v>123</v>
       </c>
       <c r="C176" s="6">
-        <v>91957.233829034652</v>
+        <v>23328.857887318103</v>
       </c>
     </row>
     <row r="177" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A177" s="4">
-        <v>469</v>
+        <v>443</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>6</v>
+        <v>123</v>
       </c>
       <c r="C177" s="6">
-        <v>88313.247807382009</v>
+        <v>21949.802373176091</v>
       </c>
     </row>
     <row r="178" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A178" s="4">
-        <v>470</v>
+        <v>444</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>6</v>
+        <v>150</v>
       </c>
       <c r="C178" s="6">
-        <v>67275.186390030809</v>
+        <v>52699.633484915961</v>
       </c>
     </row>
     <row r="179" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A179" s="4">
-        <v>472</v>
+        <v>445</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>225</v>
+        <v>130</v>
       </c>
       <c r="C179" s="6">
-        <v>107048.57491389832</v>
+        <v>41256.924124614008</v>
       </c>
     </row>
     <row r="180" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A180" s="4">
-        <v>473</v>
+        <v>446</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>239</v>
+        <v>124</v>
       </c>
       <c r="C180" s="6">
-        <v>97933.621208185767</v>
+        <v>27108.639348203862</v>
       </c>
     </row>
     <row r="181" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A181" s="4">
-        <v>474</v>
+        <v>447</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>138</v>
+        <v>272</v>
       </c>
       <c r="C181" s="6">
-        <v>144977.53946968986</v>
+        <v>213549.72442020691</v>
       </c>
     </row>
     <row r="182" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A182" s="4">
-        <v>475</v>
+        <v>448</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>138</v>
+        <v>273</v>
       </c>
       <c r="C182" s="6">
-        <v>58499.158344095653</v>
+        <v>164594.46721347689</v>
       </c>
     </row>
     <row r="183" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A183" s="4">
-        <v>478</v>
+        <v>451</v>
       </c>
       <c r="B183" s="5" t="s">
-        <v>153</v>
+        <v>274</v>
       </c>
       <c r="C183" s="6">
-        <v>70174.218003069109</v>
+        <v>132608.56072226056</v>
       </c>
     </row>
     <row r="184" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A184" s="4">
-        <v>480</v>
+        <v>456</v>
       </c>
       <c r="B184" s="5" t="s">
-        <v>170</v>
+        <v>275</v>
       </c>
       <c r="C184" s="6">
-        <v>96131.325092461862</v>
+        <v>290838.72589813633</v>
       </c>
     </row>
     <row r="185" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A185" s="4">
-        <v>481</v>
+        <v>457</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>127</v>
+        <v>275</v>
       </c>
       <c r="C185" s="6">
-        <v>75900.39624798877</v>
+        <v>209146.61870631116</v>
       </c>
     </row>
     <row r="186" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A186" s="4">
-        <v>482</v>
+        <v>464</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>108</v>
+        <v>41</v>
       </c>
       <c r="C186" s="6">
-        <v>61077.344293249043</v>
+        <v>59946.436237861119</v>
       </c>
     </row>
     <row r="187" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A187" s="4">
-        <v>483</v>
+        <v>466</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>171</v>
+        <v>151</v>
       </c>
       <c r="C187" s="6">
-        <v>96847.086872822547</v>
+        <v>168831.07694659027</v>
       </c>
     </row>
     <row r="188" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A188" s="4">
-        <v>485</v>
+        <v>467</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>172</v>
+        <v>152</v>
       </c>
       <c r="C188" s="6">
-        <v>80216.824433084461</v>
+        <v>115753.20629168009</v>
       </c>
     </row>
     <row r="189" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A189" s="4">
-        <v>486</v>
+        <v>468</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>172</v>
+        <v>153</v>
       </c>
       <c r="C189" s="6">
-        <v>66525.181579952608</v>
+        <v>93900.935250106908</v>
       </c>
     </row>
     <row r="190" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A190" s="4">
-        <v>488</v>
+        <v>469</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>200</v>
+        <v>6</v>
       </c>
       <c r="C190" s="6">
-        <v>59870.641214942392</v>
+        <v>107232.54979903164</v>
       </c>
     </row>
     <row r="191" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A191" s="4">
-        <v>489</v>
+        <v>470</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>200</v>
+        <v>6</v>
       </c>
       <c r="C191" s="6">
-        <v>44351.935838472993</v>
+        <v>69583.676940480596</v>
       </c>
     </row>
     <row r="192" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A192" s="4">
-        <v>492</v>
+        <v>471</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>96</v>
+        <v>276</v>
       </c>
       <c r="C192" s="6">
-        <v>109618.14161405439</v>
+        <v>155723.95102970596</v>
       </c>
     </row>
     <row r="193" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A193" s="4">
-        <v>493</v>
+        <v>472</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>96</v>
+        <v>205</v>
       </c>
       <c r="C193" s="6">
-        <v>91674.501941262497</v>
+        <v>111689.76819023474</v>
       </c>
     </row>
     <row r="194" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A194" s="4">
-        <v>494</v>
+        <v>473</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>96</v>
+        <v>218</v>
       </c>
       <c r="C194" s="6">
-        <v>71141.27677398354</v>
+        <v>105688.36998820446</v>
       </c>
     </row>
     <row r="195" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A195" s="4">
-        <v>501</v>
+        <v>474</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>188</v>
+        <v>125</v>
       </c>
       <c r="C195" s="6">
-        <v>62032.966133534479</v>
+        <v>102908.91940216049</v>
       </c>
     </row>
     <row r="196" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A196" s="4">
-        <v>502</v>
+        <v>475</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>274</v>
+        <v>125</v>
       </c>
       <c r="C196" s="6">
-        <v>34229.250732992732</v>
+        <v>66884.942751621376</v>
       </c>
     </row>
     <row r="197" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A197" s="4">
-        <v>504</v>
+        <v>480</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>275</v>
+        <v>154</v>
       </c>
       <c r="C197" s="6">
-        <v>52329.17904261424</v>
+        <v>94622.999859568328</v>
       </c>
     </row>
     <row r="198" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A198" s="4">
-        <v>513</v>
+        <v>481</v>
       </c>
       <c r="B198" s="5" t="s">
-        <v>201</v>
+        <v>119</v>
       </c>
       <c r="C198" s="6">
-        <v>39825.966787052603</v>
+        <v>83882.528858332182</v>
       </c>
     </row>
     <row r="199" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A199" s="4">
-        <v>515</v>
+        <v>482</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="C199" s="6">
-        <v>114473.19108253378</v>
+        <v>65335.921722452753</v>
       </c>
     </row>
     <row r="200" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A200" s="4">
-        <v>516</v>
+        <v>483</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>45</v>
+        <v>155</v>
       </c>
       <c r="C200" s="6">
-        <v>69444.331603961196</v>
+        <v>95630.590253861228</v>
       </c>
     </row>
     <row r="201" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A201" s="4">
-        <v>517</v>
+        <v>486</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>45</v>
+        <v>156</v>
       </c>
       <c r="C201" s="6">
-        <v>57626.643679221037</v>
+        <v>62813.286580561624</v>
       </c>
     </row>
     <row r="202" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A202" s="4">
-        <v>519</v>
+        <v>488</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>208</v>
+        <v>183</v>
       </c>
       <c r="C202" s="6">
-        <v>73923.423620000322</v>
+        <v>70378.563676967082</v>
       </c>
     </row>
     <row r="203" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A203" s="4">
-        <v>520</v>
+        <v>489</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>208</v>
+        <v>183</v>
       </c>
       <c r="C203" s="6">
-        <v>62517.543656656271</v>
+        <v>42337.314158605055</v>
       </c>
     </row>
     <row r="204" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A204" s="4">
-        <v>521</v>
+        <v>492</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>173</v>
+        <v>89</v>
       </c>
       <c r="C204" s="6">
-        <v>80312.916730498648</v>
+        <v>117871.32392113208</v>
       </c>
     </row>
     <row r="205" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A205" s="4">
-        <v>522</v>
+        <v>493</v>
       </c>
       <c r="B205" s="5" t="s">
-        <v>173</v>
+        <v>89</v>
       </c>
       <c r="C205" s="6">
-        <v>70056.908115627375</v>
+        <v>93602.7127577473</v>
       </c>
     </row>
     <row r="206" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A206" s="4">
-        <v>535</v>
+        <v>494</v>
       </c>
       <c r="B206" s="5" t="s">
-        <v>202</v>
+        <v>89</v>
       </c>
       <c r="C206" s="6">
-        <v>31518.201445057621</v>
+        <v>80552.492233011872</v>
       </c>
     </row>
     <row r="207" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A207" s="4">
-        <v>536</v>
+        <v>501</v>
       </c>
       <c r="B207" s="5" t="s">
-        <v>46</v>
+        <v>171</v>
       </c>
       <c r="C207" s="6">
-        <v>23612.150728550962</v>
+        <v>48919.96208123766</v>
       </c>
     </row>
     <row r="208" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A208" s="4">
-        <v>539</v>
+        <v>515</v>
       </c>
       <c r="B208" s="5" t="s">
-        <v>276</v>
+        <v>42</v>
       </c>
       <c r="C208" s="6">
-        <v>51326.350189384379</v>
+        <v>91306.940251114851</v>
       </c>
     </row>
     <row r="209" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A209" s="4">
-        <v>542</v>
+        <v>516</v>
       </c>
       <c r="B209" s="5" t="s">
-        <v>144</v>
+        <v>42</v>
       </c>
       <c r="C209" s="6">
-        <v>57878.267324967805</v>
+        <v>75033.488274500283</v>
       </c>
     </row>
     <row r="210" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A210" s="4">
-        <v>543</v>
+        <v>517</v>
       </c>
       <c r="B210" s="5" t="s">
-        <v>144</v>
+        <v>42</v>
       </c>
       <c r="C210" s="6">
-        <v>30274.598219797219</v>
+        <v>68682.620119411324</v>
       </c>
     </row>
     <row r="211" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A211" s="4">
-        <v>546</v>
+        <v>519</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>253</v>
+        <v>189</v>
       </c>
       <c r="C211" s="6">
-        <v>34311.729147845603</v>
+        <v>75195.469361899188</v>
       </c>
     </row>
     <row r="212" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A212" s="4">
-        <v>551</v>
+        <v>520</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>189</v>
       </c>
       <c r="C212" s="6">
-        <v>45541.854754306099</v>
+        <v>63441.740674315668</v>
       </c>
     </row>
     <row r="213" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A213" s="4">
-        <v>552</v>
+        <v>521</v>
       </c>
       <c r="B213" s="5" t="s">
-        <v>47</v>
+        <v>157</v>
       </c>
       <c r="C213" s="6">
-        <v>32101.12543043281</v>
+        <v>80991.626444396985</v>
       </c>
     </row>
     <row r="214" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A214" s="4">
-        <v>554</v>
+        <v>522</v>
       </c>
       <c r="B214" s="5" t="s">
-        <v>118</v>
+        <v>157</v>
       </c>
       <c r="C214" s="6">
-        <v>22824.782580261275</v>
+        <v>74647.570857810788</v>
       </c>
     </row>
     <row r="215" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A215" s="4">
-        <v>556</v>
+        <v>535</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="C215" s="6">
-        <v>27602.463148409053</v>
+        <v>32852.600571068368</v>
       </c>
     </row>
     <row r="216" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A216" s="4">
-        <v>557</v>
+        <v>536</v>
       </c>
       <c r="B216" s="5" t="s">
-        <v>254</v>
+        <v>43</v>
       </c>
       <c r="C216" s="6">
-        <v>53078.658370149416</v>
+        <v>24770.872604164499</v>
       </c>
     </row>
     <row r="217" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A217" s="4">
-        <v>558</v>
+        <v>542</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="C217" s="6">
-        <v>25499.807814500444</v>
+        <v>50936.168262450854</v>
       </c>
     </row>
     <row r="218" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A218" s="4">
-        <v>559</v>
+        <v>543</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>174</v>
+        <v>131</v>
       </c>
       <c r="C218" s="6">
-        <v>40406.933479808773</v>
+        <v>41251.424351592585</v>
       </c>
     </row>
     <row r="219" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A219" s="4">
-        <v>562</v>
+        <v>546</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>128</v>
+        <v>228</v>
       </c>
       <c r="C219" s="6">
-        <v>39442.912002712095</v>
+        <v>31496.478480552742</v>
       </c>
     </row>
     <row r="220" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A220" s="4">
-        <v>563</v>
+        <v>551</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>128</v>
+        <v>172</v>
       </c>
       <c r="C220" s="6">
-        <v>23890.446659898</v>
+        <v>43898.408237291493</v>
       </c>
     </row>
     <row r="221" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A221" s="4">
-        <v>564</v>
+        <v>552</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="C221" s="6">
-        <v>27918.548039788926</v>
+        <v>34086.032595876255</v>
       </c>
     </row>
     <row r="222" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A222" s="4">
-        <v>565</v>
+        <v>554</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>45</v>
+        <v>110</v>
       </c>
       <c r="C222" s="6">
-        <v>26759.145543910283</v>
+        <v>25171.720831415932</v>
       </c>
     </row>
     <row r="223" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A223" s="4">
-        <v>571</v>
+        <v>556</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>226</v>
+        <v>173</v>
       </c>
       <c r="C223" s="6">
-        <v>29356.806536739041</v>
+        <v>29870.183340172694</v>
       </c>
     </row>
     <row r="224" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A224" s="4">
-        <v>580</v>
+        <v>557</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>48</v>
+        <v>229</v>
       </c>
       <c r="C224" s="6">
-        <v>41114.882564895001</v>
+        <v>38782.65911081923</v>
       </c>
     </row>
     <row r="225" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A225" s="4">
-        <v>585</v>
+        <v>558</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>277</v>
+        <v>132</v>
       </c>
       <c r="C225" s="6">
-        <v>72194.471604199221</v>
+        <v>23050.883912884881</v>
       </c>
     </row>
     <row r="226" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A226" s="4">
-        <v>602</v>
+        <v>559</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>175</v>
+        <v>277</v>
       </c>
       <c r="C226" s="6">
-        <v>33060.926032739902</v>
+        <v>38711.707910935962</v>
       </c>
     </row>
     <row r="227" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A227" s="4">
-        <v>603</v>
+        <v>560</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>49</v>
+        <v>277</v>
       </c>
       <c r="C227" s="6">
-        <v>22616.035862620854</v>
+        <v>29736.566353479091</v>
       </c>
     </row>
     <row r="228" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A228" s="4">
-        <v>605</v>
+        <v>562</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>129</v>
+        <v>278</v>
       </c>
       <c r="C228" s="6">
-        <v>30364.212524867329</v>
+        <v>32729.497333391966</v>
       </c>
     </row>
     <row r="229" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A229" s="4">
-        <v>607</v>
+        <v>563</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>278</v>
       </c>
       <c r="C229" s="6">
-        <v>31263.318672745019</v>
+        <v>25211.477090553752</v>
       </c>
     </row>
     <row r="230" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A230" s="4">
-        <v>617</v>
+        <v>564</v>
       </c>
       <c r="B230" s="5" t="s">
-        <v>203</v>
+        <v>42</v>
       </c>
       <c r="C230" s="6">
-        <v>42748.190715809171</v>
+        <v>46277.83639813574</v>
       </c>
     </row>
     <row r="231" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A231" s="4">
-        <v>620</v>
+        <v>565</v>
       </c>
       <c r="B231" s="5" t="s">
-        <v>227</v>
+        <v>42</v>
       </c>
       <c r="C231" s="6">
-        <v>64065.433683378084</v>
+        <v>27580.633888620949</v>
       </c>
     </row>
     <row r="232" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A232" s="4">
-        <v>621</v>
+        <v>571</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>228</v>
+        <v>206</v>
       </c>
       <c r="C232" s="6">
-        <v>55647.160719095686</v>
+        <v>35357.024028415442</v>
       </c>
     </row>
     <row r="233" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A233" s="4">
-        <v>629</v>
+        <v>579</v>
       </c>
       <c r="B233" s="5" t="s">
-        <v>130</v>
+        <v>279</v>
       </c>
       <c r="C233" s="6">
-        <v>60642.805546825344</v>
+        <v>52354.508955987774</v>
       </c>
     </row>
     <row r="234" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A234" s="4">
-        <v>637</v>
+        <v>580</v>
       </c>
       <c r="B234" s="5" t="s">
-        <v>50</v>
+        <v>279</v>
       </c>
       <c r="C234" s="6">
-        <v>37859.352363537291</v>
+        <v>43131.540157828793</v>
       </c>
     </row>
     <row r="235" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A235" s="4">
-        <v>638</v>
+        <v>585</v>
       </c>
       <c r="B235" s="5" t="s">
-        <v>82</v>
+        <v>280</v>
       </c>
       <c r="C235" s="6">
-        <v>27901.548892005812</v>
+        <v>75147.045678062015</v>
       </c>
     </row>
     <row r="236" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A236" s="4">
-        <v>639</v>
+        <v>602</v>
       </c>
       <c r="B236" s="5" t="s">
-        <v>51</v>
+        <v>158</v>
       </c>
       <c r="C236" s="6">
-        <v>26158.463425837966</v>
+        <v>28879.074501691288</v>
       </c>
     </row>
     <row r="237" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A237" s="4">
-        <v>640</v>
+        <v>603</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C237" s="6">
-        <v>37268.1909840437</v>
+        <v>23353.42445075198</v>
       </c>
     </row>
     <row r="238" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A238" s="4">
-        <v>641</v>
+        <v>604</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>52</v>
+        <v>120</v>
       </c>
       <c r="C238" s="6">
-        <v>23260.026881132628</v>
+        <v>33510.176614592187</v>
       </c>
     </row>
     <row r="239" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A239" s="4">
-        <v>643</v>
+        <v>605</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>210</v>
+        <v>120</v>
       </c>
       <c r="C239" s="6">
-        <v>41455.034029493327</v>
+        <v>23676.791233033891</v>
       </c>
     </row>
     <row r="240" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A240" s="4">
-        <v>644</v>
+        <v>614</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>119</v>
+        <v>281</v>
       </c>
       <c r="C240" s="6">
-        <v>30053.367824257206</v>
+        <v>124156.67289234769</v>
       </c>
     </row>
     <row r="241" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A241" s="4">
-        <v>645</v>
+        <v>617</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C241" s="6">
-        <v>20980.556067808015</v>
+        <v>52164.988085472825</v>
       </c>
     </row>
     <row r="242" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A242" s="4">
-        <v>650</v>
+        <v>620</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>280</v>
+        <v>207</v>
       </c>
       <c r="C242" s="6">
-        <v>221310.70947850068</v>
+        <v>53961.74068745866</v>
       </c>
     </row>
     <row r="243" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A243" s="4">
-        <v>652</v>
+        <v>621</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>21</v>
+        <v>208</v>
       </c>
       <c r="C243" s="6">
-        <v>174543.78464919765</v>
+        <v>51788.045871012422</v>
       </c>
     </row>
     <row r="244" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A244" s="4">
-        <v>656</v>
+        <v>629</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C244" s="6">
-        <v>110173.50198604357</v>
+        <v>76252.623469640457</v>
       </c>
     </row>
     <row r="245" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A245" s="4">
-        <v>657</v>
+        <v>637</v>
       </c>
       <c r="B245" s="5" t="s">
-        <v>109</v>
+        <v>46</v>
       </c>
       <c r="C245" s="6">
-        <v>57928.310015931369</v>
+        <v>35885.117901316655</v>
       </c>
     </row>
     <row r="246" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A246" s="4">
-        <v>658</v>
+        <v>638</v>
       </c>
       <c r="B246" s="5" t="s">
-        <v>229</v>
+        <v>76</v>
       </c>
       <c r="C246" s="6">
-        <v>55725.9515001896</v>
+        <v>23132.599043931797</v>
       </c>
     </row>
     <row r="247" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A247" s="4">
-        <v>659</v>
+        <v>639</v>
       </c>
       <c r="B247" s="5" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="C247" s="6">
-        <v>70516.717504356828</v>
+        <v>20386.786331137191</v>
       </c>
     </row>
     <row r="248" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A248" s="4">
-        <v>660</v>
+        <v>640</v>
       </c>
       <c r="B248" s="5" t="s">
-        <v>148</v>
+        <v>284</v>
       </c>
       <c r="C248" s="6">
-        <v>45375.290588563512</v>
+        <v>32527.130516553145</v>
       </c>
     </row>
     <row r="249" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A249" s="4">
-        <v>661</v>
+        <v>641</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>148</v>
+        <v>284</v>
       </c>
       <c r="C249" s="6">
-        <v>47211.084372106299</v>
+        <v>20257.65557125552</v>
       </c>
     </row>
     <row r="250" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A250" s="4">
-        <v>673</v>
+        <v>643</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>191</v>
       </c>
       <c r="C250" s="6">
-        <v>67973.423140854677</v>
+        <v>34958.492690061619</v>
       </c>
     </row>
     <row r="251" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A251" s="4">
-        <v>674</v>
+        <v>644</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="C251" s="6">
-        <v>57270.690376064857</v>
+        <v>30505.076233774733</v>
       </c>
     </row>
     <row r="252" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A252" s="4">
-        <v>682</v>
+        <v>645</v>
       </c>
       <c r="B252" s="5" t="s">
-        <v>131</v>
+        <v>242</v>
       </c>
       <c r="C252" s="6">
-        <v>35422.487056202131</v>
+        <v>20461.553232873648</v>
       </c>
     </row>
     <row r="253" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A253" s="4">
-        <v>683</v>
+        <v>652</v>
       </c>
       <c r="B253" s="5" t="s">
-        <v>83</v>
+        <v>21</v>
       </c>
       <c r="C253" s="6">
-        <v>23264.326526660047</v>
+        <v>180876.59477044654</v>
       </c>
     </row>
     <row r="254" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A254" s="4">
-        <v>684</v>
+        <v>657</v>
       </c>
       <c r="B254" s="5" t="s">
-        <v>192</v>
+        <v>101</v>
       </c>
       <c r="C254" s="6">
-        <v>20077.815513892954</v>
+        <v>62273.896159842872</v>
       </c>
     </row>
     <row r="255" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A255" s="4">
-        <v>689</v>
+        <v>658</v>
       </c>
       <c r="B255" s="5" t="s">
-        <v>110</v>
+        <v>209</v>
       </c>
       <c r="C255" s="6">
-        <v>30920.557557818021</v>
+        <v>51955.923294703709</v>
       </c>
     </row>
     <row r="256" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A256" s="4">
-        <v>690</v>
+        <v>659</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>53</v>
+        <v>135</v>
       </c>
       <c r="C256" s="6">
-        <v>26047.459087453764</v>
+        <v>59888.865676442671</v>
       </c>
     </row>
     <row r="257" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A257" s="4">
-        <v>698</v>
+        <v>660</v>
       </c>
       <c r="B257" s="5" t="s">
-        <v>54</v>
+        <v>135</v>
       </c>
       <c r="C257" s="6">
-        <v>39289.411259618333</v>
+        <v>42430.073206352026</v>
       </c>
     </row>
     <row r="258" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A258" s="4">
-        <v>699</v>
+        <v>661</v>
       </c>
       <c r="B258" s="5" t="s">
-        <v>55</v>
+        <v>135</v>
       </c>
       <c r="C258" s="6">
-        <v>29757.217123636707</v>
+        <v>50618.771369188857</v>
       </c>
     </row>
     <row r="259" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A259" s="4">
-        <v>707</v>
+        <v>673</v>
       </c>
       <c r="B259" s="5" t="s">
-        <v>230</v>
+        <v>174</v>
       </c>
       <c r="C259" s="6">
-        <v>45873.648356056925</v>
+        <v>85667.233966698637</v>
       </c>
     </row>
     <row r="260" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A260" s="4">
-        <v>708</v>
+        <v>674</v>
       </c>
       <c r="B260" s="5" t="s">
-        <v>231</v>
+        <v>90</v>
       </c>
       <c r="C260" s="6">
-        <v>49801.096473572361</v>
+        <v>56352.398872198406</v>
       </c>
     </row>
     <row r="261" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A261" s="4">
-        <v>737</v>
+        <v>682</v>
       </c>
       <c r="B261" s="5" t="s">
-        <v>232</v>
+        <v>121</v>
       </c>
       <c r="C261" s="6">
-        <v>77294.559544243733</v>
+        <v>31833.621885897352</v>
       </c>
     </row>
     <row r="262" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A262" s="4">
-        <v>742</v>
+        <v>683</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="C262" s="6">
-        <v>58667.108454014735</v>
+        <v>20325.093183914269</v>
       </c>
     </row>
     <row r="263" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A263" s="4">
-        <v>743</v>
+        <v>684</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>56</v>
+        <v>175</v>
       </c>
       <c r="C263" s="6">
-        <v>34567.318999729439</v>
+        <v>14152.255062750026</v>
       </c>
     </row>
     <row r="264" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A264" s="4">
-        <v>768</v>
+        <v>689</v>
       </c>
       <c r="B264" s="5" t="s">
-        <v>233</v>
+        <v>102</v>
       </c>
       <c r="C264" s="6">
-        <v>24548.633311114419</v>
+        <v>29515.359128444754</v>
       </c>
     </row>
     <row r="265" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A265" s="4">
-        <v>769</v>
+        <v>690</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>282</v>
+        <v>48</v>
       </c>
       <c r="C265" s="6">
-        <v>32653.674991629352</v>
+        <v>23406.321162555836</v>
       </c>
     </row>
     <row r="266" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A266" s="4">
-        <v>776</v>
+        <v>698</v>
       </c>
       <c r="B266" s="5" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="C266" s="6">
-        <v>14017.451870144481</v>
+        <v>33337.662763361681</v>
       </c>
     </row>
     <row r="267" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A267" s="4">
-        <v>783</v>
+        <v>699</v>
       </c>
       <c r="B267" s="5" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="C267" s="6">
-        <v>41457.263743133917</v>
+        <v>25287.234851074729</v>
       </c>
     </row>
     <row r="268" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A268" s="4">
-        <v>784</v>
+        <v>708</v>
       </c>
       <c r="B268" s="5" t="s">
-        <v>234</v>
+        <v>210</v>
       </c>
       <c r="C268" s="6">
-        <v>31847.369481239857</v>
+        <v>50277.654328516379</v>
       </c>
     </row>
     <row r="269" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A269" s="4">
-        <v>785</v>
+        <v>737</v>
       </c>
       <c r="B269" s="5" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="C269" s="6">
-        <v>29344.236447418476</v>
+        <v>55138.323939095775</v>
       </c>
     </row>
     <row r="270" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A270" s="4">
-        <v>786</v>
+        <v>742</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>236</v>
+        <v>51</v>
       </c>
       <c r="C270" s="6">
-        <v>41739.991299006746</v>
+        <v>52482.959136497033</v>
       </c>
     </row>
     <row r="271" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A271" s="4">
-        <v>787</v>
+        <v>743</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>111</v>
+        <v>51</v>
       </c>
       <c r="C271" s="6">
-        <v>31964.699566025345</v>
+        <v>34360.087699819822</v>
       </c>
     </row>
     <row r="272" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A272" s="4">
-        <v>788</v>
+        <v>768</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>237</v>
+        <v>212</v>
       </c>
       <c r="C272" s="6">
-        <v>28162.69151102765</v>
+        <v>23918.529845537916</v>
       </c>
     </row>
     <row r="273" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A273" s="4">
-        <v>791</v>
+        <v>776</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="C273" s="6">
-        <v>15381.380061147618</v>
+        <v>11734.041562862911</v>
       </c>
     </row>
     <row r="274" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A274" s="4">
-        <v>792</v>
+        <v>779</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>59</v>
+        <v>285</v>
       </c>
       <c r="C274" s="6">
-        <v>10101.508970368681</v>
+        <v>18692.720934806868</v>
       </c>
     </row>
     <row r="275" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A275" s="4">
-        <v>793</v>
+        <v>783</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C275" s="6">
-        <v>12204.118373377147</v>
+        <v>41405.273512048821</v>
       </c>
     </row>
     <row r="276" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A276" s="4">
-        <v>794</v>
+        <v>784</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>61</v>
+        <v>213</v>
       </c>
       <c r="C276" s="6">
-        <v>6858.0679636757395</v>
+        <v>33164.95940975238</v>
       </c>
     </row>
     <row r="277" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A277" s="4">
-        <v>795</v>
+        <v>785</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>7</v>
+        <v>214</v>
       </c>
       <c r="C277" s="6">
-        <v>5654.9079473149868</v>
+        <v>28303.067582088948</v>
       </c>
     </row>
     <row r="278" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A278" s="4">
-        <v>797</v>
+        <v>786</v>
       </c>
       <c r="B278" s="5" t="s">
-        <v>283</v>
+        <v>215</v>
       </c>
       <c r="C278" s="6">
-        <v>29371.622749374295</v>
+        <v>39768.571869996653</v>
       </c>
     </row>
     <row r="279" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A279" s="4">
-        <v>798</v>
+        <v>787</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>283</v>
+        <v>103</v>
       </c>
       <c r="C279" s="6">
-        <v>23619.196333580188</v>
+        <v>31346.386328748813</v>
       </c>
     </row>
     <row r="280" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A280" s="4">
-        <v>805</v>
+        <v>788</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>120</v>
+        <v>216</v>
       </c>
       <c r="C280" s="6">
-        <v>25522.808481045267</v>
+        <v>28033.561992074647</v>
       </c>
     </row>
     <row r="281" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A281" s="4">
-        <v>806</v>
+        <v>789</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>120</v>
+        <v>286</v>
       </c>
       <c r="C281" s="6">
-        <v>22198.954252251733</v>
+        <v>2741.3146939834551</v>
       </c>
     </row>
     <row r="282" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A282" s="4">
-        <v>807</v>
+        <v>791</v>
       </c>
       <c r="B282" s="5" t="s">
-        <v>120</v>
+        <v>53</v>
       </c>
       <c r="C282" s="6">
-        <v>19929.795648925832</v>
+        <v>11615.156192904977</v>
       </c>
     </row>
     <row r="283" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A283" s="4">
-        <v>808</v>
+        <v>792</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="C283" s="6">
-        <v>46320.967109723213</v>
+        <v>9950.5863467076124</v>
       </c>
     </row>
     <row r="284" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A284" s="4">
-        <v>809</v>
+        <v>793</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C284" s="6">
-        <v>38143.732797730037</v>
+        <v>9991.9954896804775</v>
       </c>
     </row>
     <row r="285" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A285" s="4">
-        <v>811</v>
+        <v>794</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="C285" s="6">
-        <v>38534.016324712276</v>
+        <v>6875.3592821591392</v>
       </c>
     </row>
     <row r="286" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A286" s="4">
-        <v>812</v>
+        <v>795</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>64</v>
+        <v>7</v>
       </c>
       <c r="C286" s="6">
-        <v>32319.432695714248</v>
+        <v>5640.4557913760345</v>
       </c>
     </row>
     <row r="287" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A287" s="4">
-        <v>813</v>
+        <v>797</v>
       </c>
       <c r="B287" s="5" t="s">
-        <v>8</v>
+        <v>243</v>
       </c>
       <c r="C287" s="6">
-        <v>36760.119352818605</v>
+        <v>26571.70947426472</v>
       </c>
     </row>
     <row r="288" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A288" s="4">
-        <v>823</v>
+        <v>798</v>
       </c>
       <c r="B288" s="5" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C288" s="6">
-        <v>101400.16354454192</v>
+        <v>29265.367248641152</v>
       </c>
     </row>
     <row r="289" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A289" s="4">
-        <v>829</v>
+        <v>805</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>284</v>
+        <v>112</v>
       </c>
       <c r="C289" s="6">
-        <v>119901.0622963147</v>
+        <v>24832.278952828972</v>
       </c>
     </row>
     <row r="290" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A290" s="4">
-        <v>831</v>
+        <v>806</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>193</v>
+        <v>112</v>
       </c>
       <c r="C290" s="6">
-        <v>18649.211110301156</v>
+        <v>22094.08047136134</v>
       </c>
     </row>
     <row r="291" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A291" s="4">
-        <v>832</v>
+        <v>807</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>193</v>
+        <v>112</v>
       </c>
       <c r="C291" s="6">
-        <v>20152.660350127808</v>
+        <v>19928.131471689328</v>
       </c>
     </row>
     <row r="292" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A292" s="4">
-        <v>833</v>
+        <v>808</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>193</v>
+        <v>57</v>
       </c>
       <c r="C292" s="6">
-        <v>15257.77389629163</v>
+        <v>54841.177070243371</v>
       </c>
     </row>
     <row r="293" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A293" s="4">
-        <v>834</v>
+        <v>809</v>
       </c>
       <c r="B293" s="5" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
       <c r="C293" s="6">
-        <v>157813.16778975894</v>
+        <v>29282.383389178165</v>
       </c>
     </row>
     <row r="294" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A294" s="4">
-        <v>837</v>
+        <v>811</v>
       </c>
       <c r="B294" s="5" t="s">
-        <v>255</v>
+        <v>58</v>
       </c>
       <c r="C294" s="6">
-        <v>97960.571597900038</v>
+        <v>32080.407483140658</v>
       </c>
     </row>
     <row r="295" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A295" s="4">
-        <v>838</v>
+        <v>812</v>
       </c>
       <c r="B295" s="5" t="s">
-        <v>255</v>
+        <v>59</v>
       </c>
       <c r="C295" s="6">
-        <v>35834.643755583602</v>
+        <v>26534.241340905333</v>
       </c>
     </row>
     <row r="296" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A296" s="4">
-        <v>839</v>
+        <v>813</v>
       </c>
       <c r="B296" s="5" t="s">
-        <v>255</v>
+        <v>8</v>
       </c>
       <c r="C296" s="6">
-        <v>30849.893103040573</v>
+        <v>37270.820204090334</v>
       </c>
     </row>
     <row r="297" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A297" s="4">
-        <v>840</v>
+        <v>815</v>
       </c>
       <c r="B297" s="5" t="s">
-        <v>112</v>
+        <v>287</v>
       </c>
       <c r="C297" s="6">
-        <v>77008.154246052378</v>
+        <v>36896.242580291095</v>
       </c>
     </row>
     <row r="298" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A298" s="4">
-        <v>841</v>
+        <v>823</v>
       </c>
       <c r="B298" s="5" t="s">
-        <v>256</v>
+        <v>222</v>
       </c>
       <c r="C298" s="6">
-        <v>43192.404837098205</v>
+        <v>118851.14848678542</v>
       </c>
     </row>
     <row r="299" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A299" s="4">
-        <v>847</v>
+        <v>831</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>65</v>
+        <v>176</v>
       </c>
       <c r="C299" s="6">
-        <v>24077.470206418249</v>
+        <v>24034.333480606714</v>
       </c>
     </row>
     <row r="300" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A300" s="4">
-        <v>853</v>
+        <v>832</v>
       </c>
       <c r="B300" s="5" t="s">
-        <v>66</v>
+        <v>176</v>
       </c>
       <c r="C300" s="6">
-        <v>109639.4772488427</v>
+        <v>18793.177466971418</v>
       </c>
     </row>
     <row r="301" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A301" s="4">
-        <v>854</v>
+        <v>833</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>66</v>
+        <v>176</v>
       </c>
       <c r="C301" s="6">
-        <v>59506.660871621265</v>
+        <v>18646.218020751807</v>
       </c>
     </row>
     <row r="302" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A302" s="4">
-        <v>856</v>
+        <v>834</v>
       </c>
       <c r="B302" s="5" t="s">
-        <v>98</v>
+        <v>288</v>
       </c>
       <c r="C302" s="6">
-        <v>76817.928071789895</v>
+        <v>99876.603912782695</v>
       </c>
     </row>
     <row r="303" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A303" s="4">
-        <v>857</v>
+        <v>838</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>98</v>
+        <v>230</v>
       </c>
       <c r="C303" s="6">
-        <v>53764.168542314859</v>
+        <v>30360.035845018148</v>
       </c>
     </row>
     <row r="304" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A304" s="4">
-        <v>862</v>
+        <v>839</v>
       </c>
       <c r="B304" s="5" t="s">
-        <v>194</v>
+        <v>230</v>
       </c>
       <c r="C304" s="6">
-        <v>36854.184723953716</v>
+        <v>20015.714649191279</v>
       </c>
     </row>
     <row r="305" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A305" s="4">
-        <v>863</v>
+        <v>840</v>
       </c>
       <c r="B305" s="5" t="s">
-        <v>240</v>
+        <v>104</v>
       </c>
       <c r="C305" s="6">
-        <v>28266.757062200701</v>
+        <v>68466.668675643596</v>
       </c>
     </row>
     <row r="306" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A306" s="4">
-        <v>865</v>
+        <v>841</v>
       </c>
       <c r="B306" s="5" t="s">
-        <v>285</v>
+        <v>231</v>
       </c>
       <c r="C306" s="6">
-        <v>30340.61534505005</v>
+        <v>57051.709651862082</v>
       </c>
     </row>
     <row r="307" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A307" s="4">
-        <v>866</v>
+        <v>846</v>
       </c>
       <c r="B307" s="5" t="s">
-        <v>257</v>
+        <v>60</v>
       </c>
       <c r="C307" s="6">
-        <v>30881.65727757875</v>
+        <v>39759.701640373984</v>
       </c>
     </row>
     <row r="308" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A308" s="4">
-        <v>870</v>
+        <v>847</v>
       </c>
       <c r="B308" s="5" t="s">
-        <v>121</v>
+        <v>60</v>
       </c>
       <c r="C308" s="6">
-        <v>203914.68853232177</v>
+        <v>22327.797915453699</v>
       </c>
     </row>
     <row r="309" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A309" s="4">
-        <v>871</v>
+        <v>853</v>
       </c>
       <c r="B309" s="5" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C309" s="6">
-        <v>44326.076752898</v>
+        <v>100733.0991625506</v>
       </c>
     </row>
     <row r="310" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A310" s="4">
-        <v>872</v>
+        <v>854</v>
       </c>
       <c r="B310" s="5" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C310" s="6">
-        <v>28527.232745358997</v>
+        <v>52155.664761437314</v>
       </c>
     </row>
     <row r="311" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A311" s="4">
-        <v>880</v>
+        <v>856</v>
       </c>
       <c r="B311" s="5" t="s">
-        <v>149</v>
+        <v>91</v>
       </c>
       <c r="C311" s="6">
-        <v>21588.375526690776</v>
+        <v>93810.476632678154</v>
       </c>
     </row>
     <row r="312" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A312" s="4">
-        <v>881</v>
+        <v>857</v>
       </c>
       <c r="B312" s="5" t="s">
-        <v>9</v>
+        <v>91</v>
       </c>
       <c r="C312" s="6">
-        <v>15202.223978589114</v>
+        <v>56639.361194282581</v>
       </c>
     </row>
     <row r="313" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A313" s="4">
-        <v>882</v>
+        <v>862</v>
       </c>
       <c r="B313" s="5" t="s">
-        <v>10</v>
+        <v>177</v>
       </c>
       <c r="C313" s="6">
-        <v>14677.699692452199</v>
+        <v>35541.381696996701</v>
       </c>
     </row>
     <row r="314" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A314" s="4">
-        <v>884</v>
+        <v>863</v>
       </c>
       <c r="B314" s="5" t="s">
-        <v>195</v>
+        <v>219</v>
       </c>
       <c r="C314" s="6">
-        <v>38394.61498716956</v>
+        <v>18515.968030238626</v>
       </c>
     </row>
     <row r="315" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A315" s="4">
-        <v>885</v>
+        <v>864</v>
       </c>
       <c r="B315" s="5" t="s">
-        <v>11</v>
+        <v>289</v>
       </c>
       <c r="C315" s="6">
-        <v>21030.040770791929</v>
+        <v>23559.164237003482</v>
       </c>
     </row>
     <row r="316" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A316" s="4">
-        <v>886</v>
+        <v>865</v>
       </c>
       <c r="B316" s="5" t="s">
-        <v>176</v>
+        <v>244</v>
       </c>
       <c r="C316" s="6">
-        <v>14077.630499171943</v>
+        <v>27332.262888450263</v>
       </c>
     </row>
     <row r="317" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A317" s="4">
-        <v>894</v>
+        <v>866</v>
       </c>
       <c r="B317" s="5" t="s">
-        <v>177</v>
+        <v>232</v>
       </c>
       <c r="C317" s="6">
-        <v>15524.68809511787</v>
+        <v>23247.882409719816</v>
       </c>
     </row>
     <row r="318" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A318" s="4">
-        <v>895</v>
+        <v>868</v>
       </c>
       <c r="B318" s="5" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="C318" s="6">
-        <v>20100.909129346765</v>
+        <v>30819.000331217401</v>
       </c>
     </row>
     <row r="319" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A319" s="4">
-        <v>896</v>
+        <v>870</v>
       </c>
       <c r="B319" s="5" t="s">
-        <v>68</v>
+        <v>113</v>
       </c>
       <c r="C319" s="6">
-        <v>34985.345292275044</v>
+        <v>183697.28117060094</v>
       </c>
     </row>
     <row r="320" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A320" s="4">
-        <v>897</v>
+        <v>871</v>
       </c>
       <c r="B320" s="5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C320" s="6">
-        <v>20540.355481165341</v>
+        <v>23623.996649068122</v>
       </c>
     </row>
     <row r="321" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A321" s="4">
-        <v>907</v>
+        <v>872</v>
       </c>
       <c r="B321" s="5" t="s">
-        <v>122</v>
+        <v>62</v>
       </c>
       <c r="C321" s="6">
-        <v>95600.004666683497</v>
+        <v>25642.619414186505</v>
       </c>
     </row>
     <row r="322" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A322" s="4">
-        <v>908</v>
+        <v>880</v>
       </c>
       <c r="B322" s="5" t="s">
-        <v>178</v>
+        <v>136</v>
       </c>
       <c r="C322" s="6">
-        <v>52077.905050568042</v>
+        <v>19464.014031828381</v>
       </c>
     </row>
     <row r="323" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A323" s="4">
-        <v>916</v>
+        <v>881</v>
       </c>
       <c r="B323" s="5" t="s">
-        <v>287</v>
+        <v>9</v>
       </c>
       <c r="C323" s="6">
-        <v>17744.260183911258</v>
+        <v>13624.945517346654</v>
       </c>
     </row>
     <row r="324" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A324" s="4">
-        <v>917</v>
+        <v>882</v>
       </c>
       <c r="B324" s="5" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="C324" s="6">
-        <v>38875.467042498545</v>
+        <v>14455.910690401199</v>
       </c>
     </row>
     <row r="325" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A325" s="4">
-        <v>918</v>
+        <v>883</v>
       </c>
       <c r="B325" s="5" t="s">
-        <v>70</v>
+        <v>291</v>
       </c>
       <c r="C325" s="6">
-        <v>25560.083987120288</v>
+        <v>18796.078440648656</v>
       </c>
     </row>
     <row r="326" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A326" s="4">
-        <v>919</v>
+        <v>884</v>
       </c>
       <c r="B326" s="5" t="s">
-        <v>85</v>
+        <v>178</v>
       </c>
       <c r="C326" s="6">
-        <v>39629.42476130827</v>
+        <v>32552.922235051727</v>
       </c>
     </row>
     <row r="327" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A327" s="4">
-        <v>920</v>
+        <v>885</v>
       </c>
       <c r="B327" s="5" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="C327" s="6">
-        <v>30270.49939662078</v>
+        <v>18649.271560829748</v>
       </c>
     </row>
     <row r="328" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A328" s="4">
-        <v>922</v>
+        <v>886</v>
       </c>
       <c r="B328" s="5" t="s">
-        <v>288</v>
+        <v>159</v>
       </c>
       <c r="C328" s="6">
-        <v>43198.238763647612</v>
+        <v>15254.645907334128</v>
       </c>
     </row>
     <row r="329" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A329" s="4">
-        <v>945</v>
+        <v>894</v>
       </c>
       <c r="B329" s="5" t="s">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="C329" s="6">
-        <v>49436.818316696299</v>
+        <v>15876.142639210375</v>
       </c>
     </row>
     <row r="330" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A330" s="4">
-        <v>946</v>
+        <v>896</v>
       </c>
       <c r="B330" s="5" t="s">
-        <v>180</v>
+        <v>292</v>
       </c>
       <c r="C330" s="6">
-        <v>39103.840267306958</v>
+        <v>29732.184908261584</v>
       </c>
     </row>
     <row r="331" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A331" s="4">
-        <v>947</v>
+        <v>897</v>
       </c>
       <c r="B331" s="5" t="s">
-        <v>146</v>
+        <v>292</v>
       </c>
       <c r="C331" s="6">
-        <v>40105.573257843484</v>
+        <v>17797.474391624535</v>
       </c>
     </row>
     <row r="332" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A332" s="4">
-        <v>948</v>
+        <v>907</v>
       </c>
       <c r="B332" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C332" s="6">
-        <v>26967.554776400633</v>
+        <v>105436.09744804828</v>
       </c>
     </row>
     <row r="333" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A333" s="4">
-        <v>951</v>
+        <v>908</v>
       </c>
       <c r="B333" s="5" t="s">
-        <v>245</v>
+        <v>161</v>
       </c>
       <c r="C333" s="6">
-        <v>20697.637887934816</v>
+        <v>49557.785419567743</v>
       </c>
     </row>
     <row r="334" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A334" s="4">
-        <v>956</v>
+        <v>909</v>
       </c>
       <c r="B334" s="5" t="s">
-        <v>132</v>
+        <v>293</v>
       </c>
       <c r="C334" s="6">
-        <v>130170.83940915283</v>
+        <v>42817.067115538295</v>
       </c>
     </row>
     <row r="335" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A335" s="4">
-        <v>957</v>
+        <v>917</v>
       </c>
       <c r="B335" s="5" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="C335" s="6">
-        <v>214727.34577349384</v>
+        <v>39899.742202869224</v>
       </c>
     </row>
     <row r="336" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A336" s="4">
-        <v>958</v>
+        <v>918</v>
       </c>
       <c r="B336" s="5" t="s">
-        <v>23</v>
+        <v>64</v>
       </c>
       <c r="C336" s="6">
-        <v>179205.73805090404</v>
+        <v>21694.101189882116</v>
       </c>
     </row>
     <row r="337" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A337" s="4">
-        <v>963</v>
+        <v>919</v>
       </c>
       <c r="B337" s="5" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="C337" s="6">
-        <v>69802.835877075137</v>
+        <v>47950.560401168703</v>
       </c>
     </row>
     <row r="338" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A338" s="4">
-        <v>964</v>
+        <v>920</v>
       </c>
       <c r="B338" s="5" t="s">
-        <v>114</v>
+        <v>65</v>
       </c>
       <c r="C338" s="6">
-        <v>51555.033477227771</v>
+        <v>28584.613048269366</v>
       </c>
     </row>
     <row r="339" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A339" s="4">
-        <v>981</v>
+        <v>921</v>
       </c>
       <c r="B339" s="5" t="s">
-        <v>86</v>
+        <v>294</v>
       </c>
       <c r="C339" s="6">
-        <v>138834.52379176553</v>
+        <v>25073.104461768802</v>
       </c>
     </row>
     <row r="340" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A340" s="4">
-        <v>982</v>
+        <v>922</v>
       </c>
       <c r="B340" s="5" t="s">
-        <v>86</v>
+        <v>245</v>
       </c>
       <c r="C340" s="6">
-        <v>67062.761257181439</v>
+        <v>39640.753007985899</v>
       </c>
     </row>
     <row r="341" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A341" s="4">
-        <v>983</v>
+        <v>945</v>
       </c>
       <c r="B341" s="5" t="s">
-        <v>86</v>
+        <v>162</v>
       </c>
       <c r="C341" s="6">
-        <v>63083.015736327849</v>
+        <v>47278.979755758337</v>
       </c>
     </row>
     <row r="342" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A342" s="4">
-        <v>987</v>
+        <v>946</v>
       </c>
       <c r="B342" s="5" t="s">
-        <v>87</v>
+        <v>163</v>
       </c>
       <c r="C342" s="6">
-        <v>92042.633874176448</v>
+        <v>38314.120105797636</v>
       </c>
     </row>
     <row r="343" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A343" s="4">
-        <v>988</v>
+        <v>947</v>
       </c>
       <c r="B343" s="5" t="s">
-        <v>87</v>
+        <v>133</v>
       </c>
       <c r="C343" s="6">
-        <v>50969.786874493482</v>
+        <v>36820.699010632859</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A344" s="4">
+        <v>948</v>
+      </c>
+      <c r="B344" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="C344" s="6">
+        <v>23250.339911042018</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A345" s="4">
+        <v>951</v>
+      </c>
+      <c r="B345" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="C345" s="6">
+        <v>17072.405235523842</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A346" s="4">
+        <v>956</v>
+      </c>
+      <c r="B346" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="C346" s="6">
+        <v>138280.00782228948</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A347" s="4">
+        <v>957</v>
+      </c>
+      <c r="B347" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C347" s="6">
+        <v>207887.00831693292</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A348" s="4">
+        <v>958</v>
+      </c>
+      <c r="B348" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C348" s="6">
+        <v>182504.15715355802</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A349" s="4">
+        <v>963</v>
+      </c>
+      <c r="B349" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C349" s="6">
+        <v>78495.869962467943</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A350" s="4">
+        <v>964</v>
+      </c>
+      <c r="B350" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="C350" s="6">
+        <v>50426.395931270214</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A351" s="4">
+        <v>981</v>
+      </c>
+      <c r="B351" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C351" s="6">
+        <v>124233.69740010047</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A352" s="4">
+        <v>982</v>
+      </c>
+      <c r="B352" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C352" s="6">
+        <v>89267.848054521586</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A353" s="4">
+        <v>983</v>
+      </c>
+      <c r="B353" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C353" s="6">
+        <v>53946.456023171275</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A354" s="4">
+        <v>987</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C354" s="6">
+        <v>91173.392317309786</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:C343" xr:uid="{FC4E8DD0-CDAA-4894-A89A-688E877A0A4A}"/>
-[...1 lines deleted...]
-    <sortCondition ref="A2:A86"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C40">
+    <sortCondition ref="A2:A40"/>
   </sortState>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="RevCycleReportingAudit" ma:contentTypeID="0x010100A0AD331A36C53045B9F4F5BEAEE6F44800B53D62B2AC337944AB9050D085EEEACB" ma:contentTypeVersion="22" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="353393e9f6960120e9ec1e7bfeec5215">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="272de749-3868-4cde-ab7f-187bf3ae0e10" xmlns:ns3="ccc62fcd-1952-4268-a820-fb9d6d94cbd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa09683f8b147ed8a7b78d433d27da9e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="RevCycleReportingAudit" ma:contentTypeID="0x010100A0AD331A36C53045B9F4F5BEAEE6F44800B53D62B2AC337944AB9050D085EEEACB" ma:contentTypeVersion="22" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="397f8653f29b9eb9d760f641ab62fdc1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="272de749-3868-4cde-ab7f-187bf3ae0e10" xmlns:ns3="ccc62fcd-1952-4268-a820-fb9d6d94cbd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="166e9afd1c37b104e321373407dad572" ns2:_="" ns3:_="">
     <xsd:import namespace="272de749-3868-4cde-ab7f-187bf3ae0e10"/>
     <xsd:import namespace="ccc62fcd-1952-4268-a820-fb9d6d94cbd0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Users"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="272de749-3868-4cde-ab7f-187bf3ae0e10" elementFormDefault="qualified">
@@ -5393,59 +5534,59 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Users xmlns="272de749-3868-4cde-ab7f-187bf3ae0e10">
       <UserInfo>
         <DisplayName/>
         <AccountId/>
         <AccountType/>
       </UserInfo>
     </Users>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F70DE41-6F2E-48AD-B3D3-AAB2BBA6ADC3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5496EF09-293C-40DC-97CF-BA8A8F05A19E}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{89C1B988-CAFE-46A8-A1EE-D49DC30E92C4}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DB00889-FEFE-480A-A64E-673BFBFA4FC9}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{46F9AA74-4A5F-4635-AB76-CCCE79D02C3A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACD73AAA-EC8B-4C4B-BC8C-740F532F22C6}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{b4e5d35f-4e6a-4642-aaeb-20ab6a7b6fba}" enabled="1" method="Standard" siteId="{ab214bcd-9b97-41bb-aa9d-46cf10d822fd}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>