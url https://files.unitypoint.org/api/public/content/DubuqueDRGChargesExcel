--- v0 (2025-10-30)
+++ v1 (2026-01-30)
@@ -3,308 +3,314 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uphealth-my.sharepoint.com/personal/kathryn_bootier_unitypoint_org/Documents/Desktop/Price Transparency 2023 Charge Master and DRGs/2024/MSDRG/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uphealth-my.sharepoint.com/personal/kathryn_bootier_unitypoint_org/Documents/Desktop/CDM Price Transparency Files - 2025/2025 Final Files/MSDRG/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="13_ncr:1_{828ECE05-3EA0-4C8A-BA6F-58208F3B0226}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{A21217D5-E25E-46BE-B8B4-EE3BB6FA6007}"/>
+  <xr:revisionPtr revIDLastSave="15" documentId="13_ncr:1_{828ECE05-3EA0-4C8A-BA6F-58208F3B0226}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AC43D4FC-5BE0-48AA-8DC5-303CF140DE40}"/>
   <bookViews>
-    <workbookView xWindow="14235" yWindow="240" windowWidth="13905" windowHeight="14490" xr2:uid="{69D0CE2F-246A-4119-94BB-ED6283CAB883}"/>
+    <workbookView xWindow="10245" yWindow="1170" windowWidth="15855" windowHeight="14010" xr2:uid="{69D0CE2F-246A-4119-94BB-ED6283CAB883}"/>
   </bookViews>
   <sheets>
     <sheet name="Dubuque DRG Charges" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Dubuque DRG Charges'!$A$1:$C$81</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Dubuque DRG Charges'!$A$1:$C$83</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Dubuque DRG Charges'!$1:$1</definedName>
   </definedNames>
-  <calcPr calcId="191029" concurrentCalc="0"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="76">
   <si>
     <t>MSDRG</t>
   </si>
   <si>
     <t>DESCRIPTION</t>
   </si>
   <si>
     <t>MAJOR HIP AND KNEE JOINT REPLACEMENT OR REATTACHME</t>
   </si>
   <si>
     <t>NORMAL NEWBORN</t>
   </si>
   <si>
     <t>PSYCHOSES</t>
   </si>
   <si>
     <t>CHARGES</t>
   </si>
   <si>
     <t>DEGENERATIVE NERVOUS SYSTEM DISORDERS WITHOUT MCC</t>
   </si>
   <si>
     <t>INTRACRANIAL HEMORRHAGE OR CEREBRAL INFARCTION WIT</t>
   </si>
   <si>
     <t>PULMONARY EMBOLISM WITH MCC OR ACUTE COR PULMONALE</t>
   </si>
   <si>
     <t>RESPIRATORY INFECTIONS AND INFLAMMATIONS WITH MCC</t>
   </si>
   <si>
     <t>PULMONARY EDEMA AND RESPIRATORY FAILURE</t>
   </si>
   <si>
     <t>SIMPLE PNEUMONIA AND PLEURISY WITH MCC</t>
   </si>
   <si>
     <t>ACUTE MYOCARDIAL INFARCTION DISCHARGED ALIVE WITH</t>
   </si>
   <si>
-    <t>CIRCULATORY DISORDERS EXCEPT AMI WITH CARDIAC CATH</t>
-[...1 lines deleted...]
-  <si>
     <t>HEART FAILURE AND SHOCK WITH MCC</t>
   </si>
   <si>
     <t>CARDIAC ARRHYTHMIA AND CONDUCTION DISORDERS WITH M</t>
   </si>
   <si>
     <t>CARDIAC ARRHYTHMIA AND CONDUCTION DISORDERS WITH C</t>
   </si>
   <si>
     <t>MAJOR SMALL AND LARGE BOWEL PROCEDURES WITH MCC</t>
   </si>
   <si>
     <t>MAJOR SMALL AND LARGE BOWEL PROCEDURES WITH CC</t>
   </si>
   <si>
-    <t>GASTROINTESTINAL HEMORRHAGE WITH MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>GASTROINTESTINAL HEMORRHAGE WITH CC</t>
   </si>
   <si>
     <t>GASTROINTESTINAL OBSTRUCTION WITH CC</t>
   </si>
   <si>
     <t>HIP AND FEMUR PROCEDURES EXCEPT MAJOR JOINT WITH M</t>
   </si>
   <si>
     <t>HIP AND FEMUR PROCEDURES EXCEPT MAJOR JOINT WITH C</t>
   </si>
   <si>
     <t>CELLULITIS WITHOUT MCC</t>
   </si>
   <si>
     <t>DIABETES WITH MCC</t>
   </si>
   <si>
     <t>DIABETES WITH CC</t>
   </si>
   <si>
-    <t>MISCELLANEOUS DISORDERS OF NUTRITION METABOLISM FL</t>
-[...1 lines deleted...]
-  <si>
     <t>RENAL FAILURE WITH MCC</t>
   </si>
   <si>
     <t>KIDNEY AND URINARY TRACT INFECTIONS WITH MCC</t>
   </si>
   <si>
     <t>KIDNEY AND URINARY TRACT INFECTIONS WITHOUT MCC</t>
   </si>
   <si>
     <t>OTHER KIDNEY AND URINARY TRACT DIAGNOSES WITH MCC</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITH STERILIZATION WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITHOUT STERILIZATION WITH CC</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITHOUT STERILIZATION WITHOUT CC/</t>
   </si>
   <si>
     <t>PREMATURITY WITHOUT MAJOR PROBLEMS</t>
   </si>
   <si>
     <t>FULL TERM NEONATE WITH MAJOR PROBLEMS</t>
   </si>
   <si>
     <t>NEONATE WITH OTHER SIGNIFICANT PROBLEMS</t>
   </si>
   <si>
     <t>VAGINAL DELIVERY WITHOUT STERILIZATION OR DC WITH</t>
   </si>
   <si>
     <t>INFECTIOUS AND PARASITIC DISEASES WITH O.R. PROCED</t>
   </si>
   <si>
     <t>SEPTICEMIA OR SEVERE SEPSIS WITHOUT MV &gt;96 HOURS W</t>
   </si>
   <si>
-    <t>ALCOHOL DRUG ABUSE OR DEPENDENCE WITHOUT REHABILIT</t>
-[...1 lines deleted...]
-  <si>
     <t>POISONING AND TOXIC EFFECTS OF DRUGS WITH MCC</t>
   </si>
   <si>
     <t>REHABILITATION WITH CC/MCC</t>
   </si>
   <si>
-    <t>ESOPHAGITIS GASTROENTERITIS AND MISCELLANEOUS DIGE</t>
-[...1 lines deleted...]
-  <si>
     <t>RENAL FAILURE WITH CC</t>
   </si>
   <si>
-    <t>PERMANENT CARDIAC PACEMAKER IMPLANT WITH MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>VAGINAL DELIVERY WITH O.R. PROCEDURES EXCEPT STERI</t>
   </si>
   <si>
     <t>SYNCOPE AND COLLAPSE</t>
   </si>
   <si>
-    <t>MAJOR GASTROINTESTINAL DISORDERS AND PERITONEAL IN</t>
-[...1 lines deleted...]
-  <si>
     <t>DISORDERS OF PANCREAS EXCEPT MALIGNANCY WITH CC</t>
   </si>
   <si>
     <t>MEDICAL BACK PROBLEMS WITHOUT MCC</t>
   </si>
   <si>
-    <t>AMPUTATION OF LOWER LIMB FOR ENDOCRINE NUTRITIONAL</t>
-[...4 lines deleted...]
-  <si>
     <t>TRANSIENT ISCHEMIA WITHOUT THROMBOLYTIC</t>
   </si>
   <si>
-    <t>CHRONIC OBSTRUCTIVE PULMONARY DISEASE WITH MCC</t>
-[...4 lines deleted...]
-  <si>
     <t>CRANIAL AND PERIPHERAL NERVE DISORDERS WITHOUT MCC</t>
   </si>
   <si>
     <t>SIMPLE PNEUMONIA AND PLEURISY WITH CC</t>
   </si>
   <si>
     <t>HYPERTENSION WITHOUT MCC</t>
   </si>
   <si>
     <t>CARDIAC ARRHYTHMIA AND CONDUCTION DISORDERS WITHOU</t>
   </si>
   <si>
     <t>OTHER CIRCULATORY SYSTEM DIAGNOSES WITH MCC</t>
   </si>
   <si>
     <t>MAJOR SMALL AND LARGE BOWEL PROCEDURES WITHOUT CC/</t>
   </si>
   <si>
     <t>GASTROINTESTINAL OBSTRUCTION WITH MCC</t>
   </si>
   <si>
     <t>GASTROINTESTINAL OBSTRUCTION WITHOUT CC/MCC</t>
   </si>
   <si>
-    <t>DISORDERS OF PANCREAS EXCEPT MALIGNANCY WITH MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>HIP AND FEMUR PROCEDURES EXCEPT MAJOR JOINT WITHOU</t>
   </si>
   <si>
-    <t>CELLULITIS WITH MCC</t>
-[...13 lines deleted...]
-  <si>
     <t>SIGNS AND SYMPTOMS WITHOUT MCC</t>
   </si>
   <si>
-    <t>EXTENSIVE O.R. PROCEDURES UNRELATED TO PRINCIPAL D</t>
+    <t>SEIZURES WITHOUT MCC</t>
+  </si>
+  <si>
+    <t>DYSEQUILIBRIUM</t>
+  </si>
+  <si>
+    <t>PERMANENT CARDIAC PACEMAKER IMPLANT WITH CC</t>
+  </si>
+  <si>
+    <t>OTHER VASCULAR PROCEDURES WITH MCC</t>
+  </si>
+  <si>
+    <t>CIRCULATORY DISORDERS EXCEPT AMI WITH CARDIAC CAT</t>
+  </si>
+  <si>
+    <t>PERCUTANEOUS CARDIOVASCULAR PROCEDURES WITH INTRAL</t>
+  </si>
+  <si>
+    <t>ESOPHAGITIS GASTROENTERITIS AND MISCELLANEOUS DIG</t>
+  </si>
+  <si>
+    <t>SINGLE LEVEL COMBINED ANTERIOR AND POSTERIOR SPINA</t>
+  </si>
+  <si>
+    <t>MULTIPLE LEVEL COMBINED ANTERIOR AND POSTERIOR SPI</t>
+  </si>
+  <si>
+    <t>REVISION OF HIP OR KNEE REPLACEMENT WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>CERVICAL SPINAL FUSION WITH CC</t>
+  </si>
+  <si>
+    <t>CERVICAL SPINAL FUSION WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>BACK AND NECK PROCEDURES EXCEPT SPINAL FUSION WITH</t>
+  </si>
+  <si>
+    <t>HIP REPLACEMENT WITH PRINCIPAL DIAGNOSIS OF HIP FR</t>
+  </si>
+  <si>
+    <t>AMPUTATION OF LOWER LIMB FOR ENDOCRINE NUTRITIONA</t>
+  </si>
+  <si>
+    <t>MISCELLANEOUS DISORDERS OF NUTRITION METABOLISM</t>
+  </si>
+  <si>
+    <t>OTHER KIDNEY AND URINARY TRACT PROCEDURES WITH MCC</t>
+  </si>
+  <si>
+    <t>NEONATES DIED OR TRANSFERRED TO ANOTHER ACUTE CAR</t>
+  </si>
+  <si>
+    <t>PREMATURITY WITH MAJOR PROBLEMS</t>
+  </si>
+  <si>
+    <t>ALCOHOL DRUG ABUSE OR DEPENDENCE WITHOUT REHABILI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -398,91 +404,91 @@
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -544,51 +550,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -686,994 +692,1016 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC4E8DD0-CDAA-4894-A89A-688E877A0A4A}">
-  <dimension ref="A1:C81"/>
+  <dimension ref="A1:C83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="55.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" style="2" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="7" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="4">
         <v>57</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="6">
-        <v>36936.406934309918</v>
+        <v>39250.640642938903</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A3" s="4">
         <v>64</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="6">
-        <v>17142.248186048382</v>
+        <v>17755.642848612883</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="4">
         <v>65</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="6">
-        <v>22117.866898182747</v>
+        <v>20195.768598629129</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="4">
         <v>66</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C5" s="6">
-        <v>21872.402210054574</v>
+        <v>19422.150532259235</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="4">
         <v>69</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="C6" s="6">
-        <v>18826.993161831451</v>
+        <v>19047.197275041763</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="4">
         <v>74</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="C7" s="6">
-        <v>23080.066921882306</v>
+        <v>17645.964457411239</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="4">
-        <v>175</v>
+        <v>101</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="C8" s="6">
-        <v>26539.559461756504</v>
+        <v>19302.504872719488</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="4">
-        <v>177</v>
+        <v>149</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>9</v>
+        <v>57</v>
       </c>
       <c r="C9" s="6">
-        <v>28167.093037850165</v>
+        <v>18770.834181392078</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="4">
-        <v>189</v>
+        <v>175</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C10" s="6">
-        <v>20622.08531945576</v>
+        <v>23904.802694360907</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" s="4">
-        <v>190</v>
+        <v>177</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
       <c r="C11" s="6">
-        <v>17687.737569062872</v>
+        <v>22075.725886001641</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="4">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C12" s="6">
-        <v>20998.398900847817</v>
+        <v>18095.938349595504</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="4">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="C13" s="6">
-        <v>15580.946988426904</v>
+        <v>18582.406903216324</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="4">
-        <v>242</v>
+        <v>194</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C14" s="6">
-        <v>69190.739556655506</v>
+        <v>13953.907045903694</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="4">
-        <v>280</v>
+        <v>243</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="C15" s="6">
-        <v>20971.917072977743</v>
+        <v>51235.941818823558</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="4">
-        <v>281</v>
+        <v>252</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="C16" s="6">
-        <v>16863.045440181195</v>
+        <v>70712.582688047129</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="4">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C17" s="6">
-        <v>26951.904487762244</v>
+        <v>23024.171788513871</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="4">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="C18" s="6">
-        <v>19508.9757988909</v>
+        <v>35385.925646147596</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="4">
-        <v>305</v>
+        <v>287</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C19" s="6">
-        <v>13709.284925698274</v>
+        <v>25193.906207402062</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="4">
-        <v>308</v>
+        <v>291</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C20" s="6">
-        <v>15928.294915930608</v>
+        <v>19015.391631969433</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="4">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
       <c r="C21" s="6">
-        <v>13218.726645891347</v>
+        <v>14240.994277187778</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="4">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>60</v>
+        <v>14</v>
       </c>
       <c r="C22" s="6">
-        <v>11903.570560305256</v>
+        <v>16372.513903739144</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="4">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C23" s="6">
-        <v>14790.981745164572</v>
+        <v>11880.733843800945</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="4">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="C24" s="6">
-        <v>25049.871790968216</v>
+        <v>8977.7995556760416</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="4">
-        <v>329</v>
+        <v>312</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>17</v>
+        <v>42</v>
       </c>
       <c r="C25" s="6">
-        <v>72557.424200124282</v>
+        <v>15755.892039414404</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="4">
-        <v>330</v>
+        <v>314</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="C26" s="6">
-        <v>46398.688032560327</v>
+        <v>26099.566576837358</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="4">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C27" s="6">
-        <v>33620.858484990509</v>
+        <v>60629.251401612833</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="4">
-        <v>372</v>
+        <v>322</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C28" s="6">
-        <v>13917.428565122724</v>
+        <v>54470.122273351983</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="4">
-        <v>377</v>
+        <v>329</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C29" s="6">
-        <v>29607.39967424309</v>
+        <v>62000.115960713876</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" s="4">
-        <v>378</v>
+        <v>330</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C30" s="6">
-        <v>18181.574774159366</v>
+        <v>45188.660486625762</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" s="4">
-        <v>388</v>
+        <v>331</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="C31" s="6">
-        <v>16684.727072031019</v>
+        <v>34133.383905292991</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="4">
-        <v>389</v>
+        <v>378</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C32" s="6">
-        <v>13619.497452536429</v>
+        <v>17681.845470574248</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="4">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="C33" s="6">
-        <v>9668.944666485073</v>
+        <v>20528.935338395473</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="4">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>44</v>
+        <v>19</v>
       </c>
       <c r="C34" s="6">
-        <v>18907.79593424013</v>
+        <v>12176.431587820583</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="4">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="C35" s="6">
-        <v>15455.96299340368</v>
+        <v>10241.201358891869</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="4">
-        <v>438</v>
+        <v>391</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="C36" s="6">
-        <v>26113.658140144707</v>
+        <v>14250.554656416392</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="4">
-        <v>439</v>
+        <v>392</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="C37" s="6">
-        <v>16570.160624238295</v>
+        <v>14210.795055247641</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="4">
-        <v>470</v>
+        <v>402</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="C38" s="6">
-        <v>49139.604110635933</v>
+        <v>93207.467962059294</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="4">
-        <v>480</v>
+        <v>428</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="C39" s="6">
-        <v>64133.198970143065</v>
+        <v>118926.68349466042</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="4">
-        <v>481</v>
+        <v>439</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="C40" s="6">
-        <v>48382.721879464312</v>
+        <v>17544.176362211962</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="4">
-        <v>482</v>
+        <v>468</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C41" s="6">
-        <v>42542.573395732201</v>
+        <v>53006.405856124627</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A42" s="4">
-        <v>552</v>
+        <v>470</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>51</v>
+        <v>2</v>
       </c>
       <c r="C42" s="6">
-        <v>16388.033658931214</v>
+        <v>54582.738967240584</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="4">
-        <v>563</v>
+        <v>472</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="C43" s="6">
-        <v>16041.369069076934</v>
+        <v>56544.669805682788</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A44" s="4">
-        <v>602</v>
+        <v>473</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>67</v>
       </c>
       <c r="C44" s="6">
-        <v>25164.811796794445</v>
+        <v>53330.695979749136</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A45" s="4">
-        <v>603</v>
+        <v>480</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C45" s="6">
-        <v>13246.024924882468</v>
+        <v>53396.156028874306</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A46" s="4">
-        <v>617</v>
+        <v>481</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>52</v>
+        <v>21</v>
       </c>
       <c r="C46" s="6">
-        <v>24563.376763508382</v>
+        <v>50824.595234190565</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="4">
-        <v>637</v>
+        <v>482</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>25</v>
+        <v>54</v>
       </c>
       <c r="C47" s="6">
-        <v>16965.947033379736</v>
+        <v>42478.383678312573</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="4">
-        <v>638</v>
+        <v>520</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>26</v>
+        <v>68</v>
       </c>
       <c r="C48" s="6">
-        <v>15839.837072758448</v>
+        <v>31664.216769248946</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A49" s="4">
-        <v>640</v>
+        <v>522</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>27</v>
+        <v>69</v>
       </c>
       <c r="C49" s="6">
-        <v>19833.07495673548</v>
+        <v>50938.319574785848</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A50" s="4">
-        <v>641</v>
+        <v>552</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="C50" s="6">
-        <v>12618.192966029437</v>
+        <v>15857.323408494372</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A51" s="4">
-        <v>682</v>
+        <v>603</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="C51" s="6">
-        <v>24594.503587333111</v>
+        <v>13384.196591891525</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A52" s="4">
-        <v>683</v>
+        <v>617</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="C52" s="6">
-        <v>14319.201626304939</v>
+        <v>25070.082651224304</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A53" s="4">
-        <v>689</v>
+        <v>637</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="C53" s="6">
-        <v>19391.89011082764</v>
+        <v>19531.32055127835</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A54" s="4">
-        <v>690</v>
+        <v>638</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="C54" s="6">
-        <v>16254.805183853829</v>
+        <v>14789.854367511713</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A55" s="4">
-        <v>698</v>
+        <v>640</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>31</v>
+        <v>71</v>
       </c>
       <c r="C55" s="6">
-        <v>20987.469675573364</v>
+        <v>17603.885679316169</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A56" s="4">
-        <v>768</v>
+        <v>641</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="C56" s="6">
-        <v>17517.994142745716</v>
+        <v>12068.739604450715</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A57" s="4">
-        <v>785</v>
+        <v>673</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="C57" s="6">
-        <v>20839.462583679284</v>
+        <v>61227.11739717624</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A58" s="4">
-        <v>787</v>
+        <v>682</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="C58" s="6">
-        <v>23119.053247479504</v>
+        <v>17828.498743355245</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A59" s="4">
-        <v>788</v>
+        <v>683</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C59" s="6">
-        <v>21102.714009594212</v>
+        <v>13427.304983434049</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A60" s="4">
-        <v>789</v>
+        <v>689</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="C60" s="6">
-        <v>5983.647837072228</v>
+        <v>15087.680258763423</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A61" s="4">
-        <v>792</v>
+        <v>690</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="C61" s="6">
-        <v>10085.266224340727</v>
+        <v>15442.38900085824</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A62" s="4">
-        <v>793</v>
+        <v>698</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="C62" s="6">
-        <v>5952.6260197947213</v>
+        <v>20952.978170766804</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A63" s="4">
-        <v>794</v>
+        <v>768</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C63" s="6">
-        <v>4177.490165872282</v>
+        <v>18089.525155386589</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A64" s="4">
-        <v>795</v>
+        <v>785</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>3</v>
+        <v>29</v>
       </c>
       <c r="C64" s="6">
-        <v>3761.1464476749647</v>
+        <v>22741.334302438176</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A65" s="4">
-        <v>806</v>
+        <v>787</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="C65" s="6">
-        <v>13847.323990243012</v>
+        <v>22968.260170846661</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A66" s="4">
-        <v>807</v>
+        <v>788</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="C66" s="6">
-        <v>11747.288813167941</v>
+        <v>22660.012348755321</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A67" s="4">
-        <v>811</v>
+        <v>789</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C67" s="6">
-        <v>23199.512767888496</v>
+        <v>7709.7253909744495</v>
       </c>
     </row>
     <row r="68" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A68" s="4">
-        <v>812</v>
+        <v>791</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C68" s="6">
-        <v>12252.110380224598</v>
+        <v>13942.994605850521</v>
       </c>
     </row>
     <row r="69" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A69" s="4">
-        <v>853</v>
+        <v>792</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="C69" s="6">
-        <v>58943.264489238594</v>
+        <v>8002.647032416131</v>
       </c>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A70" s="4">
-        <v>854</v>
+        <v>793</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="C70" s="6">
-        <v>30968.701235019409</v>
+        <v>7555.9444741005973</v>
       </c>
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A71" s="4">
-        <v>871</v>
+        <v>794</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C71" s="6">
-        <v>26746.910708180458</v>
+        <v>4357.2147201649659</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A72" s="4">
-        <v>872</v>
+        <v>795</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>40</v>
+        <v>3</v>
       </c>
       <c r="C72" s="6">
-        <v>17188.458146789519</v>
+        <v>3923.5712380576238</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A73" s="4">
-        <v>884</v>
+        <v>806</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="C73" s="6">
-        <v>22199.811219693471</v>
+        <v>13492.535459932549</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A74" s="4">
-        <v>885</v>
+        <v>807</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>4</v>
+        <v>35</v>
       </c>
       <c r="C74" s="6">
-        <v>28932.516760372619</v>
+        <v>12302.585663112235</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A75" s="4">
-        <v>896</v>
+        <v>853</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C75" s="6">
-        <v>21755.192362479051</v>
+        <v>48235.763176302135</v>
       </c>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A76" s="4">
-        <v>897</v>
+        <v>854</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="C76" s="6">
-        <v>11938.0758397061</v>
+        <v>36883.231693830901</v>
       </c>
     </row>
     <row r="77" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A77" s="4">
-        <v>917</v>
+        <v>871</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="C77" s="6">
-        <v>14382.300613354009</v>
+        <v>23623.9966490681</v>
       </c>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A78" s="4">
-        <v>918</v>
+        <v>872</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="C78" s="6">
-        <v>12009.730402243931</v>
+        <v>17539.97887225723</v>
       </c>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A79" s="4">
-        <v>945</v>
+        <v>885</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>43</v>
+        <v>4</v>
       </c>
       <c r="C79" s="6">
-        <v>36479.498500427828</v>
+        <v>31572.690326682627</v>
       </c>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A80" s="4">
-        <v>948</v>
+        <v>897</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C80" s="6">
-        <v>11839.981377184695</v>
+        <v>12684.675419314044</v>
       </c>
     </row>
     <row r="81" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A81" s="4">
-        <v>981</v>
+        <v>917</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="C81" s="6">
-        <v>64233.987687470646</v>
+        <v>12640.620452727198</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A82" s="4">
+        <v>945</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C82" s="6">
+        <v>39286.23180344596</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A83" s="4">
+        <v>948</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C83" s="6">
+        <v>13663.41740057399</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="RevCycleReportingAudit" ma:contentTypeID="0x010100A0AD331A36C53045B9F4F5BEAEE6F44800B53D62B2AC337944AB9050D085EEEACB" ma:contentTypeVersion="22" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="353393e9f6960120e9ec1e7bfeec5215">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="272de749-3868-4cde-ab7f-187bf3ae0e10" xmlns:ns3="ccc62fcd-1952-4268-a820-fb9d6d94cbd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa09683f8b147ed8a7b78d433d27da9e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="RevCycleReportingAudit" ma:contentTypeID="0x010100A0AD331A36C53045B9F4F5BEAEE6F44800B53D62B2AC337944AB9050D085EEEACB" ma:contentTypeVersion="22" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="397f8653f29b9eb9d760f641ab62fdc1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="272de749-3868-4cde-ab7f-187bf3ae0e10" xmlns:ns3="ccc62fcd-1952-4268-a820-fb9d6d94cbd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="166e9afd1c37b104e321373407dad572" ns2:_="" ns3:_="">
     <xsd:import namespace="272de749-3868-4cde-ab7f-187bf3ae0e10"/>
     <xsd:import namespace="ccc62fcd-1952-4268-a820-fb9d6d94cbd0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Users"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="272de749-3868-4cde-ab7f-187bf3ae0e10" elementFormDefault="qualified">
@@ -1862,59 +1890,59 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Users xmlns="272de749-3868-4cde-ab7f-187bf3ae0e10">
       <UserInfo>
         <DisplayName/>
         <AccountId/>
         <AccountType/>
       </UserInfo>
     </Users>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5406B5CD-2517-4A21-8C02-FE17C88590B3}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7C47556-AB12-4F6C-8C9B-FE8D84205D1B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6676F7C-0916-4475-94B5-F3BBECDE9CCC}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{99238DD6-1E0B-4F3C-A936-FB148C53C9DD}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BE10B694-BBDC-4154-B98A-3E43979FAAEB}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8FB2B0DA-AA69-48B8-8606-909E1AFDFC0C}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{b4e5d35f-4e6a-4642-aaeb-20ab6a7b6fba}" enabled="1" method="Standard" siteId="{ab214bcd-9b97-41bb-aa9d-46cf10d822fd}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>