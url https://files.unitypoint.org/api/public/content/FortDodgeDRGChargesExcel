--- v0 (2025-10-30)
+++ v1 (2026-01-30)
@@ -1,297 +1,271 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uphealth-my.sharepoint.com/personal/kathryn_bootier_unitypoint_org/Documents/Desktop/Price Transparency 2023 Charge Master and DRGs/2024/MSDRG/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uphealth-my.sharepoint.com/personal/kathryn_bootier_unitypoint_org/Documents/Desktop/CDM Price Transparency Files - 2025/2025 Final Files/MSDRG/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="13_ncr:1_{31B02D71-7C5C-4F41-8F14-7824BDB7C4B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{26CF3EA1-8ADD-4F90-B91A-280B0C3B4BCF}"/>
+  <xr:revisionPtr revIDLastSave="17" documentId="13_ncr:1_{31B02D71-7C5C-4F41-8F14-7824BDB7C4B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{12D70F19-DCCB-4813-8E68-38043766882F}"/>
   <bookViews>
-    <workbookView xWindow="3300" yWindow="345" windowWidth="24045" windowHeight="14490" xr2:uid="{69D0CE2F-246A-4119-94BB-ED6283CAB883}"/>
+    <workbookView xWindow="5955" yWindow="1170" windowWidth="20145" windowHeight="14010" xr2:uid="{69D0CE2F-246A-4119-94BB-ED6283CAB883}"/>
   </bookViews>
   <sheets>
     <sheet name="Fort Dodge DRG Charges" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Fort Dodge DRG Charges'!$A$1:$C$74</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Fort Dodge DRG Charges'!$A$1:$C$67</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Fort Dodge DRG Charges'!$1:$1</definedName>
   </definedNames>
-  <calcPr calcId="191029" concurrentCalc="0"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="58">
   <si>
     <t>MSDRG</t>
   </si>
   <si>
     <t>DESCRIPTION</t>
   </si>
   <si>
     <t>NORMAL NEWBORN</t>
   </si>
   <si>
     <t>CHARGES</t>
   </si>
   <si>
     <t>EXTRACRANIAL PROCEDURES WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>INTRACRANIAL HEMORRHAGE OR CEREBRAL INFARCTION WIT</t>
   </si>
   <si>
     <t>PULMONARY EMBOLISM WITH MCC OR ACUTE COR PULMONALE</t>
   </si>
   <si>
     <t>RESPIRATORY INFECTIONS AND INFLAMMATIONS WITH MCC</t>
   </si>
   <si>
     <t>PULMONARY EDEMA AND RESPIRATORY FAILURE</t>
   </si>
   <si>
     <t>SIMPLE PNEUMONIA AND PLEURISY WITH MCC</t>
   </si>
   <si>
     <t>ACUTE MYOCARDIAL INFARCTION DISCHARGED ALIVE WITH</t>
   </si>
   <si>
-    <t>CIRCULATORY DISORDERS EXCEPT AMI WITH CARDIAC CATH</t>
-[...1 lines deleted...]
-  <si>
     <t>HEART FAILURE AND SHOCK WITH MCC</t>
   </si>
   <si>
     <t>CARDIAC ARRHYTHMIA AND CONDUCTION DISORDERS WITH M</t>
   </si>
   <si>
     <t>CARDIAC ARRHYTHMIA AND CONDUCTION DISORDERS WITH C</t>
   </si>
   <si>
     <t>MAJOR SMALL AND LARGE BOWEL PROCEDURES WITH MCC</t>
   </si>
   <si>
     <t>MAJOR SMALL AND LARGE BOWEL PROCEDURES WITH CC</t>
   </si>
   <si>
     <t>GASTROINTESTINAL OBSTRUCTION WITH CC</t>
   </si>
   <si>
     <t>HIP AND FEMUR PROCEDURES EXCEPT MAJOR JOINT WITH C</t>
   </si>
   <si>
     <t>CELLULITIS WITHOUT MCC</t>
   </si>
   <si>
-    <t>MISCELLANEOUS DISORDERS OF NUTRITION METABOLISM FL</t>
-[...1 lines deleted...]
-  <si>
     <t>RENAL FAILURE WITH MCC</t>
   </si>
   <si>
     <t>KIDNEY AND URINARY TRACT INFECTIONS WITHOUT MCC</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITHOUT STERILIZATION WITHOUT CC/</t>
   </si>
   <si>
-    <t>NEONATES DIED OR TRANSFERRED TO ANOTHER ACUTE CARE</t>
-[...1 lines deleted...]
-  <si>
     <t>FULL TERM NEONATE WITH MAJOR PROBLEMS</t>
   </si>
   <si>
     <t>NEONATE WITH OTHER SIGNIFICANT PROBLEMS</t>
   </si>
   <si>
     <t>VAGINAL DELIVERY WITHOUT STERILIZATION OR DC WITH</t>
   </si>
   <si>
     <t>INFECTIOUS AND PARASITIC DISEASES WITH O.R. PROCED</t>
   </si>
   <si>
     <t>SEPTICEMIA OR SEVERE SEPSIS WITHOUT MV &gt;96 HOURS W</t>
   </si>
   <si>
     <t>POISONING AND TOXIC EFFECTS OF DRUGS WITH MCC</t>
   </si>
   <si>
-    <t>ESOPHAGITIS GASTROENTERITIS AND MISCELLANEOUS DIGE</t>
-[...4 lines deleted...]
-  <si>
     <t>RENAL FAILURE WITH CC</t>
   </si>
   <si>
     <t>OTHER KIDNEY AND URINARY TRACT DIAGNOSES WITH MCC</t>
   </si>
   <si>
     <t>UTERINE AND ADNEXA PROCEDURES FOR NON-MALIGNANCY W</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITH STERILIZATION WITHOUT CC/MCC</t>
   </si>
   <si>
-    <t>ALCOHOL DRUG ABUSE OR DEPENDENCE WITHOUT REHABILIT</t>
-[...1 lines deleted...]
-  <si>
     <t>SIMPLE PNEUMONIA AND PLEURISY WITH CC</t>
   </si>
   <si>
-    <t>ACUTE MYOCARDIAL INFARCTION DISCHARGED ALIVE WITHO</t>
-[...1 lines deleted...]
-  <si>
     <t>HIP AND FEMUR PROCEDURES EXCEPT MAJOR JOINT WITH M</t>
   </si>
   <si>
-    <t>HIP REPLACEMENT WITH PRINCIPAL DIAGNOSIS OF HIP FR</t>
-[...1 lines deleted...]
-  <si>
     <t>KIDNEY AND URINARY TRACT INFECTIONS WITH MCC</t>
   </si>
   <si>
     <t>TRANSIENT ISCHEMIA WITHOUT THROMBOLYTIC</t>
   </si>
   <si>
-    <t>PULMONARY EMBOLISM WITHOUT MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>CHRONIC OBSTRUCTIVE PULMONARY DISEASE WITH MCC</t>
   </si>
   <si>
     <t>CARDIAC ARRHYTHMIA AND CONDUCTION DISORDERS WITHOU</t>
   </si>
   <si>
     <t>SYNCOPE AND COLLAPSE</t>
   </si>
   <si>
-    <t>CHEST PAIN</t>
-[...1 lines deleted...]
-  <si>
     <t>MEDICAL BACK PROBLEMS WITHOUT MCC</t>
   </si>
   <si>
     <t>DIABETES WITH MCC</t>
   </si>
   <si>
     <t>DIABETES WITH CC</t>
   </si>
   <si>
-    <t>SEIZURES WITHOUT MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>CHRONIC OBSTRUCTIVE PULMONARY DISEASE WITH CC</t>
   </si>
   <si>
-    <t>BRONCHITIS AND ASTHMA WITH CC/MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>RESPIRATORY SYSTEM DIAGNOSIS WITH VENTILATOR SUPPO</t>
   </si>
   <si>
-    <t>PERMANENT CARDIAC PACEMAKER IMPLANT WITH CC</t>
-[...1 lines deleted...]
-  <si>
     <t>HYPERTENSION WITHOUT MCC</t>
   </si>
   <si>
-    <t>OTHER CIRCULATORY SYSTEM DIAGNOSES WITH CC</t>
-[...23 lines deleted...]
-    <t>OTHER ANTEPARTUM DIAGNOSES WITHOUT O.R. PROCEDURES</t>
+    <t>OTHER DISORDERS OF NERVOUS SYSTEM WITH CC</t>
+  </si>
+  <si>
+    <t>CIRCULATORY DISORDERS EXCEPT AMI WITH CARDIAC CAT</t>
+  </si>
+  <si>
+    <t>PERCUTANEOUS CARDIOVASCULAR PROCEDURES WITH INTRAL</t>
+  </si>
+  <si>
+    <t>ESOPHAGITIS GASTROENTERITIS AND MISCELLANEOUS DIG</t>
+  </si>
+  <si>
+    <t>DISORDERS OF PANCREAS EXCEPT MALIGNANCY WITH CC</t>
+  </si>
+  <si>
+    <t>AMPUTATION OF LOWER LIMB FOR ENDOCRINE NUTRITIONA</t>
+  </si>
+  <si>
+    <t>MISCELLANEOUS DISORDERS OF NUTRITION METABOLISM</t>
+  </si>
+  <si>
+    <t>ENDOCRINE DISORDERS WITH CC</t>
+  </si>
+  <si>
+    <t>CESAREAN SECTION WITHOUT STERILIZATION WITH CC</t>
+  </si>
+  <si>
+    <t>NEONATES DIED OR TRANSFERRED TO ANOTHER ACUTE CAR</t>
+  </si>
+  <si>
+    <t>SEPTICEMIA OR SEVERE SEPSIS WITH MV &gt;96 HOURS</t>
+  </si>
+  <si>
+    <t>ALCOHOL DRUG ABUSE OR DEPENDENCE WITHOUT REHABILI</t>
+  </si>
+  <si>
+    <t>OTHER FACTORS INFLUENCING HEALTH STATUS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
+    <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -352,119 +326,123 @@
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="3" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="5" fontId="3" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="7" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="5" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="5" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
+<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -526,51 +504,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -668,920 +646,843 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC4E8DD0-CDAA-4894-A89A-688E877A0A4A}">
-  <dimension ref="A1:C74"/>
+  <dimension ref="A1:C67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="55.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" style="9" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="3">
         <v>39</v>
       </c>
       <c r="B2" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="8">
-        <v>23895.902618472031</v>
+        <v>20703.572636902765</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A3" s="3">
         <v>64</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="8">
-        <v>20897.216092794766</v>
+        <v>17879.700823815256</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="3">
         <v>65</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C4" s="8">
-        <v>27126.635376713773</v>
+        <v>27433.346117358786</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="3">
         <v>66</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="8">
-        <v>26653.526763426053</v>
+        <v>27368.618459599056</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="3">
         <v>69</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="C6" s="8">
-        <v>20371.203288253117</v>
+        <v>23527.794870904108</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="3">
-        <v>101</v>
+        <v>92</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="C7" s="8">
-        <v>24539.182661381426</v>
+        <v>20800.288255712567</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="3">
         <v>175</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="8">
-        <v>26840.991550173443</v>
+        <v>24956.193554714417</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="3">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>44</v>
+        <v>7</v>
       </c>
       <c r="C9" s="8">
-        <v>20650.961157263082</v>
+        <v>25673.058776327078</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="3">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C10" s="8">
-        <v>24499.436050000462</v>
+        <v>15386.200593100795</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" s="3">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="C11" s="8">
-        <v>19396.585969017928</v>
+        <v>18774.870031433747</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="3">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C12" s="8">
-        <v>24640.444444664212</v>
+        <v>16116.402983203274</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="3">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>53</v>
+        <v>9</v>
       </c>
       <c r="C13" s="8">
-        <v>17874.142619504692</v>
+        <v>20790.239248349913</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="3">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="C14" s="8">
-        <v>22221.493415456254</v>
+        <v>15426.976698317454</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="3">
-        <v>194</v>
+        <v>208</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C15" s="8">
-        <v>17131.851925938965</v>
+        <v>45499.062307232329</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="3">
-        <v>202</v>
+        <v>280</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="C16" s="8">
-        <v>11612.269058547252</v>
+        <v>24642.149685384346</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="3">
-        <v>208</v>
+        <v>281</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="C17" s="8">
-        <v>42284.235063516244</v>
+        <v>19236.309424239698</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="3">
-        <v>243</v>
+        <v>282</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="C18" s="8">
-        <v>66847.8101418554</v>
+        <v>18462.233392886868</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="3">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="C19" s="8">
-        <v>31742.877832246908</v>
+        <v>39400.22236595046</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="3">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="C20" s="8">
-        <v>22314.965852957044</v>
+        <v>26704.443357925906</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="3">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="C21" s="8">
-        <v>22023.184480052041</v>
+        <v>24345.897715264462</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="3">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="C22" s="8">
-        <v>36718.833966942548</v>
+        <v>18251.932366626472</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="3">
-        <v>287</v>
+        <v>308</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C23" s="8">
-        <v>26160.457315557156</v>
+        <v>20702.064540054878</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="3">
-        <v>291</v>
+        <v>309</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C24" s="8">
-        <v>25732.614444569921</v>
+        <v>14812.194693311847</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="3">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="C25" s="8">
-        <v>16999.36365551058</v>
+        <v>12580.357158330333</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="3">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C26" s="8">
-        <v>22147.735957920791</v>
+        <v>22418.246997816215</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="3">
-        <v>309</v>
+        <v>321</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="C27" s="8">
-        <v>15647.307704171368</v>
+        <v>74298.748242633868</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="3">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C28" s="8">
-        <v>12838.518673930377</v>
+        <v>54353.368056133411</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="3">
-        <v>312</v>
+        <v>329</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="C29" s="8">
-        <v>21458.858684811912</v>
+        <v>72617.20014273838</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" s="3">
-        <v>313</v>
+        <v>330</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="C30" s="8">
-        <v>14852.005612487932</v>
+        <v>47374.194346719727</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" s="3">
-        <v>315</v>
+        <v>389</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="C31" s="8">
-        <v>14490.419219684782</v>
+        <v>18884.045674091169</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="3">
-        <v>329</v>
+        <v>392</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C32" s="8">
-        <v>99633.670798441133</v>
+        <v>15693.853283515367</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="3">
-        <v>330</v>
+        <v>439</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="C33" s="8">
-        <v>60943.624699552143</v>
+        <v>17675.118781127694</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="3">
-        <v>331</v>
+        <v>480</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="C34" s="8">
-        <v>43565.461270341933</v>
+        <v>77425.852766527416</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="3">
-        <v>389</v>
+        <v>481</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>17</v>
       </c>
       <c r="C35" s="8">
-        <v>17438.264049744448</v>
+        <v>60689.602282361055</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="3">
-        <v>392</v>
+        <v>552</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="C36" s="8">
-        <v>15603.277202808336</v>
+        <v>22636.591137066382</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="3">
-        <v>480</v>
+        <v>603</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="C37" s="8">
-        <v>78525.278115886133</v>
+        <v>14206.536805603333</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="3">
-        <v>481</v>
+        <v>617</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="C38" s="8">
-        <v>57337.256965956578</v>
+        <v>46277.494944105005</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="3">
-        <v>521</v>
+        <v>637</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C39" s="8">
-        <v>72684.437700590599</v>
+        <v>22039.764366276722</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="3">
-        <v>522</v>
+        <v>638</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>41</v>
       </c>
       <c r="C40" s="8">
-        <v>60735.513885117973</v>
+        <v>10286.785742224318</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="3">
-        <v>552</v>
+        <v>640</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C41" s="8">
-        <v>20858.112591647045</v>
+        <v>20073.2383627282</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A42" s="3">
-        <v>563</v>
+        <v>641</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="C42" s="8">
-        <v>18849.22196110052</v>
+        <v>12973.190513609368</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="3">
-        <v>602</v>
+        <v>644</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="C43" s="8">
-        <v>25962.015349357876</v>
+        <v>17893.515296705755</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A44" s="3">
-        <v>603</v>
+        <v>682</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>19</v>
       </c>
       <c r="C44" s="8">
-        <v>17604.030113890713</v>
+        <v>26335.786745503745</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A45" s="3">
-        <v>617</v>
+        <v>683</v>
       </c>
       <c r="B45" s="4" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C45" s="8">
-        <v>68823.063602220616</v>
+        <v>17508.929565607323</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A46" s="3">
-        <v>637</v>
+        <v>689</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="C46" s="8">
-        <v>23461.923559357358</v>
+        <v>17144.741638574349</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="3">
-        <v>638</v>
+        <v>690</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="C47" s="8">
-        <v>15795.492709702756</v>
+        <v>17844.48271396782</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="3">
-        <v>639</v>
+        <v>698</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="C48" s="8">
-        <v>13280.081662518503</v>
+        <v>27370.76204992038</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A49" s="3">
-        <v>640</v>
+        <v>743</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="C49" s="8">
-        <v>26121.452029569715</v>
+        <v>21302.48263363251</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A50" s="3">
-        <v>641</v>
+        <v>785</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="C50" s="8">
-        <v>13248.56298057801</v>
+        <v>11085.989712755205</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A51" s="3">
-        <v>682</v>
+        <v>787</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>21</v>
+        <v>53</v>
       </c>
       <c r="C51" s="8">
-        <v>30546.646290767108</v>
+        <v>15273.750065102004</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A52" s="3">
-        <v>683</v>
+        <v>788</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="C52" s="8">
-        <v>20227.513079605302</v>
+        <v>12420.086914915177</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A53" s="3">
-        <v>689</v>
+        <v>789</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="C53" s="8">
-        <v>23912.188111374275</v>
+        <v>3887.5823361254247</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A54" s="3">
-        <v>690</v>
+        <v>793</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>22</v>
       </c>
       <c r="C54" s="8">
-        <v>15611.079205625938</v>
+        <v>5837.6987885834988</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A55" s="3">
-        <v>698</v>
+        <v>794</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="C55" s="8">
-        <v>24232.438769285684</v>
+        <v>4496.4595845333215</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A56" s="3">
-        <v>743</v>
+        <v>795</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="C56" s="8">
-        <v>19365.459727203997</v>
+        <v>4104.3136840093148</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A57" s="3">
-        <v>768</v>
+        <v>806</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="C57" s="8">
-        <v>14617.211099042937</v>
+        <v>12624.661656461421</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A58" s="3">
-        <v>776</v>
+        <v>807</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>64</v>
+        <v>24</v>
       </c>
       <c r="C58" s="8">
-        <v>8162.8464340108876</v>
+        <v>11167.450070574414</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A59" s="3">
-        <v>785</v>
+        <v>853</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="C59" s="8">
-        <v>11937.225714281871</v>
+        <v>70176.467215573153</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A60" s="3">
-        <v>788</v>
+        <v>854</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C60" s="8">
-        <v>13229.065511106646</v>
+        <v>40352.109638278584</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A61" s="3">
-        <v>789</v>
+        <v>870</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="C61" s="8">
-        <v>4307.1500448847528</v>
+        <v>91175.320270770404</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A62" s="3">
-        <v>793</v>
+        <v>871</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C62" s="8">
-        <v>6964.3344062876431</v>
+        <v>29248.173442368599</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A63" s="3">
-        <v>794</v>
+        <v>872</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="8">
-        <v>4485.260455386212</v>
+        <v>20588.972333649723</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A64" s="3">
-        <v>795</v>
+        <v>896</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>2</v>
+        <v>56</v>
       </c>
       <c r="C64" s="8">
-        <v>4128.8108922898255</v>
+        <v>19859.11582071647</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A65" s="3">
-        <v>806</v>
+        <v>897</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>27</v>
+        <v>56</v>
       </c>
       <c r="C65" s="8">
-        <v>11360.861409099703</v>
+        <v>14327.041944102735</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A66" s="3">
-        <v>807</v>
+        <v>917</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C66" s="8">
-        <v>11156.35542129738</v>
+        <v>16424.796584372631</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A67" s="3">
-        <v>812</v>
+        <v>951</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="C67" s="8">
-        <v>14698.871401509521</v>
-[...76 lines deleted...]
-        <v>32107.460260157091</v>
+        <v>6803.4788775663155</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C10">
-    <sortCondition ref="A2:A10"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C2">
+    <sortCondition ref="A2"/>
   </sortState>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.45" right="0.45" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="RevCycleReportingAudit" ma:contentTypeID="0x010100A0AD331A36C53045B9F4F5BEAEE6F44800B53D62B2AC337944AB9050D085EEEACB" ma:contentTypeVersion="22" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="353393e9f6960120e9ec1e7bfeec5215">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="272de749-3868-4cde-ab7f-187bf3ae0e10" xmlns:ns3="ccc62fcd-1952-4268-a820-fb9d6d94cbd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa09683f8b147ed8a7b78d433d27da9e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="RevCycleReportingAudit" ma:contentTypeID="0x010100A0AD331A36C53045B9F4F5BEAEE6F44800B53D62B2AC337944AB9050D085EEEACB" ma:contentTypeVersion="22" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="397f8653f29b9eb9d760f641ab62fdc1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="272de749-3868-4cde-ab7f-187bf3ae0e10" xmlns:ns3="ccc62fcd-1952-4268-a820-fb9d6d94cbd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="166e9afd1c37b104e321373407dad572" ns2:_="" ns3:_="">
     <xsd:import namespace="272de749-3868-4cde-ab7f-187bf3ae0e10"/>
     <xsd:import namespace="ccc62fcd-1952-4268-a820-fb9d6d94cbd0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Users"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="272de749-3868-4cde-ab7f-187bf3ae0e10" elementFormDefault="qualified">
@@ -1770,59 +1671,59 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Users xmlns="272de749-3868-4cde-ab7f-187bf3ae0e10">
       <UserInfo>
         <DisplayName/>
         <AccountId/>
         <AccountType/>
       </UserInfo>
     </Users>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D2038E85-520E-4E55-A427-373513042FCA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A261EDF2-F0B3-40A6-A1D7-DE281782AD17}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90E7AA11-E965-4417-B024-365A4A65E506}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FFDC7AA-F4CB-4EE1-A0AB-011FB70F73AB}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA4E0F65-7E61-4891-BBB3-6683DAA4C486}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{480D7820-D11B-4512-9094-00990DFC895E}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{b4e5d35f-4e6a-4642-aaeb-20ab6a7b6fba}" enabled="1" method="Standard" siteId="{ab214bcd-9b97-41bb-aa9d-46cf10d822fd}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>