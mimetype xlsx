--- v0 (2025-10-30)
+++ v1 (2026-01-30)
@@ -3,109 +3,106 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uphealth-my.sharepoint.com/personal/kathryn_bootier_unitypoint_org/Documents/Desktop/Price Transparency 2023 Charge Master and DRGs/2024/MSDRG/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uphealth-my.sharepoint.com/personal/kathryn_bootier_unitypoint_org/Documents/Desktop/CDM Price Transparency Files - 2025/2025 Final Files/MSDRG/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B35BDF9D-83AB-4D68-87AF-456386F493CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="12" documentId="8_{B35BDF9D-83AB-4D68-87AF-456386F493CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{4E155EAD-EDC5-4BB8-89A6-26EAB8FAF2CA}"/>
   <bookViews>
-    <workbookView xWindow="3165" yWindow="210" windowWidth="24045" windowHeight="14490" xr2:uid="{69D0CE2F-246A-4119-94BB-ED6283CAB883}"/>
+    <workbookView xWindow="4485" yWindow="1170" windowWidth="21615" windowHeight="14010" xr2:uid="{69D0CE2F-246A-4119-94BB-ED6283CAB883}"/>
   </bookViews>
   <sheets>
     <sheet name="Waterloo Marshalltown" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Waterloo Marshalltown'!$A$1:$C$178</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Waterloo Marshalltown'!$A$1:$C$187</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Waterloo Marshalltown'!$1:$1</definedName>
   </definedNames>
-  <calcPr calcId="191029" concurrentCalc="0"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="189" uniqueCount="166">
   <si>
     <t>MSDRG</t>
   </si>
   <si>
     <t>DESCRIPTION</t>
   </si>
   <si>
     <t>MAJOR HIP AND KNEE JOINT REPLACEMENT OR REATTACHME</t>
   </si>
   <si>
     <t>NORMAL NEWBORN</t>
   </si>
   <si>
     <t>OTHER FACTORS INFLUENCING HEALTH STATUS</t>
   </si>
   <si>
     <t>CHARGES</t>
   </si>
   <si>
-    <t>NEONATES DIED OR TRANSFERRED TO ANOTHER ACUTE CARE</t>
-[...1 lines deleted...]
-  <si>
     <t>CHEST PAIN</t>
   </si>
   <si>
     <t>EXTREME IMMATURITY OR RESPIRATORY DISTRESS SYNDROM</t>
   </si>
   <si>
     <t>COAGULATION DISORDERS</t>
   </si>
   <si>
     <t>DEPRESSIVE NEUROSES</t>
   </si>
   <si>
     <t>NEUROSES EXCEPT DEPRESSIVE</t>
   </si>
   <si>
     <t>PSYCHOSES</t>
   </si>
   <si>
     <t>EXTRACRANIAL PROCEDURES WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>INTRACRANIAL HEMORRHAGE OR CEREBRAL INFARCTION WIT</t>
   </si>
   <si>
     <t>TRANSIENT ISCHEMIA WITHOUT THROMBOLYTIC</t>
@@ -137,434 +134,461 @@
   <si>
     <t>BRONCHITIS AND ASTHMA WITH CC/MCC</t>
   </si>
   <si>
     <t>RESPIRATORY SYSTEM DIAGNOSIS WITH VENTILATOR SUPPO</t>
   </si>
   <si>
     <t>CARDIAC VALVE AND OTHER MAJOR CARDIOTHORACIC PROCE</t>
   </si>
   <si>
     <t>CORONARY BYPASS WITHOUT CARDIAC CATHETERIZATION WI</t>
   </si>
   <si>
     <t>PERMANENT CARDIAC PACEMAKER IMPLANT WITH MCC</t>
   </si>
   <si>
     <t>ENDOVASCULAR CARDIAC VALVE REPLACEMENT AND SUPPLEM</t>
   </si>
   <si>
     <t>AORTIC AND HEART ASSIST PROCEDURES EXCEPT PULSATIO</t>
   </si>
   <si>
     <t>ACUTE MYOCARDIAL INFARCTION DISCHARGED ALIVE WITH</t>
   </si>
   <si>
-    <t>CIRCULATORY DISORDERS EXCEPT AMI WITH CARDIAC CATH</t>
-[...1 lines deleted...]
-  <si>
     <t>HEART FAILURE AND SHOCK WITH MCC</t>
   </si>
   <si>
     <t>PERIPHERAL VASCULAR DISORDERS WITH CC</t>
   </si>
   <si>
     <t>CARDIAC ARRHYTHMIA AND CONDUCTION DISORDERS WITH M</t>
   </si>
   <si>
     <t>CARDIAC ARRHYTHMIA AND CONDUCTION DISORDERS WITH C</t>
   </si>
   <si>
     <t>CARDIAC ARRHYTHMIA AND CONDUCTION DISORDERS WITHOU</t>
   </si>
   <si>
     <t>SYNCOPE AND COLLAPSE</t>
   </si>
   <si>
     <t>OTHER CIRCULATORY SYSTEM DIAGNOSES WITH MCC</t>
   </si>
   <si>
     <t>MAJOR SMALL AND LARGE BOWEL PROCEDURES WITH MCC</t>
   </si>
   <si>
     <t>MAJOR SMALL AND LARGE BOWEL PROCEDURES WITH CC</t>
   </si>
   <si>
     <t>MAJOR SMALL AND LARGE BOWEL PROCEDURES WITHOUT CC/</t>
   </si>
   <si>
     <t>MAJOR GASTROINTESTINAL DISORDERS AND PERITONEAL IN</t>
   </si>
   <si>
     <t>GASTROINTESTINAL HEMORRHAGE WITH MCC</t>
   </si>
   <si>
     <t>GASTROINTESTINAL HEMORRHAGE WITH CC</t>
   </si>
   <si>
     <t>GASTROINTESTINAL OBSTRUCTION WITH CC</t>
   </si>
   <si>
     <t>GASTROINTESTINAL OBSTRUCTION WITHOUT CC/MCC</t>
   </si>
   <si>
-    <t>ESOPHAGITIS GASTROENTERITIS AND MISCELLANEOUS DIGE</t>
-[...1 lines deleted...]
-  <si>
     <t>OTHER DIGESTIVE SYSTEM DIAGNOSES WITH CC</t>
   </si>
   <si>
     <t>LAPAROSCOPIC CHOLECYSTECTOMY WITHOUT C.D.E. WITH M</t>
   </si>
   <si>
     <t>LAPAROSCOPIC CHOLECYSTECTOMY WITHOUT C.D.E. WITH C</t>
   </si>
   <si>
     <t>LAPAROSCOPIC CHOLECYSTECTOMY WITHOUT C.D.E. WITHOU</t>
   </si>
   <si>
     <t>CIRRHOSIS AND ALCOHOLIC HEPATITIS WITH MCC</t>
   </si>
   <si>
     <t>CIRRHOSIS AND ALCOHOLIC HEPATITIS WITH CC</t>
   </si>
   <si>
-    <t>DISORDERS OF PANCREAS EXCEPT MALIGNANCY WITH MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>DISORDERS OF PANCREAS EXCEPT MALIGNANCY WITH CC</t>
   </si>
   <si>
     <t>DISORDERS OF PANCREAS EXCEPT MALIGNANCY WITHOUT CC</t>
   </si>
   <si>
     <t>DISORDERS OF LIVER EXCEPT MALIGNANCY CIRRHOSIS OR</t>
   </si>
   <si>
     <t>DISORDERS OF THE BILIARY TRACT WITH CC</t>
   </si>
   <si>
-    <t>COMBINED ANTERIOR AND POSTERIOR SPINAL FUSION WITH</t>
-[...4 lines deleted...]
-  <si>
     <t>HIP AND FEMUR PROCEDURES EXCEPT MAJOR JOINT WITH M</t>
   </si>
   <si>
     <t>HIP AND FEMUR PROCEDURES EXCEPT MAJOR JOINT WITH C</t>
   </si>
   <si>
     <t>HIP AND FEMUR PROCEDURES EXCEPT MAJOR JOINT WITHOU</t>
   </si>
   <si>
     <t>LOWER EXTREMITY AND HUMERUS PROCEDURES EXCEPT HIP</t>
   </si>
   <si>
     <t>HIP REPLACEMENT WITH PRINCIPAL DIAGNOSIS OF HIP FR</t>
   </si>
   <si>
     <t>FRACTURES OF HIP AND PELVIS WITHOUT MCC</t>
   </si>
   <si>
     <t>MEDICAL BACK PROBLEMS WITHOUT MCC</t>
   </si>
   <si>
     <t>CELLULITIS WITH MCC</t>
   </si>
   <si>
     <t>CELLULITIS WITHOUT MCC</t>
   </si>
   <si>
     <t>DIABETES WITH MCC</t>
   </si>
   <si>
     <t>DIABETES WITH CC</t>
   </si>
   <si>
-    <t>MISCELLANEOUS DISORDERS OF NUTRITION METABOLISM FL</t>
-[...1 lines deleted...]
-  <si>
     <t>KIDNEY AND URETER PROCEDURES FOR NON-NEOPLASM WITH</t>
   </si>
   <si>
-    <t>OTHER KIDNEY AND URINARY TRACT PROCEDURES WITH MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>RENAL FAILURE WITH MCC</t>
   </si>
   <si>
     <t>RENAL FAILURE WITH CC</t>
   </si>
   <si>
     <t>KIDNEY AND URINARY TRACT INFECTIONS WITH MCC</t>
   </si>
   <si>
     <t>KIDNEY AND URINARY TRACT INFECTIONS WITHOUT MCC</t>
   </si>
   <si>
     <t>OTHER KIDNEY AND URINARY TRACT DIAGNOSES WITH MCC</t>
   </si>
   <si>
     <t>OTHER KIDNEY AND URINARY TRACT DIAGNOSES WITH CC</t>
   </si>
   <si>
     <t>VAGINAL DELIVERY WITH O.R. PROCEDURES EXCEPT STERI</t>
   </si>
   <si>
     <t>POSTPARTUM AND POST ABORTION DIAGNOSES WITHOUT O.R</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITH STERILIZATION WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITHOUT STERILIZATION WITH MCC</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITHOUT STERILIZATION WITH CC</t>
   </si>
   <si>
     <t>CESAREAN SECTION WITHOUT STERILIZATION WITHOUT CC/</t>
   </si>
   <si>
     <t>PREMATURITY WITH MAJOR PROBLEMS</t>
   </si>
   <si>
     <t>PREMATURITY WITHOUT MAJOR PROBLEMS</t>
   </si>
   <si>
     <t>FULL TERM NEONATE WITH MAJOR PROBLEMS</t>
   </si>
   <si>
     <t>NEONATE WITH OTHER SIGNIFICANT PROBLEMS</t>
   </si>
   <si>
-    <t>VAGINAL DELIVERY WITH STERILIZATION AND/OR DC WIT</t>
-[...1 lines deleted...]
-  <si>
     <t>VAGINAL DELIVERY WITHOUT STERILIZATION OR DC WITH</t>
   </si>
   <si>
     <t>RED BLOOD CELL DISORDERS WITH MCC</t>
   </si>
   <si>
     <t>RED BLOOD CELL DISORDERS WITHOUT MCC</t>
   </si>
   <si>
     <t>INFECTIOUS AND PARASITIC DISEASES WITH O.R. PROCED</t>
   </si>
   <si>
     <t>POSTOPERATIVE AND POST-TRAUMATIC INFECTIONS WITH M</t>
   </si>
   <si>
     <t>SEPTICEMIA OR SEVERE SEPSIS WITHOUT MV &gt;96 HOURS W</t>
   </si>
   <si>
     <t>ORGANIC DISTURBANCES AND INTELLECTUAL DISABILITY</t>
   </si>
   <si>
-    <t>ALCOHOL DRUG ABUSE OR DEPENDENCE WITHOUT REHABILIT</t>
-[...1 lines deleted...]
-  <si>
     <t>POISONING AND TOXIC EFFECTS OF DRUGS WITH MCC</t>
   </si>
   <si>
     <t>POISONING AND TOXIC EFFECTS OF DRUGS WITHOUT MCC</t>
   </si>
   <si>
     <t>REHABILITATION WITH CC/MCC</t>
   </si>
   <si>
     <t>SIGNS AND SYMPTOMS WITHOUT MCC</t>
   </si>
   <si>
     <t>EXTENSIVE O.R. PROCEDURES UNRELATED TO PRINCIPAL D</t>
   </si>
   <si>
     <t>OTHER DISORDERS OF NERVOUS SYSTEM WITH CC</t>
   </si>
   <si>
     <t>SEIZURES WITH MCC</t>
   </si>
   <si>
     <t>SEIZURES WITHOUT MCC</t>
   </si>
   <si>
-    <t>MAJOR CHEST PROCEDURES WITH MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>OTHER DIGESTIVE SYSTEM DIAGNOSES WITH MCC</t>
   </si>
   <si>
-    <t>AMPUTATION OF LOWER LIMB FOR ENDOCRINE NUTRITIONAL</t>
-[...1 lines deleted...]
-  <si>
     <t>EXTRACRANIAL PROCEDURES WITH CC</t>
   </si>
   <si>
     <t>CHRONIC OBSTRUCTIVE PULMONARY DISEASE WITH MCC</t>
   </si>
   <si>
     <t>PERMANENT CARDIAC PACEMAKER IMPLANT WITH CC</t>
   </si>
   <si>
     <t>ACUTE ADJUSTMENT REACTION AND PSYCHOSOCIAL DYSFUNC</t>
   </si>
   <si>
-    <t>SIGNS AND SYMPTOMS WITH MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>CORONARY BYPASS WITH CARDIAC CATHETERIZATION OR OP</t>
   </si>
   <si>
     <t>ISCHEMIC STROKE PRECEREBRAL OCCLUSION OR TRANSIENT</t>
   </si>
   <si>
     <t>NONSPECIFIC CEREBROVASCULAR DISORDERS WITH MCC</t>
   </si>
   <si>
     <t>NONSPECIFIC CEREBROVASCULAR DISORDERS WITH CC</t>
   </si>
   <si>
-    <t>ACUTE MYOCARDIAL INFARCTION DISCHARGED ALIVE WITHO</t>
-[...1 lines deleted...]
-  <si>
     <t>HYPERTENSION WITHOUT MCC</t>
   </si>
   <si>
     <t>PERITONEAL ADHESIOLYSIS WITH CC</t>
   </si>
   <si>
     <t>DISORDERS OF THE BILIARY TRACT WITH MCC</t>
   </si>
   <si>
     <t>REVISION OF HIP OR KNEE REPLACEMENT WITH CC</t>
   </si>
   <si>
     <t>CERVICAL SPINAL FUSION WITH CC</t>
   </si>
   <si>
     <t>TENDONITIS MYOSITIS AND BURSITIS WITHOUT MCC</t>
   </si>
   <si>
     <t>DIABETES WITHOUT CC/MCC</t>
   </si>
   <si>
     <t>OTHER ANTEPARTUM DIAGNOSES WITHOUT O.R. PROCEDURES</t>
   </si>
   <si>
     <t>OTHER O.R. PROCEDURES FOR INJURIES WITH MCC</t>
   </si>
   <si>
-    <t>OTHER O.R. PROCEDURES FOR INJURIES WITH CC</t>
-[...1 lines deleted...]
-  <si>
     <t>COMPLICATIONS OF TREATMENT WITH CC</t>
   </si>
   <si>
     <t>DEGENERATIVE NERVOUS SYSTEM DISORDERS WITHOUT MCC</t>
   </si>
   <si>
-    <t>OTHER DISORDERS OF NERVOUS SYSTEM WITH MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>MAJOR CHEST TRAUMA WITH CC</t>
   </si>
   <si>
-    <t>FRACTURE SPRAIN STRAIN AND DISLOCATION EXCEPT FEMU</t>
-[...1 lines deleted...]
-  <si>
     <t>KIDNEY AND URETER PROCEDURES FOR NEOPLASM WITHOUT</t>
   </si>
   <si>
-    <t>POSTOPERATIVE OR POST-TRAUMATIC INFECTIONS WITH O.</t>
-[...1 lines deleted...]
-  <si>
     <t>SEPTICEMIA OR SEVERE SEPSIS WITH MV &gt;96 HOURS</t>
   </si>
   <si>
     <t>DISORDERS OF PERSONALITY AND IMPULSE CONTROL</t>
   </si>
   <si>
     <t>COMPLICATIONS OF TREATMENT WITH MCC</t>
   </si>
   <si>
     <t>DYSEQUILIBRIUM</t>
   </si>
   <si>
-    <t>OTITIS MEDIA AND URI WITHOUT MCC</t>
-[...16 lines deleted...]
-  <si>
     <t>OTHER CIRCULATORY SYSTEM DIAGNOSES WITH CC</t>
   </si>
   <si>
-    <t>GASTROINTESTINAL HEMORRHAGE WITHOUT CC/MCC</t>
-[...1 lines deleted...]
-  <si>
     <t>GASTROINTESTINAL OBSTRUCTION WITH MCC</t>
   </si>
   <si>
     <t>MEDICAL BACK PROBLEMS WITH MCC</t>
   </si>
   <si>
     <t>SIGNS AND SYMPTOMS OF MUSCULOSKELETAL SYSTEM AND C</t>
   </si>
   <si>
     <t>TRAUMA TO THE SKIN SUBCUTANEOUS TISSUE AND BREAST</t>
   </si>
   <si>
     <t>ENDOCRINE DISORDERS WITH MCC</t>
   </si>
   <si>
     <t>KIDNEY AND URETER PROCEDURES FOR NEOPLASM WITH CC</t>
   </si>
   <si>
     <t>RENAL FAILURE WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>PERIPHERAL CRANIAL NERVE AND OTHER NERVOUS SYSTEM</t>
+  </si>
+  <si>
+    <t>OTHER DISORDERS OF NERVOUS SYSTEM WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>MAJOR CHEST PROCEDURES WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>CHRONIC OBSTRUCTIVE PULMONARY DISEASE WITH CC</t>
+  </si>
+  <si>
+    <t>PNEUMOTHORAX WITH MCC</t>
+  </si>
+  <si>
+    <t>PERMANENT CARDIAC PACEMAKER IMPLANT WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>OTHER VASCULAR PROCEDURES WITH MCC</t>
+  </si>
+  <si>
+    <t>PERCUTANEOUS AND OTHER INTRACARDIAC PROCEDURES WIT</t>
+  </si>
+  <si>
+    <t>CIRCULATORY DISORDERS EXCEPT AMI WITH CARDIAC CAT</t>
+  </si>
+  <si>
+    <t>HEART FAILURE AND SHOCK WITH CC</t>
+  </si>
+  <si>
+    <t>PERIPHERAL VASCULAR DISORDERS WITH MCC</t>
+  </si>
+  <si>
+    <t>PERCUTANEOUS CARDIOVASCULAR PROCEDURES WITH INTRAL</t>
+  </si>
+  <si>
+    <t>INFLAMMATORY BOWEL DISEASE WITH CC</t>
+  </si>
+  <si>
+    <t>ESOPHAGITIS GASTROENTERITIS AND MISCELLANEOUS DIG</t>
+  </si>
+  <si>
+    <t>APPENDIX PROCEDURES WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>SINGLE LEVEL COMBINED ANTERIOR AND POSTERIOR SPINA</t>
+  </si>
+  <si>
+    <t>MULTIPLE LEVEL COMBINED ANTERIOR AND POSTERIOR SPI</t>
+  </si>
+  <si>
+    <t>DISORDERS OF THE BILIARY TRACT WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>MULTIPLE LEVEL SPINAL FUSION EXCEPT CERVICAL WITHO</t>
+  </si>
+  <si>
+    <t>REVISION OF HIP OR KNEE REPLACEMENT WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>PATHOLOGICAL FRACTURES AND MUSCULOSKELETAL AND CON</t>
+  </si>
+  <si>
+    <t>FRACTURE SPRAIN STRAIN AND DISLOCATION EXCEPT FE</t>
+  </si>
+  <si>
+    <t>OTHER MUSCULOSKELETAL SYSTEM AND CONNECTIVE TISSUE</t>
+  </si>
+  <si>
+    <t>AMPUTATION OF LOWER LIMB FOR ENDOCRINE NUTRITIONA</t>
+  </si>
+  <si>
+    <t>SKIN GRAFTS AND WOUND DEBRIDEMENT FOR ENDOCRINE N</t>
+  </si>
+  <si>
+    <t>MISCELLANEOUS DISORDERS OF NUTRITION METABOLISM</t>
+  </si>
+  <si>
+    <t>ENDOCRINE DISORDERS WITH CC</t>
+  </si>
+  <si>
+    <t>MAJOR MALE PELVIC PROCEDURES WITHOUT CC/MCC</t>
+  </si>
+  <si>
+    <t>CESAREAN SECTION WITH STERILIZATION WITH CC</t>
+  </si>
+  <si>
+    <t>NEONATES DIED OR TRANSFERRED TO ANOTHER ACUTE CAR</t>
+  </si>
+  <si>
+    <t>POSTOPERATIVE AND POST-TRAUMATIC INFECTIONS WITHOU</t>
+  </si>
+  <si>
+    <t>ALCOHOL DRUG ABUSE OR DEPENDENCE LEFT AMA</t>
+  </si>
+  <si>
+    <t>ALCOHOL DRUG ABUSE OR DEPENDENCE WITHOUT REHABILI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
-    <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
+    <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -625,119 +649,119 @@
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="3" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="5" fontId="3" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="7" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="7" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="5" fontId="5" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="5" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -799,51 +823,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -941,2064 +965,2163 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FC4E8DD0-CDAA-4894-A89A-688E877A0A4A}">
-  <dimension ref="A1:C178"/>
+  <dimension ref="A1:C187"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="12.7109375" style="2" customWidth="1"/>
+    <col min="1" max="1" width="10.7109375" style="2" customWidth="1"/>
     <col min="2" max="2" width="55.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" style="9" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" s="6" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="3">
         <v>38</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>112</v>
+        <v>100</v>
       </c>
       <c r="C2" s="8">
-        <v>17300.353611258684</v>
+        <v>17241.631509623861</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A3" s="3">
         <v>39</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C3" s="8">
-        <v>17009.937884571929</v>
+        <v>17432.319352472467</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="3">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>133</v>
       </c>
       <c r="C4" s="8">
-        <v>26001.206754252904</v>
+        <v>47590.911238417219</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="3">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>118</v>
       </c>
       <c r="C5" s="8">
-        <v>37692.195404073427</v>
+        <v>24698.635590328744</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="3">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>14</v>
+        <v>105</v>
       </c>
       <c r="C6" s="8">
-        <v>15674.180753320858</v>
+        <v>29296.01943965461</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="3">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C7" s="8">
-        <v>24101.343406421576</v>
+        <v>15537.968690354641</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="3">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C8" s="8">
-        <v>18505.14402455428</v>
+        <v>23968.893226097778</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="3">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C9" s="8">
-        <v>16503.645018578798</v>
+        <v>19092.382733301885</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="3">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>119</v>
+        <v>14</v>
       </c>
       <c r="C10" s="8">
-        <v>36475.620248311046</v>
+        <v>17629.173172081908</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" s="3">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B11" s="4" t="s">
-        <v>120</v>
+        <v>106</v>
       </c>
       <c r="C11" s="8">
-        <v>15310.832757477347</v>
+        <v>29151.611645557819</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="3">
-        <v>91</v>
+        <v>71</v>
       </c>
       <c r="B12" s="4" t="s">
-        <v>134</v>
+        <v>107</v>
       </c>
       <c r="C12" s="8">
-        <v>15627.852827001472</v>
+        <v>17852.109818743982</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="3">
         <v>92</v>
       </c>
       <c r="B13" s="4" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="C13" s="8">
-        <v>16166.686503379478</v>
+        <v>18272.808020369528</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A14" s="3">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="B14" s="4" t="s">
-        <v>107</v>
+        <v>134</v>
       </c>
       <c r="C14" s="8">
-        <v>23275.613394632586</v>
+        <v>9732.141051187702</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="3">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B15" s="4" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C15" s="8">
-        <v>13501.323967717259</v>
+        <v>24010.246240981149</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="3">
-        <v>149</v>
+        <v>101</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>142</v>
+        <v>98</v>
       </c>
       <c r="C16" s="8">
-        <v>18461.364095833873</v>
+        <v>13175.120367269737</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="3">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B17" s="4" t="s">
-        <v>143</v>
+        <v>124</v>
       </c>
       <c r="C17" s="8">
-        <v>7905.796979206908</v>
+        <v>12456.160039156342</v>
       </c>
     </row>
     <row r="18" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A18" s="3">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B18" s="4" t="s">
-        <v>109</v>
+        <v>15</v>
       </c>
       <c r="C18" s="8">
-        <v>94851.26378489699</v>
+        <v>59423.522777632723</v>
       </c>
     </row>
     <row r="19" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A19" s="3">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B19" s="4" t="s">
-        <v>16</v>
+        <v>135</v>
       </c>
       <c r="C19" s="8">
-        <v>59682.014212839385</v>
+        <v>56484.141499084209</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="3">
         <v>175</v>
       </c>
       <c r="B20" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C20" s="8">
-        <v>19063.102366020776</v>
+        <v>22811.043042119818</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="3">
         <v>176</v>
       </c>
       <c r="B21" s="4" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C21" s="8">
-        <v>14607.205330334726</v>
+        <v>16513.310918203169</v>
       </c>
     </row>
     <row r="22" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A22" s="3">
         <v>177</v>
       </c>
       <c r="B22" s="4" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C22" s="8">
-        <v>24264.886229944506</v>
+        <v>21451.439580751339</v>
       </c>
     </row>
     <row r="23" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A23" s="3">
         <v>178</v>
       </c>
       <c r="B23" s="4" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C23" s="8">
-        <v>17661.26721980275</v>
+        <v>17726.65278163832</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="3">
         <v>184</v>
       </c>
       <c r="B24" s="4" t="s">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="C24" s="8">
-        <v>15142.419100827492</v>
+        <v>21337.311565310581</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="3">
         <v>189</v>
       </c>
       <c r="B25" s="4" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C25" s="8">
-        <v>16609.337069072706</v>
+        <v>14481.828950421814</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="3">
         <v>190</v>
       </c>
       <c r="B26" s="4" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="C26" s="8">
-        <v>17109.800513632599</v>
+        <v>14814.342621851909</v>
       </c>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="3">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B27" s="4" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="C27" s="8">
-        <v>18998.545032240312</v>
+        <v>14917.571091882455</v>
       </c>
     </row>
     <row r="28" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A28" s="3">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="B28" s="4" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C28" s="8">
-        <v>14521.789499454979</v>
+        <v>18838.26080313338</v>
       </c>
     </row>
     <row r="29" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A29" s="3">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B29" s="4" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="C29" s="8">
-        <v>11250.126430265507</v>
+        <v>12936.121689855339</v>
       </c>
     </row>
     <row r="30" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A30" s="3">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B30" s="4" t="s">
-        <v>24</v>
+        <v>137</v>
       </c>
       <c r="C30" s="8">
-        <v>14892.728933557773</v>
+        <v>18992.702999629968</v>
       </c>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A31" s="3">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="B31" s="4" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C31" s="8">
-        <v>60127.771936876787</v>
+        <v>15053.400704152162</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A32" s="3">
-        <v>219</v>
+        <v>208</v>
       </c>
       <c r="B32" s="4" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C32" s="8">
-        <v>193753.95949400542</v>
+        <v>47087.690625523734</v>
       </c>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A33" s="3">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C33" s="8">
-        <v>128723.11448329267</v>
+        <v>181318.89942771327</v>
       </c>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A34" s="3">
-        <v>233</v>
+        <v>220</v>
       </c>
       <c r="B34" s="4" t="s">
-        <v>117</v>
+        <v>25</v>
       </c>
       <c r="C34" s="8">
-        <v>166030.36030338597</v>
+        <v>140031.07516767748</v>
       </c>
     </row>
     <row r="35" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A35" s="3">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="C35" s="8">
-        <v>117838.99360120307</v>
+        <v>151824.28239586003</v>
       </c>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="3">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B36" s="4" t="s">
-        <v>27</v>
+        <v>104</v>
       </c>
       <c r="C36" s="8">
-        <v>118684.67145502218</v>
+        <v>122504.24920545481</v>
       </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A37" s="3">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B37" s="4" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C37" s="8">
-        <v>88871.987265249423</v>
+        <v>120824.07889264684</v>
       </c>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A38" s="3">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B38" s="4" t="s">
-        <v>145</v>
+        <v>26</v>
       </c>
       <c r="C38" s="8">
-        <v>67863.485059593382</v>
+        <v>98267.30579018654</v>
       </c>
     </row>
     <row r="39" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A39" s="3">
         <v>242</v>
       </c>
       <c r="B39" s="4" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C39" s="8">
-        <v>77095.65800375877</v>
+        <v>81833.878943372765</v>
       </c>
     </row>
     <row r="40" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A40" s="3">
         <v>243</v>
       </c>
       <c r="B40" s="4" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="C40" s="8">
-        <v>57218.523993614115</v>
+        <v>62128.440107418086</v>
       </c>
     </row>
     <row r="41" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A41" s="3">
-        <v>253</v>
+        <v>244</v>
       </c>
       <c r="B41" s="4" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="C41" s="8">
-        <v>52907.915514633612</v>
+        <v>52542.259713997242</v>
       </c>
     </row>
     <row r="42" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A42" s="3">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B42" s="4" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="C42" s="8">
-        <v>26049.713392147445</v>
+        <v>65181.035285685262</v>
       </c>
     </row>
     <row r="43" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A43" s="3">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B43" s="4" t="s">
-        <v>148</v>
+        <v>28</v>
       </c>
       <c r="C43" s="8">
-        <v>42357.448203215499</v>
+        <v>201319.11658118706</v>
       </c>
     </row>
     <row r="44" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A44" s="3">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B44" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C44" s="8">
-        <v>185766.46078269649</v>
+        <v>173305.98473931503</v>
       </c>
     </row>
     <row r="45" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A45" s="3">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>29</v>
       </c>
       <c r="C45" s="8">
-        <v>170783.18135627668</v>
+        <v>118420.21929469077</v>
       </c>
     </row>
     <row r="46" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A46" s="3">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B46" s="4" t="s">
-        <v>30</v>
+        <v>140</v>
       </c>
       <c r="C46" s="8">
-        <v>99482.999469246395</v>
+        <v>88283.563311414735</v>
       </c>
     </row>
     <row r="47" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A47" s="3">
         <v>280</v>
       </c>
       <c r="B47" s="4" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C47" s="8">
-        <v>22952.374666775719</v>
+        <v>26212.728567861683</v>
       </c>
     </row>
     <row r="48" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A48" s="3">
         <v>281</v>
       </c>
       <c r="B48" s="4" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C48" s="8">
-        <v>17100.044974984539</v>
+        <v>20654.880216766265</v>
       </c>
     </row>
     <row r="49" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A49" s="3">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B49" s="4" t="s">
-        <v>121</v>
+        <v>141</v>
       </c>
       <c r="C49" s="8">
-        <v>25595.870419581686</v>
+        <v>40602.346773450481</v>
       </c>
     </row>
     <row r="50" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A50" s="3">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B50" s="4" t="s">
-        <v>32</v>
+        <v>141</v>
       </c>
       <c r="C50" s="8">
-        <v>35277.341083490261</v>
+        <v>26593.351141716801</v>
       </c>
     </row>
     <row r="51" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A51" s="3">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B51" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C51" s="8">
-        <v>25232.493576241486</v>
+        <v>19920.911900660318</v>
       </c>
     </row>
     <row r="52" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A52" s="3">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B52" s="4" t="s">
-        <v>33</v>
+        <v>142</v>
       </c>
       <c r="C52" s="8">
-        <v>17904.86484605548</v>
+        <v>12763.278349015731</v>
       </c>
     </row>
     <row r="53" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A53" s="3">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="B53" s="4" t="s">
-        <v>34</v>
+        <v>143</v>
       </c>
       <c r="C53" s="8">
-        <v>15231.395155112841</v>
+        <v>19342.932213748361</v>
       </c>
     </row>
     <row r="54" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A54" s="3">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="B54" s="4" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="C54" s="8">
-        <v>14257.267394314687</v>
+        <v>18566.564553416836</v>
       </c>
     </row>
     <row r="55" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A55" s="3">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B55" s="4" t="s">
-        <v>35</v>
+        <v>108</v>
       </c>
       <c r="C55" s="8">
-        <v>19856.183969644128</v>
+        <v>17291.018842250913</v>
       </c>
     </row>
     <row r="56" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A56" s="3">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="B56" s="4" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C56" s="8">
-        <v>11958.742973049773</v>
+        <v>19149.234989610541</v>
       </c>
     </row>
     <row r="57" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A57" s="3">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="B57" s="4" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="C57" s="8">
-        <v>9784.7214589846299</v>
+        <v>11861.076035203432</v>
       </c>
     </row>
     <row r="58" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A58" s="3">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B58" s="4" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C58" s="8">
-        <v>15250.842300639035</v>
+        <v>8707.5319663090322</v>
       </c>
     </row>
     <row r="59" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A59" s="3">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="B59" s="4" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
       <c r="C59" s="8">
-        <v>12679.734691863525</v>
+        <v>16162.923219448945</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A60" s="3">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="B60" s="4" t="s">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="C60" s="8">
-        <v>19696.65673579463</v>
+        <v>15176.696128528463</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A61" s="3">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="B61" s="4" t="s">
-        <v>149</v>
+        <v>37</v>
       </c>
       <c r="C61" s="8">
-        <v>13090.618236665623</v>
+        <v>19710.834413726174</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A62" s="3">
-        <v>329</v>
+        <v>315</v>
       </c>
       <c r="B62" s="4" t="s">
-        <v>40</v>
+        <v>125</v>
       </c>
       <c r="C62" s="8">
-        <v>75558.437627480933</v>
+        <v>15913.884231499827</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A63" s="3">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="B63" s="4" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="C63" s="8">
-        <v>51179.147681357616</v>
+        <v>70620.159733503766</v>
       </c>
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A64" s="3">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="B64" s="4" t="s">
-        <v>42</v>
+        <v>144</v>
       </c>
       <c r="C64" s="8">
-        <v>37755.18948849025</v>
+        <v>58554.6241229843</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A65" s="3">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="B65" s="4" t="s">
-        <v>123</v>
+        <v>38</v>
       </c>
       <c r="C65" s="8">
-        <v>47249.764900413335</v>
+        <v>81234.042125535314</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A66" s="3">
-        <v>371</v>
+        <v>330</v>
       </c>
       <c r="B66" s="4" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="C66" s="8">
-        <v>29756.681487901449</v>
+        <v>53402.623734179491</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A67" s="3">
-        <v>372</v>
+        <v>331</v>
       </c>
       <c r="B67" s="4" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="C67" s="8">
-        <v>12562.120461108032</v>
+        <v>39054.954115441818</v>
       </c>
     </row>
     <row r="68" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A68" s="3">
-        <v>377</v>
+        <v>336</v>
       </c>
       <c r="B68" s="4" t="s">
-        <v>44</v>
+        <v>109</v>
       </c>
       <c r="C68" s="8">
-        <v>28442.701704113046</v>
+        <v>52400.829126000273</v>
       </c>
     </row>
     <row r="69" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A69" s="3">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="B69" s="4" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C69" s="8">
-        <v>17670.82143735201</v>
+        <v>26036.295623167825</v>
       </c>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A70" s="3">
-        <v>379</v>
+        <v>372</v>
       </c>
       <c r="B70" s="4" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="C70" s="8">
-        <v>11548.341858671976</v>
+        <v>14759.888187091938</v>
       </c>
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A71" s="3">
-        <v>388</v>
+        <v>377</v>
       </c>
       <c r="B71" s="4" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="C71" s="8">
-        <v>24489.702102259675</v>
+        <v>29674.008203035573</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A72" s="3">
-        <v>389</v>
+        <v>378</v>
       </c>
       <c r="B72" s="4" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C72" s="8">
-        <v>13985.523394710441</v>
+        <v>18740.530664580288</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A73" s="3">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B73" s="4" t="s">
-        <v>47</v>
+        <v>145</v>
       </c>
       <c r="C73" s="8">
-        <v>11392.865223172152</v>
+        <v>15073.046935577224</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A74" s="3">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="B74" s="4" t="s">
-        <v>48</v>
+        <v>126</v>
       </c>
       <c r="C74" s="8">
-        <v>19717.229069043264</v>
+        <v>18402.861957280878</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A75" s="3">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="B75" s="4" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C75" s="8">
-        <v>15434.685294247804</v>
+        <v>15184.606181837531</v>
       </c>
     </row>
     <row r="76" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A76" s="3">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="B76" s="4" t="s">
-        <v>110</v>
+        <v>45</v>
       </c>
       <c r="C76" s="8">
-        <v>24470.109247992088</v>
+        <v>11942.556419760645</v>
       </c>
     </row>
     <row r="77" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A77" s="3">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="B77" s="4" t="s">
-        <v>49</v>
+        <v>146</v>
       </c>
       <c r="C77" s="8">
-        <v>16057.435367510678</v>
+        <v>19316.247360504993</v>
       </c>
     </row>
     <row r="78" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A78" s="3">
-        <v>417</v>
+        <v>392</v>
       </c>
       <c r="B78" s="4" t="s">
-        <v>50</v>
+        <v>146</v>
       </c>
       <c r="C78" s="8">
-        <v>53528.020164071051</v>
+        <v>15053.056060949535</v>
       </c>
     </row>
     <row r="79" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A79" s="3">
-        <v>418</v>
+        <v>393</v>
       </c>
       <c r="B79" s="4" t="s">
-        <v>51</v>
+        <v>99</v>
       </c>
       <c r="C79" s="8">
-        <v>40133.880649885301</v>
+        <v>26734.40787315464</v>
       </c>
     </row>
     <row r="80" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A80" s="3">
-        <v>419</v>
+        <v>394</v>
       </c>
       <c r="B80" s="4" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="C80" s="8">
-        <v>34994.58842988369</v>
+        <v>15693.980533521351</v>
       </c>
     </row>
     <row r="81" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A81" s="3">
-        <v>432</v>
+        <v>399</v>
       </c>
       <c r="B81" s="4" t="s">
-        <v>53</v>
+        <v>147</v>
       </c>
       <c r="C81" s="8">
-        <v>27669.434192412809</v>
+        <v>28192.810184904058</v>
       </c>
     </row>
     <row r="82" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A82" s="3">
-        <v>433</v>
+        <v>402</v>
       </c>
       <c r="B82" s="4" t="s">
-        <v>54</v>
+        <v>148</v>
       </c>
       <c r="C82" s="8">
-        <v>19756.371260945649</v>
+        <v>83668.577711552804</v>
       </c>
     </row>
     <row r="83" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A83" s="3">
-        <v>438</v>
+        <v>417</v>
       </c>
       <c r="B83" s="4" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="C83" s="8">
-        <v>18202.133201751771</v>
+        <v>49660.436685346307</v>
       </c>
     </row>
     <row r="84" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A84" s="3">
-        <v>439</v>
+        <v>418</v>
       </c>
       <c r="B84" s="4" t="s">
-        <v>56</v>
+        <v>48</v>
       </c>
       <c r="C84" s="8">
-        <v>14093.665260267577</v>
+        <v>43022.195165309495</v>
       </c>
     </row>
     <row r="85" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A85" s="3">
-        <v>440</v>
+        <v>419</v>
       </c>
       <c r="B85" s="4" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="C85" s="8">
-        <v>13007.703904681197</v>
+        <v>42181.22062991136</v>
       </c>
     </row>
     <row r="86" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A86" s="3">
-        <v>441</v>
+        <v>427</v>
       </c>
       <c r="B86" s="4" t="s">
-        <v>58</v>
+        <v>149</v>
       </c>
       <c r="C86" s="8">
-        <v>21669.763898758876</v>
+        <v>124896.20996955578</v>
       </c>
     </row>
     <row r="87" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A87" s="3">
-        <v>442</v>
+        <v>428</v>
       </c>
       <c r="B87" s="4" t="s">
-        <v>58</v>
+        <v>149</v>
       </c>
       <c r="C87" s="8">
-        <v>20095.30283820815</v>
+        <v>119794.06626392722</v>
       </c>
     </row>
     <row r="88" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A88" s="3">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="B88" s="4" t="s">
-        <v>124</v>
+        <v>50</v>
       </c>
       <c r="C88" s="8">
-        <v>19457.239047442828</v>
+        <v>22935.582566617617</v>
       </c>
     </row>
     <row r="89" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A89" s="3">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="B89" s="4" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="C89" s="8">
-        <v>16366.691694681849</v>
+        <v>15539.969856518399</v>
       </c>
     </row>
     <row r="90" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A90" s="3">
-        <v>454</v>
+        <v>439</v>
       </c>
       <c r="B90" s="4" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="C90" s="8">
-        <v>101791.41407030729</v>
+        <v>15158.202058073133</v>
       </c>
     </row>
     <row r="91" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A91" s="3">
-        <v>460</v>
+        <v>440</v>
       </c>
       <c r="B91" s="4" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="C91" s="8">
-        <v>95511.932676053024</v>
+        <v>13881.96601524554</v>
       </c>
     </row>
     <row r="92" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A92" s="3">
-        <v>467</v>
+        <v>441</v>
       </c>
       <c r="B92" s="4" t="s">
-        <v>125</v>
+        <v>54</v>
       </c>
       <c r="C92" s="8">
-        <v>84110.240441564674</v>
+        <v>21147.839606405265</v>
       </c>
     </row>
     <row r="93" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A93" s="3">
-        <v>470</v>
+        <v>442</v>
       </c>
       <c r="B93" s="4" t="s">
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="C93" s="8">
-        <v>51592.564375027549</v>
+        <v>17025.163302427452</v>
       </c>
     </row>
     <row r="94" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A94" s="3">
-        <v>472</v>
+        <v>444</v>
       </c>
       <c r="B94" s="4" t="s">
-        <v>126</v>
+        <v>110</v>
       </c>
       <c r="C94" s="8">
-        <v>54699.303313215096</v>
+        <v>27190.642247572519</v>
       </c>
     </row>
     <row r="95" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A95" s="3">
-        <v>480</v>
+        <v>445</v>
       </c>
       <c r="B95" s="4" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="C95" s="8">
-        <v>62447.150195957656</v>
+        <v>18030.64336423637</v>
       </c>
     </row>
     <row r="96" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A96" s="3">
-        <v>481</v>
+        <v>446</v>
       </c>
       <c r="B96" s="4" t="s">
-        <v>63</v>
+        <v>150</v>
       </c>
       <c r="C96" s="8">
-        <v>51559.872300156923</v>
+        <v>21319.398213913966</v>
       </c>
     </row>
     <row r="97" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A97" s="3">
-        <v>482</v>
+        <v>448</v>
       </c>
       <c r="B97" s="4" t="s">
-        <v>64</v>
+        <v>151</v>
       </c>
       <c r="C97" s="8">
-        <v>38620.068118849391</v>
+        <v>110868.21039245465</v>
       </c>
     </row>
     <row r="98" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A98" s="3">
-        <v>493</v>
+        <v>467</v>
       </c>
       <c r="B98" s="4" t="s">
-        <v>65</v>
+        <v>111</v>
       </c>
       <c r="C98" s="8">
-        <v>50173.092398292662</v>
+        <v>79622.940622272145</v>
       </c>
     </row>
     <row r="99" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A99" s="3">
-        <v>494</v>
+        <v>468</v>
       </c>
       <c r="B99" s="4" t="s">
-        <v>65</v>
+        <v>152</v>
       </c>
       <c r="C99" s="8">
-        <v>41188.855441819534</v>
+        <v>67868.628714674618</v>
       </c>
     </row>
     <row r="100" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A100" s="3">
-        <v>521</v>
+        <v>470</v>
       </c>
       <c r="B100" s="4" t="s">
-        <v>66</v>
+        <v>2</v>
       </c>
       <c r="C100" s="8">
-        <v>61498.928450658859</v>
+        <v>52663.152426560257</v>
       </c>
     </row>
     <row r="101" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A101" s="3">
-        <v>522</v>
+        <v>472</v>
       </c>
       <c r="B101" s="4" t="s">
-        <v>66</v>
+        <v>112</v>
       </c>
       <c r="C101" s="8">
-        <v>46666.022656307621</v>
+        <v>63798.427086840034</v>
       </c>
     </row>
     <row r="102" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A102" s="3">
-        <v>536</v>
+        <v>480</v>
       </c>
       <c r="B102" s="4" t="s">
-        <v>67</v>
+        <v>56</v>
       </c>
       <c r="C102" s="8">
-        <v>15351.55248977369</v>
+        <v>68004.981312406919</v>
       </c>
     </row>
     <row r="103" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A103" s="3">
-        <v>551</v>
+        <v>481</v>
       </c>
       <c r="B103" s="4" t="s">
-        <v>152</v>
+        <v>57</v>
       </c>
       <c r="C103" s="8">
-        <v>19369.529671079439</v>
+        <v>56950.02190810255</v>
       </c>
     </row>
     <row r="104" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A104" s="3">
-        <v>552</v>
+        <v>482</v>
       </c>
       <c r="B104" s="4" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="C104" s="8">
-        <v>18260.266968316679</v>
+        <v>45984.450638412112</v>
       </c>
     </row>
     <row r="105" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A105" s="3">
-        <v>556</v>
+        <v>493</v>
       </c>
       <c r="B105" s="4" t="s">
-        <v>153</v>
+        <v>59</v>
       </c>
       <c r="C105" s="8">
-        <v>16040.121250589944</v>
+        <v>53569.420741989437</v>
       </c>
     </row>
     <row r="106" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A106" s="3">
-        <v>558</v>
+        <v>521</v>
       </c>
       <c r="B106" s="4" t="s">
-        <v>127</v>
+        <v>60</v>
       </c>
       <c r="C106" s="8">
-        <v>13094.162017508394</v>
+        <v>68805.302737077873</v>
       </c>
     </row>
     <row r="107" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A107" s="3">
-        <v>563</v>
+        <v>522</v>
       </c>
       <c r="B107" s="4" t="s">
-        <v>136</v>
+        <v>60</v>
       </c>
       <c r="C107" s="8">
-        <v>13569.261553131108</v>
+        <v>48535.164529501599</v>
       </c>
     </row>
     <row r="108" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A108" s="3">
-        <v>602</v>
+        <v>536</v>
       </c>
       <c r="B108" s="4" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="C108" s="8">
-        <v>23832.868585302051</v>
+        <v>14471.48333228995</v>
       </c>
     </row>
     <row r="109" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A109" s="3">
-        <v>603</v>
+        <v>543</v>
       </c>
       <c r="B109" s="4" t="s">
-        <v>70</v>
+        <v>153</v>
       </c>
       <c r="C109" s="8">
-        <v>15411.094031010856</v>
+        <v>12677.410775894412</v>
       </c>
     </row>
     <row r="110" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A110" s="3">
-        <v>605</v>
+        <v>551</v>
       </c>
       <c r="B110" s="4" t="s">
-        <v>154</v>
+        <v>127</v>
       </c>
       <c r="C110" s="8">
-        <v>17005.260746097585</v>
+        <v>25596.639793392176</v>
       </c>
     </row>
     <row r="111" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A111" s="3">
-        <v>617</v>
+        <v>552</v>
       </c>
       <c r="B111" s="4" t="s">
-        <v>111</v>
+        <v>62</v>
       </c>
       <c r="C111" s="8">
-        <v>29536.328485353977</v>
+        <v>16034.688775418013</v>
       </c>
     </row>
     <row r="112" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A112" s="3">
-        <v>637</v>
+        <v>556</v>
       </c>
       <c r="B112" s="4" t="s">
-        <v>71</v>
+        <v>128</v>
       </c>
       <c r="C112" s="8">
-        <v>19438.260874247455</v>
+        <v>14940.890962497229</v>
       </c>
     </row>
     <row r="113" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A113" s="3">
-        <v>638</v>
+        <v>558</v>
       </c>
       <c r="B113" s="4" t="s">
-        <v>72</v>
+        <v>113</v>
       </c>
       <c r="C113" s="8">
-        <v>12941.097067311286</v>
+        <v>14802.94126950268</v>
       </c>
     </row>
     <row r="114" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A114" s="3">
-        <v>639</v>
+        <v>563</v>
       </c>
       <c r="B114" s="4" t="s">
-        <v>128</v>
+        <v>154</v>
       </c>
       <c r="C114" s="8">
-        <v>8483.6151730414931</v>
+        <v>20087.379618768158</v>
       </c>
     </row>
     <row r="115" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A115" s="3">
-        <v>640</v>
+        <v>565</v>
       </c>
       <c r="B115" s="4" t="s">
-        <v>73</v>
+        <v>155</v>
       </c>
       <c r="C115" s="8">
-        <v>18950.627329339586</v>
+        <v>18647.983167598908</v>
       </c>
     </row>
     <row r="116" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A116" s="3">
-        <v>641</v>
+        <v>602</v>
       </c>
       <c r="B116" s="4" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="C116" s="8">
-        <v>11178.041807476664</v>
+        <v>20771.812303456594</v>
       </c>
     </row>
     <row r="117" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A117" s="3">
-        <v>643</v>
+        <v>603</v>
       </c>
       <c r="B117" s="4" t="s">
-        <v>155</v>
+        <v>64</v>
       </c>
       <c r="C117" s="8">
-        <v>16961.669587596043</v>
+        <v>15890.233132602796</v>
       </c>
     </row>
     <row r="118" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A118" s="3">
-        <v>657</v>
+        <v>605</v>
       </c>
       <c r="B118" s="4" t="s">
-        <v>156</v>
+        <v>129</v>
       </c>
       <c r="C118" s="8">
-        <v>43097.530405041514</v>
+        <v>13169.730414394631</v>
       </c>
     </row>
     <row r="119" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A119" s="3">
-        <v>658</v>
+        <v>617</v>
       </c>
       <c r="B119" s="4" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="C119" s="8">
-        <v>39937.700030039836</v>
+        <v>31921.593290302008</v>
       </c>
     </row>
     <row r="120" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A120" s="3">
-        <v>659</v>
+        <v>623</v>
       </c>
       <c r="B120" s="4" t="s">
-        <v>74</v>
+        <v>157</v>
       </c>
       <c r="C120" s="8">
-        <v>31093.949343107637</v>
+        <v>18274.118122601187</v>
       </c>
     </row>
     <row r="121" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A121" s="3">
-        <v>660</v>
+        <v>637</v>
       </c>
       <c r="B121" s="4" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="C121" s="8">
-        <v>19611.809174554044</v>
+        <v>19906.264075031682</v>
       </c>
     </row>
     <row r="122" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A122" s="3">
-        <v>661</v>
+        <v>638</v>
       </c>
       <c r="B122" s="4" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="C122" s="8">
-        <v>20420.267704992471</v>
+        <v>13653.838454975394</v>
       </c>
     </row>
     <row r="123" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A123" s="3">
-        <v>673</v>
+        <v>639</v>
       </c>
       <c r="B123" s="4" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
       <c r="C123" s="8">
-        <v>60754.718266738397</v>
+        <v>10157.850872319008</v>
       </c>
     </row>
     <row r="124" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A124" s="3">
-        <v>682</v>
+        <v>640</v>
       </c>
       <c r="B124" s="4" t="s">
-        <v>76</v>
+        <v>158</v>
       </c>
       <c r="C124" s="8">
-        <v>20479.762913930652</v>
+        <v>19257.95297904309</v>
       </c>
     </row>
     <row r="125" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A125" s="3">
-        <v>683</v>
+        <v>641</v>
       </c>
       <c r="B125" s="4" t="s">
-        <v>77</v>
+        <v>158</v>
       </c>
       <c r="C125" s="8">
-        <v>14975.208487764708</v>
+        <v>9904.9806321147753</v>
       </c>
     </row>
     <row r="126" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A126" s="3">
-        <v>684</v>
+        <v>643</v>
       </c>
       <c r="B126" s="4" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="C126" s="8">
-        <v>14756.843353168639</v>
+        <v>23856.952278679179</v>
       </c>
     </row>
     <row r="127" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A127" s="3">
-        <v>689</v>
+        <v>644</v>
       </c>
       <c r="B127" s="4" t="s">
-        <v>78</v>
+        <v>159</v>
       </c>
       <c r="C127" s="8">
-        <v>19923.796767199739</v>
+        <v>11859.493273714703</v>
       </c>
     </row>
     <row r="128" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A128" s="3">
-        <v>690</v>
+        <v>657</v>
       </c>
       <c r="B128" s="4" t="s">
-        <v>79</v>
+        <v>131</v>
       </c>
       <c r="C128" s="8">
-        <v>13446.718862202611</v>
+        <v>50835.192604542266</v>
       </c>
     </row>
     <row r="129" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A129" s="3">
-        <v>698</v>
+        <v>658</v>
       </c>
       <c r="B129" s="4" t="s">
-        <v>80</v>
+        <v>120</v>
       </c>
       <c r="C129" s="8">
-        <v>21825.531871494524</v>
+        <v>41550.674158449168</v>
       </c>
     </row>
     <row r="130" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A130" s="3">
-        <v>699</v>
+        <v>659</v>
       </c>
       <c r="B130" s="4" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="C130" s="8">
-        <v>14249.442369048767</v>
+        <v>39186.291226779183</v>
       </c>
     </row>
     <row r="131" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A131" s="3">
-        <v>768</v>
+        <v>660</v>
       </c>
       <c r="B131" s="4" t="s">
-        <v>82</v>
+        <v>67</v>
       </c>
       <c r="C131" s="8">
-        <v>11589.025818256001</v>
+        <v>23486.533589630526</v>
       </c>
     </row>
     <row r="132" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A132" s="3">
-        <v>776</v>
+        <v>661</v>
       </c>
       <c r="B132" s="4" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="C132" s="8">
-        <v>6232.6904518113579</v>
+        <v>19727.686369117342</v>
       </c>
     </row>
     <row r="133" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A133" s="3">
-        <v>785</v>
+        <v>682</v>
       </c>
       <c r="B133" s="4" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="C133" s="8">
-        <v>16147.980448781898</v>
+        <v>21729.040279242032</v>
       </c>
     </row>
     <row r="134" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A134" s="3">
-        <v>786</v>
+        <v>683</v>
       </c>
       <c r="B134" s="4" t="s">
-        <v>85</v>
+        <v>69</v>
       </c>
       <c r="C134" s="8">
-        <v>18844.765114148468</v>
+        <v>14278.922549405081</v>
       </c>
     </row>
     <row r="135" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A135" s="3">
-        <v>787</v>
+        <v>684</v>
       </c>
       <c r="B135" s="4" t="s">
-        <v>86</v>
+        <v>132</v>
       </c>
       <c r="C135" s="8">
-        <v>17929.158158443872</v>
+        <v>12203.030478133263</v>
       </c>
     </row>
     <row r="136" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A136" s="3">
-        <v>788</v>
+        <v>689</v>
       </c>
       <c r="B136" s="4" t="s">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="C136" s="8">
-        <v>15845.009339809851</v>
+        <v>20155.954271339109</v>
       </c>
     </row>
     <row r="137" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A137" s="3">
-        <v>789</v>
+        <v>690</v>
       </c>
       <c r="B137" s="4" t="s">
-        <v>6</v>
+        <v>71</v>
       </c>
       <c r="C137" s="8">
-        <v>10660.431879730004</v>
+        <v>13924.674202458758</v>
       </c>
     </row>
     <row r="138" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A138" s="3">
-        <v>790</v>
+        <v>698</v>
       </c>
       <c r="B138" s="4" t="s">
-        <v>8</v>
+        <v>72</v>
       </c>
       <c r="C138" s="8">
-        <v>55070.127280651359</v>
+        <v>23442.943076744854</v>
       </c>
     </row>
     <row r="139" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A139" s="3">
-        <v>791</v>
+        <v>699</v>
       </c>
       <c r="B139" s="4" t="s">
-        <v>88</v>
+        <v>73</v>
       </c>
       <c r="C139" s="8">
-        <v>30185.953483713249</v>
+        <v>17139.002010870623</v>
       </c>
     </row>
     <row r="140" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A140" s="3">
-        <v>792</v>
+        <v>708</v>
       </c>
       <c r="B140" s="4" t="s">
-        <v>89</v>
+        <v>160</v>
       </c>
       <c r="C140" s="8">
-        <v>6798.4104013052111</v>
+        <v>46864.816582389416</v>
       </c>
     </row>
     <row r="141" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A141" s="3">
-        <v>793</v>
+        <v>768</v>
       </c>
       <c r="B141" s="4" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="C141" s="8">
-        <v>14549.707368336967</v>
+        <v>14202.831500272374</v>
       </c>
     </row>
     <row r="142" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A142" s="3">
-        <v>794</v>
+        <v>776</v>
       </c>
       <c r="B142" s="4" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="C142" s="8">
-        <v>4581.2387597159741</v>
+        <v>9489.307017784975</v>
       </c>
     </row>
     <row r="143" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A143" s="3">
-        <v>795</v>
+        <v>784</v>
       </c>
       <c r="B143" s="4" t="s">
-        <v>3</v>
+        <v>161</v>
       </c>
       <c r="C143" s="8">
-        <v>3724.1448820162664</v>
+        <v>19019.32925640453</v>
       </c>
     </row>
     <row r="144" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A144" s="3">
-        <v>798</v>
+        <v>785</v>
       </c>
       <c r="B144" s="4" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="C144" s="8">
-        <v>18309.888427047594</v>
+        <v>18098.089384507744</v>
       </c>
     </row>
     <row r="145" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A145" s="3">
-        <v>805</v>
+        <v>786</v>
       </c>
       <c r="B145" s="4" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="C145" s="8">
-        <v>16550.198691074267</v>
+        <v>18712.775142531074</v>
       </c>
     </row>
     <row r="146" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A146" s="3">
-        <v>806</v>
+        <v>787</v>
       </c>
       <c r="B146" s="4" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="C146" s="8">
-        <v>10197.871545859925</v>
+        <v>18491.42802391063</v>
       </c>
     </row>
     <row r="147" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A147" s="3">
-        <v>807</v>
+        <v>788</v>
       </c>
       <c r="B147" s="4" t="s">
-        <v>93</v>
+        <v>79</v>
       </c>
       <c r="C147" s="8">
-        <v>9940.0215375753596</v>
+        <v>16464.794149584708</v>
       </c>
     </row>
     <row r="148" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A148" s="3">
-        <v>811</v>
+        <v>789</v>
       </c>
       <c r="B148" s="4" t="s">
-        <v>94</v>
+        <v>162</v>
       </c>
       <c r="C148" s="8">
-        <v>23497.067328606514</v>
+        <v>10063.671386515362</v>
       </c>
     </row>
     <row r="149" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A149" s="3">
-        <v>812</v>
+        <v>790</v>
       </c>
       <c r="B149" s="4" t="s">
-        <v>95</v>
+        <v>7</v>
       </c>
       <c r="C149" s="8">
-        <v>17673.76030443759</v>
+        <v>52485.246760328424</v>
       </c>
     </row>
     <row r="150" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A150" s="3">
-        <v>813</v>
+        <v>791</v>
       </c>
       <c r="B150" s="4" t="s">
-        <v>9</v>
+        <v>80</v>
       </c>
       <c r="C150" s="8">
-        <v>20152.466895563517</v>
+        <v>37776.018593050008</v>
       </c>
     </row>
     <row r="151" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A151" s="3">
-        <v>832</v>
+        <v>792</v>
       </c>
       <c r="B151" s="4" t="s">
-        <v>129</v>
+        <v>81</v>
       </c>
       <c r="C151" s="8">
-        <v>8453.627781005689</v>
+        <v>7030.2299206348334</v>
       </c>
     </row>
     <row r="152" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A152" s="3">
-        <v>833</v>
+        <v>793</v>
       </c>
       <c r="B152" s="4" t="s">
-        <v>129</v>
+        <v>82</v>
       </c>
       <c r="C152" s="8">
-        <v>3193.146178724101</v>
+        <v>13600.849422847636</v>
       </c>
     </row>
     <row r="153" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A153" s="3">
-        <v>853</v>
+        <v>794</v>
       </c>
       <c r="B153" s="4" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="C153" s="8">
-        <v>60179.785444922556</v>
+        <v>5140.7241115894576</v>
       </c>
     </row>
     <row r="154" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A154" s="3">
-        <v>854</v>
+        <v>795</v>
       </c>
       <c r="B154" s="4" t="s">
-        <v>96</v>
+        <v>3</v>
       </c>
       <c r="C154" s="8">
-        <v>31187.220070165975</v>
+        <v>3939.1778363497874</v>
       </c>
     </row>
     <row r="155" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A155" s="3">
-        <v>857</v>
+        <v>805</v>
       </c>
       <c r="B155" s="4" t="s">
-        <v>138</v>
+        <v>84</v>
       </c>
       <c r="C155" s="8">
-        <v>33949.47736529362</v>
+        <v>13005.456537935059</v>
       </c>
     </row>
     <row r="156" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A156" s="3">
-        <v>862</v>
+        <v>806</v>
       </c>
       <c r="B156" s="4" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="C156" s="8">
-        <v>18519.960588887934</v>
+        <v>10687.383483106369</v>
       </c>
     </row>
     <row r="157" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A157" s="3">
-        <v>870</v>
+        <v>807</v>
       </c>
       <c r="B157" s="4" t="s">
-        <v>139</v>
+        <v>84</v>
       </c>
       <c r="C157" s="8">
-        <v>131718.77497335451</v>
+        <v>10533.806558367098</v>
       </c>
     </row>
     <row r="158" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A158" s="3">
-        <v>871</v>
+        <v>811</v>
       </c>
       <c r="B158" s="4" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="C158" s="8">
-        <v>24993.424033485961</v>
+        <v>23966.493177720593</v>
       </c>
     </row>
     <row r="159" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A159" s="3">
-        <v>872</v>
+        <v>812</v>
       </c>
       <c r="B159" s="4" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="C159" s="8">
-        <v>15601.56595107029</v>
+        <v>16835.801596635953</v>
       </c>
     </row>
     <row r="160" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A160" s="3">
-        <v>880</v>
+        <v>813</v>
       </c>
       <c r="B160" s="4" t="s">
-        <v>115</v>
+        <v>8</v>
       </c>
       <c r="C160" s="8">
-        <v>7319.2967833078064</v>
+        <v>25190.267323242657</v>
       </c>
     </row>
     <row r="161" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A161" s="3">
-        <v>881</v>
+        <v>832</v>
       </c>
       <c r="B161" s="4" t="s">
-        <v>10</v>
+        <v>115</v>
       </c>
       <c r="C161" s="8">
-        <v>7142.8123279651954</v>
+        <v>11809.146875493752</v>
       </c>
     </row>
     <row r="162" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A162" s="3">
-        <v>882</v>
+        <v>853</v>
       </c>
       <c r="B162" s="4" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="C162" s="8">
-        <v>6022.8138431033158</v>
+        <v>58597.777488427586</v>
       </c>
     </row>
     <row r="163" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A163" s="3">
-        <v>883</v>
+        <v>854</v>
       </c>
       <c r="B163" s="4" t="s">
-        <v>140</v>
+        <v>87</v>
       </c>
       <c r="C163" s="8">
-        <v>9445.942180346874</v>
+        <v>32443.433866468928</v>
       </c>
     </row>
     <row r="164" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A164" s="3">
-        <v>884</v>
+        <v>862</v>
       </c>
       <c r="B164" s="4" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="C164" s="8">
-        <v>15687.873348494821</v>
+        <v>31320.802799065092</v>
       </c>
     </row>
     <row r="165" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A165" s="3">
-        <v>885</v>
+        <v>863</v>
       </c>
       <c r="B165" s="4" t="s">
-        <v>12</v>
+        <v>163</v>
       </c>
       <c r="C165" s="8">
-        <v>8830.3510851078536</v>
+        <v>13990.249064301906</v>
       </c>
     </row>
     <row r="166" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A166" s="3">
-        <v>896</v>
+        <v>870</v>
       </c>
       <c r="B166" s="4" t="s">
-        <v>100</v>
+        <v>121</v>
       </c>
       <c r="C166" s="8">
-        <v>21178.990162133137</v>
+        <v>117927.61518989607</v>
       </c>
     </row>
     <row r="167" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A167" s="3">
-        <v>897</v>
+        <v>871</v>
       </c>
       <c r="B167" s="4" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="C167" s="8">
-        <v>9226.5747848566371</v>
+        <v>23229.408027718884</v>
       </c>
     </row>
     <row r="168" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A168" s="3">
-        <v>907</v>
+        <v>872</v>
       </c>
       <c r="B168" s="4" t="s">
-        <v>130</v>
+        <v>89</v>
       </c>
       <c r="C168" s="8">
-        <v>77973.967955903339</v>
+        <v>16725.324218450351</v>
       </c>
     </row>
     <row r="169" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A169" s="3">
-        <v>908</v>
+        <v>880</v>
       </c>
       <c r="B169" s="4" t="s">
-        <v>131</v>
+        <v>103</v>
       </c>
       <c r="C169" s="8">
-        <v>32382.093946817786</v>
+        <v>6455.4352387921699</v>
       </c>
     </row>
     <row r="170" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A170" s="3">
-        <v>917</v>
+        <v>881</v>
       </c>
       <c r="B170" s="4" t="s">
-        <v>101</v>
+        <v>9</v>
       </c>
       <c r="C170" s="8">
-        <v>19585.780482838203</v>
+        <v>5944.8869674982197</v>
       </c>
     </row>
     <row r="171" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A171" s="3">
-        <v>918</v>
+        <v>882</v>
       </c>
       <c r="B171" s="4" t="s">
-        <v>102</v>
+        <v>10</v>
       </c>
       <c r="C171" s="8">
-        <v>10536.12396498576</v>
+        <v>7563.083710549482</v>
       </c>
     </row>
     <row r="172" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A172" s="3">
-        <v>919</v>
+        <v>883</v>
       </c>
       <c r="B172" s="4" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="C172" s="8">
-        <v>13648.391103375823</v>
+        <v>8822.6809689909023</v>
       </c>
     </row>
     <row r="173" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A173" s="3">
-        <v>920</v>
+        <v>884</v>
       </c>
       <c r="B173" s="4" t="s">
-        <v>132</v>
+        <v>90</v>
       </c>
       <c r="C173" s="8">
-        <v>12977.203466218194</v>
+        <v>15301.291494323521</v>
       </c>
     </row>
     <row r="174" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A174" s="3">
-        <v>945</v>
+        <v>885</v>
       </c>
       <c r="B174" s="4" t="s">
-        <v>103</v>
+        <v>11</v>
       </c>
       <c r="C174" s="8">
-        <v>43987.201351435644</v>
+        <v>9155.2299738620131</v>
       </c>
     </row>
     <row r="175" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A175" s="3">
-        <v>947</v>
+        <v>894</v>
       </c>
       <c r="B175" s="4" t="s">
-        <v>116</v>
+        <v>164</v>
       </c>
       <c r="C175" s="8">
-        <v>25111.729708874609</v>
+        <v>8738.3858292614332</v>
       </c>
     </row>
     <row r="176" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A176" s="3">
-        <v>948</v>
+        <v>896</v>
       </c>
       <c r="B176" s="4" t="s">
-        <v>104</v>
+        <v>165</v>
       </c>
       <c r="C176" s="8">
-        <v>14340.242462708989</v>
+        <v>17166.87255148789</v>
       </c>
     </row>
     <row r="177" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A177" s="3">
-        <v>951</v>
+        <v>897</v>
       </c>
       <c r="B177" s="4" t="s">
-        <v>4</v>
+        <v>165</v>
       </c>
       <c r="C177" s="8">
-        <v>5789.7576556524946</v>
+        <v>8661.9779917178348</v>
       </c>
     </row>
     <row r="178" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A178" s="3">
+        <v>907</v>
+      </c>
+      <c r="B178" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="C178" s="8">
+        <v>54402.926899547056</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A179" s="3">
+        <v>917</v>
+      </c>
+      <c r="B179" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C179" s="8">
+        <v>23850.499429609521</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A180" s="3">
+        <v>918</v>
+      </c>
+      <c r="B180" s="4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C180" s="8">
+        <v>11552.659223101782</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A181" s="3">
+        <v>919</v>
+      </c>
+      <c r="B181" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="C181" s="8">
+        <v>21001.111668109228</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A182" s="3">
+        <v>920</v>
+      </c>
+      <c r="B182" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="C182" s="8">
+        <v>18577.086649311688</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A183" s="3">
+        <v>945</v>
+      </c>
+      <c r="B183" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C183" s="8">
+        <v>49336.154130039293</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A184" s="3">
+        <v>948</v>
+      </c>
+      <c r="B184" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C184" s="8">
+        <v>16362.872791979114</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A185" s="3">
+        <v>951</v>
+      </c>
+      <c r="B185" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C185" s="8">
+        <v>5402.2728976497419</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A186" s="3">
         <v>981</v>
       </c>
-      <c r="B178" s="4" t="s">
-[...3 lines deleted...]
-        <v>77017.414674283471</v>
+      <c r="B186" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C186" s="8">
+        <v>69686.358823055081</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A187" s="3">
+        <v>982</v>
+      </c>
+      <c r="B187" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C187" s="8">
+        <v>50908.270079776979</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C107">
-    <sortCondition ref="A2:A107"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:C32">
+    <sortCondition ref="A2:A32"/>
   </sortState>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.45" right="0.45" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"Walterloo/Marshalltown DRG Charges</oddHeader>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="RevCycleReportingAudit" ma:contentTypeID="0x010100A0AD331A36C53045B9F4F5BEAEE6F44800B53D62B2AC337944AB9050D085EEEACB" ma:contentTypeVersion="22" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="353393e9f6960120e9ec1e7bfeec5215">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="272de749-3868-4cde-ab7f-187bf3ae0e10" xmlns:ns3="ccc62fcd-1952-4268-a820-fb9d6d94cbd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa09683f8b147ed8a7b78d433d27da9e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="RevCycleReportingAudit" ma:contentTypeID="0x010100A0AD331A36C53045B9F4F5BEAEE6F44800B53D62B2AC337944AB9050D085EEEACB" ma:contentTypeVersion="22" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="397f8653f29b9eb9d760f641ab62fdc1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="272de749-3868-4cde-ab7f-187bf3ae0e10" xmlns:ns3="ccc62fcd-1952-4268-a820-fb9d6d94cbd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="166e9afd1c37b104e321373407dad572" ns2:_="" ns3:_="">
     <xsd:import namespace="272de749-3868-4cde-ab7f-187bf3ae0e10"/>
     <xsd:import namespace="ccc62fcd-1952-4268-a820-fb9d6d94cbd0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Users"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="272de749-3868-4cde-ab7f-187bf3ae0e10" elementFormDefault="qualified">
@@ -3187,59 +3310,59 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Users xmlns="272de749-3868-4cde-ab7f-187bf3ae0e10">
       <UserInfo>
         <DisplayName/>
         <AccountId/>
         <AccountType/>
       </UserInfo>
     </Users>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1E0C5939-7D1C-47AC-BA14-4DD5A0D76658}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A667D3C-C8A4-4545-BD57-B4D43AD0F5EC}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C60F60AE-6F4B-427C-8357-141B01623739}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B7E4BB48-9D8C-4546-A466-5E7F5414D55D}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20ED4418-41FD-4098-8FB4-1AAF77DC9B92}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F601CDDC-4AAD-44A7-8160-71EC38924ED0}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{b4e5d35f-4e6a-4642-aaeb-20ab6a7b6fba}" enabled="1" method="Standard" siteId="{ab214bcd-9b97-41bb-aa9d-46cf10d822fd}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>