--- v0 (2025-10-30)
+++ v1 (2026-01-30)
@@ -3,88 +3,88 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uphealth-my.sharepoint.com/personal/kathryn_bootier_unitypoint_org/Documents/Desktop/Price Transparency 2023 Charge Master and DRGs/2024/Chargemaster/Final Chargemaster/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://uphealth-my.sharepoint.com/personal/kathryn_bootier_unitypoint_org/Documents/Desktop/CDM Price Transparency Files - 2025/2025 Final Files/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="16" documentId="13_ncr:1_{2BF4C486-50E2-4681-8CA9-27CE88E45931}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{980AFD0A-314A-4766-BB4E-6AE152A7972B}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{5B57DFD6-02F8-4E0A-92BE-B450531EEB01}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1560" yWindow="990" windowWidth="22530" windowHeight="14490" xr2:uid="{2D683D2D-BD9A-4FCA-AF63-5D05F8B8B6D8}"/>
+    <workbookView xWindow="1080" yWindow="1080" windowWidth="23520" windowHeight="14010" xr2:uid="{2D683D2D-BD9A-4FCA-AF63-5D05F8B8B6D8}"/>
   </bookViews>
   <sheets>
     <sheet name="Marshalltown" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Marshalltown!$A$1:$B$4194</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Marshalltown!$A$1:$B$4192</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Marshalltown!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4195" uniqueCount="4195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4301" uniqueCount="4301">
   <si>
     <t>Procedure Description</t>
   </si>
   <si>
     <t xml:space="preserve">HC MOD SED OTHER PHYS/QHP </t>
   </si>
   <si>
     <t>Charge Amount</t>
   </si>
   <si>
     <t xml:space="preserve">HC MOD SED SAME PHYS/QHP </t>
   </si>
   <si>
     <t>HC COLLAG DRESS 16 SQIN/</t>
   </si>
   <si>
     <t>HC ALGINATE/FG DRESS 16 SQIN/</t>
   </si>
   <si>
     <t>HC PM PHONE R-STRIP DEVICE EVAL =</t>
   </si>
   <si>
     <t xml:space="preserve">HC MH PH </t>
   </si>
   <si>
@@ -684,71 +684,65 @@
   <si>
     <t>HC AUTOMATED RETICULOCYTE COUNT</t>
   </si>
   <si>
     <t>HC AUTOMATED WBC</t>
   </si>
   <si>
     <t>HC B CELLS, TOTAL COUNT</t>
   </si>
   <si>
     <t>HC BACT CULT - QUAN, ANAEROBIC</t>
   </si>
   <si>
     <t>HC BACT CULT; QUAN, AEROBIC</t>
   </si>
   <si>
     <t>HC BACT CULTURE - URINE; QUAN COUNT</t>
   </si>
   <si>
     <t>HC BACTERIAL CULTURE - OTHR SOURCE</t>
   </si>
   <si>
     <t>HC BALLOON DILATE URTRL STRIX</t>
   </si>
   <si>
-    <t>HC BAMLAN AND ETESEV INFUSION</t>
-[...1 lines deleted...]
-  <si>
     <t>HC BC - AEROBIC - ADDTL ID</t>
   </si>
   <si>
     <t>HC BC - ANAEROBE - ADDTL ID</t>
   </si>
   <si>
     <t>HC BCR/ABL1 GENE MAJOR BP</t>
   </si>
   <si>
     <t>HC BCR/ABL1 GENE MINOR BP</t>
   </si>
   <si>
     <t>HC BCR/ABL1 GENE OTHER BP</t>
   </si>
   <si>
-    <t>HC BEBTELOVIMAB INJECTION</t>
-[...1 lines deleted...]
-  <si>
     <t>HC BEHAVIORAL QUAL ANALYSIS VOICE</t>
   </si>
   <si>
     <t>HC BENZODIAZEPINES 13 OR MORE</t>
   </si>
   <si>
     <t>HC BETA 2 GLYCOPROTEIN I AB, EA</t>
   </si>
   <si>
     <t>HC BETA-2 MICROGLOBULIN</t>
   </si>
   <si>
     <t>HC BFB TRAINING 1ST 15 MIN</t>
   </si>
   <si>
     <t>HC BFB TRAINING EA ADDL 15 MIN</t>
   </si>
   <si>
     <t>HC BILE ACIDS; TOTAL</t>
   </si>
   <si>
     <t>HC BILIARY ERCP</t>
   </si>
   <si>
     <t>HC BILIARY PANCREATIC ERCP</t>
@@ -1023,53 +1017,50 @@
   <si>
     <t>HC CARDIAC REHAB WO CONT ECG</t>
   </si>
   <si>
     <t>HC CARDIOLIPIN AB, EA IG CLASS</t>
   </si>
   <si>
     <t>HC CARDIOVERSION</t>
   </si>
   <si>
     <t>HC CARDIOVERSION ELECTIVE INT</t>
   </si>
   <si>
     <t>HC CARNITINE, QUAN, EA</t>
   </si>
   <si>
     <t>HC CAROTID DUPLEX SCAN; BILAT</t>
   </si>
   <si>
     <t>HC CAROTID DUPLEX SCAN; UNIL/LIMIT</t>
   </si>
   <si>
     <t>HC CARPAL TUNNEL TX INJ</t>
   </si>
   <si>
-    <t>HC CASIRIVI AND IMDEVI INFUSION</t>
-[...1 lines deleted...]
-  <si>
     <t>HC CATECHOLAMINES, FRACTIONATED</t>
   </si>
   <si>
     <t>HC CATH CHANGE UNDER FLUORO</t>
   </si>
   <si>
     <t>HC CATH LAB RECOVERY PER HOUR</t>
   </si>
   <si>
     <t>HC CATH PLC SEGMENTAL ARTERY</t>
   </si>
   <si>
     <t>HC CATH PLC SVC/IVC NONSELECTIVE</t>
   </si>
   <si>
     <t>HC CATH PLC VEIN 1ST ORDER SELECTIVE</t>
   </si>
   <si>
     <t>HC CATH PLC VEIN 2ND ORDER SELECTIVE</t>
   </si>
   <si>
     <t>HC CATH VENOUS ORGAN BLOOD SAMPLE SELECTIVE</t>
   </si>
   <si>
     <t>HC CATHETER ASPIRATION NASOTRACHEAL</t>
@@ -1656,53 +1647,50 @@
   <si>
     <t>HC CONTROL NASAL HEMORRH ANT SMPL</t>
   </si>
   <si>
     <t>HC CONTROL OROPHARYNGEAL HEMORRH SMPL</t>
   </si>
   <si>
     <t>HC CONVERSION EXT BIL DRG CATH</t>
   </si>
   <si>
     <t>HC CONVERT NEPHROSTOMY CATH EXIST TRACT</t>
   </si>
   <si>
     <t>HC CONVERT PERC GT TO JT</t>
   </si>
   <si>
     <t>HC COOMBS TEST, INDIRECT, TITER</t>
   </si>
   <si>
     <t>HC COOMBS; DIRECT</t>
   </si>
   <si>
     <t>HC COPPER</t>
   </si>
   <si>
-    <t>HC COPPER CU 64 DOTATATE DIAG</t>
-[...1 lines deleted...]
-  <si>
     <t>HC CORE NDL BX LNG/MED PERQ W IMG</t>
   </si>
   <si>
     <t>HC CORONARY ART/GRFT ANGIO S&amp;I</t>
   </si>
   <si>
     <t>HC CORONARY ARTERY ANGIO S&amp;I</t>
   </si>
   <si>
     <t>HC CORONAVIRUS AG IA</t>
   </si>
   <si>
     <t>HC CORTISOL; FREE</t>
   </si>
   <si>
     <t>HC CORTISOL; TOTAL</t>
   </si>
   <si>
     <t>HC CORTRAK ENTERAL TUBE PLACEMENT</t>
   </si>
   <si>
     <t>HC COVID-19 LAB TEST NON-CDC AMP PRB</t>
   </si>
   <si>
     <t>HC C-PEPTIDE</t>
@@ -2847,56 +2835,50 @@
   <si>
     <t>HC EXERCISE TST BRNCSPSM W ECG</t>
   </si>
   <si>
     <t>HC EXERCISE TST BRNCSPSM WO ECG</t>
   </si>
   <si>
     <t>HC EXPL P WND CHEST</t>
   </si>
   <si>
     <t>HC EXPL P WND EXTREM</t>
   </si>
   <si>
     <t>HC EXPLORE/REPAIR CHEST</t>
   </si>
   <si>
     <t>HC EXT CEPHALIC VERSION</t>
   </si>
   <si>
     <t>HC EXT ECG 48HR TO 7 DAY RECORDING</t>
   </si>
   <si>
     <t>HC EXT ECG 7 TO 15 DAY RECORDING</t>
   </si>
   <si>
-    <t>HC EXTENDED RECOVERY EA ADDTL HR</t>
-[...4 lines deleted...]
-  <si>
     <t>HC EXTENDED RECOVERY PER HR</t>
   </si>
   <si>
     <t>HC EXTENSOR TENDON REPAIR FINGER EACH</t>
   </si>
   <si>
     <t>HC EXTRA AMBULANCE ATTENDANT</t>
   </si>
   <si>
     <t>HC EXTREM VENOGRAM INJ</t>
   </si>
   <si>
     <t>HC EXTREMITY ANGIO BILAT</t>
   </si>
   <si>
     <t>HC EXTREMITY ANGIO UNIL</t>
   </si>
   <si>
     <t>HC EXTREMITY VENOGRAM BILAT</t>
   </si>
   <si>
     <t>HC EXTREMITY VENOGRAM UNIL</t>
   </si>
   <si>
     <t>HC F18 FDG TO 45 MCI</t>
@@ -3477,53 +3459,50 @@
   <si>
     <t>HC IN111 INOXINE WBC PER 0.5 MCI</t>
   </si>
   <si>
     <t>HC IN111 PENTETATE PER 0.5 MCI</t>
   </si>
   <si>
     <t>HC INC &amp; REM FB SQ COMPL</t>
   </si>
   <si>
     <t>HC INC &amp; REM FB SQ SMPL</t>
   </si>
   <si>
     <t>HC INCISE THROMBOSED HEMORRHOID EXT</t>
   </si>
   <si>
     <t>HC INCISION OF LINGUAL FRENUM (FRENOTOMY)</t>
   </si>
   <si>
     <t>HC INCISIONAL BX SKN EA SEP/ADDL</t>
   </si>
   <si>
     <t>HC INCISIONAL BX SKN SINGLE LES</t>
   </si>
   <si>
-    <t>HC INDIUM IN111 AUTO WBC DX</t>
-[...1 lines deleted...]
-  <si>
     <t>HC INDIUM IN111 PENTETREO TO 6MCI</t>
   </si>
   <si>
     <t>HC INFLUENZA A/B, AG IMMUNOASSAY</t>
   </si>
   <si>
     <t>HC INFLUENZA DNA AMP PROBE 2 TYPES</t>
   </si>
   <si>
     <t>HC INHIBIN A</t>
   </si>
   <si>
     <t>HC INIT NUTRITION THERAPY; EACH 15M</t>
   </si>
   <si>
     <t>HC INIT TX 1ST DEGR BURN</t>
   </si>
   <si>
     <t>HC INJ ABSCESS CYST CONTRAST</t>
   </si>
   <si>
     <t>HC INJ ANESTH CELIAC PLEXUS</t>
   </si>
   <si>
     <t>HC INJ ANESTH LUMB/THOR SYMPATHETIC</t>
@@ -4674,53 +4653,50 @@
   <si>
     <t>HC NEG PRESS WOUND TX &gt;50 CM (DME)</t>
   </si>
   <si>
     <t>HC NEISSERIA, AMPLIF NA PROBE</t>
   </si>
   <si>
     <t>HC NEPHELOMETRY, EA ANALYTE, NES</t>
   </si>
   <si>
     <t>HC NEUROBEHAVIORAL STATUS EXAM 1ST HR</t>
   </si>
   <si>
     <t>HC NEUROMUSCLE RE-EDUC EA 15M</t>
   </si>
   <si>
     <t>HC NEUROMUSCULAR JUNCTION TEST EA NERVE</t>
   </si>
   <si>
     <t>HC NFCT DS 22 TRGT SARS-COV-2</t>
   </si>
   <si>
     <t>HC NFCT DS CHRNC HCV 6 ASSAYS</t>
   </si>
   <si>
-    <t>HC NFCT DS VIR RESP RNA 4 TRGT</t>
-[...1 lines deleted...]
-  <si>
     <t>HC NG TUBE PLC W FLUORO</t>
   </si>
   <si>
     <t>HC NJX NONCMPND SCLRSNT 1 VEIN</t>
   </si>
   <si>
     <t>HC NJX NONCMPND SCLRSNT MLT VN</t>
   </si>
   <si>
     <t>HC NK CELLS, TOTAL COUNT</t>
   </si>
   <si>
     <t>HC NM BONE IMAGING 3 PHASE</t>
   </si>
   <si>
     <t>HC NM BONE IMAGING LTD</t>
   </si>
   <si>
     <t>HC NM BONE IMAGING WHOLE BODY</t>
   </si>
   <si>
     <t>HC NM BONE MARROW IMAGING MULT AREAS</t>
   </si>
   <si>
     <t>HC NM BRAIN IMAGE W FLOW MIN 4 VIEWS</t>
@@ -5361,59 +5337,50 @@
   <si>
     <t>HC PORPHOBILINOGEN, URINE; QUAN</t>
   </si>
   <si>
     <t>HC POS AIRWAY PRESSURE CPAP/BIPAP INITIAL</t>
   </si>
   <si>
     <t>HC POS AIRWAY PRESSURE CPAP/BIPAP SUBQ</t>
   </si>
   <si>
     <t>HC PRCRD DRG 0-5YR OR W/ANOMLY W/IMG</t>
   </si>
   <si>
     <t>HC PRCRD DRG 6YR+ W/O CGEN CAR W/IMG</t>
   </si>
   <si>
     <t>HC PREALBUMIN</t>
   </si>
   <si>
     <t>HC PREGNENOLONE</t>
   </si>
   <si>
     <t>HC PRE-OP ICD DEVICE EVAL</t>
   </si>
   <si>
-    <t>HC PRESBYOPIA-CORRECT FUNCTION LVL 4</t>
-[...7 lines deleted...]
-  <si>
     <t>HC PRIMIDONE</t>
   </si>
   <si>
     <t>HC PROCALCITONIN (PCT)</t>
   </si>
   <si>
     <t>HC PROGESTERONE ASSAY</t>
   </si>
   <si>
     <t>HC PROINSULIN</t>
   </si>
   <si>
     <t>HC PROLACTIN ASSAY</t>
   </si>
   <si>
     <t>HC PROLONGED IV INF, REQ PUMP</t>
   </si>
   <si>
     <t>HC PROSTAGLANDIN EACH</t>
   </si>
   <si>
     <t>HC PROSTHETIC TRAINING EA 15M</t>
   </si>
   <si>
     <t>HC PROTEIN E-PHORESIS/URINE/CSF</t>
@@ -6240,53 +6207,50 @@
   <si>
     <t>HC SMOKE/TOBACCO COUNSELING &gt; 10 MIN</t>
   </si>
   <si>
     <t>HC SMOKE/TOBACCO COUNSELING 3-10 MIN</t>
   </si>
   <si>
     <t>HC SMPL BLADDER IRRIGATE LAVAGE/INSTILL</t>
   </si>
   <si>
     <t>HC SODIUM, OTHER SOURCE</t>
   </si>
   <si>
     <t>HC SODIUM; URINE</t>
   </si>
   <si>
     <t>HC SOFT TISSUE NECK</t>
   </si>
   <si>
     <t>HC SOMATOMEDIN</t>
   </si>
   <si>
     <t>HC SOMATOSENSORY TESTING UPPER &amp; LOWER</t>
   </si>
   <si>
-    <t>HC SOTROVIMAB INFUSION</t>
-[...1 lines deleted...]
-  <si>
     <t>HC SP MECH REMOV PERICATHETER OBST MATERIAL</t>
   </si>
   <si>
     <t>HC SP PULMONARY ANGIOGRAM NONSEL S&amp;I</t>
   </si>
   <si>
     <t>HC SPECIALTY CARE TRANSPORT</t>
   </si>
   <si>
     <t>HC SPECTROPHOTOMETRY, ANALYTE NES</t>
   </si>
   <si>
     <t>HC SPEECH/HEARING THERAPY</t>
   </si>
   <si>
     <t>HC SPEECH/HEARING THERAPY GROUP</t>
   </si>
   <si>
     <t>HC SPIN/BRAIN PUMP REFIL &amp; MAIN</t>
   </si>
   <si>
     <t>HC SPIN/BRAIN PUMP REFIL &amp; MAIN BY DOC</t>
   </si>
   <si>
     <t>HC SPINAL PUNCTURE DRAIN CSF</t>
@@ -6522,68 +6486,59 @@
   <si>
     <t>HC TC99M MAA TO 10 MCI</t>
   </si>
   <si>
     <t>HC TC99M MAG3 TO 15 MCI</t>
   </si>
   <si>
     <t>HC TC99M MEBROFENIN TO 15 MCI</t>
   </si>
   <si>
     <t>HC TC99M MEDRONATE TO 30 MCI</t>
   </si>
   <si>
     <t>HC TC99M OXIDRONATE TO 30 MCI</t>
   </si>
   <si>
     <t>HC TC99M PENTETATE TO 25 MCI</t>
   </si>
   <si>
     <t>HC TC99M PERTECHNETATE PER MCI</t>
   </si>
   <si>
     <t>HC TC99M PYROPHOSPHATE TO 25 MCI</t>
   </si>
   <si>
-    <t>HC TC99M SESTAMIBI</t>
-[...1 lines deleted...]
-  <si>
     <t>HC TC99M SULFUR COLLOID TO 20 MCI</t>
   </si>
   <si>
-    <t>HC TC99M TETROFOSMIN</t>
-[...1 lines deleted...]
-  <si>
     <t>HC TCATH INS/REPL PERM LDLS PM</t>
   </si>
   <si>
     <t>HC TCATH RMVL PERM LDLS PM W IMG GUIDE</t>
   </si>
   <si>
-    <t>HC TECHNETIUM TC99M AUTO WBC DX</t>
-[...1 lines deleted...]
-  <si>
     <t>HC TEETH COMPLETE FULL MOUTH</t>
   </si>
   <si>
     <t>HC TEETH PARTIAL EXAM &lt; FULL MOUTH</t>
   </si>
   <si>
     <t>HC TELEHEALTH FACILITY FEE</t>
   </si>
   <si>
     <t>HC TELEPHONIC INTERPRETIVE SERVICES PER MIN</t>
   </si>
   <si>
     <t>HC TEMP TRANSCUTAN PACING</t>
   </si>
   <si>
     <t>HC TENSILON TEST</t>
   </si>
   <si>
     <t>HC TESTOSTERONE BIOAVAILABLE</t>
   </si>
   <si>
     <t>HC TESTOSTERONE; FREE</t>
   </si>
   <si>
     <t>HC TESTOSTERONE; TOTAL</t>
@@ -6726,53 +6681,50 @@
   <si>
     <t>HC TIB/PER REVASC W/TLA</t>
   </si>
   <si>
     <t>HC TIBIA FIBULA 2 VIEWS</t>
   </si>
   <si>
     <t>HC TIBPER REVASC W/ATHER ADD-ON</t>
   </si>
   <si>
     <t>HC TILT TABLE TESTING</t>
   </si>
   <si>
     <t>HC TISSUE CULTURE; AMNIOTIC FLUID</t>
   </si>
   <si>
     <t>HC TISSUE CULTURE; BM, BLD CELLS</t>
   </si>
   <si>
     <t>HC TISSUE CULTURE; LYMPHOCYTE</t>
   </si>
   <si>
     <t>HC TISSUE CULTURE; SKIN OR SOLID BX</t>
   </si>
   <si>
-    <t>HC TIXAGEV AND CILGAV INJ</t>
-[...1 lines deleted...]
-  <si>
     <t>HC TMJ BILATERAL</t>
   </si>
   <si>
     <t>HC TMJ UNILATERAL</t>
   </si>
   <si>
     <t>HC TOBRAMYCIN</t>
   </si>
   <si>
     <t>HC TOCOPHEROL ALPHA (VIT E)</t>
   </si>
   <si>
     <t>HC TOE OR TOES MIN 2 VIEWS</t>
   </si>
   <si>
     <t>HC TOMOGRAM</t>
   </si>
   <si>
     <t>HC TOPIRAMATE</t>
   </si>
   <si>
     <t>HC TOTAL BILIRUBIN</t>
   </si>
   <si>
     <t>HC TOTAL PROTEIN, OTHER SPECIMEN</t>
@@ -8232,470 +8184,233 @@
   <si>
     <t>HC VERY LONG FATTY ACID CHAINS</t>
   </si>
   <si>
     <t>HC VIRUS ISOL, SHELL VIAL TECHN</t>
   </si>
   <si>
     <t>HC VIRUS ISOLATE; TISSUE CULT INOC</t>
   </si>
   <si>
     <t>HC VIT B-12; UNSATURATED BC</t>
   </si>
   <si>
     <t>HC VITAMIN OTHER</t>
   </si>
   <si>
     <t>HC VOLTAGE-GATED CA CHANNEL ANTIBODY EA</t>
   </si>
   <si>
     <t>HC ROOM &amp; BOARD SPECIAL SITUATIONS</t>
   </si>
   <si>
     <t>HC DAILY CARE INTENSIVE PEDIATRIC STEP DOWN</t>
   </si>
   <si>
-    <t>HC EYE SUPPLIES MISC LVL 1</t>
-[...4 lines deleted...]
-  <si>
     <t>HC NITRIC OXIDE HOURLY</t>
   </si>
   <si>
     <t>HC OXYGEN INITIAL DAY</t>
   </si>
   <si>
     <t>HC OXYGEN SUBQ DAY</t>
   </si>
   <si>
-    <t>HC CAST ORTHO SOFT GOODS LVL 1</t>
-[...1 lines deleted...]
-  <si>
     <t>HC CAST ORTHO SOFT GOODS LVL 2</t>
   </si>
   <si>
-    <t>HC CAST ORTHO SOFT GOODS LVL 3</t>
-[...4 lines deleted...]
-  <si>
     <t>HC CAST ORTHO SOFT GOODS LVL 8</t>
   </si>
   <si>
     <t>HC CENTRAL PERIPHERAL CATHS, NO HCPCS LVL 1</t>
   </si>
   <si>
     <t>HC CENTRAL PERIPHERAL CATHS, NO HCPCS LVL 2</t>
   </si>
   <si>
     <t>HC CHEST/NG TUBE; SUCTION/DRAIN SUPPLY LVL1</t>
   </si>
   <si>
-    <t>HC CHEST/NG TUBE; SUCTION/DRAIN SUPPLY LVL2</t>
-[...1 lines deleted...]
-  <si>
     <t>HC CHEST/NG TUBE; SUCTION/DRAIN SUPPLY LVL3</t>
   </si>
   <si>
     <t>HC DRAINAGE CATHS LVL 1</t>
   </si>
   <si>
-    <t>HC EARS, NOSE, THROAT SUP NON-AIRWAY LVL 20</t>
-[...1 lines deleted...]
-  <si>
     <t>HC EARS, NOSE, THROAT SUP, NON-AIRWAY LVL 1</t>
   </si>
   <si>
-    <t>HC EARS, NOSE, THROAT SUP, NON-AIRWAY LVL 2</t>
-[...25 lines deleted...]
-  <si>
     <t>HC TRACH SUPPLIES LVL 2</t>
   </si>
   <si>
-    <t>HC TRACH SUPPLIES LVL 4</t>
-[...1 lines deleted...]
-  <si>
     <t>HC TRACH SUPPLIES LVL 5</t>
   </si>
   <si>
-    <t>HC UROLOGY SUPPLIES GENERAL LVL 1</t>
-[...10 lines deleted...]
-  <si>
     <t>HC VASCULAR SUPPLIES GENERAL LVL 1</t>
   </si>
   <si>
-    <t>HC VASCULAR SUPPLIES GENERAL LVL 2</t>
-[...61 lines deleted...]
-  <si>
     <t>HC EXC BEN LES T/A/L 0.6-1.0 CM</t>
   </si>
   <si>
     <t>HC DRAIN/INJ JOINT/BURSA W/O US</t>
   </si>
   <si>
     <t>HC ASPIRATE/INJ GANGLION CYST</t>
   </si>
   <si>
     <t>HC CL TX ULNAR FX PROXIMAL END W MANIP</t>
   </si>
   <si>
     <t>HC LARYNGOSCOPY DIRECT W FB REM</t>
   </si>
   <si>
     <t>HC INSERT MARK THOR FOR RT PERQ</t>
   </si>
   <si>
     <t>HC CREATE PERICARDIAL WINDOW/PARTIAL RESECT</t>
   </si>
   <si>
     <t>HC REPAIR DEFECT OF ARTERY</t>
   </si>
   <si>
     <t>HC EXPLORE LIMB VESSELS</t>
   </si>
   <si>
     <t>HC CATH OF UMBILICAL VEIN FOR DX</t>
   </si>
   <si>
     <t>HC DELIVERY OF PLACENTA</t>
   </si>
   <si>
     <t>HC TAP BLOCK BILAT BY INJ</t>
   </si>
   <si>
     <t>HC INC CONJUNCTIVA DRAINAGE OF CYST</t>
   </si>
   <si>
     <t>HC MRI UPPER EXTREMITY W/DYE</t>
   </si>
   <si>
     <t>HC N-INVAS EST C FFR SW ALY CTA</t>
   </si>
   <si>
     <t>HC RAD ENDOVASC THOR AO REPR</t>
   </si>
   <si>
-    <t>HC US BREAST LIMITED - BILATERAL</t>
-[...1 lines deleted...]
-  <si>
     <t>HC PERQ TRLUML CORONRY LITHOTRIPSY</t>
   </si>
   <si>
     <t>HC C MOTOR EVOKED UPPER &amp; LOWER LIMBS</t>
   </si>
   <si>
     <t>HC IONM REMOTE/&gt;1 PT OR PER HR</t>
   </si>
   <si>
     <t>HC CAREGIVER TRAING 1ST 30 MIN</t>
   </si>
   <si>
     <t>HC CAREGIVER TRAING EA ADDL 15</t>
   </si>
   <si>
     <t>HC GROUP CAREGIVER TRAINING</t>
   </si>
   <si>
     <t>HC PIERCE SKULL &amp; REMOVE CLOT</t>
   </si>
   <si>
-    <t>HC VACUUM DRAIN BOTTLE/TUBE KIT LVL 1</t>
-[...1 lines deleted...]
-  <si>
     <t>HC VACUUM DRAIN BOTTLE/TUBE KIT LVL 2</t>
   </si>
   <si>
     <t>HC VACUUM DRAIN BOTTLE/TUBE KIT LVL 4</t>
   </si>
   <si>
     <t>HC PT TRANSPORT LONG DISTANCE</t>
   </si>
   <si>
     <t>HC THERAPY PATIENT PAY</t>
   </si>
   <si>
-    <t>HC GALLIUM GA-68</t>
-[...61 lines deleted...]
-  <si>
     <t>HC BRACHYTX NON-STRAND YTTRIUM-90</t>
   </si>
   <si>
-    <t>HC NOT INFLATE PENILE PROSTH LVL 19</t>
-[...10 lines deleted...]
-  <si>
     <t>HC HOPD MNTL HLT, 15-29 MIN</t>
   </si>
   <si>
     <t>HC HOPD MNTL HLT, 30-60 MIN</t>
   </si>
   <si>
     <t>HC HOPD MNTL HLT, EA ADDL 15 MIN</t>
   </si>
   <si>
     <t>HC HOPD MNTL HLT, GRP</t>
   </si>
   <si>
-    <t>HC CERVICAL FOAM COLLAR LVL 2</t>
-[...7 lines deleted...]
-  <si>
     <t>HC SOCK WOOL ABOVE KNEE LVL 1</t>
   </si>
   <si>
-    <t>HC COLLAGEN IMPLANT URINARY TRACT 2.5 ML LVL 3</t>
-[...10 lines deleted...]
-  <si>
     <t>HC PEMIVIBART INFUSION</t>
   </si>
   <si>
     <t>HC OBSTETRIC PANEL</t>
   </si>
   <si>
     <t>HC CARBAMAZEPINE; FREE</t>
   </si>
   <si>
     <t>HC DIPROPYLACETIC ACID FREE</t>
   </si>
   <si>
     <t>HC DRUG ASSAY LEFLUNOMIDE</t>
   </si>
   <si>
     <t>HC DRUG TEST(S) PRSMV INSTRUMENT</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 15-21 CLASS ALCOHOLS</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 22+ CLASS ALCOHOLS</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 8-14 CLASS ALCOHOLS</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 3-7 CLASS ALCOHOL BIOMARKERS</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 15-21 CLASS ALKALOIDS NOS</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 22+ CLASS ALKALOIDS NOS</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 3-5 CLASS ANTIDEPRESSANTS SEROTON</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 22+ CLASS ANTIDEPRESSANTS SEROTON</t>
   </si>
   <si>
-    <t>HC DRUG TEST DEF 1-2 CLASS ANTIDEPRESSANTS TRICYCL</t>
-[...7 lines deleted...]
-  <si>
     <t>HC DRUG TEST DEF 15-21 CLASS ANTIDEPRESSANTS NOS</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 22+ CLASS ANTIDEPRESSANTS NOS</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 15-21 CLASS BARBITURATES</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 1-7 CLASS BARBITURATES</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 22+ CLASS BARBITURATES</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 13-14 CLASS BENZODIAZEPINES</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 15-21 CLASS BENZODIAZEPINES</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 22+ CLASS BENZODIAZEPINES</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 8-14 CLASS BUPRENORPHINE</t>
@@ -8709,71 +8424,56 @@
   <si>
     <t>HC DRUG TEST DEF 15-21 CLASS COCAINE</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 22+ CLASS COCAINE</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 15-21 CLASS FENTANYL</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 22+ CLASS FENTANYL</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 1-7 CLASS HEROIN METABOLITE</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 1-7 CLASS KETAMINE &amp; NORKETAMINE</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 15-21 CLASS METHADONE</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 22+ CLASS METHADONE</t>
   </si>
   <si>
-    <t>HC DRUG TEST DEF 1-7 CLASS METHYLENEDIOXYAMPHETAMI</t>
-[...4 lines deleted...]
-  <si>
     <t>HC DRUG TEST DEF 22+ CLASS METHYLPHENIDATE</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 15-21 CLASS OPIATES</t>
   </si>
   <si>
-    <t>HC DRUG TEST DEF 1-2 CLASS OPIOIDS &amp; OPIATE ANALOG</t>
-[...7 lines deleted...]
-  <si>
     <t>HC DRUG TEST DEF 22+ CLASS OXYCODONE</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 8-14 CLASS OXYCODONE</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 15-21 CLASS PREGABALIN</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 22+ CLASS PREGABALIN</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 1-7 CLASS PROPOXYPHENE</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 8-14 CLASS PROPOXYPHENE</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 1-7 CLASS SEDATIVE HYPNOTICS</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 1-2 CLASS SKEL MUSC RELAXANT</t>
   </si>
   <si>
     <t>HC DRUG TEST DEF 1-7 CLASS TRAMADOL</t>
@@ -9447,53 +9147,50 @@
   <si>
     <t>HC CLOTTING ASSAY WHOLE BLOOD</t>
   </si>
   <si>
     <t>HC ALPHA-2-ANTIPLASMIN</t>
   </si>
   <si>
     <t>HC PLASMINOGEN ACTIVATOR</t>
   </si>
   <si>
     <t>HC HEPARIN NEUTRALIZATION</t>
   </si>
   <si>
     <t>HC THROMBOPLASTIN INHIBITION TISSUE</t>
   </si>
   <si>
     <t>HC UNLISTED HEMAT &amp; COAG PROCED</t>
   </si>
   <si>
     <t>HC AGGLUTININS FEBRILE</t>
   </si>
   <si>
     <t>HC ALLERGEN SPECIFIC IGE QUAL</t>
   </si>
   <si>
-    <t>HC ANTINEUTROPHIL CYTOPLASMIC AB (ANCA) SCREEN EA</t>
-[...1 lines deleted...]
-  <si>
     <t>HC ACETYLCHOLN RCPTR BNDNG ANTB</t>
   </si>
   <si>
     <t>HC ACETYLCHOLN PCPTR BLCKG ANTB</t>
   </si>
   <si>
     <t>HC ACETYLCHOLN RCPTR MODLG ANTB</t>
   </si>
   <si>
     <t>HC AQUAPORIN-4 ANTIBODY ELISA</t>
   </si>
   <si>
     <t>HC AQUAPORIN-4 ANTIBODY CBA EACH</t>
   </si>
   <si>
     <t>HC ANTI PHOSPHATIDYLSERINE ANTIBODY</t>
   </si>
   <si>
     <t>HC COLD AGGLUTININ; SCREEN</t>
   </si>
   <si>
     <t>HC DNA AB; SS</t>
   </si>
   <si>
     <t>HC IA INFECTIOUS AGENT SGL STEP</t>
@@ -9864,53 +9561,50 @@
   <si>
     <t>HC CHROM ANALY AF/CV 15 CELLS</t>
   </si>
   <si>
     <t>HC CHROM ANALY; SITU AF CELLS</t>
   </si>
   <si>
     <t>HC CYTOGENETICS 3-5 CELLS</t>
   </si>
   <si>
     <t>HC MCG; SITU HYBRID 10-30 CELLS</t>
   </si>
   <si>
     <t>HC MCG; IP SITU 25-99 CELLS</t>
   </si>
   <si>
     <t>HC CHROM ANALY; ADDTL KARYOT, EA STUDY</t>
   </si>
   <si>
     <t>HC CHROM ANALY; ADDTL BANDING</t>
   </si>
   <si>
     <t>HC CHROM ANALY; ADDTL HI RESOLN</t>
   </si>
   <si>
-    <t>HC CG MCG INTERP &amp; REPORT</t>
-[...1 lines deleted...]
-  <si>
     <t>HC SURG PATH, LEVEL-I, GROSS ONLY</t>
   </si>
   <si>
     <t>HC SURG PATH, LEVEL-II</t>
   </si>
   <si>
     <t>HC SURG PATH, LEVEL-III</t>
   </si>
   <si>
     <t>HC SURG PATH, LEVEL-IV</t>
   </si>
   <si>
     <t>HC SURG PATH, LEVEL-V</t>
   </si>
   <si>
     <t>HC SURG PAT, LEVEL-V1</t>
   </si>
   <si>
     <t>HC DECALCIFICATION</t>
   </si>
   <si>
     <t>HC SPECIAL STAINS GROUP 2</t>
   </si>
   <si>
     <t>HC HISTOCHEMICAL STAIN ADD-ON</t>
@@ -9936,53 +9630,50 @@
   <si>
     <t>HC ELECTRON MICROSCOPY DX</t>
   </si>
   <si>
     <t>HC NERVE TEASING PREP</t>
   </si>
   <si>
     <t>HC XM ARCHIVE TISSUE MOLEC ANAL</t>
   </si>
   <si>
     <t>HC INSITU HYBRIDIZATION (FISH) EA MULTIPLX PROC</t>
   </si>
   <si>
     <t>HC INSITU HYBRIDIZ AUTO INIT SGL PROC</t>
   </si>
   <si>
     <t>HC INSITU HYBRIDIZ MANUAL INIT SGL PROC</t>
   </si>
   <si>
     <t>HC INSITU HYBRIDIZ MANUAL EA ADDTL SGL PROC</t>
   </si>
   <si>
     <t>HC INSITU HYBRIDIZ AUTO EA ADDTL SGL PROC</t>
   </si>
   <si>
-    <t>HC OPTICAL ENDOMICROSCPY INTERP</t>
-[...1 lines deleted...]
-  <si>
     <t>HC MICRODISSECTION MANUAL</t>
   </si>
   <si>
     <t>HC TRANSCUTANEOUS CARBOXYHB</t>
   </si>
   <si>
     <t>HC CELL COUNT, NOT BLOOD</t>
   </si>
   <si>
     <t>HC EXAM FECES FOR MEAT FIBERS</t>
   </si>
   <si>
     <t>HC N EOSINOPHIL SMEAR</t>
   </si>
   <si>
     <t>HC COLLECT SWEAT FOR TEST</t>
   </si>
   <si>
     <t>HC SEMEN ANAL VOL/COUNT/MOT</t>
   </si>
   <si>
     <t>HC SPERM ANTIBODIES</t>
   </si>
   <si>
     <t>HC UNLISTED REPROD MED LAB PROC</t>
@@ -10002,74 +9693,65 @@
   <si>
     <t>HC COMT GENE</t>
   </si>
   <si>
     <t>HC NEURO CSF PRION PRTN QUAL</t>
   </si>
   <si>
     <t>HC ONC BRST DUX CARC IS 12 GENE</t>
   </si>
   <si>
     <t>HC SYFLS TST NONTREPONEMAL ANTB</t>
   </si>
   <si>
     <t>HC CYP2D6 GEN COM&amp;SLCT RAR VRNT</t>
   </si>
   <si>
     <t>HC NFCT DS BACT&amp;FNG ORG ID 6+</t>
   </si>
   <si>
     <t>HC CRD CERAMIDES LIQ CHROM PLSM</t>
   </si>
   <si>
     <t>HC NFCT DS DNA UNTRGT NGNRJ SEQ</t>
   </si>
   <si>
-    <t>HC NFCT DS VIR RESP RNA 3 TRGT</t>
-[...1 lines deleted...]
-  <si>
     <t>HC HEM HEPRN NDUC TRMBCTPNA SRM</t>
   </si>
   <si>
     <t>HC HEM INH THROMBOCYTOPENIA 23</t>
   </si>
   <si>
     <t>HC HEM VW FACTOR&amp;CLGN III BNDG</t>
   </si>
   <si>
     <t>HC HEM VW FACTOR&amp;CLGN IV BNDG</t>
   </si>
   <si>
     <t>HC RBC DNA GNTYP 12 BLD GRP GEN</t>
   </si>
   <si>
-    <t>HC BETA AMYL AB40&amp;AB42 LC-MS/MS</t>
-[...4 lines deleted...]
-  <si>
     <t>HC NEURO ALYS B-AMYL 1-42&amp;1-40</t>
   </si>
   <si>
     <t>HC NEURFLMNT LT CHN DIG IA QUAN</t>
   </si>
   <si>
     <t>HC GLY RCPTR ALPHA1 IGG SRM/CSF</t>
   </si>
   <si>
     <t>HC DGTZ GLS MCRSCP SLD LEVEL II</t>
   </si>
   <si>
     <t>HC DGTZ GLS MCRSCP SLD LEVEL VI</t>
   </si>
   <si>
     <t>HC COVID-19 CONVALESCENT PLASMA</t>
   </si>
   <si>
     <t>HC PROSTATE BIOPSY, ANY MTHD</t>
   </si>
   <si>
     <t>HC ORAL HIV-1/HIV-2 SCREEN</t>
   </si>
   <si>
     <t>HC HEP C SCREEN HIGH RISK/OTHER</t>
@@ -10155,113 +9837,104 @@
   <si>
     <t>HC IMPLANT (OTHER/MISC)</t>
   </si>
   <si>
     <t>HC LAPAROSCOPY SUPPLY</t>
   </si>
   <si>
     <t>HC LASER / ROBOTIC SUPPLY</t>
   </si>
   <si>
     <t>HC NEUROLOGY SUPPLY</t>
   </si>
   <si>
     <t>HC ORTHOPEDIC SUPPLY</t>
   </si>
   <si>
     <t>HC SUPPLY (OTHER/MISC)</t>
   </si>
   <si>
     <t>HC SURGICAL / WOUND CLOSURE SUPPLY</t>
   </si>
   <si>
     <t>HC WOUND CARE / OSTOMY SUPPLY</t>
   </si>
   <si>
-    <t>HC MISC PROSTH/ORTHOTIC</t>
-[...1 lines deleted...]
-  <si>
     <t>HC RESTRATA, PER SQ CM</t>
   </si>
   <si>
     <t>HC IMPLANTABLE TISSUE MARKER</t>
   </si>
   <si>
-    <t>HC VACUUM DRAIN BOTTLE/TUBE KIT LVL 5</t>
-[...1 lines deleted...]
-  <si>
     <t>HC HEMOSTATIC AGENT, GI, TOPIC</t>
   </si>
   <si>
     <t>HC INTRAVERTEBRAL FX AUG IMPL</t>
   </si>
   <si>
     <t>HC ORTH/MATRX/BN FILL DRUG-ELUT</t>
   </si>
   <si>
     <t>HC ANCHOR/SCREW BN/BN,TIS/BN</t>
   </si>
   <si>
     <t>HC CATH, TRANS ATHERECTOMY, DIR</t>
   </si>
   <si>
     <t>HC AICD, DUAL CHAMBER</t>
   </si>
   <si>
     <t>HC AICD, SINGLE CHAMBER</t>
   </si>
   <si>
     <t>HC CATH, TRANS ATHEREC,ROTATION</t>
   </si>
   <si>
     <t>HC CATH, TRANSLUMIN NON-LASER</t>
   </si>
   <si>
     <t>HC CATH, BAL DIL, NON-VASCULAR</t>
   </si>
   <si>
     <t>HC CATH, BAL TIS DIS, NON-VAS</t>
   </si>
   <si>
     <t>HC CATH, DRAINAGE</t>
   </si>
   <si>
     <t>HC CATH, EP, 19 OR FEW ELECT</t>
   </si>
   <si>
     <t>HC CATH, EP, DIAG/ABL, 3D/VECT</t>
   </si>
   <si>
     <t>HC CATH, EP, OTHR THAN COOL-TIP</t>
   </si>
   <si>
     <t>HC ORTH/DEVIC/DRUG BN/BN,TIS/BN</t>
   </si>
   <si>
-    <t>HC ENDO, SINGLE, URINARY TRACT</t>
-[...1 lines deleted...]
-  <si>
     <t>HC CATH, HEMODIALYSIS,LONG-TERM</t>
   </si>
   <si>
     <t>HC CATH, INF, PER/CENT/MIDLINE</t>
   </si>
   <si>
     <t>HC CATH, INTRAVAS ULTRASOUND</t>
   </si>
   <si>
     <t>HC CATH, THROMBECTOMY/EMBOLECT</t>
   </si>
   <si>
     <t>HC CATH, INTRA ECHOCARDIOGRAPHY</t>
   </si>
   <si>
     <t>HC CLOSURE DEV, VASC</t>
   </si>
   <si>
     <t>HC CATH, TRANS INTRA LITHO/CORO</t>
   </si>
   <si>
     <t>HC CONN TISS, HUMAN (INC FASCIA)</t>
   </si>
   <si>
     <t>HC CONN TISS, NON-HUMAN</t>
@@ -10287,101 +9960,89 @@
   <si>
     <t>HC REP DEV, URINARY, W/SLING</t>
   </si>
   <si>
     <t>HC INFUSION PUMP, PROGRAMMABLE</t>
   </si>
   <si>
     <t>HC RET DEV, INSERTABLE</t>
   </si>
   <si>
     <t>HC JOINT DEVICE (IMPLANTABLE)</t>
   </si>
   <si>
     <t>HC LEAD, AICD, ENDO SINGLE COIL</t>
   </si>
   <si>
     <t>HC LEAD, NEUROSTIMULATOR</t>
   </si>
   <si>
     <t>HC LEAD, PMKR, TRANSVENOUS VDD</t>
   </si>
   <si>
     <t>HC MESH (IMPLANTABLE)</t>
   </si>
   <si>
-    <t>HC OCULAR IMP, AQUEOUS DRAIN DE</t>
-[...1 lines deleted...]
-  <si>
     <t>HC PMKR, DUAL, RATE-RESP</t>
   </si>
   <si>
     <t>HC PMKR, SINGLE, RATE-RESP</t>
   </si>
   <si>
     <t>HC PATIENT PROGR, NEUROSTIM</t>
   </si>
   <si>
     <t>HC PORT, INDWELLING, IMP</t>
   </si>
   <si>
-    <t>HC PROSTHESIS, BREAST, IMP</t>
-[...1 lines deleted...]
-  <si>
     <t>HC PROSTHESIS, PENILE, INFLATAB</t>
   </si>
   <si>
     <t>HC PROS, URINARY SPH, IMP</t>
   </si>
   <si>
     <t>HC RECEIVER/TRANSMITTER, NEURO</t>
   </si>
   <si>
     <t>HC SEPTAL DEFECT IMP SYS</t>
   </si>
   <si>
     <t>HC TISSUE LOCALIZATION-EXCISION</t>
   </si>
   <si>
     <t>HC GENERATOR NEURO RECHG BAT SYS NON-HF</t>
   </si>
   <si>
     <t>HC STENT, COATED/COV W/DEL SYS</t>
   </si>
   <si>
-    <t>HC STENT, COATED/COV W/O DEL SY</t>
-[...1 lines deleted...]
-  <si>
     <t>HC STENT, NON-COA/NON-COV W/DEL</t>
   </si>
   <si>
     <t>HC STENT, NON-COAT/COV W/O DEL</t>
   </si>
   <si>
-    <t>HC VENA CAVA FILTER</t>
-[...1 lines deleted...]
-  <si>
     <t>HC AICD, OTHER THAN SING/DUAL</t>
   </si>
   <si>
     <t>HC ADAPT/EXT, PACING/NEURO LEAD</t>
   </si>
   <si>
     <t>HC EMBOLIZATION PROTECT SYST</t>
   </si>
   <si>
     <t>HC CATHETER, ABLATION</t>
   </si>
   <si>
     <t>HC CATHETER, GUIDING</t>
   </si>
   <si>
     <t>HC ENDOVAS NON-CARDIAC ABL CATH</t>
   </si>
   <si>
     <t>HC IMPLANT/INSERT DEVICE, NOC</t>
   </si>
   <si>
     <t>HC INTRO/SHEATH,FIXED,PEEL-AWAY</t>
   </si>
   <si>
     <t>HC INTRO/SHEATH, FIXED,NON-PEEL</t>
@@ -10404,626 +10065,455 @@
   <si>
     <t>HC PROBE/NEEDLE, CRYO</t>
   </si>
   <si>
     <t>HC PMKR, OTHER THAN SING/DUAL</t>
   </si>
   <si>
     <t>HC CATH, TRANSLUMIN, DRUG-COAT</t>
   </si>
   <si>
     <t>HC STENT, NON-COR, TEM W/DEL SY</t>
   </si>
   <si>
     <t>HC CATH, SUPRAPUBIC/CYSTOSCOPIC</t>
   </si>
   <si>
     <t>HC CATHETER, OCCLUSION</t>
   </si>
   <si>
     <t>HC CATH, EP, COOL-TIP</t>
   </si>
   <si>
     <t>HC PREFAB SPIRAL AFO</t>
   </si>
   <si>
-    <t>HC AMBULATORY SURGICAL BOOT EAC</t>
-[...1 lines deleted...]
-  <si>
     <t>HC SO - ACROMIOCLAVICULAR PREFAB</t>
   </si>
   <si>
     <t>HC SO HARD PLAS STABILI PRE OTS</t>
   </si>
   <si>
     <t>HC PNEUMA/VAC WALK BOOT PRE OTS</t>
   </si>
   <si>
-    <t>HC NON-PNEUM WALK BOOT PRE OTS</t>
-[...22 lines deleted...]
-  <si>
     <t>HC IMPL BREAST PROSTH SILICONE/EQUAL</t>
   </si>
   <si>
     <t>HC SYNTHETIC IMPLNT URINARY 1ML</t>
   </si>
   <si>
-    <t>HC OCULAR IMPLANT</t>
-[...1 lines deleted...]
-  <si>
     <t>HC METATARSAL JOINT IMPLANT</t>
   </si>
   <si>
-    <t>HC EXTERNAL RECHARG SYS INTERN</t>
-[...1 lines deleted...]
-  <si>
     <t>HC PROSTHETIC IMPLANT NOS</t>
   </si>
   <si>
-    <t>HC ANTER CHAMBER INTRAOCULAR LENS</t>
-[...1 lines deleted...]
-  <si>
     <t>HC POST CHMBR INTRAOCULAR LENS</t>
   </si>
   <si>
     <t>HC ASTIGMATISM-CORRECT FUNCTION</t>
   </si>
   <si>
     <t>HC AMNIOTIC MEMBRANE</t>
   </si>
   <si>
     <t>INSULIN REGULAR HUMAN 100 UNIT/ML IJ SOLN</t>
   </si>
   <si>
-    <t>BARICITINIB 2 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>INSULIN LISPRO 100 UNIT/ML IJ SOLN</t>
   </si>
   <si>
     <t>INSULIN NPH (HUMAN) (ISOPHANE) 100 UNIT/ML SC SUSP</t>
   </si>
   <si>
     <t>BELATACEPT 250 MG IV SOLR</t>
   </si>
   <si>
     <t>APIXABAN 5 MG PO TABS</t>
   </si>
   <si>
     <t>ABATACEPT 250 MG IV SOLR</t>
   </si>
   <si>
     <t>OSELTAMIVIR PHOSPHATE 75 MG PO CAPS</t>
   </si>
   <si>
     <t>OSELTAMIVIR PHOSPHATE 30 MG PO CAPS</t>
   </si>
   <si>
     <t>PNEUMOCOCCAL 20-VAL CONJ VACC 0.5 ML IM SUSY</t>
   </si>
   <si>
-    <t>SITAGLIPTIN PHOSPHATE 100 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>PANTOPRAZOLE SODIUM 40 MG IV SOLR</t>
   </si>
   <si>
     <t>HYDROCORTISONE SOD SUC (PF) 100 MG IJ SOLR</t>
   </si>
   <si>
     <t>METHYLPREDNISOLONE NA SUC (PF) 40 MG IJ SOLR</t>
   </si>
   <si>
     <t>METHYLPREDNISOLONE NA SUC (PF) 125 MG IJ SOLR</t>
   </si>
   <si>
-    <t>METHYLPREDNISOLONE SODIUM SUCC 125 MG IJ SOLR</t>
-[...1 lines deleted...]
-  <si>
     <t>METHYLPREDNISOLONE SODIUM SUCC 1000 MG IJ SOLR</t>
   </si>
   <si>
-    <t>METHYLPREDNISOLONE SODIUM SUCC 500 MG IJ SOLR</t>
-[...1 lines deleted...]
-  <si>
     <t>LINEZOLID 600 MG/300ML IV SOLN</t>
   </si>
   <si>
-    <t>ARTIFICIAL TEARS OINTMENT WRAPPER</t>
-[...1 lines deleted...]
-  <si>
     <t>CARBOXYMETHYLCELLULOSE SODIUM 0.5 % OP SOLN</t>
   </si>
   <si>
     <t>IRON DEXTRAN 50 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>BRIMONIDINE TARTRATE-TIMOLOL 0.2-0.5 % OP SOLN</t>
   </si>
   <si>
-    <t>BRIMONIDINE TARTRATE 0.1 % OP SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>ESTROGENS CONJUGATED 25 MG IJ SOLR</t>
   </si>
   <si>
     <t>AMPICILLIN-SULBACTAM SODIUM 1.5 (1-0.5) G IJ SOLR</t>
   </si>
   <si>
     <t>AMPICILLIN-SULBACTAM SODIUM 3 (2-1) G IJ SOLR</t>
   </si>
   <si>
     <t>PENICILLIN G POTASSIUM 5000000 UNITS IJ SOLR</t>
   </si>
   <si>
     <t>PREDNISONE 20 MG PO TABS</t>
   </si>
   <si>
     <t>BUPRENORPHINE HCL-NALOXONE HCL 8-2 MG SL SUBL</t>
   </si>
   <si>
-    <t>LORAZEPAM 2 MG/ML PO CONC</t>
-[...1 lines deleted...]
-  <si>
     <t>DEXAMETHASONE 1 MG PO TABS</t>
   </si>
   <si>
     <t>DEXAMETHASONE 4 MG PO TABS</t>
   </si>
   <si>
     <t>FUROSEMIDE 40 MG PO TABS</t>
   </si>
   <si>
     <t>PREDNISONE 5 MG PO TABS</t>
   </si>
   <si>
     <t>CIPROFLOXACIN HCL 0.3 % OP OINT</t>
   </si>
   <si>
     <t>DICLOFENAC SODIUM 1 % EX GEL</t>
   </si>
   <si>
-    <t>TOFACITINIB CITRATE 5 MG PO TABS</t>
-[...10 lines deleted...]
-  <si>
     <t>NITROGLYCERIN 0.4 MG SL SUBL</t>
   </si>
   <si>
-    <t>RISANKIZUMAB-RZAA 600 MG/10ML IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>ENOXAPARIN SODIUM 40 MG/0.4ML IJ SOSY</t>
   </si>
   <si>
     <t>SACUBITRIL-VALSARTAN 24-26 MG PO TABS</t>
   </si>
   <si>
     <t>CRIZANLIZUMAB-TMCA 100 MG/10ML IV SOLN</t>
   </si>
   <si>
     <t>ALBUTEROL SULFATE HFA 108 (90 BASE) MCG/ACT IN AER</t>
   </si>
   <si>
     <t>INSULIN GLARGINE 100 UNIT/ML SC SOLN</t>
   </si>
   <si>
     <t>LOPERAMIDE HCL 2 MG PO CAPS</t>
   </si>
   <si>
-    <t>KETOROLAC TROMETHAMINE 10 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>DILTIAZEM HCL 60 MG PO TABS</t>
   </si>
   <si>
     <t>METOCLOPRAMIDE HCL 10 MG PO TABS</t>
   </si>
   <si>
     <t>SUCRALFATE 1 G PO TABS</t>
   </si>
   <si>
-    <t>TAKE HOME CEPHALEXIN 500 MG PO CAPS (QTY:THREE)</t>
-[...1 lines deleted...]
-  <si>
     <t>AMOXICILLIN 400 MG/5ML PO SUSR</t>
   </si>
   <si>
     <t>CEPHALEXIN 250 MG/5ML PO SUSR</t>
   </si>
   <si>
     <t>BUDESONIDE 0.25 MG/2ML IN SUSP</t>
   </si>
   <si>
     <t>BUDESONIDE 0.5 MG/2ML IN SUSP</t>
   </si>
   <si>
-    <t>CYCLOSPORINE MODIFIED 25 MG PO CAPS</t>
-[...7 lines deleted...]
-  <si>
     <t>COLESTIPOL HCL 1 G PO TABS</t>
   </si>
   <si>
     <t>LACTULOSE 10 GM/15ML PO SOLN</t>
   </si>
   <si>
     <t>MAGNESIUM HYDROXIDE 400 MG/5ML PO SUSP</t>
   </si>
   <si>
-    <t>GUAIFENESIN-DEXTROMETHORPHAN 100-10 MG/5 ML PO SYR</t>
-[...1 lines deleted...]
-  <si>
     <t>PREDNISOLONE SODIUM PHOSPHATE 15 MG/5ML PO SOLN</t>
   </si>
   <si>
     <t>NYSTATIN 100000 UNIT/ML MT SUSP</t>
   </si>
   <si>
-    <t>CHLORHEXIDINE GLUCONATE 0.12 % MT SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>LIDOCAINE VISCOUS HCL 2 % MT SOLN</t>
   </si>
   <si>
     <t>IBUPROFEN 100 MG/5ML PO SUSP</t>
   </si>
   <si>
     <t>GUAIFENESIN 100 MG/5ML PO LIQD</t>
   </si>
   <si>
     <t>GUAIFENESIN-CODEINE 100-10 MG/5ML PO SOLN</t>
   </si>
   <si>
     <t>HYDROCODONE-ACETAMINOPHEN 7.5-325 MG/15ML PO SOLN</t>
   </si>
   <si>
-    <t>FLEET PEDIATRIC 3.5-9.5 GM/59ML RE ENEM</t>
-[...4 lines deleted...]
-  <si>
     <t>DOXYCYCLINE HYCLATE 100 MG PO TABS</t>
   </si>
   <si>
     <t>LABETALOL HCL 5 MG/ML IV SOLN</t>
   </si>
   <si>
     <t>SUMATRIPTAN SUCCINATE 6 MG/0.5ML SC SOLN</t>
   </si>
   <si>
     <t>LEVETIRACETAM 500 MG/5ML IV SOLN</t>
   </si>
   <si>
     <t>LEVOFLOXACIN IN D5W 750 MG/150ML IV SOLN</t>
   </si>
   <si>
     <t>LEVOFLOXACIN IN D5W 500 MG/100ML IV SOLN</t>
   </si>
   <si>
-    <t>LEVOFLOXACIN IN D5W 250 MG/50ML IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>CEFTRIAXONE SODIUM 2 G IJ SOLR</t>
   </si>
   <si>
     <t>CEFTRIAXONE SODIUM 1 G IJ SOLR</t>
   </si>
   <si>
     <t>AMIODARONE HCL 150 MG/3ML IV SOLN</t>
   </si>
   <si>
     <t>CEFAZOLIN SODIUM 1 G IJ SOLR</t>
   </si>
   <si>
     <t>CEFAZOLIN SODIUM 2 GM/20ML IV SOSY</t>
   </si>
   <si>
     <t>CEFAZOLIN SODIUM 3 G IN STERILE WATER 30 ML SYRING</t>
   </si>
   <si>
-    <t>INSULIN DETEMIR 100 UNIT/ML SC SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>TAKE HOME ALBUTEROL MDI</t>
   </si>
   <si>
-    <t>FLUTICASONE-UMECLIDIN-VILANT 100-62.5-25 MCG/ACT I</t>
-[...4 lines deleted...]
-  <si>
     <t>METOLAZONE 5 MG PO TABS</t>
   </si>
   <si>
     <t>NITROFURANTOIN MONOHYD MACRO 100 MG PO CAPS</t>
   </si>
   <si>
     <t>HYDROXYZINE PAMOATE 25 MG PO CAPS</t>
   </si>
   <si>
     <t>SODIUM CHLORIDE 1 G PO TABS</t>
   </si>
   <si>
-    <t>OXAZEPAM 15 MG PO CAPS</t>
-[...1 lines deleted...]
-  <si>
     <t>CLONIDINE HCL 0.1 MG PO TABS</t>
   </si>
   <si>
     <t>PROPRANOLOL HCL ER 60 MG PO CP24</t>
   </si>
   <si>
     <t>CHOLESTYRAMINE LIGHT 4 G PO PACK</t>
   </si>
   <si>
-    <t>POTASSIUM CITRATE ER 5 MEQ (540 MG) PO TBCR</t>
-[...1 lines deleted...]
-  <si>
     <t>FERROUS SULFATE 325 (65 FE) MG PO TBEC</t>
   </si>
   <si>
     <t>AMIODARONE HCL 200 MG PO TABS</t>
   </si>
   <si>
     <t>MIDODRINE HCL 5 MG PO TABS</t>
   </si>
   <si>
     <t>POTASSIUM CHLORIDE CRYS ER 10 MEQ PO TBCR</t>
   </si>
   <si>
     <t>MAGNESIUM SULFATE 2 GM/50ML IV SOLN</t>
   </si>
   <si>
     <t>METRONIDAZOLE 500 MG/100ML IV SOLN</t>
   </si>
   <si>
-    <t>DEXTROSE-NACL 5-0.45 % IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>LACTATED RINGERS IV SOLN</t>
   </si>
   <si>
-    <t>SODIUM CHLORIDE 0.9 % IV SOLN</t>
-[...4 lines deleted...]
-  <si>
     <t>SINCALIDE 5 MCG IJ SOLR</t>
   </si>
   <si>
     <t>GADOTERIDOL 279.3 MG/ML IV SOLN</t>
   </si>
   <si>
-    <t>DIATRIZOATE MEGLUMINE 18 % UR SOLN</t>
-[...4 lines deleted...]
-  <si>
     <t>SODIUM ZIRCONIUM CYCLOSILICATE 10 G PO PACK</t>
   </si>
   <si>
     <t>BUDESON-GLYCOPYRROL-FORMOTEROL 160-9-4.8 MCG/ACT I</t>
   </si>
   <si>
     <t>DAPAGLIFLOZIN PROPANEDIOL 10 MG PO TABS</t>
   </si>
   <si>
     <t>KETOROLAC TROMETHAMINE 30 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>LIDOCAINE IN D5W 4-5 MG/ML-% IV SOLN</t>
   </si>
   <si>
-    <t>POTASSIUM CHLORIDE IN NACL 20-0.45 MEQ/L-% IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>POTASSIUM CHLORIDE 20 MEQ/100ML IV SOLN</t>
   </si>
   <si>
     <t>POTASSIUM CHLORIDE 10 MEQ/100ML IV SOLN</t>
   </si>
   <si>
     <t>DOPAMINE-DEXTROSE 1.6-5 MG/ML-% IV SOLN</t>
   </si>
   <si>
     <t>NITROGLYCERIN IN D5W 100-5 MCG/ML-% IV SOLN</t>
   </si>
   <si>
     <t>VANCOMYCIN 1 GRAM IN 200 ML PREMIX</t>
   </si>
   <si>
     <t>CLINDAMYCIN PHOSPHATE IN D5W 600 MG/50ML IV SOLN</t>
   </si>
   <si>
     <t>CLINDAMYCIN PHOSPHATE IN D5W 900 MG/50ML IV SOLN</t>
   </si>
   <si>
-    <t>TAKE HOME DICYCLOMINE 10 MG PO CAPS (QTY:SIX)</t>
-[...1 lines deleted...]
-  <si>
     <t>RIVASTIGMINE 9.5 MG/24HR TD PT24</t>
   </si>
   <si>
     <t>FENTANYL 12 MCG/HR TD PT72</t>
   </si>
   <si>
     <t>CHERRY PO SYRP</t>
   </si>
   <si>
     <t>HYDROCODONE-ACETAMINOPHEN 5-325 MG PO TABS</t>
   </si>
   <si>
     <t>HYDROCODONE-ACETAMINOPHEN 7.5-325 MG PO TABS</t>
   </si>
   <si>
     <t>OXYCODONE-ACETAMINOPHEN 5-325 MG PO TABS</t>
   </si>
   <si>
     <t>OXYCODONE HCL 5 MG PO TABS</t>
   </si>
   <si>
     <t>FENTANYL 25 MCG/HR TD PT72</t>
   </si>
   <si>
-    <t>IOHEXOL 240 MG/ML IJ SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>IOHEXOL 300 MG/ML IJ SOLN</t>
   </si>
   <si>
-    <t>IOHEXOL 350 MG/ML IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>BUPIVACAINE HCL (PF) 0.25 % IJ SOLN</t>
   </si>
   <si>
     <t>BUPIVACAINE HCL (PF) 0.5 % IJ SOLN</t>
   </si>
   <si>
     <t>DIAZEPAM 5 MG/ML IJ SOLN</t>
   </si>
   <si>
-    <t>HYDROMORPHONE HCL 1 MG/ML IJ SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>HYDROMORPHONE HCL 1MG/ML INJECTION</t>
   </si>
   <si>
     <t>MEROPENEM 1 G IV SOLR</t>
   </si>
   <si>
     <t>ATROPINE SULFATE 1 MG/10ML IJ SOSY</t>
   </si>
   <si>
     <t>MORPHINE SULFATE (PF) 2 MG/ML IV SOLN</t>
   </si>
   <si>
-    <t>MAGNESIUM SULFATE 20 GM/500ML IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>MAGNESIUM SULFATE 50 % IJ SOLN</t>
   </si>
   <si>
-    <t>HEPARIN PREMIX 50 UNITS/ML (WLA)</t>
-[...1 lines deleted...]
-  <si>
     <t>METOCLOPRAMIDE HCL 5 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>BUPIVACAINE IN DEXTROSE 0.75-8.25 % IT SOLN</t>
   </si>
   <si>
     <t>AMPICILLIN SODIUM 500 MG IJ SOLR</t>
   </si>
   <si>
     <t>KETOROLAC TROMETHAMINE 15 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>MORPHINE SULFATE (PF) 1 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>FUROSEMIDE 10 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>MAGNESIUM SULFATE 4 GM/100ML IV SOLN</t>
   </si>
   <si>
     <t>CEFTRIAXONE SODIUM 500 MG IJ SOLR</t>
   </si>
   <si>
-    <t>HEPARIN (PORCINE) IN NACL 25000-0.45 UT/500ML-% IV</t>
-[...4 lines deleted...]
-  <si>
     <t>FENTANYL CITRATE (PF) 100 MCG/2ML IJ SOLN</t>
   </si>
   <si>
     <t>FENTANYL CITRATE (PF) 50 MCG/ML IJ SOLN</t>
   </si>
   <si>
     <t>VITAMIN K1 10 MG/ML IJ SOLN</t>
   </si>
   <si>
-    <t>TAKE HOME PHENAZOPYRIDINE 100 MG PO TABS (QTY:SIX)</t>
-[...4 lines deleted...]
-  <si>
     <t>MEMANTINE HCL 10 MG PO TABS</t>
   </si>
   <si>
-    <t>AMPHOTERICIN B LIPOSOME 50 MG IV SUSR</t>
-[...1 lines deleted...]
-  <si>
     <t>REGADENOSON 0.4 MG/5ML IV SOLN</t>
   </si>
   <si>
-    <t>TAKE HOME DUONEB IN SOLN (QTY:5)</t>
-[...1 lines deleted...]
-  <si>
     <t>TAKE HOME ALBUTEROL SULFATE (2.5 MG/3ML) 0.083% IN</t>
   </si>
   <si>
     <t>METHYLERGONOVINE MALEATE 0.2 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>ATROPINE SULFATE 0.4 MG/ML IV SOLN</t>
   </si>
   <si>
     <t>DICYCLOMINE HCL 10 MG/ML IM SOLN</t>
   </si>
   <si>
     <t>IRON SUCROSE 20 MG/ML IV SOLN</t>
   </si>
   <si>
     <t>HYDROXYZINE HCL 50 MG/ML IM SOLN</t>
   </si>
   <si>
     <t>DROPERIDOL 2.5 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>BUTALBITAL-APAP-CAFFEINE 50-325-40 MG PO TABS</t>
   </si>
   <si>
     <t>CALCIUM CARBONATE ANTACID 500 MG PO CHEW</t>
@@ -11034,173 +10524,140 @@
   <si>
     <t>SODIUM BICARBONATE 650 MG PO TABS</t>
   </si>
   <si>
     <t>ASPIRIN 325 MG PO TABS</t>
   </si>
   <si>
     <t>DM-GUAIFENESIN ER 30-600 MG PO TB12</t>
   </si>
   <si>
     <t>LIDOCAINE 4 % EX PTCH</t>
   </si>
   <si>
     <t>ASPIRIN 325 MG PO TBEC</t>
   </si>
   <si>
     <t>ASPIRIN 81 MG PO TBEC</t>
   </si>
   <si>
     <t>SENNOSIDES-DOCUSATE SODIUM 8.6-50 MG PO TABS</t>
   </si>
   <si>
     <t>HYDROCORTISONE 1 % EX CREA</t>
   </si>
   <si>
-    <t>SALINE NASAL SPRAY 0.65 % NA SOLN</t>
-[...4 lines deleted...]
-  <si>
     <t>THERA M PLUS PO TABS</t>
   </si>
   <si>
     <t>I-VITE PO TABS</t>
   </si>
   <si>
     <t>NICOTINE 14 MG/24HR TD PT24</t>
   </si>
   <si>
     <t>NICOTINE 21 MG/24HR TD PT24</t>
   </si>
   <si>
     <t>ENEMA DISPOSABLE 19-7 GM/118ML RE ENEM</t>
   </si>
   <si>
     <t>VASOPRESSIN 20 UNIT/ML IV SOLN</t>
   </si>
   <si>
     <t>MEDROXYPROGESTERONE ACETATE 10 MG PO TABS</t>
   </si>
   <si>
     <t>GLUCOSE 40 % PO GEL</t>
   </si>
   <si>
     <t>ASPIRIN 300 MG RE SUPP</t>
   </si>
   <si>
     <t>BISACODYL 10 MG RE SUPP</t>
   </si>
   <si>
     <t>HYDROCHLOROTHIAZIDE 12.5 MG PO CAPS</t>
   </si>
   <si>
-    <t>GLIPIZIDE ER 2.5 MG PO TB24</t>
-[...4 lines deleted...]
-  <si>
     <t>MELOXICAM 15 MG PO TABS</t>
   </si>
   <si>
-    <t>TIOTROPIUM BROMIDE MONOHYDRATE 2.5 MCG/ACT IN AERS</t>
-[...1 lines deleted...]
-  <si>
     <t>EMPAGLIFLOZIN 10 MG PO TABS</t>
   </si>
   <si>
     <t>EMPAGLIFLOZIN 25 MG PO TABS</t>
   </si>
   <si>
     <t>TIOTROPIUM BROMIDE-OLODATEROL 2.5-2.5 MCG/ACT IN A</t>
   </si>
   <si>
-    <t>METHYLPREDNISOLONE 4 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>DEXAMETHASONE SODIUM PHOSPHATE 10 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>DEXAMETHASONE SOD PHOSPHATE PF 10 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>DIPHENHYDRAMINE HCL 50 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>CHLORPROMAZINE HCL 50 MG/2ML IJ SOLN</t>
   </si>
   <si>
     <t>DIGOXIN 0.25 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>BUMETANIDE 0.25 MG/ML IJ SOLN</t>
   </si>
   <si>
-    <t>FENTANYL CITRATE (PF) 2500 MCG/50ML IJ SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>LORAZEPAM 2 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>MEPERIDINE HCL 50 MG/ML IJ SOLN</t>
   </si>
   <si>
-    <t>MIDAZOLAM HCL 2 MG/2ML IJ SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>MIDAZOLAM HCL 50 MG/10ML IJ SOLN</t>
   </si>
   <si>
     <t>MORPHINE SULFATE (PF) 4 MG/ML IV SOLN</t>
   </si>
   <si>
-    <t>MORPHINE SULFATE (PF) 10 MG/ML IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>OCTREOTIDE ACETATE 50 MCG/ML IJ SOLN</t>
   </si>
   <si>
     <t>ORPHENADRINE CITRATE 30 MG/ML IJ SOLN</t>
   </si>
   <si>
-    <t>PROMETHAZINE HCL 25 MG/ML IM SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>THIAMINE HCL 100 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>FENTANYL CITRATE (PF) (SUBLIMAZE) 50 MCG/ML INJECT</t>
   </si>
   <si>
     <t>HYDROCORTISONE ACETATE 25 MG RE SUPP</t>
   </si>
   <si>
-    <t>PROMETHAZINE HCL 12.5 MG RE SUPP</t>
-[...1 lines deleted...]
-  <si>
     <t>AMOXICILLIN-POT CLAVULANATE 875-125 MG PO TABS</t>
   </si>
   <si>
     <t>FERUMOXYTOL 510 MG/17ML IV SOLN</t>
   </si>
   <si>
     <t>OLANZAPINE 10 MG IM SOLR</t>
   </si>
   <si>
     <t>ENOXAPARIN SODIUM 30 MG/0.3ML IJ SOSY</t>
   </si>
   <si>
     <t>ENOXAPARIN SODIUM 60 MG/0.6ML IJ SOSY</t>
   </si>
   <si>
     <t>ENOXAPARIN SODIUM 80 MG/0.8ML IJ SOSY</t>
   </si>
   <si>
     <t>ENOXAPARIN SODIUM 100 MG/ML IJ SOSY</t>
   </si>
   <si>
     <t>ENOXAPARIN SODIUM 120 MG/0.8ML IJ SOSY</t>
   </si>
   <si>
     <t>ENOXAPARIN SODIUM 150 MG/ML IJ SOSY</t>
@@ -11271,68 +10728,59 @@
   <si>
     <t>ACYCLOVIR 200 MG PO CAPS</t>
   </si>
   <si>
     <t>IBUPROFEN 600 MG PO TABS</t>
   </si>
   <si>
     <t>IBUPROFEN 800 MG PO TABS</t>
   </si>
   <si>
     <t>PRAVASTATIN SODIUM 40 MG PO TABS</t>
   </si>
   <si>
     <t>DIGOXIN 125 MCG PO TABS</t>
   </si>
   <si>
     <t>CLINDAMYCIN HCL 150 MG PO CAPS</t>
   </si>
   <si>
     <t>LORAZEPAM 0.5 MG PO TABS</t>
   </si>
   <si>
     <t>LORAZEPAM 1 MG PO TABS</t>
   </si>
   <si>
-    <t>TAKE HOME LORAZEPAM 1 MG PO TABS (QTY:FOUR)</t>
-[...1 lines deleted...]
-  <si>
     <t>ZOLPIDEM TARTRATE 5 MG PO TABS</t>
   </si>
   <si>
     <t>CITALOPRAM HYDROBROMIDE 20 MG PO TABS</t>
   </si>
   <si>
-    <t>CARBAMAZEPINE 200 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>PHENYTOIN SODIUM EXTENDED 100 MG PO CAPS</t>
   </si>
   <si>
-    <t>CARBIDOPA-LEVODOPA 25-250 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>OLANZAPINE 2.5 MG PO TABS</t>
   </si>
   <si>
     <t>ATORVASTATIN CALCIUM 10 MG PO TABS</t>
   </si>
   <si>
     <t>ATORVASTATIN CALCIUM 40 MG PO TABS</t>
   </si>
   <si>
     <t>CLOPIDOGREL BISULFATE 75 MG PO TABS</t>
   </si>
   <si>
     <t>CARVEDILOL 6.25 MG PO TABS</t>
   </si>
   <si>
     <t>CARVEDILOL 12.5 MG PO TABS</t>
   </si>
   <si>
     <t>PHENOL 1.4 % MT LIQD</t>
   </si>
   <si>
     <t>METOPROLOL SUCCINATE ER 25 MG PO TB24</t>
   </si>
   <si>
     <t>METOPROLOL SUCCINATE ER 50 MG PO TB24</t>
@@ -11340,53 +10788,50 @@
   <si>
     <t>LEVOFLOXACIN 500 MG PO TABS</t>
   </si>
   <si>
     <t>LEVOFLOXACIN 750 MG PO TABS</t>
   </si>
   <si>
     <t>RISPERIDONE 1 MG PO TABS</t>
   </si>
   <si>
     <t>AMLODIPINE BESYLATE 5 MG PO TABS</t>
   </si>
   <si>
     <t>ROPINIROLE HCL 1 MG PO TABS</t>
   </si>
   <si>
     <t>TAMSULOSIN HCL 0.4 MG PO CAPS</t>
   </si>
   <si>
     <t>BISACODYL 5 MG PO TBEC</t>
   </si>
   <si>
     <t>TIZANIDINE HCL 4 MG PO TABS</t>
   </si>
   <si>
-    <t>POLYETHYLENE GLYCOL 3350 17 G PO PACK</t>
-[...1 lines deleted...]
-  <si>
     <t>ESCITALOPRAM OXALATE 10 MG PO TABS</t>
   </si>
   <si>
     <t>TAKE HOME OXYCODONE-ACETAMINOPHEN 5-325MG PO TABS</t>
   </si>
   <si>
     <t>HYDRALAZINE HCL 25 MG PO TABS</t>
   </si>
   <si>
     <t>ISOSORBIDE MONONITRATE ER 30 MG PO TB24</t>
   </si>
   <si>
     <t>ISOSORBIDE MONONITRATE ER 60 MG PO TB24</t>
   </si>
   <si>
     <t>DOCUSATE SODIUM 100 MG PO CAPS</t>
   </si>
   <si>
     <t>PROMETHAZINE HCL 25 MG PO TABS</t>
   </si>
   <si>
     <t>PANTOPRAZOLE SODIUM 40 MG PO TBEC</t>
   </si>
   <si>
     <t>DONEPEZIL HCL 10 MG PO TABS</t>
@@ -11409,581 +10854,446 @@
   <si>
     <t>MORPHINE SULFATE ER 30 MG PO TBCR</t>
   </si>
   <si>
     <t>BENZONATATE 100 MG PO CAPS</t>
   </si>
   <si>
     <t>OXYBUTYNIN CHLORIDE ER 5 MG PO TB24</t>
   </si>
   <si>
     <t>ALLOPURINOL 300 MG PO TABS</t>
   </si>
   <si>
     <t>PHENOBARBITAL 32.4 MG PO TABS</t>
   </si>
   <si>
     <t>HYDROXYZINE HCL 25 MG PO TABS</t>
   </si>
   <si>
     <t>ISOSORBIDE DINITRATE 20 MG PO TABS</t>
   </si>
   <si>
     <t>TACROLIMUS 0.5 MG PO CAPS</t>
   </si>
   <si>
-    <t>CARBAMIDE PEROXIDE 6.5 % OT SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>QUETIAPINE FUMARATE 25 MG PO TABS</t>
   </si>
   <si>
     <t>QUETIAPINE FUMARATE 100 MG PO TABS</t>
   </si>
   <si>
     <t>GABAPENTIN 100 MG PO CAPS</t>
   </si>
   <si>
     <t>GABAPENTIN 300 MG PO CAPS</t>
   </si>
   <si>
     <t>GABAPENTIN 400 MG PO CAPS</t>
   </si>
   <si>
     <t>PROPRANOLOL HCL 20 MG PO TABS</t>
   </si>
   <si>
     <t>AZITHROMYCIN 250 MG PO TABS</t>
   </si>
   <si>
     <t>ACETAMINOPHEN 500 MG PO TABS</t>
   </si>
   <si>
     <t>OXYMETAZOLINE HCL 0.05 % NA SOLN</t>
   </si>
   <si>
     <t>ACETAMINOPHEN 325 MG PO TABS</t>
   </si>
   <si>
-    <t>HALOPERIDOL 5 MG PO TABS</t>
-[...4 lines deleted...]
-  <si>
     <t>LISINOPRIL 5 MG PO TABS</t>
   </si>
   <si>
     <t>LISINOPRIL 20 MG PO TABS</t>
   </si>
   <si>
     <t>MONTELUKAST SODIUM 10 MG PO TABS</t>
   </si>
   <si>
     <t>FINASTERIDE 5 MG PO TABS</t>
   </si>
   <si>
     <t>DIVALPROEX SODIUM 250 MG PO TBEC</t>
   </si>
   <si>
     <t>TRAZODONE HCL 50 MG PO TABS</t>
   </si>
   <si>
-    <t>CHLORTHALIDONE 25 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>PREDNISONE 10 MG PO TABS</t>
   </si>
   <si>
     <t>SERTRALINE HCL 25 MG PO TABS</t>
   </si>
   <si>
     <t>SERTRALINE HCL 50 MG PO TABS</t>
   </si>
   <si>
     <t>SPIRONOLACTONE 25 MG PO TABS</t>
   </si>
   <si>
     <t>TOPIRAMATE 25 MG PO TABS</t>
   </si>
   <si>
     <t>LEVOTHYROXINE SODIUM 50 MCG PO TABS</t>
   </si>
   <si>
     <t>LEVOTHYROXINE SODIUM 88 MCG PO TABS</t>
   </si>
   <si>
     <t>LEVOTHYROXINE SODIUM 100 MCG PO TABS</t>
   </si>
   <si>
     <t>LEVOTHYROXINE SODIUM 112 MCG PO TABS</t>
   </si>
   <si>
     <t>LEVOTHYROXINE SODIUM 150 MCG PO TABS</t>
   </si>
   <si>
     <t>LEVOTHYROXINE SODIUM 175 MCG PO TABS</t>
   </si>
   <si>
     <t>DICYCLOMINE HCL 10 MG PO CAPS</t>
   </si>
   <si>
-    <t>PSEUDOEPHEDRINE HCL 30 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGABALIN 50 MG PO CAPS</t>
   </si>
   <si>
     <t>PREGABALIN 75 MG PO CAPS</t>
   </si>
   <si>
     <t>PREGABALIN 100 MG PO CAPS</t>
   </si>
   <si>
     <t>LAMOTRIGINE 25 MG PO TABS</t>
   </si>
   <si>
     <t>LAMOTRIGINE 100 MG PO TABS</t>
   </si>
   <si>
     <t>BACITRACIN OINTMENT WRAPPER</t>
   </si>
   <si>
     <t>ALLOPURINOL 100 MG PO TABS</t>
   </si>
   <si>
     <t>DULOXETINE HCL 60 MG PO CPEP</t>
   </si>
   <si>
     <t>HYDROXYCHLOROQUINE SULFATE 200 MG PO TABS</t>
   </si>
   <si>
     <t>LOSARTAN POTASSIUM 25 MG PO TABS</t>
   </si>
   <si>
     <t>LOSARTAN POTASSIUM 50 MG PO TABS</t>
   </si>
   <si>
     <t>METHOCARBAMOL 500 MG PO TABS</t>
   </si>
   <si>
     <t>POTASSIUM CHLORIDE 20 MEQ/15ML (10%) PO SOLN</t>
   </si>
   <si>
     <t>MYCOPHENOLATE MOFETIL 500 MG PO TABS</t>
   </si>
   <si>
     <t>BUPROPION HCL ER (XL) 150 MG PO TB24</t>
   </si>
   <si>
-    <t>LABETALOL HCL 100 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>LEVETIRACETAM 500 MG PO TABS</t>
   </si>
   <si>
     <t>LEVETIRACETAM 750 MG PO TABS</t>
   </si>
   <si>
     <t>METRONIDAZOLE 500 MG PO TABS</t>
   </si>
   <si>
     <t>METFORMIN HCL 500 MG PO TABS</t>
   </si>
   <si>
     <t>FUROSEMIDE 20 MG PO TABS</t>
   </si>
   <si>
     <t>TRAMADOL HCL 50 MG PO TABS</t>
   </si>
   <si>
     <t>FAMOTIDINE 20 MG PO TABS</t>
   </si>
   <si>
     <t>BUPROPION HCL ER (SR) 150 MG PO TB12</t>
   </si>
   <si>
     <t>FOLIC ACID 1 MG PO TABS</t>
   </si>
   <si>
     <t>DIPHENHYDRAMINE HCL 25 MG PO CAPS</t>
   </si>
   <si>
     <t>CARBIDOPA-LEVODOPA 25-100 MG PO TABS</t>
   </si>
   <si>
     <t>BUPROPION HCL ER (SR) 100 MG PO TB12</t>
   </si>
   <si>
     <t>FERROUS SULFATE 325 (65 FE) MG PO TABS</t>
   </si>
   <si>
     <t>CYCLOBENZAPRINE HCL 10 MG PO TABS</t>
   </si>
   <si>
-    <t>TAKE HOME CYCLOBENZAPRINE 10 MG PO TABS (QTY:THREE</t>
-[...1 lines deleted...]
-  <si>
     <t>IBUPROFEN 200 MG PO TABS</t>
   </si>
   <si>
-    <t>GAMMAGARD 30 GM/300ML IJ SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>KCL (0.149%) IN NACL 20-0.9 MEQ/L-% IV SOLN</t>
   </si>
   <si>
     <t>KCL (0.298%) IN NACL 40-0.9 MEQ/L-% IV SOLN</t>
   </si>
   <si>
-    <t>DEXTROSE-NACL 5-0.225 % IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>DEXTROSE 5 % AND 0.45 % NACL IV BOLUS</t>
   </si>
   <si>
     <t>DEXTROSE IN LACTATED RINGERS 5 % IV SOLN</t>
   </si>
   <si>
-    <t>DEXTROSE-NACL 5-0.9 % IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>DEXTROSE-SODIUM CHLORIDE 5-0.9 % IV SOLN</t>
   </si>
   <si>
     <t>KCL (0.149%) IN NACL 20-0.45 MEQ/L-% IV SOLN</t>
   </si>
   <si>
     <t>0.45 % NACL WITH KCL 20 MEQ INFUSION WRAPPER</t>
   </si>
   <si>
     <t>HEPARIN NA (PORK) LOCK FLSH PF 100 UNIT/ML IV SOLN</t>
   </si>
   <si>
     <t>OXYTOCIN-SODIUM CHLORIDE 30-0.9 UT/500ML-% IV SOLN</t>
   </si>
   <si>
-    <t>OXYTOCIN 30 UNITS IN SODIUM CHLORIDE BOLUS</t>
-[...1 lines deleted...]
-  <si>
     <t>MAGNESIUM OXIDE 400 MG WRAPPER</t>
   </si>
   <si>
     <t>OYSTER SHELL CALCIUM W/D 500-5 MG-MCG PO TABS</t>
   </si>
   <si>
     <t>ESMOLOL HCL-SODIUM CHLORIDE 10-0.59 MG/ML-% IV SOL</t>
   </si>
   <si>
     <t>ESMOLOL HCL 100 MG/10ML IV SOLN</t>
   </si>
   <si>
-    <t>SCOPOLAMINE 1 MG/3DAYS TD PT72</t>
-[...1 lines deleted...]
-  <si>
     <t>NICARDIPINE HCL IN NACL 40-0.83 MG/200ML-% IV SOLN</t>
   </si>
   <si>
     <t>DILTIAZEM HCL ER COATED BEADS 300 MG PO CP24</t>
   </si>
   <si>
-    <t>TETANUS IMMUNE GLOBULIN 250 UNIT/ML IM SOSY</t>
-[...1 lines deleted...]
-  <si>
     <t>ALPHA1-PROTEINASE INHIBITOR 1000 MG/20ML IV SOLN</t>
   </si>
   <si>
-    <t>IMMUNE GLOBULIN (HUMAN) 40 GM/400ML IJ SOLN</t>
-[...4 lines deleted...]
-  <si>
     <t>AMITRIPTYLINE HCL 10 MG PO TABS</t>
   </si>
   <si>
-    <t>METHYLPHENIDATE HCL 5 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>ADENOSINE 6 MG/2ML IV SOLN</t>
   </si>
   <si>
-    <t>INFLUENZA VAC SPLIT QUAD 0.5 ML IM SUSY</t>
-[...1 lines deleted...]
-  <si>
     <t>MELATONIN 3 MG PO TABS</t>
   </si>
   <si>
     <t>METHIMAZOLE 5 MG PO TABS</t>
   </si>
   <si>
-    <t>ACETAZOLAMIDE 250 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>PROCHLORPERAZINE EDISYLATE 10 MG/2ML IJ SOLN</t>
   </si>
   <si>
     <t>ACETAZOLAMIDE SODIUM 500 MG IJ SOLR</t>
   </si>
   <si>
     <t>PROPOFOL 1000 MG/100ML IV EMUL</t>
   </si>
   <si>
     <t>ONDANSETRON HCL 4 MG/2ML IJ SOLN</t>
   </si>
   <si>
-    <t>GLYCOPYRROLATE 1 MG PO TABS</t>
-[...4 lines deleted...]
-  <si>
     <t>TERAZOSIN HCL 5 MG PO CAPS</t>
   </si>
   <si>
-    <t>DORZOLAMIDE HCL-TIMOLOL MAL 2-0.5 % OP SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>ERYTHROMYCIN 5 MG/GM OP OINT</t>
   </si>
   <si>
-    <t>LIDOCAINE 4 % EX CREA</t>
-[...4 lines deleted...]
-  <si>
     <t>ACETYLCYSTEINE 200 MG/ML IV SOLN</t>
   </si>
   <si>
-    <t>DOXEPIN HCL 25 MG PO CAPS</t>
-[...1 lines deleted...]
-  <si>
     <t>PROMETHAZINE-CODEINE 6.25-10 MG/5ML PO SOLN</t>
   </si>
   <si>
     <t>BACLOFEN 10 MG PO TABS</t>
   </si>
   <si>
     <t>DUTASTERIDE 0.5 MG PO CAPS</t>
   </si>
   <si>
-    <t>PSYLLIUM 58.12 % PO PACK</t>
-[...1 lines deleted...]
-  <si>
     <t>PSYLLIUM 51.7 % PO PACK</t>
   </si>
   <si>
-    <t>DAKINS (1/2 STRENGTH) 0.25 % EX SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>FERROUS SULFATE 300 (60 FE) MG/5ML PO SOLN</t>
   </si>
   <si>
     <t>PENTAMIDINE ISETHIONATE 300 MG IN SOLR</t>
   </si>
   <si>
-    <t>EPINEPHRINE (ANAPHYLAXIS) 1 MG/ML IJ SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>EPINEPHRINE (ANAPHYLAXIS) 30 MG/30ML IJ SOLN</t>
   </si>
   <si>
     <t>ERTAPENEM SODIUM 1 G IJ SOLR</t>
   </si>
   <si>
     <t>HYOSCYAMINE SULFATE 0.125 MG SL SUBL</t>
   </si>
   <si>
-    <t>HYOSCYAMINE SULFATE SL 0.125 MG SL SUBL</t>
-[...1 lines deleted...]
-  <si>
     <t>PHENOBARBITAL SODIUM 130 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>AZITHROMYCIN 200 MG/5ML PO SUSR</t>
   </si>
   <si>
     <t>HYDROMORPHONE HCL 2 MG PO TABS</t>
   </si>
   <si>
     <t>AMIODARONE HCL IN DEXTROSE 150-4.21 MG/100ML-% IV</t>
   </si>
   <si>
     <t>AMIODARONE HCL IN DEXTROSE 360-4.14 MG/200ML-% IV</t>
   </si>
   <si>
     <t>ROPINIROLE HCL 2 MG PO TABS</t>
   </si>
   <si>
     <t>ARIPIPRAZOLE 2 MG PO TABS</t>
   </si>
   <si>
     <t>CLONAZEPAM 0.5 MG PO TABS</t>
   </si>
   <si>
-    <t>NEBIVOLOL HCL 5 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>NICOTINE 7 MG/24HR TD PT24</t>
   </si>
   <si>
     <t>ZIPRASIDONE MESYLATE 20 MG IM SOLR</t>
   </si>
   <si>
     <t>TOLTERODINE TARTRATE ER 2 MG PO CP24</t>
   </si>
   <si>
     <t>RHO D IMMUNE GLOBULIN 1500 UNIT/2ML IJ SOSY</t>
   </si>
   <si>
     <t>MAGNESIUM SULFATE IN D5W 1-5 GM/100ML-% IV SOLN</t>
   </si>
   <si>
-    <t>LEVETIRACETAM IN NACL 500 MG/100ML IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>LEVETIRACETAM IN NACL 1000 MG/100ML IV SOLN</t>
   </si>
   <si>
     <t>NYSTATIN 100000 UNIT/GM EX OINT</t>
   </si>
   <si>
-    <t>NYSTATIN 100000 UNIT/GM EX CREA</t>
-[...4 lines deleted...]
-  <si>
     <t>ACETAMINOPHEN 650 MG RE SUPP</t>
   </si>
   <si>
-    <t>NYSTATIN-TRIAMCINOLONE 100000-0.1 UNIT/GM-% EX CRE</t>
-[...1 lines deleted...]
-  <si>
     <t>RANOLAZINE ER 500 MG PO TB12</t>
   </si>
   <si>
     <t>TRIPLE ANTIBIOTIC 5-400-5000 MG-UNIT EX OINT</t>
   </si>
   <si>
-    <t>INFLUENZA VAC HIGH-DOSE QUAD 0.7 ML IM SUSY</t>
-[...4 lines deleted...]
-  <si>
     <t>COLCHICINE 0.6 MG PO TABS</t>
   </si>
   <si>
-    <t>CARBIDOPA-LEVODOPA 10-100 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>ALTEPLASE 2 MG IJ SOLR</t>
   </si>
   <si>
-    <t>RITUXIMAB 100 MG/10ML IV SOLN</t>
-[...7 lines deleted...]
-  <si>
     <t>TENECTEPLASE 50 MG IV KIT</t>
   </si>
   <si>
-    <t>TOCILIZUMAB 200 MG/10ML IV SOLN</t>
-[...4 lines deleted...]
-  <si>
     <t>OCRELIZUMAB 300 MG/10ML IV SOLN</t>
   </si>
   <si>
     <t>ARIPIPRAZOLE 10 MG PO TABS</t>
   </si>
   <si>
-    <t>FLECAINIDE ACETATE 100 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>FLUDROCORTISONE ACETATE 0.1 MG PO TABS</t>
   </si>
   <si>
     <t>GLIMEPIRIDE 4 MG PO TABS</t>
   </si>
   <si>
-    <t>GLIPIZIDE 5 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>HYDROCODONE-ACETAMINOPHEN 10-325 MG PO TABS</t>
   </si>
   <si>
     <t>LORATADINE 10 MG PO TABS</t>
   </si>
   <si>
     <t>MECLIZINE HCL 25 MG PO TABS</t>
   </si>
   <si>
     <t>NIFEDIPINE ER OSMOTIC RELEASE 30 MG PO TB24</t>
   </si>
   <si>
     <t>NORTRIPTYLINE HCL 10 MG PO CAPS</t>
   </si>
   <si>
     <t>PAROXETINE HCL 10 MG PO TABS</t>
   </si>
   <si>
     <t>PRAVASTATIN SODIUM 20 MG PO TABS</t>
   </si>
   <si>
     <t>PROCHLORPERAZINE MALEATE 10 MG PO TABS</t>
   </si>
   <si>
     <t>PRIMIDONE 250 MG PO TABS</t>
   </si>
   <si>
     <t>ROSUVASTATIN CALCIUM 20 MG PO TABS</t>
   </si>
   <si>
-    <t>SULFAMETHOXAZOLE-TRIMETHOPRIM 400-80 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>TORSEMIDE 20 MG PO TABS</t>
   </si>
   <si>
     <t>VALACYCLOVIR HCL 1 G PO TABS</t>
   </si>
   <si>
     <t>VENLAFAXINE HCL ER 150 MG PO CP24</t>
   </si>
   <si>
-    <t>PYRIDOXINE HCL 100 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>RIVAROXABAN 15 MG PO TABS</t>
   </si>
   <si>
     <t>RIVAROXABAN 10 MG PO TABS</t>
   </si>
   <si>
     <t>LEVETIRACETAM 100 MG/ML PO SOLN</t>
   </si>
   <si>
     <t>RABIES VACCINE, PCEC IM SUSR</t>
   </si>
   <si>
     <t>HYDROXOCOBALAMIN 5 G IV SOLR</t>
   </si>
   <si>
     <t>HYDRALAZINE HCL 10 MG PO TABS</t>
   </si>
   <si>
     <t>METOPROLOL TARTRATE 25 MG PO TABS</t>
   </si>
   <si>
     <t>DIAZEPAM 2 MG PO TABS</t>
   </si>
   <si>
     <t>DIAZEPAM 5 MG PO TABS</t>
@@ -12003,506 +11313,413 @@
   <si>
     <t>ATENOLOL 50 MG PO TABS</t>
   </si>
   <si>
     <t>HALOPERIDOL 1 MG PO TABS</t>
   </si>
   <si>
     <t>DIVALPROEX SODIUM ER 250 MG PO TB24</t>
   </si>
   <si>
     <t>METOPROLOL TARTRATE 50 MG PO TABS</t>
   </si>
   <si>
     <t>TACROLIMUS 1 MG PO CAPS</t>
   </si>
   <si>
     <t>BUSPIRONE HCL 15 MG PO TABS</t>
   </si>
   <si>
     <t>CARBIDOPA-LEVODOPA ER 25-100 MG PO TBCR</t>
   </si>
   <si>
     <t>BUSPIRONE HCL 10 MG PO TABS</t>
   </si>
   <si>
-    <t>NYSTATIN-TRIAMCINOLONE 100000-0.1 UNIT/GM-% EX OIN</t>
-[...1 lines deleted...]
-  <si>
     <t>CLOBETASOL PROP EMOLLIENT BASE 0.05 % EX CREA</t>
   </si>
   <si>
     <t>MUPIROCIN 2 % EX OINT</t>
   </si>
   <si>
     <t>CARBAMAZEPINE ER 100 MG PO TB12</t>
   </si>
   <si>
     <t>BUMETANIDE 0.5 MG PO TABS</t>
   </si>
   <si>
     <t>OXCARBAZEPINE 300 MG PO TABS</t>
   </si>
   <si>
     <t>PROPRANOLOL HCL ER 80 MG PO CP24</t>
   </si>
   <si>
     <t>BISOPROLOL FUMARATE 5 MG PO TABS</t>
   </si>
   <si>
     <t>TAKE HOME HYDROCODONE-ACETAMINOPHEN 5-325 MG PO TA</t>
   </si>
   <si>
     <t>EPINEPHRINE PF 1 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>VALSARTAN 160 MG PO TABS</t>
   </si>
   <si>
     <t>AMPICILLIN SODIUM 1 G IJ SOLR</t>
   </si>
   <si>
     <t>PIPERACILLIN SOD-TAZOBACTAM SO 3.375 (3-0.375) G I</t>
   </si>
   <si>
     <t>ACYCLOVIR SODIUM 50 MG/ML IV SOLN</t>
   </si>
   <si>
     <t>BUPIVACAINE HCL (PF) 0.75 % IJ SOLN</t>
   </si>
   <si>
     <t>AZITHROMYCIN 500 MG IV SOLR</t>
   </si>
   <si>
     <t>MOI-STIR MT SOLN</t>
   </si>
   <si>
-    <t>DARBEPOETIN ALFA 40 MCG/0.4ML IJ SOSY</t>
-[...1 lines deleted...]
-  <si>
     <t>DARBEPOETIN ALFA 200 MCG/0.4ML IJ SOSY</t>
   </si>
   <si>
     <t>TEZEPELUMAB-EKKO 210 MG/1.91ML SC SOSY</t>
   </si>
   <si>
     <t>DENOSUMAB 60 MG/ML SC SOSY</t>
   </si>
   <si>
     <t>ROMOSOZUMAB-AQQG 105 MG/1.17ML SC SOSY</t>
   </si>
   <si>
     <t>FLUCONAZOLE 100 MG PO TABS</t>
   </si>
   <si>
     <t>DULOXETINE HCL 20 MG PO CPEP</t>
   </si>
   <si>
     <t>DULOXETINE HCL 30 MG PO CPEP</t>
   </si>
   <si>
     <t>AMOXICILLIN 500 MG PO CAPS</t>
   </si>
   <si>
     <t>ONDANSETRON 4 MG PO TBDP</t>
   </si>
   <si>
-    <t>PIOGLITAZONE HCL 30 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>VENLAFAXINE HCL 75 MG PO TABS</t>
   </si>
   <si>
     <t>TIZANIDINE HCL 2 MG PO TABS</t>
   </si>
   <si>
     <t>INFLIXIMAB 100 MG IV SOLR</t>
   </si>
   <si>
-    <t>DALBAVANCIN HCL 500 MG IV SOLR</t>
-[...1 lines deleted...]
-  <si>
     <t>TETANUS-DIPHTH-ACELL PERTUSSIS 5-2.5-18.5 LF-MCG/0</t>
   </si>
   <si>
     <t>GLYCERIN (LAXATIVE) 1 G RE SUPP</t>
   </si>
   <si>
-    <t>OXYCODONE HCL ER 10 MG PO T12A</t>
-[...1 lines deleted...]
-  <si>
     <t>NEBIVOLOL HCL 10 MG PO TABS</t>
   </si>
   <si>
     <t>PROPAFENONE HCL 150 MG PO TABS</t>
   </si>
   <si>
-    <t>EPOETIN ALFA 10000 UNIT/ML IJ SOLN</t>
-[...4 lines deleted...]
-  <si>
     <t>TERAZOSIN HCL 1 MG PO CAPS</t>
   </si>
   <si>
-    <t>METHYLPREDNISOLONE 32 MG PO TABS</t>
-[...4 lines deleted...]
-  <si>
     <t>ALPRAZOLAM 0.25 MG PO TABS</t>
   </si>
   <si>
-    <t>ALPRAZOLAM 1 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>SOTALOL HCL 80 MG PO TABS</t>
   </si>
   <si>
     <t>DOXAZOSIN MESYLATE 2 MG PO TABS</t>
   </si>
   <si>
     <t>SOTALOL HCL 120 MG PO TABS</t>
   </si>
   <si>
-    <t>CALCITONIN (SALMON) 200 UNIT/ACT NA SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>CILOSTAZOL 100 MG PO TABS</t>
   </si>
   <si>
     <t>TRIAMTERENE-HCTZ 37.5-25 MG PO TABS</t>
   </si>
   <si>
     <t>OLANZAPINE 10 MG PO TABS</t>
   </si>
   <si>
     <t>ACYCLOVIR 800 MG PO TABS</t>
   </si>
   <si>
     <t>CEFEPIME HCL 1 G IJ SOLR</t>
   </si>
   <si>
     <t>CEFEPIME HCL 2 G IV SOLR</t>
   </si>
   <si>
     <t>PIPERACILLIN SOD-TAZOBACTAM SO 4.5 (4-0.5) G IV SO</t>
   </si>
   <si>
-    <t>FENTANYL 50 MCG/HR TD PT72</t>
-[...1 lines deleted...]
-  <si>
     <t>ANASTROZOLE 1 MG PO TABS</t>
   </si>
   <si>
     <t>CEPHALEXIN 500 MG PO CAPS</t>
   </si>
   <si>
     <t>DILTIAZEM HCL ER COATED BEADS 120 MG PO CP24</t>
   </si>
   <si>
     <t>DILTIAZEM HCL ER COATED BEADS 180 MG PO CP24</t>
   </si>
   <si>
     <t>DILTIAZEM HCL ER COATED BEADS 240 MG PO CP24</t>
   </si>
   <si>
     <t>GEMFIBROZIL 600 MG PO TABS</t>
   </si>
   <si>
     <t>NORTRIPTYLINE HCL 25 MG PO CAPS</t>
   </si>
   <si>
     <t>NAPROXEN 500 MG PO TABS</t>
   </si>
   <si>
     <t>CLONAZEPAM 1 MG PO TABS</t>
   </si>
   <si>
     <t>ROPINIROLE HCL 0.25 MG PO TABS</t>
   </si>
   <si>
     <t>HYDROCHLOROTHIAZIDE 25 MG PO TABS</t>
   </si>
   <si>
-    <t>FENOFIBRATE 48 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>HYDROXYZINE HCL 10 MG PO TABS</t>
   </si>
   <si>
     <t>TIMOLOL MALEATE 0.5 % OP SOLN</t>
   </si>
   <si>
-    <t>FLUOROMETHOLONE 0.1 % OP SUSP</t>
-[...1 lines deleted...]
-  <si>
     <t>PENICILLIN G BENZATHINE 1200000 UNIT/2ML IM SUSY</t>
   </si>
   <si>
     <t>DORZOLAMIDE HCL 2 % OP SOLN</t>
   </si>
   <si>
     <t>BRIMONIDINE TARTRATE 0.2 % OP SOLN</t>
   </si>
   <si>
     <t>BRIMONIDINE TARTRATE 0.15 % OP SOLN</t>
   </si>
   <si>
-    <t>PILOCARPINE HCL 1 % OP SOLN</t>
-[...4 lines deleted...]
-  <si>
     <t>LATANOPROST 0.005 % OP SOLN</t>
   </si>
   <si>
     <t>PREDNISOLONE ACETATE 1 % OP SUSP</t>
   </si>
   <si>
-    <t>DICLOFENAC SODIUM 50 MG PO TBEC</t>
-[...1 lines deleted...]
-  <si>
     <t>DICLOFENAC SODIUM 75 MG PO TBEC</t>
   </si>
   <si>
-    <t>PAMIDRONATE DISODIUM 30 MG/10ML IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>REMDESIVIR INJECTION</t>
   </si>
   <si>
     <t>FLUVOXAMINE MALEATE 100 MG PO TABS</t>
   </si>
   <si>
     <t>LIOTHYRONINE SODIUM 5 MCG PO TABS</t>
   </si>
   <si>
     <t>GENTAMICIN SULFATE 40 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>OXYTOCIN 10 UNIT/ML IJ SOLN</t>
   </si>
   <si>
     <t>MAGNESIUM SULFATE 40 MG/ML IV SOLN (OB)</t>
   </si>
   <si>
     <t>KETOROLAC TROMETHAMINE 60 MG/2ML IM SOLN</t>
   </si>
   <si>
     <t>DEXAMETHASONE SODIUM PHOSPHATE 4 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>GENTAMICIN SULFATE 10 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>HEPARIN SODIUM (PORCINE) 5000 UNIT/ML IJ SOLN</t>
   </si>
   <si>
     <t>PROPOFOL 200 MG/20ML IV EMUL</t>
   </si>
   <si>
     <t>VANCOMYCIN HCL 1 G IV SOLR</t>
   </si>
   <si>
     <t>ROPIVACAINE HCL 5 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>CALCIUM GLUCONATE 10 % IV SOLN</t>
   </si>
   <si>
     <t>OCTREOTIDE ACETATE 500 MCG/ML IJ SOLN</t>
   </si>
   <si>
     <t>AZTREONAM 1 G IJ SOLR</t>
   </si>
   <si>
-    <t>MORPHINE SULFATE (PF) 10 MG/ML IJ SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>HALOPERIDOL LACTATE 5 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>MEROPENEM 500 MG IV SOLR</t>
   </si>
   <si>
     <t>HEPARIN SODIUM (PORCINE) 1000 UNIT/ML IJ SOLN</t>
   </si>
   <si>
     <t>GLUCAGON HCL (DIAGNOSTIC) 1 MG IJ SOLR</t>
   </si>
   <si>
     <t>HYDRALAZINE HCL 20 MG/ML IJ SOLN</t>
   </si>
   <si>
-    <t>LEVOTHYROXINE SODIUM 100 MCG IV SOLR</t>
-[...1 lines deleted...]
-  <si>
     <t>TERBUTALINE SULFATE 1 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>FAMOTIDINE (PF) 20 MG/2ML IV SOLN</t>
   </si>
   <si>
     <t>FENTANYL CITRATE (PF) (SUBLIMAZE) 100 MCG/2ML INJE</t>
   </si>
   <si>
     <t>BENZTROPINE MESYLATE 1 MG/ML IJ SOLN</t>
   </si>
   <si>
     <t>LURASIDONE HCL 20 MG PO TABS</t>
   </si>
   <si>
-    <t>TBO-FILGRASTIM 300 MCG/0.5ML SC SOSY</t>
-[...1 lines deleted...]
-  <si>
     <t>GUAIFENESIN ER 600 MG PO TB12</t>
   </si>
   <si>
     <t>PROTHROMBIN COMPLEX CONC HUMAN 500 UNITS IV KIT</t>
   </si>
   <si>
-    <t>HEPARIN NA (PORK) LOCK FLSH PF 10 UNIT/ML IV SOLN</t>
-[...4 lines deleted...]
-  <si>
     <t>FLORANEX PO TABS</t>
   </si>
   <si>
     <t>HYDROCORTISONE (PERIANAL) 2.5 % EX CREA</t>
   </si>
   <si>
-    <t>SILDENAFIL CITRATE 20 MG PO TABS</t>
-[...4 lines deleted...]
-  <si>
     <t>DIVALPROEX SODIUM ER 500 MG PO TB24</t>
   </si>
   <si>
-    <t>RIVASTIGMINE 4.6 MG/24HR TD PT24</t>
-[...1 lines deleted...]
-  <si>
     <t>DPH-LIDO-ALHYDR-MGHYDR-SIMETH MT SUSP</t>
   </si>
   <si>
-    <t>VANCOMYCIN HCL 50 MG/ML PO SOLR</t>
-[...1 lines deleted...]
-  <si>
     <t>RIFAXIMIN 550 MG PO TABS</t>
   </si>
   <si>
     <t>CEFDINIR 300 MG PO CAPS</t>
   </si>
   <si>
     <t>ENTACAPONE 200 MG PO TABS</t>
   </si>
   <si>
-    <t>TAKE HOME AUGMENTIN 875MG TABS (QTY:TWO)</t>
-[...1 lines deleted...]
-  <si>
     <t>CLONIDINE HCL (ANALGESIA) 100 MCG/ML EP SOLN</t>
   </si>
   <si>
     <t>NALOXONE HCL 0.4 MG/ML WRAPPER</t>
   </si>
   <si>
     <t>ZOLEDRONIC ACID 4 MG/5ML IV CONC</t>
   </si>
   <si>
     <t>ZOLEDRONIC ACID 5 MG/100ML IV SOLN</t>
   </si>
   <si>
     <t>SILVER SULFADIAZINE 1 % EX CREA</t>
   </si>
   <si>
     <t>TRIAMCINOLONE ACETONIDE 0.1 % EX CREA</t>
   </si>
   <si>
     <t>EZETIMIBE 10 MG PO TABS</t>
   </si>
   <si>
     <t>AZATHIOPRINE 50 MG PO TABS</t>
   </si>
   <si>
-    <t>TAKE HOME BENZONATATE 100 MG PO CAPS (QTY:SIX)</t>
-[...1 lines deleted...]
-  <si>
     <t>PRIMIDONE 50 MG PO TABS</t>
   </si>
   <si>
-    <t>RISPERIDONE 0.25 MG PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>TOPIRAMATE 100 MG PO TABS</t>
   </si>
   <si>
     <t>BENZTROPINE MESYLATE 1 MG PO TABS</t>
   </si>
   <si>
     <t>VENLAFAXINE HCL ER 75 MG PO CP24</t>
   </si>
   <si>
     <t>SUCRALFATE 1 GM/10ML PO SUSP</t>
   </si>
   <si>
     <t>MORPHINE SULFATE (CONCENTRATE) 20 MG/ML PO SOLN</t>
   </si>
   <si>
     <t>ACETAMINOPHEN 160 MG/5ML PO SUSP PEDIATRIC</t>
   </si>
   <si>
     <t>VANCOMYCIN HCL 125 MG PO CAPS</t>
   </si>
   <si>
     <t>LISINOPRIL-HYDROCHLOROTHIAZIDE 20-25 MG PO TABS</t>
   </si>
   <si>
     <t>VENLAFAXINE HCL ER 37.5 MG PO CP24</t>
   </si>
   <si>
     <t>FLUCONAZOLE 150 MG PO TABS</t>
   </si>
   <si>
     <t>TAKE HOME ONDANSETRON ODT 4 MG PO TBDP (QTY:TWO)</t>
   </si>
   <si>
     <t>ROSUVASTATIN CALCIUM 5 MG PO TABS</t>
   </si>
   <si>
     <t>VERAPAMIL HCL ER 120 MG PO TBCR</t>
   </si>
   <si>
-    <t>VERAPAMIL HCL ER 180 MG PO TBCR</t>
-[...1 lines deleted...]
-  <si>
     <t>PRAMIPEXOLE DIHYDROCHLORIDE 0.125 MG PO TABS</t>
   </si>
   <si>
     <t>PRAMIPEXOLE DIHYDROCHLORIDE 0.5 MG PO TABS</t>
   </si>
   <si>
     <t>SOLIFENACIN SUCCINATE 5 MG PO TABS</t>
   </si>
   <si>
     <t>FOSPHENYTOIN SODIUM 500 MG PE/10ML IJ SOLN</t>
   </si>
   <si>
     <t>ALBUMIN HUMAN 5 % IV SOLN</t>
   </si>
   <si>
     <t>ALBUMIN HUMAN 25 % IV SOLN</t>
   </si>
   <si>
     <t>FENOFIBRATE 145 MG PO TABS</t>
   </si>
   <si>
     <t>PHYTONADIONE 1 MG/0.5ML IJ SOLN</t>
   </si>
   <si>
     <t>NABUMETONE 500 MG PO TABS</t>
@@ -12516,159 +11733,1260 @@
   <si>
     <t>URSODIOL 300 MG PO CAPS</t>
   </si>
   <si>
     <t>CIPROFLOXACIN HCL 0.3 % OP SOLN</t>
   </si>
   <si>
     <t>CYANOCOBALAMIN 1000 MCG/ML IJ SOLN</t>
   </si>
   <si>
     <t>DESMOPRESSIN ACETATE 4 MCG/ML IJ SOLN</t>
   </si>
   <si>
     <t>TROLAMINE SALICYLATE 10 % EX CREA</t>
   </si>
   <si>
     <t>IBUPROFEN 100 MG PO CHEW</t>
   </si>
   <si>
     <t>ASPIRIN-ACETAMINOPHEN-CAFFEINE 250-250-65 MG PO TA</t>
   </si>
   <si>
     <t>GLYCOPYRROLATE 0.2 MG/ML IJ SOLN</t>
   </si>
   <si>
-    <t>PHENYLEPHRINE HCL (PRESSORS) 10 MG/ML IV SOLN</t>
-[...1 lines deleted...]
-  <si>
     <t>TRIAMCINOLONE ACETONIDE 40 MG/ML IJ SUSP</t>
   </si>
   <si>
     <t>METHYLPREDNISOLONE ACETATE 40 MG/ML IJ SUSP</t>
   </si>
   <si>
     <t>DAPTOMYCIN 500 MG IV SOLR</t>
   </si>
   <si>
     <t>VANCOMYCIN HCL 500 MG/100ML IV SOLN</t>
   </si>
   <si>
     <t>VANCOMYCIN HCL 1000 MG/200ML IV SOLN</t>
   </si>
   <si>
     <t>VANCOMYCIN HCL 1500 MG/300ML IV SOLN</t>
   </si>
   <si>
     <t>VANCOMYCIN HCL 2000 MG/400ML IV SOLN</t>
   </si>
   <si>
     <t>VANCOMYCIN HCL 750 MG/150ML IV SOLN</t>
   </si>
   <si>
     <t>VANCOMYCIN HCL 1250 MG/250ML IV SOLN</t>
   </si>
   <si>
     <t>VANCOMYCIN HCL 1750 MG/350ML IV SOLN</t>
   </si>
   <si>
     <t>PRAZOSIN HCL 1 MG PO CAPS</t>
   </si>
   <si>
-    <t>CITRATE OF MAGNESIA PO SOLN</t>
-[...4 lines deleted...]
-  <si>
     <t>MIDAZOLAM HCL 5 MG/5ML IJ SOLN</t>
   </si>
   <si>
     <t>AMANTADINE HCL 100 MG PO CAPS</t>
   </si>
   <si>
     <t>PHENAZOPYRIDINE HCL 100 MG PO TABS</t>
   </si>
   <si>
     <t>RABIES IMMUNE GLOBULIN 300 UNIT/2ML IJ SOLN</t>
   </si>
   <si>
     <t>RABIES IMMUNE GLOBULIN 1500 UNIT/10ML IJ SOLN</t>
   </si>
   <si>
     <t>IPRATROPIUM BROMIDE 0.02 % IN SOLN</t>
   </si>
   <si>
     <t>EPINEPHRINE 1 MG/10ML IJ SOSY</t>
   </si>
   <si>
     <t>EPINEPHRINE 1 MG/10ML IV SOSY</t>
   </si>
   <si>
     <t>NALOXONE HCL 2 MG/2ML IJ SOSY</t>
   </si>
   <si>
     <t>LIDOCAINE HCL (CARDIAC) 100 MG/5ML IV SOSY</t>
   </si>
   <si>
     <t>FISH OIL 1000 MG PO CAPS</t>
   </si>
   <si>
     <t>VITAMIN B-12 1000 MCG PO TABS</t>
   </si>
   <si>
     <t>BENZOCAINE-MENTHOL 6-10 MG MT LOZG</t>
   </si>
   <si>
-    <t>MOMETASONE FUROATE 200 MCG/ACT IN AERO</t>
-[...4 lines deleted...]
-  <si>
     <t>THIAMINE 100 MG TABLET WRAPPER</t>
   </si>
   <si>
-    <t>TOTAL B/C PO TABS</t>
-[...1 lines deleted...]
-  <si>
     <t>CHOLECALCIFEROL 25 MCG (1000 UT) PO TABS</t>
   </si>
   <si>
-    <t>PEGFILGRASTIM-JMDB 6 MG/0.6ML SC SOSY</t>
-[...4 lines deleted...]
-  <si>
     <t>BETAMETHASONE SOD PHOS ACET 6 (3-3) MG/ML IJ SUS</t>
   </si>
   <si>
     <t>HC CATHETER, URETERAL</t>
   </si>
   <si>
     <t>INSULIN NPH ISOPHANE REGULAR (70-30) 100 UNIT/ML</t>
+  </si>
+  <si>
+    <t>ACETAMINOPHEN 160 MG/5ML PO SOLN</t>
+  </si>
+  <si>
+    <t>ACETAMINOPHEN-CODEINE 300-30 MG PO TABS</t>
+  </si>
+  <si>
+    <t>ACETAZOLAMIDE ER 500 MG PO CP12</t>
+  </si>
+  <si>
+    <t>ALUM MAG HYDROXIDE-SIMETH 200-200-20 MG/5ML PO SU</t>
+  </si>
+  <si>
+    <t>AMOXICILLIN 250 MG/5ML PO SUSR</t>
+  </si>
+  <si>
+    <t>AMOXICILLIN-POT CLAVULANATE 400-57 MG/5ML PO SUSR</t>
+  </si>
+  <si>
+    <t>AQUAPHOR EX OINT</t>
+  </si>
+  <si>
+    <t>ARFORMOTEROL TARTRATE 15 MCG/2ML IN NEBU</t>
+  </si>
+  <si>
+    <t>ARIPIPRAZOLE 5 MG PO TABS</t>
+  </si>
+  <si>
+    <t>ARTIFICIAL TEARS OP SOLN WRAPPER</t>
+  </si>
+  <si>
+    <t>ATENOLOL 25 MG PO TABS</t>
+  </si>
+  <si>
+    <t>ATROPINE SULFATE 1 % OP SOLN</t>
+  </si>
+  <si>
+    <t>AZTREONAM 2 G IJ SOLR</t>
+  </si>
+  <si>
+    <t>BUPRENORPHINE HCL-NALOXONE HCL 2-0.5 MG SL SUBL</t>
+  </si>
+  <si>
+    <t>BUPROPION HCL 100 MG PO TABS</t>
+  </si>
+  <si>
+    <t>BUPROPION HCL 75 MG PO TABS</t>
+  </si>
+  <si>
+    <t>CALAMINE 8-8 % EX LOTN</t>
+  </si>
+  <si>
+    <t>CALCITONIN (SALMON) 200 UNIT/ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>CALCIUM CHLORIDE 10 % IV SOLN</t>
+  </si>
+  <si>
+    <t>CALCIUM GLUCONATE-NACL 1-0.675 GM/50ML-% IV SOLN</t>
+  </si>
+  <si>
+    <t>CALCIUM GLUCONATE-NACL 2-0.675 GM/100ML-% IV SOLN</t>
+  </si>
+  <si>
+    <t>CALCIUM POLYCARBOPHIL 625 MG PO TABS</t>
+  </si>
+  <si>
+    <t>CAMPHOR-MENTHOL 0.5-0.5 % EX LOTN</t>
+  </si>
+  <si>
+    <t>CEFADROXIL 500 MG PO CAPS</t>
+  </si>
+  <si>
+    <t>CEFAZOLIN SODIUM 2 G IJ SOLR</t>
+  </si>
+  <si>
+    <t>CEFAZOLIN SODIUM 2 G IV SOLR</t>
+  </si>
+  <si>
+    <t>CELECOXIB 100 MG PO CAPS</t>
+  </si>
+  <si>
+    <t>CEPHALEXIN 250 MG PO CAPS</t>
+  </si>
+  <si>
+    <t>CLOZAPINE 100 MG PO TABS</t>
+  </si>
+  <si>
+    <t>DABIGATRAN ETEXILATE MESYLATE 150 MG PO CAPS</t>
+  </si>
+  <si>
+    <t>DAPTOMYCIN 350 MG IV SOLR</t>
+  </si>
+  <si>
+    <t>DARBEPOETIN ALFA 60 MCG/0.3ML IJ SOSY</t>
+  </si>
+  <si>
+    <t>DEXTROSE 5 % IN LACTATED RINGERS IV BOLUS</t>
+  </si>
+  <si>
+    <t>DIHYDROERGOTAMINE MESYLATE 1 MG/ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>DILTIAZEM HCL 125 MG/25ML IV SOLN</t>
+  </si>
+  <si>
+    <t>DILTIAZEM HCL 25 MG/5ML IV SOLN</t>
+  </si>
+  <si>
+    <t>DIPHENHYDRAMINE HCL 12.5 MG/5ML PO LIQD</t>
+  </si>
+  <si>
+    <t>DIPHENHYDRAMINE-APAP (SLEEP) 25-500 MG PO TABS</t>
+  </si>
+  <si>
+    <t>DIVALPROEX SODIUM 125 MG PO CSDR</t>
+  </si>
+  <si>
+    <t>DOBUTAMINE-DEXTROSE 2-5 MG/ML-% IV SOLN</t>
+  </si>
+  <si>
+    <t>DORZOLAMIDE HCL-TIMOLOL MAL 22.3-6.8 MG/ML OP SOLN</t>
+  </si>
+  <si>
+    <t>DOXYCYCLINE HYCLATE 100 MG IV SOLR</t>
+  </si>
+  <si>
+    <t>EPTINEZUMAB-JJMR 100 MG/ML IV SOLN</t>
+  </si>
+  <si>
+    <t>ESTRADIOL 0.5 MG PO TABS</t>
+  </si>
+  <si>
+    <t>FENTANYL CITRATE PF 50 MCG/ML IJ SOSY</t>
+  </si>
+  <si>
+    <t>FERRIC CARBOXYMALTOSE 750 MG/15ML IV SOLN</t>
+  </si>
+  <si>
+    <t>FLUCONAZOLE IN SODIUM CHLORIDE 200-0.9 MG/100ML-%</t>
+  </si>
+  <si>
+    <t>FLUCONAZOLE IN SODIUM CHLORIDE 400-0.9 MG/200ML-%</t>
+  </si>
+  <si>
+    <t>FLUPHENAZINE HCL 5 MG PO TABS</t>
+  </si>
+  <si>
+    <t>FOLIC ACID 5 MG/ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>FULVESTRANT 250 MG/5ML IM SOSY</t>
+  </si>
+  <si>
+    <t>GABAPENTIN 600 MG PO TABS</t>
+  </si>
+  <si>
+    <t>GALANTAMINE HYDROBROMIDE 4 MG PO TABS</t>
+  </si>
+  <si>
+    <t>GUAIFENESIN-DM 100-10 MG/5ML PO SYRP</t>
+  </si>
+  <si>
+    <t>GUANFACINE HCL 1 MG PO TABS</t>
+  </si>
+  <si>
+    <t>HC ACROMIOPL/ACROMIONECT PARTIAL</t>
+  </si>
+  <si>
+    <t>HC AFFINITY PER SQ CM LVL 5</t>
+  </si>
+  <si>
+    <t>HC AK SLEEVE SUSP NEOPRENE/EQUA LVL 2</t>
+  </si>
+  <si>
+    <t>HC ALLODERM PER SQ CM</t>
+  </si>
+  <si>
+    <t>HC ANTINEUTROPHIL CYTOPLASMIC AB (ANCA) SCREEN EACH</t>
+  </si>
+  <si>
+    <t>HC APLIGRAF PER SQ CM LVL 1</t>
+  </si>
+  <si>
+    <t>HC AQMBF PET REST &amp; RX STRESS</t>
+  </si>
+  <si>
+    <t>HC ARTERIAL CATH SAMPLE/MONITOR/TRANSF</t>
+  </si>
+  <si>
+    <t>HC ARTHROFLEX PER SQ CM</t>
+  </si>
+  <si>
+    <t>HC BACLOFEN 10 MG INJ</t>
+  </si>
+  <si>
+    <t>HC BETA AMYLOID AB42/40 IMPRCIP</t>
+  </si>
+  <si>
+    <t>HC BETA-AMYLOID 1-42 (ABETA 42)</t>
+  </si>
+  <si>
+    <t>HC BK WAIST BELT WEBBING LVL 4</t>
+  </si>
+  <si>
+    <t>HC BK WAIST BELT WEBBING LVL 5</t>
+  </si>
+  <si>
+    <t>HC BONE MARROW BIOPSY (BILAT)</t>
+  </si>
+  <si>
+    <t>HC BONE/ALLOGRAFT PRODUCTS/CEMENT LVL 1</t>
+  </si>
+  <si>
+    <t>HC BONE/ALLOGRAFT PRODUCTS/CEMENT LVL 11</t>
+  </si>
+  <si>
+    <t>HC BONE/ALLOGRAFT PRODUCTS/CEMENT LVL 3</t>
+  </si>
+  <si>
+    <t>HC BRACHYTX, STRANDED, I-125 PER SOURCE</t>
+  </si>
+  <si>
+    <t>HC BRACHYTX, STRANDED, P-103 PER SOURCE</t>
+  </si>
+  <si>
+    <t>HC BX BREAST 1ST LESION MR IMAG (BILAT)</t>
+  </si>
+  <si>
+    <t>HC BX BREAST 1ST LESION STEREOTACTIC (BILAT)</t>
+  </si>
+  <si>
+    <t>HC BX BREAST 1ST LESION US IMAG (BILAT)</t>
+  </si>
+  <si>
+    <t>HC CAPILLARY BLOOD DRAW (LAB)</t>
+  </si>
+  <si>
+    <t>HC CARDIOVASC/HEART SUPPLIES GENERAL LVL 3</t>
+  </si>
+  <si>
+    <t>HC CATH CORONARY DRUG-DELIVERY</t>
+  </si>
+  <si>
+    <t>HC CATH, EP, 20 OR MORE ELEC</t>
+  </si>
+  <si>
+    <t>HC CATHETER, GUIDING LVL 1</t>
+  </si>
+  <si>
+    <t>HC CATHETER, GUIDING LVL 2</t>
+  </si>
+  <si>
+    <t>HC CATHETER, GUIDING LVL 4</t>
+  </si>
+  <si>
+    <t>HC CERV COL SR FOAM 2PC PRE OTS</t>
+  </si>
+  <si>
+    <t>HC CHIMERISM ANAL NO CELL SELEC</t>
+  </si>
+  <si>
+    <t>HC CL TX SC/TC FEMUR FX W MANIP</t>
+  </si>
+  <si>
+    <t>HC COLLAGEN BASED WOUND FILLER PER GRAM</t>
+  </si>
+  <si>
+    <t>HC CONTRAST GADOLINIUM NOS PER ML</t>
+  </si>
+  <si>
+    <t>HC COPPER CU 64 DOTATATE DIAG PER 1 MCI</t>
+  </si>
+  <si>
+    <t>HC CRYOABLATION PROBE LVL 15</t>
+  </si>
+  <si>
+    <t>HC CUSTOM STANDARD PACKS, KITS LVL 1</t>
+  </si>
+  <si>
+    <t>HC CYGNUS MATRIX, PER SQ CM LVL 4</t>
+  </si>
+  <si>
+    <t>HC CYGNUS MATRIX, PER SQ CM LVL 6</t>
+  </si>
+  <si>
+    <t>HC CYTAL, PER SQUARE CENTIMETER</t>
+  </si>
+  <si>
+    <t>HC DAILY CARE HOSPITAL LONG TERM / ADMINISTRATIVE</t>
+  </si>
+  <si>
+    <t>HC DAILY CARE INTERMEDIATE ICU</t>
+  </si>
+  <si>
+    <t>HC DEXAMETHASONE SODIUM TO 1MG INJ</t>
+  </si>
+  <si>
+    <t>HC DIHYDROERGOTAMINE MESYLATE PER 1MG INJ</t>
+  </si>
+  <si>
+    <t>HC DISPOSABLE INSTRUMENTS LVL 3</t>
+  </si>
+  <si>
+    <t>HC DISPOSABLE INSTRUMENTS LVL 4</t>
+  </si>
+  <si>
+    <t>HC DISPOSABLE INSTRUMENTS LVL 5</t>
+  </si>
+  <si>
+    <t>HC DISTENTION INJECTION</t>
+  </si>
+  <si>
+    <t>HC DLYD PLMT XTN PROSTH EA ADDL</t>
+  </si>
+  <si>
+    <t>HC DRAINAGE CATH LVL 1</t>
+  </si>
+  <si>
+    <t>HC DRAINAGE CATH LVL 5</t>
+  </si>
+  <si>
+    <t>HC DRESSING/SKIN SEALANTS LVL 1</t>
+  </si>
+  <si>
+    <t>HC DRUG TEST DEF 1-2 CLASS ANTIDEPRESSANTS TRICYCLIC</t>
+  </si>
+  <si>
+    <t>HC DRUG TEST DEF 1-2 CLASS OPIOIDS &amp; OPIATE ANALOGS</t>
+  </si>
+  <si>
+    <t>HC DRUG TEST DEF 1-7 CLASS METHYLENEDIOXYAMPHETAMINES</t>
+  </si>
+  <si>
+    <t>HC DRUG TEST DEF 22+ CLASS METHYLENEDIOXYAMPHETAMINES</t>
+  </si>
+  <si>
+    <t>HC DRUG TEST DEF 22+ CLASS OPIOIDS &amp; OPIATE ANALOGS</t>
+  </si>
+  <si>
+    <t>HC DRUG TEST DEF 5-7 CLASS OPIOIDS &amp; OPIATE ANALOGS</t>
+  </si>
+  <si>
+    <t>HC DRUG TEST DEF 6-7 CLASS ANTIDEPRESSANTS TRICYCLIC</t>
+  </si>
+  <si>
+    <t>HC DRUG TEST DEF 8-14 CLASS ANTIDEPRESSANTS TRICYCLIC</t>
+  </si>
+  <si>
+    <t>HC DX BONE MARROW BX &amp; ASPIR (BILAT)</t>
+  </si>
+  <si>
+    <t>HC EMBOLIZ PROTECT SYS LVL 2</t>
+  </si>
+  <si>
+    <t>HC EMBOLIZ PROTECT SYS LVL 4</t>
+  </si>
+  <si>
+    <t>HC ENDO OUTLET RESTRICT W/TUBE</t>
+  </si>
+  <si>
+    <t>HC ENDO PROBE, BALLOON, SNARE, OTHER LVL 2</t>
+  </si>
+  <si>
+    <t>HC ENDO SLEEVE GASTRO W/TUBE</t>
+  </si>
+  <si>
+    <t>HC ENDOSCOPY RECOVERY PER HOUR</t>
+  </si>
+  <si>
+    <t>HC EP INTRAC FX-CV GUID INTRO/SHTH PL LVL 1</t>
+  </si>
+  <si>
+    <t>HC EPICORD PER SQ CM LVL 3</t>
+  </si>
+  <si>
+    <t>HC EPIFIX PER SQ CM LVL 2</t>
+  </si>
+  <si>
+    <t>HC EPIFIX PER SQ CM LVL 3</t>
+  </si>
+  <si>
+    <t>HC EVENT RECORDER, CARDIAC LVL 10</t>
+  </si>
+  <si>
+    <t>HC FECAL MICROBIOTA MATERIAL</t>
+  </si>
+  <si>
+    <t>HC FLT3 GENE ITD VARIANTS QUAN</t>
+  </si>
+  <si>
+    <t>HC FLURPIRIDAZ F18, DIAG, 1 MCI</t>
+  </si>
+  <si>
+    <t>HC FORK STRAP BELOW KNEE LVL 1</t>
+  </si>
+  <si>
+    <t>HC FULL TRAUMA RESPONS W CC FAC LEV 3</t>
+  </si>
+  <si>
+    <t>HC GALLIUM GA-68 PER 0.1 MCI</t>
+  </si>
+  <si>
+    <t>HC GEN, NEURO, TRANS SEN/STIM</t>
+  </si>
+  <si>
+    <t>HC GENERATOR NEURO RECHG BAT SYS HF</t>
+  </si>
+  <si>
+    <t>HC GENOME SEQUENCE ANALYSIS</t>
+  </si>
+  <si>
+    <t>HC GENOME SEQUENCE ANALYSIS EA COMPARATOR</t>
+  </si>
+  <si>
+    <t>HC GUIDE WIRE LVL 1</t>
+  </si>
+  <si>
+    <t>HC GUIDE WIRE LVL 2</t>
+  </si>
+  <si>
+    <t>HC GUIDE WIRE LVL 3</t>
+  </si>
+  <si>
+    <t>HC GUIDE WIRE LVL 4</t>
+  </si>
+  <si>
+    <t>HC H PYLRI CLRTHMCN RST AMP PRB</t>
+  </si>
+  <si>
+    <t>HC HBB GENE KNOWN FAM VARIANT</t>
+  </si>
+  <si>
+    <t>HC HEINZ BODIES; DIRECT MHM</t>
+  </si>
+  <si>
+    <t>HC HEINZ BODIES; INDUCED</t>
+  </si>
+  <si>
+    <t>HC HOCM 350-399 MG/ML IODINE PER ML</t>
+  </si>
+  <si>
+    <t>HC HPV SEP HI-RSK TYP&amp;POOL RSLT</t>
+  </si>
+  <si>
+    <t>HC IMPL INDWELLING PORT LVL 1</t>
+  </si>
+  <si>
+    <t>HC IMPL INDWELLING PORT LVL 2</t>
+  </si>
+  <si>
+    <t>HC IMPLANT/INSERT DEVICE NOC LVL 12</t>
+  </si>
+  <si>
+    <t>HC IMPLANTABLE TISS MARKER LVL 1</t>
+  </si>
+  <si>
+    <t>HC INCOBOTULINUMTOXIN A 1 UNIT</t>
+  </si>
+  <si>
+    <t>HC INDIUM IN111 AUTO WBC DX PER STUDY DOSE</t>
+  </si>
+  <si>
+    <t>HC INFLATABLE PENILE PROSTHESIS LVL 22</t>
+  </si>
+  <si>
+    <t>HC INFUSION CATH, PERIPH/CENTRAL/MIDLINE LVL 1</t>
+  </si>
+  <si>
+    <t>HC INFUSION CATH, PERIPH/CENTRAL/MIDLINE LVL 2</t>
+  </si>
+  <si>
+    <t>HC INFUSION CATH, PERIPH/CENTRAL/MIDLINE LVL 3</t>
+  </si>
+  <si>
+    <t>HC INJ GADOPICLENOL 1 ML</t>
+  </si>
+  <si>
+    <t>HC INR TEST MATERIALS/EQ, 1 TEST/WK</t>
+  </si>
+  <si>
+    <t>HC INS SWAN GANZ BEDSIDE</t>
+  </si>
+  <si>
+    <t>HC INSERT CERVICAL DILATOR</t>
+  </si>
+  <si>
+    <t>HC INTEGRA MESH BIL WND MAT PER SQ CM</t>
+  </si>
+  <si>
+    <t>HC INTRO/SHEATH, NON-LASER LVL 1</t>
+  </si>
+  <si>
+    <t>HC INTRO/SHEATH, NON-LASER LVL 2</t>
+  </si>
+  <si>
+    <t>HC KERECIS OMEGA3 PER SQ CM LVL 2</t>
+  </si>
+  <si>
+    <t>HC KERECIS OMEGA3 PER SQ CM LVL 3</t>
+  </si>
+  <si>
+    <t>HC KERECIS OMEGA3 PER SQ CM LVL 4</t>
+  </si>
+  <si>
+    <t>HC KERECIS OMEGA3 PER SQ CM LVL 6</t>
+  </si>
+  <si>
+    <t>HC KERECIS OMEGA3, PER SQ CM</t>
+  </si>
+  <si>
+    <t>HC KIT DRAW COLLECTION</t>
+  </si>
+  <si>
+    <t>HC KLHL11 ANTB SR/CSF ASY QUAL</t>
+  </si>
+  <si>
+    <t>HC KYLEENA, 19.5 MG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">HC LAB FEE BONE MARROW ASP </t>
+  </si>
+  <si>
+    <t>HC LAB FEE BONE MARROW ASP &gt;25 CC</t>
+  </si>
+  <si>
+    <t>HC LAB FEE SCP OR PL &lt;20</t>
+  </si>
+  <si>
+    <t>HC LAB FEE SCP OR PL &gt;60*</t>
+  </si>
+  <si>
+    <t>HC LAB FEE SCP OR PL 21-40</t>
+  </si>
+  <si>
+    <t>HC LAB FEE SCP OR PL 41-60</t>
+  </si>
+  <si>
+    <t>HC LEAD, AICD, NON SING/DUAL</t>
+  </si>
+  <si>
+    <t>HC LEAD, NEUROSTIMULATOR LVL 2</t>
+  </si>
+  <si>
+    <t>HC LEVONORGESTREL IMPLANT SYS</t>
+  </si>
+  <si>
+    <t>HC LEVONORGESTREL IU 52MG MIRENA</t>
+  </si>
+  <si>
+    <t>HC LOCM 100-199 MG/ML IODINE 1ML</t>
+  </si>
+  <si>
+    <t>HC LOCM 200-299 MG/ML IODINE 1ML</t>
+  </si>
+  <si>
+    <t>HC LOCM 300-399 MG/ML IODINE 1ML</t>
+  </si>
+  <si>
+    <t>HC LRT IAD 18BCT/8VIR&amp;7ARG RNA</t>
+  </si>
+  <si>
+    <t>HC MATRISTEM MICROMATRIX PER MG</t>
+  </si>
+  <si>
+    <t>HC METOCLOPRAMIDE 10MG/2ML VIAL INJ</t>
+  </si>
+  <si>
+    <t>HC MIRO3D PER CUBIC CM LVL 2</t>
+  </si>
+  <si>
+    <t>HC MIRO3D PER CUBIC CM LVL 3</t>
+  </si>
+  <si>
+    <t>HC MIRO3D PER CUBIC CM LVL 4</t>
+  </si>
+  <si>
+    <t>HC MIRO3D PER CUBIC CM LVL 6</t>
+  </si>
+  <si>
+    <t>HC MIRO3D PER CUBIC CM LVL 8</t>
+  </si>
+  <si>
+    <t>HC MIROTRACT MATRIX SHEET PER CUBIC CM LVL 4</t>
+  </si>
+  <si>
+    <t>HC MIROTRACT MATRIX SHEET PER CUBIC CM LVL 5</t>
+  </si>
+  <si>
+    <t>HC MIROTRACT MATRIX SHEET PER CUBIC CM LVL 6</t>
+  </si>
+  <si>
+    <t>HC MIROTRACT MATRIX SHEET PER CUBIC CM LVL 8</t>
+  </si>
+  <si>
+    <t>HC MIROTRACT MATRIX SHEET PER CUBIC CM LVL 9</t>
+  </si>
+  <si>
+    <t>HC MISC IMPLANT CHARGE LVL5</t>
+  </si>
+  <si>
+    <t>HC MISC SUPPLY CHARGE LVL 1</t>
+  </si>
+  <si>
+    <t>HC MISC SUPPLY CHARGE LVL 2</t>
+  </si>
+  <si>
+    <t>HC MISC SUPPLY CHARGE LVL 3</t>
+  </si>
+  <si>
+    <t>HC MM DXA BONE DENSITY/PERIPHERAL 1+ SITES</t>
+  </si>
+  <si>
+    <t>HC MR SAFETY DETER PHYS/QHP</t>
+  </si>
+  <si>
+    <t>HC MR SAFETY IMPLANT ELEC PREPJ</t>
+  </si>
+  <si>
+    <t>HC MR SAFETY IMPLT POS&amp;/IMMOBLJ</t>
+  </si>
+  <si>
+    <t>HC MR SFTY IMPLT&amp;/FB ASMT STF 1</t>
+  </si>
+  <si>
+    <t>HC MR SFTY MED PHYSICS XM CSTMZ</t>
+  </si>
+  <si>
+    <t>HC MR SFTY MPLT&amp;/FB ASMT STF EA</t>
+  </si>
+  <si>
+    <t>HC MRA PELVIS W WO CONTRAST</t>
+  </si>
+  <si>
+    <t>HC MTB RIFAMPIN RST AMP PRB TQ</t>
+  </si>
+  <si>
+    <t>HC MULTIHANCE INJ PER ML</t>
+  </si>
+  <si>
+    <t>HC MYOCRD IMG PET 1 PERF STD W/CT</t>
+  </si>
+  <si>
+    <t>HC MYOCRD IMG PET MULTI PERF STD W/CT</t>
+  </si>
+  <si>
+    <t>HC NEURFLMNT LT CHN ULTRSENS IA</t>
+  </si>
+  <si>
+    <t>HC NEURO ALZ DS BAMYL&amp;TAU PRTN</t>
+  </si>
+  <si>
+    <t>HC NFCT DS CSF METAG NGS ALYS</t>
+  </si>
+  <si>
+    <t>HC NFCT DS PTHGN-SNA 10VIR&amp;4BCT</t>
+  </si>
+  <si>
+    <t>HC NFCT DS PTHGN-SNA 11VIR&amp;4BCT</t>
+  </si>
+  <si>
+    <t>HC NON-CARDIAC ENDOVASC CATH LVL 6</t>
+  </si>
+  <si>
+    <t>HC NON-HEU TC-99M ADD-ON/DOSE</t>
+  </si>
+  <si>
+    <t>HC NUSHIELD PER SQ CM LVL 2</t>
+  </si>
+  <si>
+    <t>HC ONABOTULINUMTOXINA 1 UNIT INJ</t>
+  </si>
+  <si>
+    <t>HC ONC PAN-TUM DNA&amp;RNA GNRJ SEQ</t>
+  </si>
+  <si>
+    <t>HC OSMOTIC FRAGILITY RBC UNINCUBATED</t>
+  </si>
+  <si>
+    <t>HC OSTEOPATHIC MANIPULATION</t>
+  </si>
+  <si>
+    <t>HC PATIENT POSITIONING DEVICE LVL 1</t>
+  </si>
+  <si>
+    <t>HC PATIENT POSITIONING DEVICE LVL 2</t>
+  </si>
+  <si>
+    <t>HC PATIENT POSITIONING DEVICE LVL 3</t>
+  </si>
+  <si>
+    <t>HC PERFLUTREN LIPID MICROS INJ PER ML</t>
+  </si>
+  <si>
+    <t>HC PIK3CA GENE TRGT SEQ ALYS</t>
+  </si>
+  <si>
+    <t>HC PL/SCP SPINE INJECTION - FIRST</t>
+  </si>
+  <si>
+    <t>HC PNEUMCYSTS JIROVECII AMP PRB</t>
+  </si>
+  <si>
+    <t>HC POSTOP APP NON-WGT BEAR DSG ABOVE KNEE LVL 5</t>
+  </si>
+  <si>
+    <t>HC POSTOP APP NON-WGT BEAR DSG BELOW KNEE LVL 3</t>
+  </si>
+  <si>
+    <t>HC POSTOP APP NON-WGT BEAR DSG BELOW KNEE LVL 5</t>
+  </si>
+  <si>
+    <t>HC PREFAB POSTOP HO LVL 6</t>
+  </si>
+  <si>
+    <t>HC PREFAB TLSO W 4 PLASTIC SHELLS LVL 10</t>
+  </si>
+  <si>
+    <t>HC PROMETHAZINE TO 50 MG INJ</t>
+  </si>
+  <si>
+    <t>HC PROSTH SOCK WOOL BELOW KNEE LVL 1</t>
+  </si>
+  <si>
+    <t>HC PROSTHESIS, PENILE, NON-INF</t>
+  </si>
+  <si>
+    <t>HC PRQ TCAT THER RX NTRAC BALO1</t>
+  </si>
+  <si>
+    <t>HC PRQ TCAT THR RX NTRC BAL SEP</t>
+  </si>
+  <si>
+    <t>HC PURAPLY AM PER SQ CM LVL 10</t>
+  </si>
+  <si>
+    <t>HC PURAPLY AM PER SQ CM LVL 11</t>
+  </si>
+  <si>
+    <t>HC PURAPLY AM PER SQ CM LVL 5</t>
+  </si>
+  <si>
+    <t>HC PURAPLY AM PER SQ CM LVL 6</t>
+  </si>
+  <si>
+    <t>HC QUAN CT TISS CHARAC W/CT</t>
+  </si>
+  <si>
+    <t>HC QUAN CT TISS CHARAC W/O CT</t>
+  </si>
+  <si>
+    <t>HC REPLACEMENT DEVICE NO CHARGE</t>
+  </si>
+  <si>
+    <t>HC RESPIRATORY- NON AIRWAY LVL 1</t>
+  </si>
+  <si>
+    <t>HC RESPIRATORY- NON AIRWAY LVL 2</t>
+  </si>
+  <si>
+    <t>HC RESPIRATORY- NON AIRWAY LVL 5</t>
+  </si>
+  <si>
+    <t>HC REVITA, PER SQ CM</t>
+  </si>
+  <si>
+    <t>HC ROUTINE VENIPUNCTURE (LAB)</t>
+  </si>
+  <si>
+    <t>HC RX METAB ADVRS TRGT SEQ ALYS</t>
+  </si>
+  <si>
+    <t>HC SD SPINE - FIRST</t>
+  </si>
+  <si>
+    <t>HC SD SPINE EACH ADDITIONAL</t>
+  </si>
+  <si>
+    <t>HC SEALANT, PULMONARY, LIQUID</t>
+  </si>
+  <si>
+    <t>HC SHRINKER ABOVE KNEE LVL 1</t>
+  </si>
+  <si>
+    <t>HC SO GSAP CL FR CPY NMBR&amp;MCRST</t>
+  </si>
+  <si>
+    <t>HC SO NEO GSAP DNA MCRSTL INS</t>
+  </si>
+  <si>
+    <t>HC SO NEO GSAP DNA/DNA&amp;RNA</t>
+  </si>
+  <si>
+    <t>HC SOCKET INSERT W/O LOCK LOWER LVL 1</t>
+  </si>
+  <si>
+    <t>HC SPECIALITY NEEDLE LVL 1</t>
+  </si>
+  <si>
+    <t>HC SPECIALITY NEEDLE LVL 2</t>
+  </si>
+  <si>
+    <t>HC SPECIALITY NEEDLE LVL 3</t>
+  </si>
+  <si>
+    <t>HC SPECIALITY NEEDLE LVL 4</t>
+  </si>
+  <si>
+    <t>HC SPECIALITY NEEDLE LVL 5</t>
+  </si>
+  <si>
+    <t>HC SPINAL ANCHOR/SCREW BN/BN,TIS/BN LVL 3</t>
+  </si>
+  <si>
+    <t>HC STRPTCS PNEUM ANTB SEROT IA</t>
+  </si>
+  <si>
+    <t>HC SUGARS MULTI QUAN EA SPECIMEN</t>
+  </si>
+  <si>
+    <t>HC TAU PHOSPHORYLATED EA</t>
+  </si>
+  <si>
+    <t>HC TC99M SESTAMIBI PER STUDY DOSE</t>
+  </si>
+  <si>
+    <t>HC TC99M TETROFOSMIN PER STUDY DOSE</t>
+  </si>
+  <si>
+    <t>HC TDAP VACCINE &gt;7 IM</t>
+  </si>
+  <si>
+    <t>HC TECHNETIUM TC99M AUTO WBC DX PER STUDY DOSE</t>
+  </si>
+  <si>
+    <t>HC THERASKIN PER SQ CM LVL 1</t>
+  </si>
+  <si>
+    <t>HC THERASKIN PER SQ CM LVL 4</t>
+  </si>
+  <si>
+    <t>HC THERASKIN PER SQ CM LVL 6</t>
+  </si>
+  <si>
+    <t>HC THROMBECT/EMBOLECTOMY CATH LVL 1</t>
+  </si>
+  <si>
+    <t>HC THROMBECT/EMBOLECTOMY CATH LVL 6</t>
+  </si>
+  <si>
+    <t>HC TISSUE LOCALIZATION-EXCISION LVL 1</t>
+  </si>
+  <si>
+    <t>HC TISSUE LOCALIZATION-EXCISION LVL 2</t>
+  </si>
+  <si>
+    <t>HC TISSUE LOCALIZATION-EXCISION LVL 4</t>
+  </si>
+  <si>
+    <t>HC TOTAL TAU</t>
+  </si>
+  <si>
+    <t>HC TRANSABD AMNIOINFUSION W US</t>
+  </si>
+  <si>
+    <t>HC TRANSLUM ANGIOPL NON-LASER CATH LVL 2</t>
+  </si>
+  <si>
+    <t>HC TRANSLUM ANGIOPL NON-LASER CATH LVL 3</t>
+  </si>
+  <si>
+    <t>HC TRANSLUM ANGIOPL NON-LASER DRUG COATED CATH LVL 3</t>
+  </si>
+  <si>
+    <t>HC UROLOGY SUPPLY</t>
+  </si>
+  <si>
+    <t>HC US BREAST COMPLETE (BILAT)</t>
+  </si>
+  <si>
+    <t>HC US BREAST LIMITED (BILAT)</t>
+  </si>
+  <si>
+    <t>HC VASCULAR STENT, COAT/COV W/O DL SY LVL 1</t>
+  </si>
+  <si>
+    <t>HC VENA CAVA FILTER LVL 2</t>
+  </si>
+  <si>
+    <t>HC VENA CAVA FILTER LVL 4</t>
+  </si>
+  <si>
+    <t>HC WHFO - PREFAB WRIST COCK-UP</t>
+  </si>
+  <si>
+    <t>HC WOUND VAC SUPPLIES LVL 1</t>
+  </si>
+  <si>
+    <t>HEPARIN PREMIX 100 UNITS/ML (DM)</t>
+  </si>
+  <si>
+    <t>HEPATITIS B VAC RECOMB ADJ 20 MCG/0.5ML IM SOSY</t>
+  </si>
+  <si>
+    <t>HYDROMORPHONE HCL PF 50 MG/5ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) 10 GM/100ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) 20 GM/200ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>INFLUENZA VAC SPLIT HIGH-DOSE 0.5 ML IM SUSY</t>
+  </si>
+  <si>
+    <t>IOPAMIDOL 41 % IJ SOLN</t>
+  </si>
+  <si>
+    <t>IOPAMIDOL 51 % IV SOLN</t>
+  </si>
+  <si>
+    <t>IOPAMIDOL 61 % IJ SOLN</t>
+  </si>
+  <si>
+    <t>IOPAMIDOL 61 % IV SOLN</t>
+  </si>
+  <si>
+    <t>IOPAMIDOL 76 % IV SOLN</t>
+  </si>
+  <si>
+    <t>IPRATROPIUM BROMIDE 0.03 % NA SOLN</t>
+  </si>
+  <si>
+    <t>IRBESARTAN 150 MG PO TABS</t>
+  </si>
+  <si>
+    <t>K PHOS MONO-SOD PHOS DI MONO 155-852-130 MG PO TA</t>
+  </si>
+  <si>
+    <t>LACOSAMIDE 100 MG PO TABS</t>
+  </si>
+  <si>
+    <t>LACTATED RINGERS IV BOLUS</t>
+  </si>
+  <si>
+    <t>LANSOPRAZOLE 15 MG PO TBDD</t>
+  </si>
+  <si>
+    <t>LETROZOLE 2.5 MG PO TABS</t>
+  </si>
+  <si>
+    <t>LEVOTHYROXINE SODIUM 137 MCG PO TABS</t>
+  </si>
+  <si>
+    <t>LIDOCAINE HCL (PF) 0.5 % IJ SOLN</t>
+  </si>
+  <si>
+    <t>LIDOCAINE HCL (PF) 1 % IJ SOLN</t>
+  </si>
+  <si>
+    <t>LIDOCAINE HCL (PF) 2 % IJ SOLN</t>
+  </si>
+  <si>
+    <t>LIDOCAINE HCL 1 % IJ SOLN</t>
+  </si>
+  <si>
+    <t>LIDOCAINE HCL 2 % IJ SOLN</t>
+  </si>
+  <si>
+    <t>LIDOCAINE-EPINEPHRINE (PF) 1 %-1:200000 IJ SOLN</t>
+  </si>
+  <si>
+    <t>LIDOCAINE-EPINEPHRINE 1 %-1:100000 IJ SOLN</t>
+  </si>
+  <si>
+    <t>LIDOCAINE-EPINEPHRINE 2 %-1:100000 IJ SOLN</t>
+  </si>
+  <si>
+    <t>MEPERIDINE HCL 25 MG/ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>METHOTREXATE SODIUM 50 MG/2ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>METOPROLOL TARTRATE 5 MG/5ML IV SOLN</t>
+  </si>
+  <si>
+    <t>MICAFUNGIN SODIUM-NACL 150-0.9 MG/150ML-% IV SOLN</t>
+  </si>
+  <si>
+    <t>MICONAZOLE NITRATE 2 % EX CREA</t>
+  </si>
+  <si>
+    <t>MIDAZOLAM HCL (PF) 5 MG/ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>MOMETASONE FURO-FORMOTEROL FUM 200-5 MCG/ACT IN AE</t>
+  </si>
+  <si>
+    <t>MORPHINE SULFATE 2 MG/ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>MORPHINE SULFATE 4 MG/ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>MYCOPHENOLATE MOFETIL 250 MG PO CAPS</t>
+  </si>
+  <si>
+    <t>MYCOPHENOLATE SODIUM 180 MG PO TBEC</t>
+  </si>
+  <si>
+    <t>NALBUPHINE HCL 10 MG/ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>No Description</t>
+  </si>
+  <si>
+    <t>OSELTAMIVIR PHOSPHATE 6 MG/ML PO SUSR</t>
+  </si>
+  <si>
+    <t>PEG 3350-KCL-NABCB-NACL-NASULF 236 G PO SOLR</t>
+  </si>
+  <si>
+    <t>PENICILLIN V POTASSIUM 500 MG PO TABS</t>
+  </si>
+  <si>
+    <t>PERFLUTREN LIPID MICROSPHERE 6.52 MG/ML IV SUSP</t>
+  </si>
+  <si>
+    <t>PHENOBARBITAL SODIUM 65 MG/ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>PHENYLEPHRINE HCL 10 MG/ML IV SOLN</t>
+  </si>
+  <si>
+    <t>PIPERACILLIN TAZOBACTAM 2-0.25 G IV SOLR</t>
+  </si>
+  <si>
+    <t>PNEUMOCOCCAL 21-VAL CONJ VACC 0.5 ML IM SOSY</t>
+  </si>
+  <si>
+    <t>POLYETHYLENE GLYCOL 3350 PO PACK</t>
+  </si>
+  <si>
+    <t>POLYVINYL ALCOHOL-POVIDONE 5-6 MG/ML OP SOLN</t>
+  </si>
+  <si>
+    <t>POTASSIUM CL IN DEXTROSE 5% 20 MEQ/L IV SOLN</t>
+  </si>
+  <si>
+    <t>PRAMIPEXOLE DIHYDROCHLORIDE 1 MG PO TABS</t>
+  </si>
+  <si>
+    <t>PREGABALIN 25 MG PO CAPS</t>
+  </si>
+  <si>
+    <t>PROPAFENONE HCL ER 225 MG PO CP12</t>
+  </si>
+  <si>
+    <t>RABIES IMMUNE GLOBULIN 300 UNIT/ML IJ SOLN</t>
+  </si>
+  <si>
+    <t>RIVASTIGMINE TARTRATE 1.5 MG PO CAPS</t>
+  </si>
+  <si>
+    <t>RIVASTIGMINE TARTRATE 6 MG PO CAPS</t>
+  </si>
+  <si>
+    <t>ROFLUMILAST 500 MCG PO TABS</t>
+  </si>
+  <si>
+    <t>SCOPOLAMINE 1.5 MG PATCH</t>
+  </si>
+  <si>
+    <t>SULFASALAZINE 500 MG PO TABS</t>
+  </si>
+  <si>
+    <t>TAKE HOME ONDANSETRON ODT 4 MG PO TBDP (QTY:FOUR)</t>
+  </si>
+  <si>
+    <t>TAMOXIFEN CITRATE 10 MG PO TABS</t>
+  </si>
+  <si>
+    <t>THIORIDAZINE HCL 100 MG PO TABS</t>
+  </si>
+  <si>
+    <t>THIORIDAZINE HCL 25 MG PO TABS</t>
+  </si>
+  <si>
+    <t>TICAGRELOR 60 MG PO TABS</t>
+  </si>
+  <si>
+    <t>TICAGRELOR 90 MG PO TABS</t>
+  </si>
+  <si>
+    <t>TIMOLOL MALEATE 0.25 % OP SOLN</t>
+  </si>
+  <si>
+    <t>VALPROATE SODIUM 250 MG/5ML PO SOLN</t>
+  </si>
+  <si>
+    <t>VALPROIC ACID 250 MG PO CAPS</t>
+  </si>
+  <si>
+    <t>VENLAFAXINE HCL 50 MG PO TABS</t>
+  </si>
+  <si>
+    <t>VERAPAMIL HCL 80 MG PO TABS</t>
+  </si>
+  <si>
+    <t>VIBEGRON 75 MG PO TABS</t>
+  </si>
+  <si>
+    <t>VITAMIN E 180 MG (400 UNIT) PO CAPS</t>
+  </si>
+  <si>
+    <t>ZINC GLUCONATE 50 MG PO TABS</t>
+  </si>
+  <si>
+    <t>ZINC OXIDE 20 % EX OINT</t>
+  </si>
+  <si>
+    <t>ZIPRASIDONE HCL 20 MG PO CAPS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -12731,91 +13049,91 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -12877,51 +13195,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -13019,2649 +13337,2649 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{805BC65A-E566-412A-ACF6-A96D08C68E19}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:B4194"/>
+  <dimension ref="A1:B4300"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="75.7109375" customWidth="1"/>
     <col min="2" max="2" width="25.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" s="4" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
-        <v>3863</v>
+        <v>3668</v>
       </c>
       <c r="B2" s="2">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
-        <v>3482</v>
+        <v>3356</v>
       </c>
       <c r="B3" s="2">
-        <v>114.63</v>
+        <v>119.15</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
-        <v>4130</v>
+        <v>3926</v>
       </c>
       <c r="B4" s="2">
-        <v>0.21</v>
+        <v>3.45</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
-        <v>3799</v>
+        <v>3870</v>
       </c>
       <c r="B5" s="2">
         <v>0.25</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
-        <v>3797</v>
+        <v>3613</v>
       </c>
       <c r="B6" s="2">
         <v>0.25</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
-        <v>3930</v>
+        <v>3611</v>
       </c>
       <c r="B7" s="2">
-        <v>1.45</v>
+        <v>0.28000000000000003</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
-        <v>3884</v>
+        <v>3713</v>
       </c>
       <c r="B8" s="2">
         <v>1.45</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
-        <v>3886</v>
+        <v>3927</v>
       </c>
       <c r="B9" s="2">
-        <v>167.5</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
-        <v>3896</v>
+        <v>3928</v>
       </c>
       <c r="B10" s="2">
-        <v>6.15</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A11" s="1" t="s">
-        <v>3735</v>
+        <v>3683</v>
       </c>
       <c r="B11" s="2">
-        <v>0.49</v>
+        <v>175.45</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
-        <v>4038</v>
+        <v>3688</v>
       </c>
       <c r="B12" s="2">
-        <v>1.4</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
-        <v>4000</v>
+        <v>3554</v>
       </c>
       <c r="B13" s="2">
-        <v>1.25</v>
+        <v>0.41</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
-        <v>3880</v>
+        <v>3797</v>
       </c>
       <c r="B14" s="2">
-        <v>16.57</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
-        <v>4144</v>
+        <v>3769</v>
       </c>
       <c r="B15" s="2">
-        <v>160.9</v>
+        <v>1.1299999999999999</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
-        <v>4143</v>
+        <v>3679</v>
       </c>
       <c r="B16" s="2">
-        <v>36.1</v>
+        <v>14.79</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
-        <v>3522</v>
+        <v>3883</v>
       </c>
       <c r="B17" s="2">
-        <v>98.25</v>
+        <v>166</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
-        <v>3828</v>
+        <v>3882</v>
       </c>
       <c r="B18" s="2">
-        <v>1.38</v>
+        <v>25.59</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
-        <v>3784</v>
+        <v>3385</v>
       </c>
       <c r="B19" s="2">
-        <v>1.85</v>
+        <v>50.1</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
-        <v>3875</v>
+        <v>3638</v>
       </c>
       <c r="B20" s="2">
-        <v>11.56</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A21" s="1" t="s">
-        <v>4029</v>
+        <v>3599</v>
       </c>
       <c r="B21" s="2">
-        <v>0.74</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
-        <v>4030</v>
+        <v>3677</v>
       </c>
       <c r="B22" s="2">
-        <v>1.1000000000000001</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
-        <v>3941</v>
+        <v>3790</v>
       </c>
       <c r="B23" s="2">
-        <v>176.88</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A24" s="1" t="s">
-        <v>3938</v>
+        <v>3717</v>
       </c>
       <c r="B24" s="2">
-        <v>263.85000000000002</v>
+        <v>220.1</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A25" s="1" t="s">
-        <v>4191</v>
+        <v>3929</v>
       </c>
       <c r="B25" s="2">
-        <v>3.1</v>
+        <v>4.9000000000000004</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A26" s="1" t="s">
-        <v>4173</v>
+        <v>3909</v>
       </c>
       <c r="B26" s="2">
-        <v>1.3</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A27" s="1" t="s">
-        <v>3560</v>
+        <v>3413</v>
       </c>
       <c r="B27" s="2">
-        <v>12.47</v>
+        <v>14.17</v>
       </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A28" s="1" t="s">
-        <v>3578</v>
+        <v>3426</v>
       </c>
       <c r="B28" s="2">
-        <v>1.45</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="29" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A29" s="1" t="s">
-        <v>3914</v>
+        <v>3701</v>
       </c>
       <c r="B29" s="2">
         <v>31.38</v>
       </c>
     </row>
     <row r="30" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A30" s="1" t="s">
-        <v>3915</v>
+        <v>3702</v>
       </c>
       <c r="B30" s="2">
-        <v>14.99</v>
+        <v>15.23</v>
       </c>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A31" s="1" t="s">
-        <v>3878</v>
+        <v>3678</v>
       </c>
       <c r="B31" s="2">
         <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="32" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
-        <v>3725</v>
+        <v>3544</v>
       </c>
       <c r="B32" s="2">
         <v>1.55</v>
       </c>
     </row>
     <row r="33" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
-        <v>3726</v>
+        <v>3545</v>
       </c>
       <c r="B33" s="2">
         <v>1.2</v>
       </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A34" s="1" t="s">
-        <v>3761</v>
+        <v>3577</v>
       </c>
       <c r="B34" s="2">
-        <v>0.84</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>3530</v>
+        <v>3930</v>
       </c>
       <c r="B35" s="2">
-        <v>17.55</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="36" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A36" s="1" t="s">
-        <v>4012</v>
+        <v>3391</v>
       </c>
       <c r="B36" s="2">
-        <v>1.1499999999999999</v>
+        <v>19.2</v>
       </c>
     </row>
     <row r="37" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A37" s="1" t="s">
-        <v>3705</v>
+        <v>3780</v>
       </c>
       <c r="B37" s="2">
-        <v>2.4</v>
+        <v>1.0900000000000001</v>
       </c>
     </row>
     <row r="38" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A38" s="1" t="s">
-        <v>3643</v>
+        <v>3931</v>
       </c>
       <c r="B38" s="2">
-        <v>129.44999999999999</v>
+        <v>26.6</v>
       </c>
     </row>
     <row r="39" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>3998</v>
+        <v>3524</v>
       </c>
       <c r="B39" s="2">
-        <v>48.6</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="40" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A40" s="1" t="s">
-        <v>3714</v>
+        <v>3767</v>
       </c>
       <c r="B40" s="2">
-        <v>25.44</v>
+        <v>48.6</v>
       </c>
     </row>
     <row r="41" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A41" s="1" t="s">
-        <v>3629</v>
+        <v>3533</v>
       </c>
       <c r="B41" s="2">
-        <v>90.23</v>
+        <v>26.45</v>
       </c>
     </row>
     <row r="42" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A42" s="1" t="s">
-        <v>3501</v>
+        <v>3465</v>
       </c>
       <c r="B42" s="2">
-        <v>102.95</v>
+        <v>90.45</v>
       </c>
     </row>
     <row r="43" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
-        <v>3502</v>
+        <v>3370</v>
       </c>
       <c r="B43" s="2">
-        <v>55.26</v>
+        <v>88.15</v>
       </c>
     </row>
     <row r="44" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
-        <v>4043</v>
+        <v>3371</v>
       </c>
       <c r="B44" s="2">
-        <v>6.35</v>
+        <v>52.19</v>
       </c>
     </row>
     <row r="45" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A45" s="1" t="s">
-        <v>3481</v>
+        <v>3801</v>
       </c>
       <c r="B45" s="2">
-        <v>10.64</v>
+        <v>6.35</v>
       </c>
     </row>
     <row r="46" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A46" s="1" t="s">
-        <v>3946</v>
+        <v>3355</v>
       </c>
       <c r="B46" s="2">
-        <v>1.64</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="47" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A47" s="1" t="s">
-        <v>3917</v>
+        <v>3932</v>
       </c>
       <c r="B47" s="2">
-        <v>2.75</v>
+        <v>15.9</v>
       </c>
     </row>
     <row r="48" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
-        <v>3495</v>
+        <v>3933</v>
       </c>
       <c r="B48" s="2">
-        <v>19.95</v>
+        <v>3.85</v>
       </c>
     </row>
     <row r="49" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A49" s="1" t="s">
-        <v>3727</v>
+        <v>3720</v>
       </c>
       <c r="B49" s="2">
-        <v>1</v>
+        <v>1.1399999999999999</v>
       </c>
     </row>
     <row r="50" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A50" s="1" t="s">
-        <v>3674</v>
+        <v>3704</v>
       </c>
       <c r="B50" s="2">
-        <v>1.98</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="51" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A51" s="1" t="s">
-        <v>3657</v>
+        <v>3934</v>
       </c>
       <c r="B51" s="2">
-        <v>0.5</v>
+        <v>2.2000000000000002</v>
       </c>
     </row>
     <row r="52" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A52" s="1" t="s">
-        <v>3660</v>
+        <v>3935</v>
       </c>
       <c r="B52" s="2">
-        <v>0.5</v>
+        <v>19.75</v>
       </c>
     </row>
     <row r="53" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A53" s="1" t="s">
-        <v>3661</v>
+        <v>3546</v>
       </c>
       <c r="B53" s="2">
-        <v>0.5</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="54" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A54" s="1" t="s">
-        <v>3655</v>
+        <v>3502</v>
       </c>
       <c r="B54" s="2">
-        <v>0.5</v>
+        <v>2.2400000000000002</v>
       </c>
     </row>
     <row r="55" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A55" s="1" t="s">
-        <v>4156</v>
+        <v>3487</v>
       </c>
       <c r="B55" s="2">
-        <v>0.57999999999999996</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="56" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>3979</v>
+        <v>3490</v>
       </c>
       <c r="B56" s="2">
-        <v>1.1499999999999999</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
-        <v>3750</v>
+        <v>3491</v>
       </c>
       <c r="B57" s="2">
-        <v>1.1599999999999999</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
-        <v>3751</v>
+        <v>3485</v>
       </c>
       <c r="B58" s="2">
-        <v>1.17</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A59" s="1" t="s">
-        <v>3648</v>
+        <v>3895</v>
       </c>
       <c r="B59" s="2">
-        <v>2.74</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="60" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A60" s="1" t="s">
-        <v>3622</v>
+        <v>3936</v>
       </c>
       <c r="B60" s="2">
-        <v>1.98</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="61" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A61" s="1" t="s">
-        <v>4121</v>
+        <v>3749</v>
       </c>
       <c r="B61" s="2">
-        <v>1.3</v>
+        <v>1.1499999999999999</v>
       </c>
     </row>
     <row r="62" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A62" s="1" t="s">
-        <v>3912</v>
+        <v>3566</v>
       </c>
       <c r="B62" s="2">
-        <v>24.85</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="63" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A63" s="1" t="s">
-        <v>3796</v>
+        <v>3567</v>
       </c>
       <c r="B63" s="2">
-        <v>7.36</v>
+        <v>1.22</v>
       </c>
     </row>
     <row r="64" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A64" s="1" t="s">
-        <v>4002</v>
+        <v>3478</v>
       </c>
       <c r="B64" s="2">
-        <v>99.9</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="65" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A65" s="1" t="s">
-        <v>4084</v>
+        <v>3937</v>
       </c>
       <c r="B65" s="2">
-        <v>14.22</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
-        <v>3827</v>
+        <v>3460</v>
       </c>
       <c r="B66" s="2">
-        <v>10.17</v>
+        <v>1.33</v>
       </c>
     </row>
     <row r="67" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A67" s="1" t="s">
-        <v>3899</v>
+        <v>3863</v>
       </c>
       <c r="B67" s="2">
-        <v>0.81</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="68" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A68" s="1" t="s">
-        <v>3477</v>
+        <v>3699</v>
       </c>
       <c r="B68" s="2">
-        <v>110.1</v>
+        <v>39.299999999999997</v>
       </c>
     </row>
     <row r="69" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A69" s="1" t="s">
-        <v>3480</v>
+        <v>3610</v>
       </c>
       <c r="B69" s="2">
-        <v>7.92</v>
+        <v>6.81</v>
       </c>
     </row>
     <row r="70" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
-        <v>4184</v>
+        <v>3771</v>
       </c>
       <c r="B70" s="2">
-        <v>1.2</v>
+        <v>97.5</v>
       </c>
     </row>
     <row r="71" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
-        <v>3782</v>
+        <v>3836</v>
       </c>
       <c r="B71" s="2">
-        <v>1.6</v>
+        <v>13.79</v>
       </c>
     </row>
     <row r="72" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
-        <v>4126</v>
+        <v>3938</v>
       </c>
       <c r="B72" s="2">
-        <v>1.6</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="73" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A73" s="1" t="s">
-        <v>4095</v>
+        <v>3637</v>
       </c>
       <c r="B73" s="2">
-        <v>142.5</v>
+        <v>12.4</v>
       </c>
     </row>
     <row r="74" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
-        <v>4192</v>
+        <v>3690</v>
       </c>
       <c r="B74" s="2">
-        <v>65.78</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="75" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A75" s="1" t="s">
-        <v>3675</v>
+        <v>3354</v>
       </c>
       <c r="B75" s="2">
-        <v>1.44</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="76" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A76" s="1" t="s">
-        <v>3764</v>
+        <v>3920</v>
       </c>
       <c r="B76" s="2">
-        <v>0.56999999999999995</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="77" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A77" s="1" t="s">
-        <v>3994</v>
+        <v>3597</v>
       </c>
       <c r="B77" s="2">
-        <v>1.46</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="78" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A78" s="1" t="s">
-        <v>3499</v>
+        <v>3866</v>
       </c>
       <c r="B78" s="2">
-        <v>224.4</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="79" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A79" s="1" t="s">
-        <v>4061</v>
+        <v>3845</v>
       </c>
       <c r="B79" s="2">
-        <v>179.2</v>
+        <v>142.5</v>
       </c>
     </row>
     <row r="80" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A80" s="1" t="s">
-        <v>4060</v>
+        <v>3923</v>
       </c>
       <c r="B80" s="2">
-        <v>21.5</v>
+        <v>61.23</v>
       </c>
     </row>
     <row r="81" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A81" s="1" t="s">
-        <v>3498</v>
+        <v>3503</v>
       </c>
       <c r="B81" s="2">
-        <v>235.05</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A82" s="1" t="s">
-        <v>3678</v>
+        <v>3580</v>
       </c>
       <c r="B82" s="2">
-        <v>336.75</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="83" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A83" s="1" t="s">
-        <v>3592</v>
+        <v>3763</v>
       </c>
       <c r="B83" s="2">
-        <v>401.85</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="84" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A84" s="1" t="s">
-        <v>3532</v>
+        <v>3817</v>
       </c>
       <c r="B84" s="2">
-        <v>12.88</v>
+        <v>179.2</v>
       </c>
     </row>
     <row r="85" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A85" s="1" t="s">
-        <v>3533</v>
+        <v>3816</v>
       </c>
       <c r="B85" s="2">
-        <v>12.2</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A86" s="1" t="s">
-        <v>3690</v>
+        <v>3368</v>
       </c>
       <c r="B86" s="2">
-        <v>53.83</v>
+        <v>151.30000000000001</v>
       </c>
     </row>
     <row r="87" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A87" s="1" t="s">
-        <v>3991</v>
+        <v>3435</v>
       </c>
       <c r="B87" s="2">
-        <v>1.45</v>
+        <v>402.3</v>
       </c>
     </row>
     <row r="88" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A88" s="1" t="s">
-        <v>4149</v>
+        <v>3393</v>
       </c>
       <c r="B88" s="2">
-        <v>1.49</v>
+        <v>10.5</v>
       </c>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A89" s="1" t="s">
-        <v>3616</v>
+        <v>3394</v>
       </c>
       <c r="B89" s="2">
-        <v>1.78</v>
+        <v>12.19</v>
       </c>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A90" s="1" t="s">
-        <v>3617</v>
+        <v>3514</v>
       </c>
       <c r="B90" s="2">
-        <v>1.8</v>
+        <v>45.08</v>
       </c>
     </row>
     <row r="91" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A91" s="1" t="s">
-        <v>4001</v>
+        <v>3760</v>
       </c>
       <c r="B91" s="2">
-        <v>0.62</v>
+        <v>2.0299999999999998</v>
       </c>
     </row>
     <row r="92" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A92" s="1" t="s">
-        <v>3628</v>
+        <v>3888</v>
       </c>
       <c r="B92" s="2">
-        <v>3.11</v>
+        <v>2.73</v>
       </c>
     </row>
     <row r="93" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A93" s="1" t="s">
-        <v>3505</v>
+        <v>3455</v>
       </c>
       <c r="B93" s="2">
-        <v>2.4500000000000002</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="94" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A94" s="1" t="s">
-        <v>3849</v>
+        <v>3456</v>
       </c>
       <c r="B94" s="2">
-        <v>1.55</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="95" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A95" s="1" t="s">
-        <v>3845</v>
+        <v>3770</v>
       </c>
       <c r="B95" s="2">
-        <v>1.05</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="96" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A96" s="1" t="s">
-        <v>3836</v>
+        <v>3464</v>
       </c>
       <c r="B96" s="2">
-        <v>2.2400000000000002</v>
+        <v>3.25</v>
       </c>
     </row>
     <row r="97" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A97" s="1" t="s">
-        <v>3986</v>
+        <v>3939</v>
       </c>
       <c r="B97" s="2">
-        <v>1.2</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="98" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A98" s="1" t="s">
-        <v>3984</v>
+        <v>3374</v>
       </c>
       <c r="B98" s="2">
-        <v>1.42</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="99" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A99" s="1" t="s">
-        <v>3653</v>
+        <v>3940</v>
       </c>
       <c r="B99" s="2">
-        <v>2.8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A100" s="1" t="s">
-        <v>4034</v>
+        <v>3941</v>
       </c>
       <c r="B100" s="2">
-        <v>92.9</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A101" s="1" t="s">
-        <v>3654</v>
+        <v>3658</v>
       </c>
       <c r="B101" s="2">
-        <v>1.05</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A102" s="1" t="s">
-        <v>4082</v>
+        <v>3654</v>
       </c>
       <c r="B102" s="2">
-        <v>0.75</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A103" s="1" t="s">
-        <v>3746</v>
+        <v>3646</v>
       </c>
       <c r="B103" s="2">
-        <v>1.6</v>
+        <v>2.11</v>
       </c>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A104" s="1" t="s">
-        <v>3990</v>
+        <v>3756</v>
       </c>
       <c r="B104" s="2">
-        <v>0.88</v>
+        <v>1.1499999999999999</v>
       </c>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A105" s="1" t="s">
-        <v>3789</v>
+        <v>3754</v>
       </c>
       <c r="B105" s="2">
-        <v>14.9</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A106" s="1" t="s">
-        <v>3937</v>
+        <v>3483</v>
       </c>
       <c r="B106" s="2">
-        <v>1.35</v>
+        <v>3</v>
       </c>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A107" s="1" t="s">
-        <v>3848</v>
+        <v>3942</v>
       </c>
       <c r="B107" s="2">
-        <v>1.0900000000000001</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A108" s="1" t="s">
-        <v>3748</v>
+        <v>3943</v>
       </c>
       <c r="B108" s="2">
-        <v>1.3</v>
+        <v>2997.5</v>
       </c>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A109" s="1" t="s">
-        <v>3985</v>
+        <v>3484</v>
       </c>
       <c r="B109" s="2">
-        <v>0.96</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A110" s="1" t="s">
-        <v>3496</v>
+        <v>3944</v>
       </c>
       <c r="B110" s="2">
-        <v>12</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A111" s="1" t="s">
-        <v>3754</v>
+        <v>3834</v>
       </c>
       <c r="B111" s="2">
-        <v>0.72</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A112" s="1" t="s">
-        <v>3753</v>
+        <v>3945</v>
       </c>
       <c r="B112" s="2">
-        <v>1.1499999999999999</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A113" s="1" t="s">
-        <v>3561</v>
+        <v>3946</v>
       </c>
       <c r="B113" s="2">
-        <v>59.37</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A114" s="1" t="s">
-        <v>3716</v>
+        <v>3947</v>
       </c>
       <c r="B114" s="2">
-        <v>23</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A115" s="1" t="s">
-        <v>3562</v>
+        <v>3948</v>
       </c>
       <c r="B115" s="2">
-        <v>24.61</v>
+        <v>16.149999999999999</v>
       </c>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A116" s="1" t="s">
-        <v>3563</v>
+        <v>3759</v>
       </c>
       <c r="B116" s="2">
-        <v>17.32</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A117" s="1" t="s">
-        <v>4111</v>
+        <v>3657</v>
       </c>
       <c r="B117" s="2">
-        <v>2</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A118" s="1" t="s">
-        <v>4039</v>
+        <v>3755</v>
       </c>
       <c r="B118" s="2">
-        <v>48.8</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A119" s="1" t="s">
-        <v>4040</v>
+        <v>3366</v>
       </c>
       <c r="B119" s="2">
-        <v>28.95</v>
+        <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A120" s="1" t="s">
-        <v>3895</v>
+        <v>3570</v>
       </c>
       <c r="B120" s="2">
-        <v>53.75</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A121" s="1" t="s">
-        <v>3559</v>
+        <v>3569</v>
       </c>
       <c r="B121" s="2">
-        <v>22.88</v>
+        <v>1.1499999999999999</v>
       </c>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A122" s="1" t="s">
-        <v>3558</v>
+        <v>3949</v>
       </c>
       <c r="B122" s="2">
-        <v>12.04</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A123" s="1" t="s">
-        <v>3634</v>
+        <v>3414</v>
       </c>
       <c r="B123" s="2">
-        <v>44.73</v>
+        <v>44.93</v>
       </c>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A124" s="1" t="s">
-        <v>3776</v>
+        <v>3535</v>
       </c>
       <c r="B124" s="2">
-        <v>3.2</v>
+        <v>21.92</v>
       </c>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A125" s="1" t="s">
-        <v>3531</v>
+        <v>3950</v>
       </c>
       <c r="B125" s="2">
-        <v>35.799999999999997</v>
+        <v>24.8</v>
       </c>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A126" s="1" t="s">
-        <v>4044</v>
+        <v>3951</v>
       </c>
       <c r="B126" s="2">
-        <v>1.35</v>
+        <v>24.8</v>
       </c>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A127" s="1" t="s">
-        <v>3607</v>
+        <v>3415</v>
       </c>
       <c r="B127" s="2">
-        <v>2.13</v>
+        <v>24.61</v>
       </c>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A128" s="1" t="s">
-        <v>3543</v>
+        <v>3416</v>
       </c>
       <c r="B128" s="2">
-        <v>12.6</v>
+        <v>17.32</v>
       </c>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A129" s="1" t="s">
-        <v>3688</v>
+        <v>3854</v>
       </c>
       <c r="B129" s="2">
-        <v>104.05</v>
+        <v>2</v>
       </c>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A130" s="1" t="s">
-        <v>3808</v>
+        <v>3798</v>
       </c>
       <c r="B130" s="2">
-        <v>3.4</v>
+        <v>49.77</v>
       </c>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A131" s="1" t="s">
-        <v>4189</v>
+        <v>3799</v>
       </c>
       <c r="B131" s="2">
-        <v>0.75</v>
+        <v>28.95</v>
       </c>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A132" s="1" t="s">
-        <v>3575</v>
+        <v>3412</v>
       </c>
       <c r="B132" s="2">
-        <v>3.5</v>
+        <v>22.88</v>
       </c>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A133" s="1" t="s">
-        <v>4035</v>
+        <v>3411</v>
       </c>
       <c r="B133" s="2">
-        <v>1.45</v>
+        <v>12.44</v>
       </c>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A134" s="1" t="s">
-        <v>3511</v>
+        <v>3470</v>
       </c>
       <c r="B134" s="2">
-        <v>246.3</v>
+        <v>46.63</v>
       </c>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A135" s="1" t="s">
-        <v>4151</v>
+        <v>3952</v>
       </c>
       <c r="B135" s="2">
-        <v>22.05</v>
+        <v>2.35</v>
       </c>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A136" s="1" t="s">
-        <v>3745</v>
+        <v>3591</v>
       </c>
       <c r="B136" s="2">
-        <v>0.74</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A137" s="1" t="s">
-        <v>4170</v>
+        <v>3953</v>
       </c>
       <c r="B137" s="2">
-        <v>4.5999999999999996</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A138" s="1" t="s">
-        <v>3740</v>
+        <v>3392</v>
       </c>
       <c r="B138" s="2">
-        <v>0.9</v>
+        <v>35.799999999999997</v>
       </c>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A139" s="1" t="s">
-        <v>3602</v>
+        <v>3802</v>
       </c>
       <c r="B139" s="2">
-        <v>55.6</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A140" s="1" t="s">
-        <v>3603</v>
+        <v>3448</v>
       </c>
       <c r="B140" s="2">
-        <v>38.83</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A141" s="1" t="s">
-        <v>3988</v>
+        <v>3512</v>
       </c>
       <c r="B141" s="2">
-        <v>38.049999999999997</v>
+        <v>120.6</v>
       </c>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A142" s="1" t="s">
-        <v>3918</v>
+        <v>3922</v>
       </c>
       <c r="B142" s="2">
-        <v>1.2</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A143" s="1" t="s">
-        <v>4051</v>
+        <v>3424</v>
       </c>
       <c r="B143" s="2">
-        <v>1.49</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A144" s="1" t="s">
-        <v>4114</v>
+        <v>3794</v>
       </c>
       <c r="B144" s="2">
-        <v>92.55</v>
+        <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="1" t="s">
-        <v>3573</v>
+        <v>3379</v>
       </c>
       <c r="B145" s="2">
-        <v>1.04</v>
+        <v>246.3</v>
       </c>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A146" s="1" t="s">
-        <v>3752</v>
+        <v>3890</v>
       </c>
       <c r="B146" s="2">
-        <v>1.21</v>
+        <v>22.05</v>
       </c>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A147" s="1" t="s">
-        <v>3936</v>
+        <v>3563</v>
       </c>
       <c r="B147" s="2">
-        <v>1.75</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A148" s="1" t="s">
-        <v>3537</v>
+        <v>3559</v>
       </c>
       <c r="B148" s="2">
-        <v>2.2999999999999998</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A149" s="1" t="s">
-        <v>3521</v>
+        <v>3444</v>
       </c>
       <c r="B149" s="2">
-        <v>246.17</v>
+        <v>54.45</v>
       </c>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A150" s="1" t="s">
-        <v>4152</v>
+        <v>3445</v>
       </c>
       <c r="B150" s="2">
-        <v>96.5</v>
+        <v>38.83</v>
       </c>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A151" s="1" t="s">
-        <v>3851</v>
+        <v>3757</v>
       </c>
       <c r="B151" s="2">
-        <v>1.25</v>
+        <v>38.049999999999997</v>
       </c>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A152" s="1" t="s">
-        <v>3534</v>
+        <v>3705</v>
       </c>
       <c r="B152" s="2">
-        <v>1.58</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A153" s="1" t="s">
-        <v>3903</v>
+        <v>3809</v>
       </c>
       <c r="B153" s="2">
-        <v>18.850000000000001</v>
+        <v>1.49</v>
       </c>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A154" s="1" t="s">
-        <v>4018</v>
+        <v>3856</v>
       </c>
       <c r="B154" s="2">
-        <v>34.979999999999997</v>
+        <v>92.55</v>
       </c>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A155" s="1" t="s">
-        <v>3536</v>
+        <v>3422</v>
       </c>
       <c r="B155" s="2">
-        <v>2</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A156" s="1" t="s">
-        <v>3593</v>
+        <v>3568</v>
       </c>
       <c r="B156" s="2">
-        <v>16.53</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A157" s="1" t="s">
-        <v>4161</v>
+        <v>3954</v>
       </c>
       <c r="B157" s="2">
-        <v>0.44</v>
+        <v>1.63</v>
       </c>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A158" s="1" t="s">
-        <v>4005</v>
+        <v>3716</v>
       </c>
       <c r="B158" s="2">
-        <v>15.92</v>
+        <v>2.02</v>
       </c>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A159" s="1" t="s">
-        <v>4004</v>
+        <v>3395</v>
       </c>
       <c r="B159" s="2">
-        <v>17.670000000000002</v>
+        <v>1.97</v>
       </c>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A160" s="1" t="s">
-        <v>4007</v>
+        <v>3384</v>
       </c>
       <c r="B160" s="2">
-        <v>59.12</v>
+        <v>246.17</v>
       </c>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A161" s="1" t="s">
-        <v>4153</v>
+        <v>3891</v>
       </c>
       <c r="B161" s="2">
-        <v>34.14</v>
+        <v>96.5</v>
       </c>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A162" s="1" t="s">
-        <v>3507</v>
+        <v>3660</v>
       </c>
       <c r="B162" s="2">
-        <v>0.21</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A163" s="1" t="s">
-        <v>3508</v>
+        <v>3955</v>
       </c>
       <c r="B163" s="2">
-        <v>0.12</v>
+        <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A164" s="1" t="s">
-        <v>3686</v>
+        <v>3436</v>
       </c>
       <c r="B164" s="2">
-        <v>12.21</v>
+        <v>24.3</v>
       </c>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A165" s="1" t="s">
-        <v>3685</v>
+        <v>3956</v>
       </c>
       <c r="B165" s="2">
-        <v>9.6300000000000008</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A166" s="1" t="s">
-        <v>4076</v>
+        <v>3899</v>
       </c>
       <c r="B166" s="2">
-        <v>16.850000000000001</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A167" s="1" t="s">
-        <v>3858</v>
+        <v>3773</v>
       </c>
       <c r="B167" s="2">
-        <v>30</v>
+        <v>16.36</v>
       </c>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A168" s="1" t="s">
-        <v>3859</v>
+        <v>3957</v>
       </c>
       <c r="B168" s="2">
-        <v>60</v>
+        <v>17.670000000000002</v>
       </c>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A169" s="1" t="s">
-        <v>3857</v>
+        <v>3775</v>
       </c>
       <c r="B169" s="2">
-        <v>30</v>
+        <v>61.48</v>
       </c>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A170" s="1" t="s">
-        <v>3583</v>
+        <v>3892</v>
       </c>
       <c r="B170" s="2">
-        <v>30</v>
+        <v>10.25</v>
       </c>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A171" s="1" t="s">
-        <v>3860</v>
+        <v>3375</v>
       </c>
       <c r="B171" s="2">
-        <v>60</v>
+        <v>0.2</v>
       </c>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A172" s="1" t="s">
-        <v>3861</v>
+        <v>3376</v>
       </c>
       <c r="B172" s="2">
-        <v>60</v>
+        <v>0.14000000000000001</v>
       </c>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A173" s="1" t="s">
-        <v>3589</v>
+        <v>3510</v>
       </c>
       <c r="B173" s="2">
-        <v>0.13</v>
+        <v>13.17</v>
       </c>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A174" s="1" t="s">
-        <v>3973</v>
+        <v>3509</v>
       </c>
       <c r="B174" s="2">
-        <v>1.1000000000000001</v>
+        <v>12.79</v>
       </c>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A175" s="1" t="s">
-        <v>3974</v>
+        <v>3828</v>
       </c>
       <c r="B175" s="2">
-        <v>1.1000000000000001</v>
+        <v>20.059999999999999</v>
       </c>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A176" s="1" t="s">
-        <v>3618</v>
+        <v>3664</v>
       </c>
       <c r="B176" s="2">
-        <v>121.2</v>
+        <v>30</v>
       </c>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A177" s="1" t="s">
-        <v>3512</v>
+        <v>3958</v>
       </c>
       <c r="B177" s="2">
-        <v>27</v>
+        <v>60</v>
       </c>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A178" s="1" t="s">
-        <v>4066</v>
+        <v>3665</v>
       </c>
       <c r="B178" s="2">
-        <v>1.35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A179" s="1" t="s">
-        <v>4067</v>
+        <v>3666</v>
       </c>
       <c r="B179" s="2">
-        <v>1.35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A180" s="1" t="s">
-        <v>3820</v>
+        <v>3743</v>
       </c>
       <c r="B180" s="2">
-        <v>1.48</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A181" s="1" t="s">
-        <v>3649</v>
+        <v>3744</v>
       </c>
       <c r="B181" s="2">
-        <v>165.5</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A182" s="1" t="s">
-        <v>3689</v>
+        <v>3457</v>
       </c>
       <c r="B182" s="2">
-        <v>91.63</v>
+        <v>121.2</v>
       </c>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A183" s="1" t="s">
-        <v>3739</v>
+        <v>3380</v>
       </c>
       <c r="B183" s="2">
-        <v>2.65</v>
+        <v>27</v>
       </c>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A184" s="1" t="s">
-        <v>3526</v>
+        <v>3820</v>
       </c>
       <c r="B184" s="2">
-        <v>1.1000000000000001</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A185" s="1" t="s">
-        <v>4045</v>
+        <v>3631</v>
       </c>
       <c r="B185" s="2">
-        <v>2</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A186" s="1" t="s">
-        <v>4046</v>
+        <v>3479</v>
       </c>
       <c r="B186" s="2">
-        <v>1.8</v>
+        <v>164.16</v>
       </c>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A187" s="1" t="s">
-        <v>4047</v>
+        <v>3513</v>
       </c>
       <c r="B187" s="2">
-        <v>1.75</v>
+        <v>93</v>
       </c>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A188" s="1" t="s">
-        <v>3873</v>
+        <v>3558</v>
       </c>
       <c r="B188" s="2">
-        <v>3.15</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A189" s="1" t="s">
-        <v>3847</v>
+        <v>3959</v>
       </c>
       <c r="B189" s="2">
-        <v>1.05</v>
+        <v>342.98</v>
       </c>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A190" s="1" t="s">
-        <v>3729</v>
+        <v>3960</v>
       </c>
       <c r="B190" s="2">
-        <v>1.1000000000000001</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A191" s="1" t="s">
-        <v>3687</v>
+        <v>3961</v>
       </c>
       <c r="B191" s="2">
-        <v>91.49</v>
+        <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A192" s="1" t="s">
-        <v>4028</v>
+        <v>3388</v>
       </c>
       <c r="B192" s="2">
-        <v>1.24</v>
+        <v>1.62</v>
       </c>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A193" s="1" t="s">
-        <v>3806</v>
+        <v>3803</v>
       </c>
       <c r="B193" s="2">
-        <v>0.66</v>
+        <v>2</v>
       </c>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A194" s="1" t="s">
-        <v>3981</v>
+        <v>3804</v>
       </c>
       <c r="B194" s="2">
-        <v>2.8</v>
+        <v>1.93</v>
       </c>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A195" s="1" t="s">
-        <v>4106</v>
+        <v>3805</v>
       </c>
       <c r="B195" s="2">
-        <v>1.55</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A196" s="1" t="s">
-        <v>3658</v>
+        <v>3676</v>
       </c>
       <c r="B196" s="2">
-        <v>1.65</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A197" s="1" t="s">
-        <v>3550</v>
+        <v>3962</v>
       </c>
       <c r="B197" s="2">
-        <v>27.55</v>
+        <v>7.53</v>
       </c>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A198" s="1" t="s">
-        <v>3772</v>
+        <v>3656</v>
       </c>
       <c r="B198" s="2">
-        <v>1.23</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A199" s="1" t="s">
-        <v>3775</v>
+        <v>3548</v>
       </c>
       <c r="B199" s="2">
-        <v>1.17</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A200" s="1" t="s">
-        <v>3636</v>
+        <v>3511</v>
       </c>
       <c r="B200" s="2">
-        <v>10.65</v>
+        <v>91.36</v>
       </c>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A201" s="1" t="s">
-        <v>3599</v>
+        <v>3963</v>
       </c>
       <c r="B201" s="2">
-        <v>11.6</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A202" s="1" t="s">
-        <v>4059</v>
+        <v>3964</v>
       </c>
       <c r="B202" s="2">
-        <v>38</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A203" s="1" t="s">
-        <v>3892</v>
+        <v>3618</v>
       </c>
       <c r="B203" s="2">
-        <v>65.5</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A204" s="1" t="s">
-        <v>4032</v>
+        <v>3751</v>
       </c>
       <c r="B204" s="2">
-        <v>1.45</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A205" s="1" t="s">
-        <v>4148</v>
+        <v>3851</v>
       </c>
       <c r="B205" s="2">
-        <v>0.73</v>
+        <v>3.65</v>
       </c>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A206" s="1" t="s">
-        <v>3897</v>
+        <v>3488</v>
       </c>
       <c r="B206" s="2">
-        <v>1.4</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A207" s="1" t="s">
-        <v>4171</v>
+        <v>3965</v>
       </c>
       <c r="B207" s="2">
-        <v>1.1299999999999999</v>
+        <v>84</v>
       </c>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A208" s="1" t="s">
-        <v>3551</v>
+        <v>3587</v>
       </c>
       <c r="B208" s="2">
-        <v>3.65</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A209" s="1" t="s">
-        <v>4108</v>
+        <v>3590</v>
       </c>
       <c r="B209" s="2">
-        <v>109</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A210" s="1" t="s">
-        <v>3652</v>
+        <v>3441</v>
       </c>
       <c r="B210" s="2">
-        <v>94.62</v>
+        <v>11.6</v>
       </c>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A211" s="1" t="s">
-        <v>4010</v>
+        <v>3815</v>
       </c>
       <c r="B211" s="2">
-        <v>1.03</v>
+        <v>47.9</v>
       </c>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A212" s="1" t="s">
-        <v>4011</v>
+        <v>3966</v>
       </c>
       <c r="B212" s="2">
-        <v>1.4</v>
+        <v>65.5</v>
       </c>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A213" s="1" t="s">
-        <v>3829</v>
+        <v>3792</v>
       </c>
       <c r="B213" s="2">
-        <v>2.4900000000000002</v>
+        <v>1.07</v>
       </c>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A214" s="1" t="s">
-        <v>3900</v>
+        <v>3887</v>
       </c>
       <c r="B214" s="2">
-        <v>1.45</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A215" s="1" t="s">
-        <v>3681</v>
+        <v>3967</v>
       </c>
       <c r="B215" s="2">
-        <v>23.6</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A216" s="1" t="s">
-        <v>3682</v>
+        <v>3405</v>
       </c>
       <c r="B216" s="2">
-        <v>25.45</v>
+        <v>5.19</v>
       </c>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A217" s="1" t="s">
-        <v>3890</v>
+        <v>3852</v>
       </c>
       <c r="B217" s="2">
-        <v>0.56000000000000005</v>
+        <v>109</v>
       </c>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A218" s="1" t="s">
-        <v>3670</v>
+        <v>3482</v>
       </c>
       <c r="B218" s="2">
-        <v>2.8</v>
+        <v>96.38</v>
       </c>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A219" s="1" t="s">
-        <v>3711</v>
+        <v>3778</v>
       </c>
       <c r="B219" s="2">
-        <v>13.59</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A220" s="1" t="s">
-        <v>3712</v>
+        <v>3779</v>
       </c>
       <c r="B220" s="2">
-        <v>12.03</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A221" s="1" t="s">
-        <v>3713</v>
+        <v>3639</v>
       </c>
       <c r="B221" s="2">
-        <v>7.41</v>
+        <v>2.5499999999999998</v>
       </c>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A222" s="1" t="s">
-        <v>3708</v>
+        <v>3691</v>
       </c>
       <c r="B222" s="2">
-        <v>33.630000000000003</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A223" s="1" t="s">
-        <v>3519</v>
+        <v>3506</v>
       </c>
       <c r="B223" s="2">
-        <v>26.32</v>
+        <v>25.28</v>
       </c>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A224" s="1" t="s">
-        <v>3709</v>
+        <v>3507</v>
       </c>
       <c r="B224" s="2">
-        <v>19.579999999999998</v>
+        <v>25.64</v>
       </c>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A225" s="1" t="s">
-        <v>3710</v>
+        <v>3498</v>
       </c>
       <c r="B225" s="2">
-        <v>15.76</v>
+        <v>2.2999999999999998</v>
       </c>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A226" s="1" t="s">
-        <v>4112</v>
+        <v>3530</v>
       </c>
       <c r="B226" s="2">
-        <v>1.75</v>
+        <v>13.49</v>
       </c>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A227" s="1" t="s">
-        <v>3906</v>
+        <v>3531</v>
       </c>
       <c r="B227" s="2">
-        <v>32.17</v>
+        <v>16.350000000000001</v>
       </c>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A228" s="1" t="s">
-        <v>3907</v>
+        <v>3532</v>
       </c>
       <c r="B228" s="2">
-        <v>30.85</v>
+        <v>10.11</v>
       </c>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A229" s="1" t="s">
-        <v>4178</v>
+        <v>3527</v>
       </c>
       <c r="B229" s="2">
-        <v>87.7</v>
+        <v>30.97</v>
       </c>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A230" s="1" t="s">
-        <v>4179</v>
+        <v>3382</v>
       </c>
       <c r="B230" s="2">
-        <v>11.74</v>
+        <v>26.15</v>
       </c>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A231" s="1" t="s">
-        <v>3996</v>
+        <v>3528</v>
       </c>
       <c r="B231" s="2">
-        <v>10.95</v>
+        <v>19.54</v>
       </c>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A232" s="1" t="s">
-        <v>4024</v>
+        <v>3529</v>
       </c>
       <c r="B232" s="2">
-        <v>62.2</v>
+        <v>14.72</v>
       </c>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A233" s="1" t="s">
-        <v>3515</v>
+        <v>3855</v>
       </c>
       <c r="B233" s="2">
-        <v>36.65</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A234" s="1" t="s">
-        <v>3514</v>
+        <v>3695</v>
       </c>
       <c r="B234" s="2">
-        <v>36.65</v>
+        <v>1.96</v>
       </c>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A235" s="1" t="s">
-        <v>3516</v>
+        <v>3914</v>
       </c>
       <c r="B235" s="2">
-        <v>24.25</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A236" s="1" t="s">
-        <v>3908</v>
+        <v>3915</v>
       </c>
       <c r="B236" s="2">
-        <v>160.83000000000001</v>
+        <v>12.11</v>
       </c>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A237" s="1" t="s">
-        <v>3893</v>
+        <v>3765</v>
       </c>
       <c r="B237" s="2">
-        <v>21.45</v>
+        <v>31.37</v>
       </c>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A238" s="1" t="s">
-        <v>3767</v>
+        <v>3968</v>
       </c>
       <c r="B238" s="2">
-        <v>0.8</v>
+        <v>37.25</v>
       </c>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A239" s="1" t="s">
-        <v>3870</v>
+        <v>3696</v>
       </c>
       <c r="B239" s="2">
-        <v>13.02</v>
+        <v>142</v>
       </c>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A240" s="1" t="s">
-        <v>3869</v>
+        <v>3687</v>
       </c>
       <c r="B240" s="2">
-        <v>1.39</v>
+        <v>21.45</v>
       </c>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A241" s="1" t="s">
-        <v>3500</v>
+        <v>3582</v>
       </c>
       <c r="B241" s="2">
-        <v>823.6</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A242" s="1" t="s">
-        <v>4120</v>
+        <v>3674</v>
       </c>
       <c r="B242" s="2">
-        <v>1.4</v>
+        <v>13.02</v>
       </c>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A243" s="1" t="s">
-        <v>4093</v>
+        <v>3673</v>
       </c>
       <c r="B243" s="2">
-        <v>89</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A244" s="1" t="s">
-        <v>3844</v>
+        <v>3969</v>
       </c>
       <c r="B244" s="2">
-        <v>1.1499999999999999</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A245" s="1" t="s">
-        <v>4145</v>
+        <v>3369</v>
       </c>
       <c r="B245" s="2">
-        <v>1.3</v>
+        <v>823.6</v>
       </c>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A246" s="1" t="s">
-        <v>4054</v>
+        <v>3862</v>
       </c>
       <c r="B246" s="2">
-        <v>2.5</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A247" s="1" t="s">
-        <v>3606</v>
+        <v>3843</v>
       </c>
       <c r="B247" s="2">
-        <v>20.5</v>
+        <v>89.25</v>
       </c>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A248" s="1" t="s">
-        <v>3612</v>
+        <v>3653</v>
       </c>
       <c r="B248" s="2">
-        <v>9.6</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A249" s="1" t="s">
-        <v>4042</v>
+        <v>3884</v>
       </c>
       <c r="B249" s="2">
-        <v>12.8</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A250" s="1" t="s">
-        <v>4094</v>
+        <v>3447</v>
       </c>
       <c r="B250" s="2">
-        <v>89.2</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A251" s="1" t="s">
-        <v>3702</v>
+        <v>3453</v>
       </c>
       <c r="B251" s="2">
-        <v>91.4</v>
+        <v>9.6</v>
       </c>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A252" s="1" t="s">
-        <v>3637</v>
+        <v>3844</v>
       </c>
       <c r="B252" s="2">
-        <v>91.75</v>
+        <v>90.25</v>
       </c>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A253" s="1" t="s">
-        <v>3691</v>
+        <v>3522</v>
       </c>
       <c r="B253" s="2">
-        <v>6.78</v>
+        <v>91.95</v>
       </c>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A254" s="1" t="s">
-        <v>3638</v>
+        <v>3471</v>
       </c>
       <c r="B254" s="2">
-        <v>91.08</v>
+        <v>91.74</v>
       </c>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A255" s="1" t="s">
-        <v>3904</v>
+        <v>3472</v>
       </c>
       <c r="B255" s="2">
-        <v>4.7</v>
+        <v>90.47</v>
       </c>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A256" s="1" t="s">
-        <v>3850</v>
+        <v>3970</v>
       </c>
       <c r="B256" s="2">
-        <v>1.05</v>
+        <v>90.94</v>
       </c>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A257" s="1" t="s">
-        <v>3577</v>
+        <v>3971</v>
       </c>
       <c r="B257" s="2">
-        <v>1.4</v>
+        <v>4.04</v>
       </c>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A258" s="1" t="s">
-        <v>3706</v>
+        <v>3693</v>
       </c>
       <c r="B258" s="2">
-        <v>3.58</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A259" s="1" t="s">
-        <v>4063</v>
+        <v>3659</v>
       </c>
       <c r="B259" s="2">
-        <v>2.0699999999999998</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A260" s="1" t="s">
-        <v>3805</v>
+        <v>3425</v>
       </c>
       <c r="B260" s="2">
-        <v>2.1</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A261" s="1" t="s">
-        <v>4182</v>
+        <v>3525</v>
       </c>
       <c r="B261" s="2">
-        <v>1.3</v>
+        <v>3.07</v>
       </c>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A262" s="1" t="s">
-        <v>3947</v>
+        <v>3617</v>
       </c>
       <c r="B262" s="2">
-        <v>2.1</v>
+        <v>2.25</v>
       </c>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A263" s="1" t="s">
-        <v>3549</v>
+        <v>3918</v>
       </c>
       <c r="B263" s="2">
-        <v>2.35</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A264" s="1" t="s">
-        <v>4102</v>
+        <v>3849</v>
       </c>
       <c r="B264" s="2">
         <v>1.35</v>
       </c>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A265" s="1" t="s">
-        <v>4009</v>
+        <v>3777</v>
       </c>
       <c r="B265" s="2">
-        <v>1.7</v>
+        <v>2.5499999999999998</v>
       </c>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A266" s="1" t="s">
-        <v>4134</v>
+        <v>3874</v>
       </c>
       <c r="B266" s="2">
-        <v>3.04</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A267" s="1" t="s">
-        <v>3948</v>
+        <v>3972</v>
       </c>
       <c r="B267" s="2">
-        <v>1.6</v>
+        <v>124.9</v>
       </c>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A268" s="1" t="s">
-        <v>4057</v>
+        <v>3973</v>
       </c>
       <c r="B268" s="2">
-        <v>95.7</v>
+        <v>57.75</v>
       </c>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A269" s="1" t="s">
-        <v>3733</v>
+        <v>3721</v>
       </c>
       <c r="B269" s="2">
-        <v>1.1499999999999999</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A270" s="1" t="s">
-        <v>3734</v>
+        <v>3552</v>
       </c>
       <c r="B270" s="2">
-        <v>0.73</v>
+        <v>1.1499999999999999</v>
       </c>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A271" s="1" t="s">
-        <v>3566</v>
+        <v>3553</v>
       </c>
       <c r="B271" s="2">
-        <v>12.38</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A272" s="1" t="s">
-        <v>3567</v>
+        <v>3974</v>
       </c>
       <c r="B272" s="2">
-        <v>12.18</v>
+        <v>4.03</v>
       </c>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A273" s="1" t="s">
-        <v>4070</v>
+        <v>3822</v>
       </c>
       <c r="B273" s="2">
-        <v>1.1599999999999999</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A274" s="1" t="s">
-        <v>3846</v>
+        <v>3655</v>
       </c>
       <c r="B274" s="2">
-        <v>1.2</v>
+        <v>1.1399999999999999</v>
       </c>
     </row>
     <row r="275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A275" s="1" t="s">
-        <v>4142</v>
+        <v>3975</v>
       </c>
       <c r="B275" s="2">
-        <v>133.65</v>
+        <v>9.01</v>
       </c>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A276" s="1" t="s">
-        <v>3632</v>
+        <v>3881</v>
       </c>
       <c r="B276" s="2">
-        <v>89.5</v>
+        <v>16.28</v>
       </c>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A277" s="1" t="s">
-        <v>3842</v>
+        <v>3976</v>
       </c>
       <c r="B277" s="2">
-        <v>1.1000000000000001</v>
+        <v>88.75</v>
       </c>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A278" s="1" t="s">
-        <v>3509</v>
+        <v>3468</v>
       </c>
       <c r="B278" s="2">
-        <v>1.25</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A279" s="1" t="s">
-        <v>3792</v>
+        <v>3651</v>
       </c>
       <c r="B279" s="2">
-        <v>1.05</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A280" s="1" t="s">
-        <v>3793</v>
+        <v>3377</v>
       </c>
       <c r="B280" s="2">
-        <v>0.91</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A281" s="1" t="s">
-        <v>3794</v>
+        <v>3606</v>
       </c>
       <c r="B281" s="2">
-        <v>0.94</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A282" s="1" t="s">
-        <v>3588</v>
+        <v>3607</v>
       </c>
       <c r="B282" s="2">
-        <v>17.18</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A283" s="1" t="s">
-        <v>3854</v>
+        <v>3608</v>
       </c>
       <c r="B283" s="2">
-        <v>170.25</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A284" s="1" t="s">
-        <v>4048</v>
+        <v>3977</v>
       </c>
       <c r="B284" s="2">
-        <v>1.35</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A285" s="1" t="s">
-        <v>4077</v>
+        <v>3433</v>
       </c>
       <c r="B285" s="2">
-        <v>98.35</v>
+        <v>17.18</v>
       </c>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A286" s="1" t="s">
-        <v>4072</v>
+        <v>3978</v>
       </c>
       <c r="B286" s="2">
-        <v>96.8</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A287" s="1" t="s">
-        <v>3949</v>
+        <v>3806</v>
       </c>
       <c r="B287" s="2">
-        <v>1.7</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A288" s="1" t="s">
-        <v>3950</v>
+        <v>3829</v>
       </c>
       <c r="B288" s="2">
-        <v>0.68</v>
+        <v>99.85</v>
       </c>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A289" s="1" t="s">
-        <v>3677</v>
+        <v>3824</v>
       </c>
       <c r="B289" s="2">
-        <v>1.35</v>
+        <v>96.8</v>
       </c>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A290" s="1" t="s">
-        <v>4089</v>
+        <v>3722</v>
       </c>
       <c r="B290" s="2">
-        <v>592.9</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A291" s="1" t="s">
-        <v>3673</v>
+        <v>3840</v>
       </c>
       <c r="B291" s="2">
-        <v>13.94</v>
+        <v>592.9</v>
       </c>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A292" s="1" t="s">
-        <v>4020</v>
+        <v>3501</v>
       </c>
       <c r="B292" s="2">
-        <v>1.6</v>
+        <v>13.9</v>
       </c>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A293" s="1" t="s">
-        <v>4157</v>
+        <v>3786</v>
       </c>
       <c r="B293" s="2">
-        <v>46.75</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A294" s="1" t="s">
-        <v>3889</v>
+        <v>3896</v>
       </c>
       <c r="B294" s="2">
-        <v>1.1499999999999999</v>
+        <v>46.75</v>
       </c>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A295" s="1" t="s">
-        <v>3546</v>
+        <v>3402</v>
       </c>
       <c r="B295" s="2">
-        <v>6.85</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A296" s="1" t="s">
-        <v>4098</v>
+        <v>3847</v>
       </c>
       <c r="B296" s="2">
-        <v>2.0499999999999998</v>
+        <v>2.1</v>
       </c>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A297" s="1" t="s">
-        <v>3547</v>
+        <v>3403</v>
       </c>
       <c r="B297" s="2">
         <v>5.05</v>
       </c>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A298" s="1" t="s">
-        <v>3540</v>
+        <v>3979</v>
       </c>
       <c r="B298" s="2">
-        <v>7.71</v>
+        <v>11</v>
       </c>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A299" s="1" t="s">
         <v>3980</v>
       </c>
       <c r="B299" s="2">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A300" s="1" t="s">
-        <v>3800</v>
+        <v>3750</v>
       </c>
       <c r="B300" s="2">
-        <v>1.27</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A301" s="1" t="s">
-        <v>4086</v>
+        <v>3837</v>
       </c>
       <c r="B301" s="2">
-        <v>92.37</v>
+        <v>90.98</v>
       </c>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A302" s="1" t="s">
-        <v>4193</v>
+        <v>3924</v>
       </c>
       <c r="B302" s="2">
-        <v>78.12</v>
+        <v>71.88</v>
       </c>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A303" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B303" s="2">
-        <v>200.1</v>
+        <v>206.1</v>
       </c>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A304" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B304" s="2">
-        <v>119.14</v>
+        <v>122.71</v>
       </c>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A305" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B305" s="2">
         <v>68.75</v>
       </c>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A306" s="1" t="s">
         <v>12</v>
       </c>
       <c r="B306" s="2">
         <v>68.75</v>
       </c>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A307" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B307" s="2">
-        <v>912.59</v>
+        <v>939.97</v>
       </c>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A308" s="1" t="s">
-        <v>2449</v>
+        <v>2433</v>
       </c>
       <c r="B308" s="2">
-        <v>2072.06</v>
+        <v>2134.2199999999998</v>
       </c>
     </row>
     <row r="309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A309" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B309" s="2">
-        <v>526.16999999999996</v>
+        <v>541.96</v>
       </c>
     </row>
     <row r="310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A310" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B310" s="2">
-        <v>260.81</v>
+        <v>268.63</v>
       </c>
     </row>
     <row r="311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A311" s="1" t="s">
         <v>16</v>
       </c>
       <c r="B311" s="2">
         <v>68.75</v>
       </c>
     </row>
     <row r="312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A312" s="1" t="s">
-        <v>3157</v>
+        <v>3056</v>
       </c>
       <c r="B312" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A313" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B313" s="2">
         <v>410.98</v>
       </c>
     </row>
     <row r="314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A314" s="1" t="s">
         <v>18</v>
       </c>
       <c r="B314" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A315" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B315" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A316" s="1" t="s">
-        <v>2450</v>
+        <v>2434</v>
       </c>
       <c r="B316" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A317" s="1" t="s">
         <v>20</v>
       </c>
       <c r="B317" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="318" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A318" s="1" t="s">
-        <v>2439</v>
+        <v>2423</v>
       </c>
       <c r="B318" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="319" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A319" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B319" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="320" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A320" s="1" t="s">
         <v>22</v>
       </c>
       <c r="B320" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="321" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A321" s="1" t="s">
-        <v>3156</v>
+        <v>3055</v>
       </c>
       <c r="B321" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="322" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A322" s="1" t="s">
-        <v>2451</v>
+        <v>2435</v>
       </c>
       <c r="B322" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="323" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A323" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B323" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="324" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A324" s="1" t="s">
         <v>24</v>
       </c>
       <c r="B324" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="325" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A325" s="1" t="s">
         <v>25</v>
       </c>
@@ -15673,31006 +15991,31852 @@
       <c r="A326" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B326" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="327" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A327" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B327" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="328" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A328" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B328" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="329" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A329" s="1" t="s">
-        <v>2452</v>
+        <v>2436</v>
       </c>
       <c r="B329" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="330" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A330" s="1" t="s">
-        <v>2453</v>
+        <v>2437</v>
       </c>
       <c r="B330" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="331" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A331" s="1" t="s">
-        <v>2454</v>
+        <v>2438</v>
       </c>
       <c r="B331" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="332" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A332" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B332" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="333" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A333" s="1" t="s">
-        <v>2440</v>
+        <v>2424</v>
       </c>
       <c r="B333" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="334" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A334" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B334" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="335" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A335" s="1" t="s">
         <v>31</v>
       </c>
       <c r="B335" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="336" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A336" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B336" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="337" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A337" s="1" t="s">
-        <v>3158</v>
+        <v>3057</v>
       </c>
       <c r="B337" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A338" s="1" t="s">
         <v>33</v>
       </c>
       <c r="B338" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="339" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A339" s="1" t="s">
-        <v>2455</v>
+        <v>2439</v>
       </c>
       <c r="B339" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="340" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A340" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B340" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="341" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A341" s="1" t="s">
-        <v>2456</v>
+        <v>2440</v>
       </c>
       <c r="B341" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="342" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A342" s="1" t="s">
-        <v>2457</v>
+        <v>2441</v>
       </c>
       <c r="B342" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="343" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A343" s="1" t="s">
-        <v>2458</v>
+        <v>2442</v>
       </c>
       <c r="B343" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="344" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A344" s="1" t="s">
-        <v>2459</v>
+        <v>2443</v>
       </c>
       <c r="B344" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="345" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A345" s="1" t="s">
-        <v>3159</v>
+        <v>3058</v>
       </c>
       <c r="B345" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="346" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A346" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B346" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="347" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A347" s="1" t="s">
-        <v>2460</v>
+        <v>2444</v>
       </c>
       <c r="B347" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="348" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A348" s="1" t="s">
-        <v>2461</v>
+        <v>2445</v>
       </c>
       <c r="B348" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="349" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A349" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B349" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="350" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A350" s="1" t="s">
         <v>37</v>
       </c>
       <c r="B350" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="351" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A351" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B351" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="352" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A352" s="1" t="s">
         <v>39</v>
       </c>
       <c r="B352" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="353" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A353" s="1" t="s">
-        <v>2462</v>
+        <v>2446</v>
       </c>
       <c r="B353" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="354" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A354" s="1" t="s">
-        <v>2463</v>
+        <v>2447</v>
       </c>
       <c r="B354" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="355" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A355" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B355" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="356" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A356" s="1" t="s">
         <v>41</v>
       </c>
       <c r="B356" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="357" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A357" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B357" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="358" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A358" s="1" t="s">
-        <v>3163</v>
+        <v>3062</v>
       </c>
       <c r="B358" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="359" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A359" s="1" t="s">
         <v>43</v>
       </c>
       <c r="B359" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="360" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A360" s="1" t="s">
         <v>44</v>
       </c>
       <c r="B360" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="361" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A361" s="1" t="s">
         <v>45</v>
       </c>
       <c r="B361" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="362" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A362" s="1" t="s">
-        <v>3161</v>
+        <v>3060</v>
       </c>
       <c r="B362" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="363" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A363" s="1" t="s">
-        <v>2464</v>
+        <v>2448</v>
       </c>
       <c r="B363" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="364" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A364" s="1" t="s">
-        <v>2465</v>
+        <v>2449</v>
       </c>
       <c r="B364" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="365" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A365" s="1" t="s">
-        <v>3165</v>
+        <v>3064</v>
       </c>
       <c r="B365" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="366" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A366" s="1" t="s">
-        <v>2466</v>
+        <v>2450</v>
       </c>
       <c r="B366" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="367" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A367" s="1" t="s">
-        <v>2467</v>
+        <v>2451</v>
       </c>
       <c r="B367" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="368" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A368" s="1" t="s">
         <v>46</v>
       </c>
       <c r="B368" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="369" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A369" s="1" t="s">
         <v>47</v>
       </c>
       <c r="B369" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="370" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A370" s="1" t="s">
-        <v>3170</v>
+        <v>3069</v>
       </c>
       <c r="B370" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="371" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A371" s="1" t="s">
         <v>48</v>
       </c>
       <c r="B371" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="372" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A372" s="1" t="s">
         <v>49</v>
       </c>
       <c r="B372" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="373" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A373" s="1" t="s">
-        <v>3169</v>
+        <v>3068</v>
       </c>
       <c r="B373" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="374" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A374" s="1" t="s">
         <v>50</v>
       </c>
       <c r="B374" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="375" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A375" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B375" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="376" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A376" s="1" t="s">
         <v>52</v>
       </c>
       <c r="B376" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="377" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A377" s="1" t="s">
         <v>53</v>
       </c>
       <c r="B377" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="378" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A378" s="1" t="s">
         <v>54</v>
       </c>
       <c r="B378" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="379" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A379" s="1" t="s">
-        <v>2468</v>
+        <v>2452</v>
       </c>
       <c r="B379" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="380" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A380" s="1" t="s">
-        <v>3172</v>
+        <v>3071</v>
       </c>
       <c r="B380" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="381" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A381" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B381" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="382" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A382" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B382" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="383" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A383" s="1" t="s">
         <v>57</v>
       </c>
       <c r="B383" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="384" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A384" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B384" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="385" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A385" s="1" t="s">
-        <v>2469</v>
+        <v>2453</v>
       </c>
       <c r="B385" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="386" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A386" s="1" t="s">
         <v>59</v>
       </c>
       <c r="B386" s="2">
-        <v>4197.25</v>
+        <v>4323.17</v>
       </c>
     </row>
     <row r="387" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A387" s="1" t="s">
         <v>60</v>
       </c>
       <c r="B387" s="2">
-        <v>1789.34</v>
+        <v>1843.02</v>
       </c>
     </row>
     <row r="388" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A388" s="1" t="s">
         <v>61</v>
       </c>
       <c r="B388" s="2">
-        <v>2666.06</v>
+        <v>2746.04</v>
       </c>
     </row>
     <row r="389" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A389" s="1" t="s">
         <v>62</v>
       </c>
       <c r="B389" s="2">
-        <v>4197.25</v>
+        <v>4323.17</v>
       </c>
     </row>
     <row r="390" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A390" s="1" t="s">
-        <v>2470</v>
+        <v>2454</v>
       </c>
       <c r="B390" s="2">
         <v>360</v>
       </c>
     </row>
     <row r="391" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A391" s="1" t="s">
         <v>63</v>
       </c>
       <c r="B391" s="2">
-        <v>22170.75</v>
+        <v>22835.87</v>
       </c>
     </row>
     <row r="392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A392" s="1" t="s">
         <v>64</v>
       </c>
       <c r="B392" s="2">
-        <v>12300.92</v>
+        <v>12669.95</v>
       </c>
     </row>
     <row r="393" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A393" s="1" t="s">
         <v>65</v>
       </c>
       <c r="B393" s="2">
-        <v>12978.64</v>
+        <v>13368</v>
       </c>
     </row>
     <row r="394" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A394" s="1" t="s">
-        <v>2471</v>
+        <v>2455</v>
       </c>
       <c r="B394" s="2">
-        <v>16946.32</v>
+        <v>17454.71</v>
       </c>
     </row>
     <row r="395" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A395" s="1" t="s">
         <v>66</v>
       </c>
       <c r="B395" s="2">
-        <v>12300.92</v>
+        <v>12669.95</v>
       </c>
     </row>
     <row r="396" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A396" s="1" t="s">
         <v>67</v>
       </c>
       <c r="B396" s="2">
-        <v>14758.79</v>
+        <v>15201.55</v>
       </c>
     </row>
     <row r="397" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A397" s="1" t="s">
         <v>68</v>
       </c>
       <c r="B397" s="2">
-        <v>1167.98</v>
+        <v>1203.02</v>
       </c>
     </row>
     <row r="398" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A398" s="1" t="s">
-        <v>3047</v>
+        <v>2947</v>
       </c>
       <c r="B398" s="2">
         <v>80.349999999999994</v>
       </c>
     </row>
     <row r="399" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A399" s="1" t="s">
-        <v>3137</v>
+        <v>3036</v>
       </c>
       <c r="B399" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="400" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A400" s="1" t="s">
-        <v>3136</v>
+        <v>3035</v>
       </c>
       <c r="B400" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="401" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A401" s="1" t="s">
-        <v>3138</v>
+        <v>3037</v>
       </c>
       <c r="B401" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="402" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A402" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B402" s="2">
-        <v>375.35</v>
+        <v>386.61</v>
       </c>
     </row>
     <row r="403" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A403" s="1" t="s">
-        <v>70</v>
+        <v>3981</v>
       </c>
       <c r="B403" s="2">
-        <v>136.6</v>
+        <v>8694.86</v>
       </c>
     </row>
     <row r="404" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A404" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B404" s="2">
         <v>136.6</v>
       </c>
     </row>
     <row r="405" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A405" s="1" t="s">
-        <v>2472</v>
+        <v>71</v>
       </c>
       <c r="B405" s="2">
-        <v>60.71</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="406" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A406" s="1" t="s">
-        <v>72</v>
+        <v>2456</v>
       </c>
       <c r="B406" s="2">
-        <v>41.96</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="407" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A407" s="1" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B407" s="2">
-        <v>85.7</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="408" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A408" s="1" t="s">
-        <v>3048</v>
+        <v>73</v>
       </c>
       <c r="B408" s="2">
-        <v>80.349999999999994</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="409" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A409" s="1" t="s">
-        <v>74</v>
+        <v>2948</v>
       </c>
       <c r="B409" s="2">
         <v>80.349999999999994</v>
       </c>
     </row>
     <row r="410" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A410" s="1" t="s">
-        <v>3433</v>
+        <v>74</v>
       </c>
       <c r="B410" s="2">
-        <v>283.83999999999997</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="411" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A411" s="1" t="s">
-        <v>3402</v>
+        <v>3320</v>
       </c>
       <c r="B411" s="2">
-        <v>2000.29</v>
+        <v>252.39</v>
       </c>
     </row>
     <row r="412" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A412" s="1" t="s">
-        <v>75</v>
+        <v>3293</v>
       </c>
       <c r="B412" s="2">
-        <v>104.5</v>
+        <v>2271.2399999999998</v>
       </c>
     </row>
     <row r="413" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A413" s="1" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B413" s="2">
-        <v>764.63</v>
+        <v>107.64</v>
       </c>
     </row>
     <row r="414" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A414" s="1" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B414" s="2">
-        <v>764.63</v>
+        <v>787.57</v>
       </c>
     </row>
     <row r="415" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A415" s="1" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B415" s="2">
-        <v>103.03</v>
+        <v>787.57</v>
       </c>
     </row>
     <row r="416" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A416" s="1" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B416" s="2">
-        <v>151.51</v>
+        <v>106.12</v>
       </c>
     </row>
     <row r="417" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A417" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B417" s="2">
-        <v>66.48</v>
+        <v>156.06</v>
       </c>
     </row>
     <row r="418" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A418" s="1" t="s">
-        <v>2473</v>
+        <v>80</v>
       </c>
       <c r="B418" s="2">
-        <v>85.49</v>
+        <v>68.47</v>
       </c>
     </row>
     <row r="419" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A419" s="1" t="s">
-        <v>3310</v>
+        <v>2457</v>
       </c>
       <c r="B419" s="2">
-        <v>1566.44</v>
+        <v>88.05</v>
       </c>
     </row>
     <row r="420" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A420" s="1" t="s">
-        <v>81</v>
+        <v>3207</v>
       </c>
       <c r="B420" s="2">
-        <v>1064.45</v>
+        <v>1566.44</v>
       </c>
     </row>
     <row r="421" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A421" s="1" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B421" s="2">
-        <v>652.84</v>
+        <v>1096.3800000000001</v>
       </c>
     </row>
     <row r="422" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A422" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B422" s="2">
-        <v>744.32</v>
+        <v>672.43</v>
       </c>
     </row>
     <row r="423" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A423" s="1" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B423" s="2">
-        <v>652.84</v>
+        <v>766.65</v>
       </c>
     </row>
     <row r="424" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A424" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B424" s="2">
-        <v>48.22</v>
+        <v>672.43</v>
       </c>
     </row>
     <row r="425" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A425" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B425" s="2">
         <v>48.22</v>
       </c>
     </row>
     <row r="426" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A426" s="1" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B426" s="2">
         <v>48.22</v>
       </c>
     </row>
     <row r="427" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A427" s="1" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B427" s="2">
-        <v>224.99</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="428" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A428" s="1" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B428" s="2">
-        <v>48.22</v>
+        <v>224.99</v>
       </c>
     </row>
     <row r="429" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A429" s="1" t="s">
-        <v>90</v>
+        <v>3982</v>
       </c>
       <c r="B429" s="2">
-        <v>48.22</v>
+        <v>1587.6</v>
       </c>
     </row>
     <row r="430" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A430" s="1" t="s">
-        <v>3133</v>
+        <v>89</v>
       </c>
       <c r="B430" s="2">
-        <v>60.71</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="431" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A431" s="1" t="s">
-        <v>3380</v>
+        <v>90</v>
       </c>
       <c r="B431" s="2">
-        <v>40817.379999999997</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="432" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A432" s="1" t="s">
-        <v>3432</v>
+        <v>3033</v>
       </c>
       <c r="B432" s="2">
-        <v>55219.44</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="433" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A433" s="1" t="s">
-        <v>3381</v>
+        <v>3272</v>
       </c>
       <c r="B433" s="2">
-        <v>36928.65</v>
+        <v>40211.43</v>
       </c>
     </row>
     <row r="434" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A434" s="1" t="s">
-        <v>91</v>
+        <v>3319</v>
       </c>
       <c r="B434" s="2">
-        <v>228.36</v>
+        <v>52915.21</v>
       </c>
     </row>
     <row r="435" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A435" s="1" t="s">
-        <v>92</v>
+        <v>3273</v>
       </c>
       <c r="B435" s="2">
-        <v>228.36</v>
+        <v>30251</v>
       </c>
     </row>
     <row r="436" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A436" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B436" s="2">
-        <v>41.96</v>
+        <v>235.21</v>
       </c>
     </row>
     <row r="437" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A437" s="1" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B437" s="2">
-        <v>41.96</v>
+        <v>235.21</v>
       </c>
     </row>
     <row r="438" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A438" s="1" t="s">
-        <v>95</v>
+        <v>3983</v>
       </c>
       <c r="B438" s="2">
-        <v>136.6</v>
+        <v>1057.8</v>
       </c>
     </row>
     <row r="439" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A439" s="1" t="s">
-        <v>5</v>
+        <v>93</v>
       </c>
       <c r="B439" s="2">
-        <v>39.15</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="440" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A440" s="1" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B440" s="2">
         <v>41.96</v>
       </c>
     </row>
     <row r="441" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A441" s="1" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B441" s="2">
-        <v>80.349999999999994</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="442" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A442" s="1" t="s">
-        <v>98</v>
+        <v>5</v>
       </c>
       <c r="B442" s="2">
-        <v>60.71</v>
+        <v>39.15</v>
       </c>
     </row>
     <row r="443" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A443" s="1" t="s">
-        <v>2474</v>
+        <v>96</v>
       </c>
       <c r="B443" s="2">
-        <v>60.71</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="444" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A444" s="1" t="s">
-        <v>3134</v>
+        <v>97</v>
       </c>
       <c r="B444" s="2">
-        <v>60.71</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="445" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A445" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B445" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="446" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A446" s="1" t="s">
-        <v>100</v>
+        <v>2458</v>
       </c>
       <c r="B446" s="2">
-        <v>80.349999999999994</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="447" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A447" s="1" t="s">
-        <v>101</v>
+        <v>3034</v>
       </c>
       <c r="B447" s="2">
-        <v>80.349999999999994</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="448" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A448" s="1" t="s">
-        <v>3128</v>
+        <v>99</v>
       </c>
       <c r="B448" s="2">
-        <v>41.06</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="449" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A449" s="1" t="s">
-        <v>2475</v>
+        <v>3984</v>
       </c>
       <c r="B449" s="2">
-        <v>108.02</v>
+        <v>109.55</v>
       </c>
     </row>
     <row r="450" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A450" s="1" t="s">
-        <v>3050</v>
+        <v>100</v>
       </c>
       <c r="B450" s="2">
         <v>80.349999999999994</v>
       </c>
     </row>
     <row r="451" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A451" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B451" s="2">
         <v>80.349999999999994</v>
       </c>
     </row>
     <row r="452" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A452" s="1" t="s">
-        <v>103</v>
+        <v>3028</v>
       </c>
       <c r="B452" s="2">
-        <v>853.54</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="453" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A453" s="1" t="s">
-        <v>104</v>
+        <v>2459</v>
       </c>
       <c r="B453" s="2">
-        <v>1008.84</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="454" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A454" s="1" t="s">
-        <v>105</v>
+        <v>2950</v>
       </c>
       <c r="B454" s="2">
-        <v>1236.75</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="455" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A455" s="1" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B455" s="2">
-        <v>40.18</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="456" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A456" s="1" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="B456" s="2">
-        <v>164.99</v>
+        <v>879.15</v>
       </c>
     </row>
     <row r="457" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A457" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="B457" s="2">
-        <v>178.13</v>
+        <v>1039.1099999999999</v>
       </c>
     </row>
     <row r="458" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A458" s="1" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="B458" s="2">
-        <v>412.93</v>
+        <v>1273.8499999999999</v>
       </c>
     </row>
     <row r="459" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A459" s="1" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B459" s="2">
-        <v>647.73</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="460" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A460" s="1" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="B460" s="2">
-        <v>1024.8</v>
+        <v>169.94</v>
       </c>
     </row>
     <row r="461" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A461" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="B461" s="2">
-        <v>1403.01</v>
+        <v>183.47</v>
       </c>
     </row>
     <row r="462" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A462" s="1" t="s">
-        <v>3454</v>
+        <v>109</v>
       </c>
       <c r="B462" s="2">
-        <v>17.18</v>
+        <v>425.32</v>
       </c>
     </row>
     <row r="463" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A463" s="1" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B463" s="2">
-        <v>83.03</v>
+        <v>667.16</v>
       </c>
     </row>
     <row r="464" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A464" s="1" t="s">
-        <v>2441</v>
+        <v>111</v>
       </c>
       <c r="B464" s="2">
-        <v>80.349999999999994</v>
+        <v>1055.54</v>
       </c>
     </row>
     <row r="465" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A465" s="1" t="s">
-        <v>2476</v>
+        <v>112</v>
       </c>
       <c r="B465" s="2">
-        <v>80.349999999999994</v>
+        <v>1445.1</v>
       </c>
     </row>
     <row r="466" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A466" s="1" t="s">
-        <v>3051</v>
+        <v>113</v>
       </c>
       <c r="B466" s="2">
-        <v>80.349999999999994</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="467" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A467" s="1" t="s">
-        <v>2477</v>
+        <v>2425</v>
       </c>
       <c r="B467" s="2">
         <v>80.349999999999994</v>
       </c>
     </row>
     <row r="468" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A468" s="1" t="s">
-        <v>114</v>
+        <v>2460</v>
       </c>
       <c r="B468" s="2">
         <v>80.349999999999994</v>
       </c>
     </row>
     <row r="469" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A469" s="1" t="s">
-        <v>115</v>
+        <v>2951</v>
       </c>
       <c r="B469" s="2">
-        <v>566.75</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="470" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A470" s="1" t="s">
-        <v>3475</v>
+        <v>2461</v>
       </c>
       <c r="B470" s="2">
-        <v>2072.8200000000002</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="471" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A471" s="1" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B471" s="2">
-        <v>83.93</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="472" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A472" s="1" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B472" s="2">
-        <v>5378.41</v>
+        <v>583.75</v>
       </c>
     </row>
     <row r="473" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A473" s="1" t="s">
-        <v>118</v>
+        <v>3350</v>
       </c>
       <c r="B473" s="2">
-        <v>2272.8000000000002</v>
+        <v>2072.8200000000002</v>
       </c>
     </row>
     <row r="474" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A474" s="1" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B474" s="2">
-        <v>41.96</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="475" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A475" s="1" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B475" s="2">
-        <v>48.22</v>
+        <v>7245.72</v>
       </c>
     </row>
     <row r="476" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A476" s="1" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B476" s="2">
-        <v>720.59</v>
+        <v>7245.72</v>
       </c>
     </row>
     <row r="477" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A477" s="1" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B477" s="2">
-        <v>720.59</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="478" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A478" s="1" t="s">
-        <v>2478</v>
+        <v>120</v>
       </c>
       <c r="B478" s="2">
-        <v>123.2</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="479" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A479" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B479" s="2">
-        <v>453.41</v>
+        <v>742.21</v>
       </c>
     </row>
     <row r="480" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A480" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B480" s="2">
-        <v>65.91</v>
+        <v>742.21</v>
       </c>
     </row>
     <row r="481" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A481" s="1" t="s">
-        <v>125</v>
+        <v>2462</v>
       </c>
       <c r="B481" s="2">
-        <v>46</v>
+        <v>123.2</v>
       </c>
     </row>
     <row r="482" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A482" s="1" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B482" s="2">
-        <v>720.59</v>
+        <v>467.01</v>
       </c>
     </row>
     <row r="483" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A483" s="1" t="s">
-        <v>3219</v>
+        <v>124</v>
       </c>
       <c r="B483" s="2">
-        <v>83.93</v>
+        <v>67.89</v>
       </c>
     </row>
     <row r="484" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A484" s="1" t="s">
-        <v>3378</v>
+        <v>125</v>
       </c>
       <c r="B484" s="2">
-        <v>1079.93</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="485" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A485" s="1" t="s">
-        <v>3052</v>
+        <v>126</v>
       </c>
       <c r="B485" s="2">
-        <v>68.75</v>
+        <v>742.21</v>
       </c>
     </row>
     <row r="486" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A486" s="1" t="s">
-        <v>127</v>
+        <v>3118</v>
       </c>
       <c r="B486" s="2">
-        <v>68.75</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="487" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A487" s="1" t="s">
-        <v>128</v>
+        <v>3270</v>
       </c>
       <c r="B487" s="2">
-        <v>282.22000000000003</v>
+        <v>1339.72</v>
       </c>
     </row>
     <row r="488" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A488" s="1" t="s">
-        <v>129</v>
+        <v>2952</v>
       </c>
       <c r="B488" s="2">
-        <v>282.22000000000003</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="489" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A489" s="1" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B489" s="2">
-        <v>157.30000000000001</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="490" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A490" s="1" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B490" s="2">
-        <v>2.0699999999999998</v>
+        <v>290.69</v>
       </c>
     </row>
     <row r="491" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A491" s="1" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="B491" s="2">
-        <v>282.22000000000003</v>
+        <v>290.69</v>
       </c>
     </row>
     <row r="492" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A492" s="1" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="B492" s="2">
-        <v>4.07</v>
+        <v>162.02000000000001</v>
       </c>
     </row>
     <row r="493" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A493" s="1" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B493" s="2">
-        <v>8.2200000000000006</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="494" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A494" s="1" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B494" s="2">
-        <v>8.2200000000000006</v>
+        <v>290.69</v>
       </c>
     </row>
     <row r="495" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A495" s="1" t="s">
-        <v>3357</v>
+        <v>133</v>
       </c>
       <c r="B495" s="2">
-        <v>519</v>
+        <v>4.1900000000000004</v>
       </c>
     </row>
     <row r="496" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A496" s="1" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B496" s="2">
-        <v>636.15</v>
+        <v>8.4700000000000006</v>
       </c>
     </row>
     <row r="497" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A497" s="1" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B497" s="2">
-        <v>1242.83</v>
+        <v>8.4700000000000006</v>
       </c>
     </row>
     <row r="498" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A498" s="1" t="s">
-        <v>138</v>
+        <v>3251</v>
       </c>
       <c r="B498" s="2">
-        <v>80.349999999999994</v>
+        <v>186.78</v>
       </c>
     </row>
     <row r="499" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A499" s="1" t="s">
-        <v>3053</v>
+        <v>136</v>
       </c>
       <c r="B499" s="2">
-        <v>68.75</v>
+        <v>655.23</v>
       </c>
     </row>
     <row r="500" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A500" s="1" t="s">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="B500" s="2">
-        <v>139.47999999999999</v>
+        <v>1280.1099999999999</v>
       </c>
     </row>
     <row r="501" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A501" s="1" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="B501" s="2">
-        <v>317.51</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="502" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A502" s="1" t="s">
-        <v>141</v>
+        <v>2953</v>
       </c>
       <c r="B502" s="2">
-        <v>928.79</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="503" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A503" s="1" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B503" s="2">
-        <v>148.05000000000001</v>
+        <v>143.66</v>
       </c>
     </row>
     <row r="504" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A504" s="1" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B504" s="2">
-        <v>342.37</v>
+        <v>327.04000000000002</v>
       </c>
     </row>
     <row r="505" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A505" s="1" t="s">
-        <v>2479</v>
+        <v>141</v>
       </c>
       <c r="B505" s="2">
-        <v>2324.64</v>
+        <v>956.65</v>
       </c>
     </row>
     <row r="506" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A506" s="1" t="s">
-        <v>2480</v>
+        <v>142</v>
       </c>
       <c r="B506" s="2">
-        <v>137.5</v>
+        <v>152.49</v>
       </c>
     </row>
     <row r="507" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A507" s="1" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B507" s="2">
-        <v>1113.55</v>
+        <v>352.64</v>
       </c>
     </row>
     <row r="508" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A508" s="1" t="s">
-        <v>3472</v>
+        <v>2463</v>
       </c>
       <c r="B508" s="2">
-        <v>1861.6</v>
+        <v>2394.38</v>
       </c>
     </row>
     <row r="509" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A509" s="1" t="s">
-        <v>3141</v>
+        <v>2464</v>
       </c>
       <c r="B509" s="2">
-        <v>60.71</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="510" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A510" s="1" t="s">
-        <v>3166</v>
+        <v>144</v>
       </c>
       <c r="B510" s="2">
-        <v>60.71</v>
+        <v>1146.96</v>
       </c>
     </row>
     <row r="511" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A511" s="1" t="s">
-        <v>3135</v>
+        <v>3040</v>
       </c>
       <c r="B511" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="512" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A512" s="1" t="s">
-        <v>2481</v>
+        <v>3065</v>
       </c>
       <c r="B512" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="513" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A513" s="1" t="s">
-        <v>145</v>
+        <v>3985</v>
       </c>
       <c r="B513" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="514" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A514" s="1" t="s">
-        <v>146</v>
+        <v>2465</v>
       </c>
       <c r="B514" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="515" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A515" s="1" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B515" s="2">
-        <v>41.06</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="516" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A516" s="1" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B516" s="2">
-        <v>41.06</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="517" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A517" s="1" t="s">
-        <v>3019</v>
+        <v>147</v>
       </c>
       <c r="B517" s="2">
-        <v>604.79999999999995</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="518" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A518" s="1" t="s">
-        <v>2940</v>
+        <v>148</v>
       </c>
       <c r="B518" s="2">
-        <v>240</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="519" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A519" s="1" t="s">
-        <v>2938</v>
+        <v>2919</v>
       </c>
       <c r="B519" s="2">
-        <v>936</v>
+        <v>604.79999999999995</v>
       </c>
     </row>
     <row r="520" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A520" s="1" t="s">
-        <v>2939</v>
+        <v>2840</v>
       </c>
       <c r="B520" s="2">
-        <v>336</v>
+        <v>240</v>
       </c>
     </row>
     <row r="521" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A521" s="1" t="s">
-        <v>149</v>
+        <v>2838</v>
       </c>
       <c r="B521" s="2">
-        <v>320.38</v>
+        <v>936</v>
       </c>
     </row>
     <row r="522" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A522" s="1" t="s">
-        <v>150</v>
+        <v>2839</v>
       </c>
       <c r="B522" s="2">
-        <v>80.349999999999994</v>
+        <v>336</v>
       </c>
     </row>
     <row r="523" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A523" s="1" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B523" s="2">
-        <v>166.38</v>
+        <v>329.99</v>
       </c>
     </row>
     <row r="524" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A524" s="1" t="s">
-        <v>152</v>
+        <v>3986</v>
       </c>
       <c r="B524" s="2">
-        <v>188.53</v>
+        <v>70.56</v>
       </c>
     </row>
     <row r="525" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A525" s="1" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B525" s="2">
-        <v>204.72</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="526" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A526" s="1" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B526" s="2">
-        <v>3406.05</v>
+        <v>109.75</v>
       </c>
     </row>
     <row r="527" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A527" s="1" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B527" s="2">
-        <v>321.56</v>
+        <v>194.19</v>
       </c>
     </row>
     <row r="528" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A528" s="1" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B528" s="2">
-        <v>357.41</v>
+        <v>210.86</v>
       </c>
     </row>
     <row r="529" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A529" s="1" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B529" s="2">
-        <v>736.79</v>
+        <v>3508.23</v>
       </c>
     </row>
     <row r="530" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A530" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B530" s="2">
-        <v>360.88</v>
+        <v>601.16</v>
       </c>
     </row>
     <row r="531" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A531" s="1" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B531" s="2">
-        <v>357.41</v>
+        <v>270.54000000000002</v>
       </c>
     </row>
     <row r="532" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A532" s="1" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B532" s="2">
-        <v>811.96</v>
+        <v>758.89</v>
       </c>
     </row>
     <row r="533" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A533" s="1" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B533" s="2">
-        <v>794.61</v>
+        <v>371.71</v>
       </c>
     </row>
     <row r="534" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A534" s="1" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B534" s="2">
-        <v>442.99</v>
+        <v>387.47</v>
       </c>
     </row>
     <row r="535" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A535" s="1" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B535" s="2">
-        <v>506.61</v>
+        <v>774.94</v>
       </c>
     </row>
     <row r="536" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A536" s="1" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B536" s="2">
-        <v>298.41000000000003</v>
+        <v>818.45</v>
       </c>
     </row>
     <row r="537" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A537" s="1" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="B537" s="2">
-        <v>188.53</v>
+        <v>456.28</v>
       </c>
     </row>
     <row r="538" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A538" s="1" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="B538" s="2">
-        <v>360.88</v>
+        <v>601.16</v>
       </c>
     </row>
     <row r="539" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A539" s="1" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B539" s="2">
-        <v>321.56</v>
+        <v>219.33</v>
       </c>
     </row>
     <row r="540" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A540" s="1" t="s">
-        <v>3140</v>
+        <v>165</v>
       </c>
       <c r="B540" s="2">
-        <v>60.71</v>
+        <v>219.33</v>
       </c>
     </row>
     <row r="541" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A541" s="1" t="s">
-        <v>3139</v>
+        <v>166</v>
       </c>
       <c r="B541" s="2">
-        <v>60.71</v>
+        <v>371.71</v>
       </c>
     </row>
     <row r="542" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A542" s="1" t="s">
-        <v>2482</v>
+        <v>167</v>
       </c>
       <c r="B542" s="2">
-        <v>60.71</v>
+        <v>331.21</v>
       </c>
     </row>
     <row r="543" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A543" s="1" t="s">
-        <v>168</v>
+        <v>3987</v>
       </c>
       <c r="B543" s="2">
-        <v>119.14</v>
+        <v>3698.26</v>
       </c>
     </row>
     <row r="544" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A544" s="1" t="s">
-        <v>2850</v>
+        <v>3039</v>
       </c>
       <c r="B544" s="2">
-        <v>2469.6</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="545" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A545" s="1" t="s">
-        <v>2851</v>
+        <v>3038</v>
       </c>
       <c r="B545" s="2">
-        <v>3175.22</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="546" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A546" s="1" t="s">
-        <v>2941</v>
+        <v>2466</v>
       </c>
       <c r="B546" s="2">
-        <v>191.95</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="547" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A547" s="1" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B547" s="2">
-        <v>2326.02</v>
+        <v>122.71</v>
       </c>
     </row>
     <row r="548" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A548" s="1" t="s">
-        <v>170</v>
+        <v>2841</v>
       </c>
       <c r="B548" s="2">
-        <v>40.18</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="549" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A549" s="1" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B549" s="2">
-        <v>370.13</v>
+        <v>2395.8000000000002</v>
       </c>
     </row>
     <row r="550" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A550" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B550" s="2">
-        <v>73.12</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="551" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A551" s="1" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B551" s="2">
-        <v>41.96</v>
+        <v>381.23</v>
       </c>
     </row>
     <row r="552" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A552" s="1" t="s">
-        <v>174</v>
+        <v>3988</v>
       </c>
       <c r="B552" s="2">
-        <v>60.71</v>
+        <v>1161.56</v>
       </c>
     </row>
     <row r="553" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A553" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B553" s="2">
-        <v>60.71</v>
+        <v>75.31</v>
       </c>
     </row>
     <row r="554" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A554" s="1" t="s">
-        <v>176</v>
+        <v>3989</v>
       </c>
       <c r="B554" s="2">
-        <v>1034.05</v>
+        <v>425.85</v>
       </c>
     </row>
     <row r="555" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A555" s="1" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B555" s="2">
-        <v>1353.27</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="556" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A556" s="1" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B556" s="2">
-        <v>341.21</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="557" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A557" s="1" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B557" s="2">
-        <v>588.74</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="558" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A558" s="1" t="s">
-        <v>2937</v>
+        <v>176</v>
       </c>
       <c r="B558" s="2">
-        <v>159.82</v>
+        <v>1065.07</v>
       </c>
     </row>
     <row r="559" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A559" s="1" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B559" s="2">
-        <v>48.22</v>
+        <v>1393.87</v>
       </c>
     </row>
     <row r="560" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A560" s="1" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B560" s="2">
-        <v>1268.8399999999999</v>
+        <v>351.45</v>
       </c>
     </row>
     <row r="561" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A561" s="1" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B561" s="2">
-        <v>897.56</v>
+        <v>606.4</v>
       </c>
     </row>
     <row r="562" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A562" s="1" t="s">
-        <v>2788</v>
+        <v>2837</v>
       </c>
       <c r="B562" s="2">
-        <v>760.54</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="563" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A563" s="1" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B563" s="2">
-        <v>90.17</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="564" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A564" s="1" t="s">
-        <v>3054</v>
+        <v>181</v>
       </c>
       <c r="B564" s="2">
-        <v>80.349999999999994</v>
+        <v>1306.9100000000001</v>
       </c>
     </row>
     <row r="565" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A565" s="1" t="s">
-        <v>3058</v>
+        <v>182</v>
       </c>
       <c r="B565" s="2">
-        <v>80.349999999999994</v>
+        <v>924.49</v>
       </c>
     </row>
     <row r="566" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A566" s="1" t="s">
-        <v>3064</v>
+        <v>2730</v>
       </c>
       <c r="B566" s="2">
-        <v>68.75</v>
+        <v>783.36</v>
       </c>
     </row>
     <row r="567" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A567" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B567" s="2">
-        <v>80.349999999999994</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="568" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A568" s="1" t="s">
-        <v>3088</v>
+        <v>2954</v>
       </c>
       <c r="B568" s="2">
-        <v>108.02</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="569" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A569" s="1" t="s">
-        <v>185</v>
+        <v>2958</v>
       </c>
       <c r="B569" s="2">
-        <v>41.96</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="570" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A570" s="1" t="s">
-        <v>186</v>
+        <v>2964</v>
       </c>
       <c r="B570" s="2">
         <v>68.75</v>
       </c>
     </row>
     <row r="571" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A571" s="1" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B571" s="2">
         <v>80.349999999999994</v>
       </c>
     </row>
     <row r="572" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A572" s="1" t="s">
-        <v>2483</v>
+        <v>2988</v>
       </c>
       <c r="B572" s="2">
-        <v>80.349999999999994</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="573" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A573" s="1" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="B573" s="2">
-        <v>80.349999999999994</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="574" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A574" s="1" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B574" s="2">
-        <v>80.349999999999994</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="575" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A575" s="1" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B575" s="2">
-        <v>41.96</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="576" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A576" s="1" t="s">
-        <v>2484</v>
+        <v>2467</v>
       </c>
       <c r="B576" s="2">
         <v>80.349999999999994</v>
       </c>
     </row>
     <row r="577" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A577" s="1" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="B577" s="2">
-        <v>41.96</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="578" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A578" s="1" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B578" s="2">
-        <v>41.96</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="579" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A579" s="1" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B579" s="2">
         <v>41.96</v>
       </c>
     </row>
     <row r="580" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A580" s="1" t="s">
-        <v>194</v>
+        <v>2468</v>
       </c>
       <c r="B580" s="2">
-        <v>83.03</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="581" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A581" s="1" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="B581" s="2">
         <v>41.96</v>
       </c>
     </row>
     <row r="582" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A582" s="1" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B582" s="2">
         <v>41.96</v>
       </c>
     </row>
     <row r="583" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A583" s="1" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="B583" s="2">
-        <v>108.02</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="584" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A584" s="1" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="B584" s="2">
-        <v>41.96</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="585" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A585" s="1" t="s">
-        <v>3474</v>
+        <v>195</v>
       </c>
       <c r="B585" s="2">
-        <v>362.93</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="586" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A586" s="1" t="s">
-        <v>2930</v>
+        <v>196</v>
       </c>
       <c r="B586" s="2">
-        <v>811.8</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="587" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A587" s="1" t="s">
-        <v>2485</v>
+        <v>197</v>
       </c>
       <c r="B587" s="2">
-        <v>80.349999999999994</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="588" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A588" s="1" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="B588" s="2">
-        <v>20802.27</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="589" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A589" s="1" t="s">
-        <v>200</v>
+        <v>3349</v>
       </c>
       <c r="B589" s="2">
-        <v>23874.52</v>
+        <v>360.91</v>
       </c>
     </row>
     <row r="590" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A590" s="1" t="s">
-        <v>3251</v>
+        <v>2830</v>
       </c>
       <c r="B590" s="2">
-        <v>68.75</v>
+        <v>811.8</v>
       </c>
     </row>
     <row r="591" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A591" s="1" t="s">
-        <v>2931</v>
+        <v>2469</v>
       </c>
       <c r="B591" s="2">
-        <v>191.95</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="592" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A592" s="1" t="s">
-        <v>2932</v>
+        <v>199</v>
       </c>
       <c r="B592" s="2">
-        <v>191.95</v>
+        <v>21426.34</v>
       </c>
     </row>
     <row r="593" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A593" s="1" t="s">
-        <v>2933</v>
+        <v>200</v>
       </c>
       <c r="B593" s="2">
-        <v>191.95</v>
+        <v>24590.76</v>
       </c>
     </row>
     <row r="594" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A594" s="1" t="s">
-        <v>2934</v>
+        <v>3150</v>
       </c>
       <c r="B594" s="2">
-        <v>191.95</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="595" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A595" s="1" t="s">
-        <v>3039</v>
+        <v>2831</v>
       </c>
       <c r="B595" s="2">
-        <v>1008.78</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="596" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A596" s="1" t="s">
-        <v>201</v>
+        <v>2832</v>
       </c>
       <c r="B596" s="2">
-        <v>983.15</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="597" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A597" s="1" t="s">
-        <v>2486</v>
+        <v>2833</v>
       </c>
       <c r="B597" s="2">
-        <v>206.23</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="598" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A598" s="1" t="s">
-        <v>3193</v>
+        <v>2834</v>
       </c>
       <c r="B598" s="2">
-        <v>71.42</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="599" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A599" s="1" t="s">
-        <v>202</v>
+        <v>2939</v>
       </c>
       <c r="B599" s="2">
-        <v>41.96</v>
+        <v>1008.78</v>
       </c>
     </row>
     <row r="600" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A600" s="1" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B600" s="2">
-        <v>32.14</v>
+        <v>983.15</v>
       </c>
     </row>
     <row r="601" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A601" s="1" t="s">
-        <v>204</v>
+        <v>2470</v>
       </c>
       <c r="B601" s="2">
-        <v>32.14</v>
+        <v>206.23</v>
       </c>
     </row>
     <row r="602" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A602" s="1" t="s">
-        <v>205</v>
+        <v>3092</v>
       </c>
       <c r="B602" s="2">
-        <v>41.96</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="603" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A603" s="1" t="s">
-        <v>2487</v>
+        <v>202</v>
       </c>
       <c r="B603" s="2">
         <v>41.96</v>
       </c>
     </row>
     <row r="604" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A604" s="1" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B604" s="2">
-        <v>41.96</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="605" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A605" s="1" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B605" s="2">
-        <v>41.96</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="606" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A606" s="1" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B606" s="2">
-        <v>137.5</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="607" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A607" s="1" t="s">
-        <v>2488</v>
+        <v>2471</v>
       </c>
       <c r="B607" s="2">
-        <v>83.93</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="608" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A608" s="1" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="B608" s="2">
-        <v>48.22</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="609" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A609" s="1" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B609" s="2">
-        <v>48.22</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="610" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A610" s="1" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B610" s="2">
-        <v>48.22</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="611" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A611" s="1" t="s">
-        <v>212</v>
+        <v>2472</v>
       </c>
       <c r="B611" s="2">
-        <v>48.22</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="612" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A612" s="1" t="s">
-        <v>213</v>
+        <v>3990</v>
       </c>
       <c r="B612" s="2">
-        <v>4039.2</v>
+        <v>560.58000000000004</v>
       </c>
     </row>
     <row r="613" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A613" s="1" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="B613" s="2">
-        <v>764.63</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="614" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A614" s="1" t="s">
-        <v>3220</v>
+        <v>210</v>
       </c>
       <c r="B614" s="2">
-        <v>83.93</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="615" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A615" s="1" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B615" s="2">
         <v>48.22</v>
       </c>
     </row>
     <row r="616" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A616" s="1" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="B616" s="2">
         <v>48.22</v>
       </c>
     </row>
     <row r="617" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A617" s="1" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="B617" s="2">
-        <v>196.75</v>
+        <v>4160.38</v>
       </c>
     </row>
     <row r="618" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A618" s="1" t="s">
-        <v>218</v>
+        <v>3119</v>
       </c>
       <c r="B618" s="2">
-        <v>191.95</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="619" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A619" s="1" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="B619" s="2">
-        <v>257.54000000000002</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="620" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A620" s="1" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="B620" s="2">
-        <v>627.47</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="621" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A621" s="1" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="B621" s="2">
-        <v>294.94</v>
+        <v>196.75</v>
       </c>
     </row>
     <row r="622" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A622" s="1" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="B622" s="2">
-        <v>90.17</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="623" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A623" s="1" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="B623" s="2">
-        <v>60.71</v>
+        <v>257.54000000000002</v>
       </c>
     </row>
     <row r="624" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A624" s="1" t="s">
-        <v>3326</v>
+        <v>219</v>
       </c>
       <c r="B624" s="2">
-        <v>159.82</v>
+        <v>303.79000000000002</v>
       </c>
     </row>
     <row r="625" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A625" s="1" t="s">
-        <v>224</v>
+        <v>220</v>
       </c>
       <c r="B625" s="2">
-        <v>68.75</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="626" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A626" s="1" t="s">
-        <v>3256</v>
+        <v>221</v>
       </c>
       <c r="B626" s="2">
-        <v>68.75</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="627" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A627" s="1" t="s">
-        <v>225</v>
+        <v>3991</v>
       </c>
       <c r="B627" s="2">
-        <v>111.09</v>
+        <v>900</v>
       </c>
     </row>
     <row r="628" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A628" s="1" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B628" s="2">
-        <v>111.09</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="629" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A629" s="1" t="s">
-        <v>3083</v>
+        <v>3992</v>
       </c>
       <c r="B629" s="2">
         <v>80.349999999999994</v>
       </c>
     </row>
     <row r="630" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A630" s="1" t="s">
-        <v>227</v>
+        <v>3155</v>
       </c>
       <c r="B630" s="2">
-        <v>80.349999999999994</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="631" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A631" s="1" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B631" s="2">
-        <v>563.6</v>
+        <v>114.42</v>
       </c>
     </row>
     <row r="632" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A632" s="1" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B632" s="2">
-        <v>1075</v>
+        <v>114.42</v>
       </c>
     </row>
     <row r="633" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A633" s="1" t="s">
-        <v>230</v>
+        <v>2983</v>
       </c>
       <c r="B633" s="2">
-        <v>41.96</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="634" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A634" s="1" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B634" s="2">
         <v>80.349999999999994</v>
       </c>
     </row>
     <row r="635" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A635" s="1" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="B635" s="2">
-        <v>35</v>
+        <v>580.51</v>
       </c>
     </row>
     <row r="636" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A636" s="1" t="s">
-        <v>3463</v>
+        <v>227</v>
       </c>
       <c r="B636" s="2">
-        <v>308.07</v>
+        <v>1107.25</v>
       </c>
     </row>
     <row r="637" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A637" s="1" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="B637" s="2">
-        <v>81.95</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="638" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A638" s="1" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B638" s="2">
-        <v>41.96</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="639" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A639" s="1" t="s">
-        <v>3116</v>
+        <v>230</v>
       </c>
       <c r="B639" s="2">
-        <v>41.96</v>
+        <v>35</v>
       </c>
     </row>
     <row r="640" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A640" s="1" t="s">
-        <v>3183</v>
+        <v>3993</v>
       </c>
       <c r="B640" s="2">
-        <v>71.42</v>
+        <v>317.33999999999997</v>
       </c>
     </row>
     <row r="641" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A641" s="1" t="s">
-        <v>2489</v>
+        <v>3994</v>
       </c>
       <c r="B641" s="2">
-        <v>71.42</v>
+        <v>387.86</v>
       </c>
     </row>
     <row r="642" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A642" s="1" t="s">
-        <v>3184</v>
+        <v>231</v>
       </c>
       <c r="B642" s="2">
-        <v>71.42</v>
+        <v>84.41</v>
       </c>
     </row>
     <row r="643" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A643" s="1" t="s">
-        <v>3114</v>
+        <v>232</v>
       </c>
       <c r="B643" s="2">
-        <v>41.06</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="644" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A644" s="1" t="s">
-        <v>235</v>
+        <v>3016</v>
       </c>
       <c r="B644" s="2">
-        <v>714.81</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="645" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A645" s="1" t="s">
-        <v>236</v>
+        <v>3082</v>
       </c>
       <c r="B645" s="2">
-        <v>49.06</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="646" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A646" s="1" t="s">
-        <v>2942</v>
+        <v>2473</v>
       </c>
       <c r="B646" s="2">
-        <v>159.82</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="647" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A647" s="1" t="s">
-        <v>3358</v>
+        <v>3083</v>
       </c>
       <c r="B647" s="2">
-        <v>626.5</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="648" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A648" s="1" t="s">
-        <v>237</v>
+        <v>3014</v>
       </c>
       <c r="B648" s="2">
         <v>41.06</v>
       </c>
     </row>
     <row r="649" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A649" s="1" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="B649" s="2">
-        <v>41.96</v>
+        <v>736.25</v>
       </c>
     </row>
     <row r="650" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A650" s="1" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="B650" s="2">
-        <v>364.26</v>
+        <v>50.53</v>
       </c>
     </row>
     <row r="651" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A651" s="1" t="s">
-        <v>240</v>
+        <v>2842</v>
       </c>
       <c r="B651" s="2">
-        <v>108.02</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="652" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A652" s="1" t="s">
-        <v>241</v>
+        <v>3252</v>
       </c>
       <c r="B652" s="2">
-        <v>80.349999999999994</v>
+        <v>348.25</v>
       </c>
     </row>
     <row r="653" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A653" s="1" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="B653" s="2">
-        <v>41.96</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="654" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A654" s="1" t="s">
-        <v>3339</v>
+        <v>236</v>
       </c>
       <c r="B654" s="2">
-        <v>378.55</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="655" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A655" s="1" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="B655" s="2">
-        <v>71.42</v>
+        <v>364.26</v>
       </c>
     </row>
     <row r="656" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A656" s="1" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="B656" s="2">
-        <v>71.42</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="657" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A657" s="1" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="B657" s="2">
-        <v>71.42</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="658" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A658" s="1" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="B658" s="2">
-        <v>767.53</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="659" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A659" s="1" t="s">
-        <v>247</v>
+        <v>3233</v>
       </c>
       <c r="B659" s="2">
-        <v>436.83</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="660" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A660" s="1" t="s">
-        <v>248</v>
+        <v>241</v>
       </c>
       <c r="B660" s="2">
-        <v>1098.81</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="661" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A661" s="1" t="s">
-        <v>3120</v>
+        <v>242</v>
       </c>
       <c r="B661" s="2">
-        <v>983.15</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="662" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A662" s="1" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="B662" s="2">
-        <v>189.38</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="663" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A663" s="1" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="B663" s="2">
-        <v>293.70999999999998</v>
+        <v>790.56</v>
       </c>
     </row>
     <row r="664" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A664" s="1" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="B664" s="2">
-        <v>442.99</v>
+        <v>449.93</v>
       </c>
     </row>
     <row r="665" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A665" s="1" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="B665" s="2">
-        <v>641.94000000000005</v>
+        <v>1131.77</v>
       </c>
     </row>
     <row r="666" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A666" s="1" t="s">
-        <v>253</v>
+        <v>3020</v>
       </c>
       <c r="B666" s="2">
-        <v>657.71</v>
+        <v>983.15</v>
       </c>
     </row>
     <row r="667" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A667" s="1" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="B667" s="2">
-        <v>430.91</v>
+        <v>195.06</v>
       </c>
     </row>
     <row r="668" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A668" s="1" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="B668" s="2">
-        <v>461.52</v>
+        <v>302.52</v>
       </c>
     </row>
     <row r="669" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A669" s="1" t="s">
-        <v>3208</v>
+        <v>249</v>
       </c>
       <c r="B669" s="2">
-        <v>48.22</v>
+        <v>2290.6799999999998</v>
       </c>
     </row>
     <row r="670" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A670" s="1" t="s">
-        <v>2490</v>
+        <v>250</v>
       </c>
       <c r="B670" s="2">
-        <v>83.93</v>
+        <v>2290.6799999999998</v>
       </c>
     </row>
     <row r="671" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A671" s="1" t="s">
-        <v>2836</v>
+        <v>3995</v>
       </c>
       <c r="B671" s="2">
-        <v>48075.46</v>
+        <v>4581.3599999999997</v>
       </c>
     </row>
     <row r="672" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A672" s="1" t="s">
-        <v>2839</v>
+        <v>251</v>
       </c>
       <c r="B672" s="2">
-        <v>297.95</v>
+        <v>677.44</v>
       </c>
     </row>
     <row r="673" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A673" s="1" t="s">
-        <v>2840</v>
+        <v>252</v>
       </c>
       <c r="B673" s="2">
-        <v>143.5</v>
+        <v>443.84</v>
       </c>
     </row>
     <row r="674" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A674" s="1" t="s">
-        <v>2491</v>
+        <v>253</v>
       </c>
       <c r="B674" s="2">
-        <v>210.48</v>
+        <v>475.37</v>
       </c>
     </row>
     <row r="675" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A675" s="1" t="s">
-        <v>2943</v>
+        <v>3996</v>
       </c>
       <c r="B675" s="2">
-        <v>450.3</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="676" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A676" s="1" t="s">
-        <v>2492</v>
+        <v>3997</v>
       </c>
       <c r="B676" s="2">
-        <v>2189.86</v>
+        <v>4410.0200000000004</v>
       </c>
     </row>
     <row r="677" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A677" s="1" t="s">
-        <v>2928</v>
+        <v>3998</v>
       </c>
       <c r="B677" s="2">
-        <v>339.46</v>
+        <v>882.02</v>
       </c>
     </row>
     <row r="678" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A678" s="1" t="s">
-        <v>2944</v>
+        <v>3107</v>
       </c>
       <c r="B678" s="2">
-        <v>222.14</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="679" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A679" s="1" t="s">
-        <v>256</v>
+        <v>2474</v>
       </c>
       <c r="B679" s="2">
-        <v>40.82</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="680" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A680" s="1" t="s">
-        <v>257</v>
+        <v>2755</v>
       </c>
       <c r="B680" s="2">
-        <v>40.82</v>
+        <v>48075.46</v>
       </c>
     </row>
     <row r="681" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A681" s="1" t="s">
-        <v>258</v>
+        <v>3999</v>
       </c>
       <c r="B681" s="2">
-        <v>40.82</v>
+        <v>297.95</v>
       </c>
     </row>
     <row r="682" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A682" s="1" t="s">
-        <v>259</v>
+        <v>4000</v>
       </c>
       <c r="B682" s="2">
-        <v>40.82</v>
+        <v>143.5</v>
       </c>
     </row>
     <row r="683" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A683" s="1" t="s">
-        <v>260</v>
+        <v>2475</v>
       </c>
       <c r="B683" s="2">
-        <v>467.28</v>
+        <v>210.48</v>
       </c>
     </row>
     <row r="684" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A684" s="1" t="s">
-        <v>261</v>
+        <v>2843</v>
       </c>
       <c r="B684" s="2">
-        <v>3469.94</v>
+        <v>450.3</v>
       </c>
     </row>
     <row r="685" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A685" s="1" t="s">
-        <v>262</v>
+        <v>2476</v>
       </c>
       <c r="B685" s="2">
-        <v>4395.25</v>
+        <v>2189.86</v>
       </c>
     </row>
     <row r="686" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A686" s="1" t="s">
-        <v>263</v>
+        <v>2828</v>
       </c>
       <c r="B686" s="2">
-        <v>4857.91</v>
+        <v>339.46</v>
       </c>
     </row>
     <row r="687" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A687" s="1" t="s">
-        <v>264</v>
+        <v>2844</v>
       </c>
       <c r="B687" s="2">
-        <v>6477.22</v>
+        <v>222.14</v>
       </c>
     </row>
     <row r="688" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A688" s="1" t="s">
-        <v>265</v>
+        <v>254</v>
       </c>
       <c r="B688" s="2">
-        <v>8096.51</v>
+        <v>42.04</v>
       </c>
     </row>
     <row r="689" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A689" s="1" t="s">
-        <v>266</v>
+        <v>255</v>
       </c>
       <c r="B689" s="2">
-        <v>9021.84</v>
+        <v>42.04</v>
       </c>
     </row>
     <row r="690" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A690" s="1" t="s">
-        <v>267</v>
+        <v>256</v>
       </c>
       <c r="B690" s="2">
-        <v>10409.82</v>
+        <v>42.04</v>
       </c>
     </row>
     <row r="691" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A691" s="1" t="s">
-        <v>268</v>
+        <v>257</v>
       </c>
       <c r="B691" s="2">
-        <v>659.29</v>
+        <v>42.04</v>
       </c>
     </row>
     <row r="692" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A692" s="1" t="s">
-        <v>269</v>
+        <v>258</v>
       </c>
       <c r="B692" s="2">
-        <v>1115.02</v>
+        <v>481.3</v>
       </c>
     </row>
     <row r="693" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A693" s="1" t="s">
-        <v>270</v>
+        <v>259</v>
       </c>
       <c r="B693" s="2">
-        <v>1497.62</v>
+        <v>3395.34</v>
       </c>
     </row>
     <row r="694" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A694" s="1" t="s">
-        <v>271</v>
+        <v>260</v>
       </c>
       <c r="B694" s="2">
-        <v>888.3</v>
+        <v>4300.75</v>
       </c>
     </row>
     <row r="695" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A695" s="1" t="s">
-        <v>272</v>
+        <v>261</v>
       </c>
       <c r="B695" s="2">
-        <v>1730.34</v>
+        <v>4753.46</v>
       </c>
     </row>
     <row r="696" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A696" s="1" t="s">
-        <v>273</v>
+        <v>262</v>
       </c>
       <c r="B696" s="2">
-        <v>859.55</v>
+        <v>6337.96</v>
       </c>
     </row>
     <row r="697" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A697" s="1" t="s">
-        <v>274</v>
+        <v>263</v>
       </c>
       <c r="B697" s="2">
-        <v>4521.33</v>
+        <v>7839.04</v>
       </c>
     </row>
     <row r="698" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A698" s="1" t="s">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="B698" s="2">
-        <v>4258.76</v>
+        <v>8734.9500000000007</v>
       </c>
     </row>
     <row r="699" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A699" s="1" t="s">
-        <v>276</v>
+        <v>265</v>
       </c>
       <c r="B699" s="2">
-        <v>2424.33</v>
+        <v>10078.790000000001</v>
       </c>
     </row>
     <row r="700" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A700" s="1" t="s">
-        <v>277</v>
+        <v>266</v>
       </c>
       <c r="B700" s="2">
-        <v>2088.9</v>
+        <v>679.07</v>
       </c>
     </row>
     <row r="701" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A701" s="1" t="s">
-        <v>278</v>
+        <v>267</v>
       </c>
       <c r="B701" s="2">
-        <v>2088.9</v>
+        <v>1148.47</v>
       </c>
     </row>
     <row r="702" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A702" s="1" t="s">
-        <v>279</v>
+        <v>268</v>
       </c>
       <c r="B702" s="2">
-        <v>2088.9</v>
+        <v>1542.55</v>
       </c>
     </row>
     <row r="703" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A703" s="1" t="s">
-        <v>280</v>
+        <v>269</v>
       </c>
       <c r="B703" s="2">
-        <v>1060.6400000000001</v>
+        <v>914.95</v>
       </c>
     </row>
     <row r="704" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A704" s="1" t="s">
-        <v>281</v>
+        <v>270</v>
       </c>
       <c r="B704" s="2">
-        <v>840.87</v>
+        <v>1782.25</v>
       </c>
     </row>
     <row r="705" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A705" s="1" t="s">
-        <v>282</v>
+        <v>271</v>
       </c>
       <c r="B705" s="2">
-        <v>676.65</v>
+        <v>885.34</v>
       </c>
     </row>
     <row r="706" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A706" s="1" t="s">
-        <v>283</v>
+        <v>272</v>
       </c>
       <c r="B706" s="2">
-        <v>2577.0100000000002</v>
+        <v>4656.97</v>
       </c>
     </row>
     <row r="707" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A707" s="1" t="s">
-        <v>284</v>
+        <v>4001</v>
       </c>
       <c r="B707" s="2">
-        <v>888.3</v>
+        <v>9313.94</v>
       </c>
     </row>
     <row r="708" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A708" s="1" t="s">
-        <v>285</v>
+        <v>273</v>
       </c>
       <c r="B708" s="2">
-        <v>898.72</v>
+        <v>4386.5200000000004</v>
       </c>
     </row>
     <row r="709" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A709" s="1" t="s">
-        <v>286</v>
+        <v>4002</v>
       </c>
       <c r="B709" s="2">
-        <v>3358.9</v>
+        <v>8773.0400000000009</v>
       </c>
     </row>
     <row r="710" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A710" s="1" t="s">
-        <v>287</v>
+        <v>274</v>
       </c>
       <c r="B710" s="2">
-        <v>2577.0100000000002</v>
+        <v>2497.06</v>
       </c>
     </row>
     <row r="711" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A711" s="1" t="s">
-        <v>288</v>
+        <v>4003</v>
       </c>
       <c r="B711" s="2">
-        <v>828.15</v>
+        <v>4994.12</v>
       </c>
     </row>
     <row r="712" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A712" s="1" t="s">
-        <v>289</v>
+        <v>275</v>
       </c>
       <c r="B712" s="2">
-        <v>1969.77</v>
+        <v>2151.5700000000002</v>
       </c>
     </row>
     <row r="713" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A713" s="1" t="s">
-        <v>290</v>
+        <v>276</v>
       </c>
       <c r="B713" s="2">
-        <v>1969.77</v>
+        <v>2151.5700000000002</v>
       </c>
     </row>
     <row r="714" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A714" s="1" t="s">
-        <v>291</v>
+        <v>277</v>
       </c>
       <c r="B714" s="2">
-        <v>3452.58</v>
+        <v>2151.5700000000002</v>
       </c>
     </row>
     <row r="715" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A715" s="1" t="s">
-        <v>292</v>
+        <v>278</v>
       </c>
       <c r="B715" s="2">
-        <v>1412.26</v>
+        <v>1092.46</v>
       </c>
     </row>
     <row r="716" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A716" s="1" t="s">
-        <v>293</v>
+        <v>279</v>
       </c>
       <c r="B716" s="2">
-        <v>2747.03</v>
+        <v>866.1</v>
       </c>
     </row>
     <row r="717" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A717" s="1" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="B717" s="2">
-        <v>1868.78</v>
+        <v>696.95</v>
       </c>
     </row>
     <row r="718" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A718" s="1" t="s">
-        <v>295</v>
+        <v>281</v>
       </c>
       <c r="B718" s="2">
-        <v>83.93</v>
+        <v>2654.32</v>
       </c>
     </row>
     <row r="719" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A719" s="1" t="s">
-        <v>2804</v>
+        <v>282</v>
       </c>
       <c r="B719" s="2">
-        <v>2499.5</v>
+        <v>914.95</v>
       </c>
     </row>
     <row r="720" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A720" s="1" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="B720" s="2">
-        <v>447.61</v>
+        <v>925.68</v>
       </c>
     </row>
     <row r="721" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A721" s="1" t="s">
-        <v>297</v>
+        <v>284</v>
       </c>
       <c r="B721" s="2">
-        <v>225.54</v>
+        <v>3459.67</v>
       </c>
     </row>
     <row r="722" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A722" s="1" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="B722" s="2">
-        <v>307.67</v>
+        <v>2654.32</v>
       </c>
     </row>
     <row r="723" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A723" s="1" t="s">
-        <v>2935</v>
+        <v>286</v>
       </c>
       <c r="B723" s="2">
-        <v>191.95</v>
+        <v>852.99</v>
       </c>
     </row>
     <row r="724" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A724" s="1" t="s">
-        <v>299</v>
+        <v>287</v>
       </c>
       <c r="B724" s="2">
-        <v>61.44</v>
+        <v>2028.86</v>
       </c>
     </row>
     <row r="725" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A725" s="1" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="B725" s="2">
-        <v>40.18</v>
+        <v>2028.86</v>
       </c>
     </row>
     <row r="726" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A726" s="1" t="s">
-        <v>301</v>
+        <v>289</v>
       </c>
       <c r="B726" s="2">
-        <v>122.47</v>
+        <v>3556.16</v>
       </c>
     </row>
     <row r="727" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A727" s="1" t="s">
-        <v>302</v>
+        <v>290</v>
       </c>
       <c r="B727" s="2">
-        <v>68.75</v>
+        <v>1454.63</v>
       </c>
     </row>
     <row r="728" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A728" s="1" t="s">
-        <v>303</v>
+        <v>291</v>
       </c>
       <c r="B728" s="2">
-        <v>80.349999999999994</v>
+        <v>2829.44</v>
       </c>
     </row>
     <row r="729" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A729" s="1" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
       <c r="B729" s="2">
-        <v>41.96</v>
+        <v>1924.84</v>
       </c>
     </row>
     <row r="730" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A730" s="1" t="s">
-        <v>305</v>
+        <v>293</v>
       </c>
       <c r="B730" s="2">
-        <v>41.96</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="731" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A731" s="1" t="s">
-        <v>2493</v>
+        <v>2745</v>
       </c>
       <c r="B731" s="2">
-        <v>159.82</v>
+        <v>2574.4899999999998</v>
       </c>
     </row>
     <row r="732" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A732" s="1" t="s">
-        <v>306</v>
+        <v>294</v>
       </c>
       <c r="B732" s="2">
-        <v>113.38</v>
+        <v>461.04</v>
       </c>
     </row>
     <row r="733" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A733" s="1" t="s">
-        <v>3221</v>
+        <v>295</v>
       </c>
       <c r="B733" s="2">
-        <v>83.93</v>
+        <v>232.31</v>
       </c>
     </row>
     <row r="734" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A734" s="1" t="s">
-        <v>307</v>
+        <v>296</v>
       </c>
       <c r="B734" s="2">
-        <v>48.22</v>
+        <v>316.89999999999998</v>
       </c>
     </row>
     <row r="735" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A735" s="1" t="s">
-        <v>308</v>
+        <v>2835</v>
       </c>
       <c r="B735" s="2">
-        <v>4678.8599999999997</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="736" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A736" s="1" t="s">
-        <v>309</v>
+        <v>297</v>
       </c>
       <c r="B736" s="2">
-        <v>30.55</v>
+        <v>63.28</v>
       </c>
     </row>
     <row r="737" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A737" s="1" t="s">
-        <v>3020</v>
+        <v>298</v>
       </c>
       <c r="B737" s="2">
-        <v>701.88</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="738" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A738" s="1" t="s">
-        <v>3021</v>
+        <v>299</v>
       </c>
       <c r="B738" s="2">
-        <v>701.88</v>
+        <v>126.14</v>
       </c>
     </row>
     <row r="739" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A739" s="1" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="B739" s="2">
-        <v>192</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="740" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A740" s="1" t="s">
-        <v>311</v>
+        <v>301</v>
       </c>
       <c r="B740" s="2">
-        <v>95.93</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="741" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A741" s="1" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="B741" s="2">
-        <v>80.349999999999994</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="742" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A742" s="1" t="s">
-        <v>2855</v>
+        <v>303</v>
       </c>
       <c r="B742" s="2">
-        <v>83.03</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="743" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A743" s="1" t="s">
-        <v>313</v>
+        <v>2477</v>
       </c>
       <c r="B743" s="2">
-        <v>83.03</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="744" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A744" s="1" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
       <c r="B744" s="2">
-        <v>41.96</v>
+        <v>116.78</v>
       </c>
     </row>
     <row r="745" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A745" s="1" t="s">
-        <v>315</v>
+        <v>3120</v>
       </c>
       <c r="B745" s="2">
-        <v>80.349999999999994</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="746" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A746" s="1" t="s">
-        <v>2494</v>
+        <v>305</v>
       </c>
       <c r="B746" s="2">
-        <v>372.86</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="747" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A747" s="1" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="B747" s="2">
-        <v>734.74</v>
+        <v>4819.2299999999996</v>
       </c>
     </row>
     <row r="748" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A748" s="1" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
       <c r="B748" s="2">
-        <v>303.89999999999998</v>
+        <v>31.47</v>
       </c>
     </row>
     <row r="749" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A749" s="1" t="s">
-        <v>318</v>
+        <v>4004</v>
       </c>
       <c r="B749" s="2">
-        <v>303.89999999999998</v>
+        <v>16.18</v>
       </c>
     </row>
     <row r="750" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A750" s="1" t="s">
-        <v>319</v>
+        <v>2920</v>
       </c>
       <c r="B750" s="2">
-        <v>303.89999999999998</v>
+        <v>701.88</v>
       </c>
     </row>
     <row r="751" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A751" s="1" t="s">
-        <v>320</v>
+        <v>2921</v>
       </c>
       <c r="B751" s="2">
-        <v>60.71</v>
+        <v>701.88</v>
       </c>
     </row>
     <row r="752" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A752" s="1" t="s">
-        <v>3359</v>
+        <v>308</v>
       </c>
       <c r="B752" s="2">
-        <v>349.67</v>
+        <v>197.76</v>
       </c>
     </row>
     <row r="753" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A753" s="1" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="B753" s="2">
-        <v>1996.14</v>
+        <v>98.81</v>
       </c>
     </row>
     <row r="754" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A754" s="1" t="s">
-        <v>322</v>
+        <v>310</v>
       </c>
       <c r="B754" s="2">
-        <v>1072.21</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="755" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A755" s="1" t="s">
-        <v>2806</v>
+        <v>2763</v>
       </c>
       <c r="B755" s="2">
-        <v>249.65</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="756" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A756" s="1" t="s">
-        <v>2807</v>
+        <v>311</v>
       </c>
       <c r="B756" s="2">
-        <v>125.05</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="757" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A757" s="1" t="s">
-        <v>323</v>
+        <v>312</v>
       </c>
       <c r="B757" s="2">
-        <v>80.349999999999994</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="758" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A758" s="1" t="s">
-        <v>2495</v>
+        <v>313</v>
       </c>
       <c r="B758" s="2">
-        <v>41.96</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="759" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A759" s="1" t="s">
-        <v>324</v>
+        <v>2478</v>
       </c>
       <c r="B759" s="2">
-        <v>1286.18</v>
+        <v>384.05</v>
       </c>
     </row>
     <row r="760" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A760" s="1" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="B760" s="2">
-        <v>469.61</v>
+        <v>756.78</v>
       </c>
     </row>
     <row r="761" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A761" s="1" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="B761" s="2">
-        <v>657.71</v>
+        <v>313.02</v>
       </c>
     </row>
     <row r="762" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A762" s="1" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
       <c r="B762" s="2">
-        <v>747.8</v>
+        <v>313.02</v>
       </c>
     </row>
     <row r="763" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A763" s="1" t="s">
-        <v>2735</v>
+        <v>317</v>
       </c>
       <c r="B763" s="2">
-        <v>70.56</v>
+        <v>313.02</v>
       </c>
     </row>
     <row r="764" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A764" s="1" t="s">
-        <v>2736</v>
+        <v>318</v>
       </c>
       <c r="B764" s="2">
-        <v>176.42</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="765" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A765" s="1" t="s">
-        <v>2737</v>
+        <v>4005</v>
       </c>
       <c r="B765" s="2">
-        <v>246.98</v>
+        <v>2646.02</v>
       </c>
     </row>
     <row r="766" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A766" s="1" t="s">
-        <v>2738</v>
+        <v>3253</v>
       </c>
       <c r="B766" s="2">
-        <v>317.54000000000002</v>
+        <v>452.64</v>
       </c>
     </row>
     <row r="767" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A767" s="1" t="s">
-        <v>2739</v>
+        <v>319</v>
       </c>
       <c r="B767" s="2">
-        <v>599.76</v>
+        <v>2056.02</v>
       </c>
     </row>
     <row r="768" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A768" s="1" t="s">
-        <v>328</v>
+        <v>320</v>
       </c>
       <c r="B768" s="2">
-        <v>68.75</v>
+        <v>1104.3800000000001</v>
       </c>
     </row>
     <row r="769" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A769" s="1" t="s">
-        <v>3059</v>
+        <v>2747</v>
       </c>
       <c r="B769" s="2">
-        <v>68.75</v>
+        <v>257.14</v>
       </c>
     </row>
     <row r="770" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A770" s="1" t="s">
-        <v>329</v>
+        <v>2748</v>
       </c>
       <c r="B770" s="2">
-        <v>938.93</v>
+        <v>128.80000000000001</v>
       </c>
     </row>
     <row r="771" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A771" s="1" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="B771" s="2">
-        <v>310.62</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="772" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A772" s="1" t="s">
-        <v>2795</v>
+        <v>2479</v>
       </c>
       <c r="B772" s="2">
-        <v>251.58</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="773" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A773" s="1" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="B773" s="2">
-        <v>1718.04</v>
+        <v>1324.77</v>
       </c>
     </row>
     <row r="774" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A774" s="1" t="s">
-        <v>332</v>
+        <v>323</v>
       </c>
       <c r="B774" s="2">
-        <v>137.63999999999999</v>
+        <v>483.7</v>
       </c>
     </row>
     <row r="775" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A775" s="1" t="s">
-        <v>333</v>
+        <v>324</v>
       </c>
       <c r="B775" s="2">
-        <v>135.33000000000001</v>
+        <v>677.44</v>
       </c>
     </row>
     <row r="776" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A776" s="1" t="s">
-        <v>334</v>
+        <v>2717</v>
       </c>
       <c r="B776" s="2">
-        <v>1374.09</v>
+        <v>176.42</v>
       </c>
     </row>
     <row r="777" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A777" s="1" t="s">
-        <v>335</v>
+        <v>2718</v>
       </c>
       <c r="B777" s="2">
-        <v>1359.06</v>
+        <v>599.76</v>
       </c>
     </row>
     <row r="778" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A778" s="1" t="s">
-        <v>3384</v>
+        <v>325</v>
       </c>
       <c r="B778" s="2">
-        <v>537</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="779" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A779" s="1" t="s">
-        <v>3385</v>
+        <v>2959</v>
       </c>
       <c r="B779" s="2">
-        <v>1270.9000000000001</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="780" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A780" s="1" t="s">
-        <v>3386</v>
+        <v>326</v>
       </c>
       <c r="B780" s="2">
-        <v>244.53</v>
+        <v>967.1</v>
       </c>
     </row>
     <row r="781" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A781" s="1" t="s">
-        <v>3387</v>
+        <v>4006</v>
       </c>
       <c r="B781" s="2">
-        <v>3144.13</v>
+        <v>20227</v>
       </c>
     </row>
     <row r="782" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A782" s="1" t="s">
-        <v>2816</v>
+        <v>327</v>
       </c>
       <c r="B782" s="2">
-        <v>882</v>
+        <v>319.94</v>
       </c>
     </row>
     <row r="783" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A783" s="1" t="s">
-        <v>2817</v>
+        <v>2737</v>
       </c>
       <c r="B783" s="2">
-        <v>2646</v>
+        <v>259.13</v>
       </c>
     </row>
     <row r="784" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A784" s="1" t="s">
-        <v>2818</v>
+        <v>328</v>
       </c>
       <c r="B784" s="2">
-        <v>4410.0200000000004</v>
+        <v>1769.58</v>
       </c>
     </row>
     <row r="785" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A785" s="1" t="s">
-        <v>2819</v>
+        <v>329</v>
       </c>
       <c r="B785" s="2">
-        <v>6174.02</v>
+        <v>1096.96</v>
       </c>
     </row>
     <row r="786" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A786" s="1" t="s">
-        <v>2820</v>
+        <v>330</v>
       </c>
       <c r="B786" s="2">
-        <v>11466.02</v>
+        <v>1096.96</v>
       </c>
     </row>
     <row r="787" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A787" s="1" t="s">
-        <v>2821</v>
+        <v>331</v>
       </c>
       <c r="B787" s="2">
-        <v>14994</v>
+        <v>1096.96</v>
       </c>
     </row>
     <row r="788" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A788" s="1" t="s">
-        <v>3452</v>
+        <v>332</v>
       </c>
       <c r="B788" s="2">
-        <v>13095.06</v>
+        <v>1399.83</v>
       </c>
     </row>
     <row r="789" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A789" s="1" t="s">
-        <v>3388</v>
+        <v>3276</v>
       </c>
       <c r="B789" s="2">
-        <v>4833</v>
+        <v>589.47</v>
       </c>
     </row>
     <row r="790" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A790" s="1" t="s">
-        <v>3389</v>
+        <v>3277</v>
       </c>
       <c r="B790" s="2">
-        <v>8492.9699999999993</v>
+        <v>1288.8</v>
       </c>
     </row>
     <row r="791" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A791" s="1" t="s">
-        <v>3392</v>
+        <v>3278</v>
       </c>
       <c r="B791" s="2">
-        <v>1952.86</v>
+        <v>161.18</v>
       </c>
     </row>
     <row r="792" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A792" s="1" t="s">
-        <v>3393</v>
+        <v>3279</v>
       </c>
       <c r="B792" s="2">
-        <v>252.73</v>
+        <v>1858.49</v>
       </c>
     </row>
     <row r="793" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A793" s="1" t="s">
-        <v>3396</v>
+        <v>4007</v>
       </c>
       <c r="B793" s="2">
-        <v>9063.58</v>
+        <v>3529.88</v>
       </c>
     </row>
     <row r="794" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A794" s="1" t="s">
-        <v>3394</v>
+        <v>3339</v>
       </c>
       <c r="B794" s="2">
-        <v>2602.27</v>
+        <v>15162.69</v>
       </c>
     </row>
     <row r="795" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A795" s="1" t="s">
-        <v>3450</v>
+        <v>3280</v>
       </c>
       <c r="B795" s="2">
-        <v>185.2</v>
+        <v>6233.3</v>
       </c>
     </row>
     <row r="796" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A796" s="1" t="s">
-        <v>3395</v>
+        <v>3281</v>
       </c>
       <c r="B796" s="2">
-        <v>7257.84</v>
+        <v>8160.91</v>
       </c>
     </row>
     <row r="797" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A797" s="1" t="s">
-        <v>3382</v>
+        <v>3283</v>
       </c>
       <c r="B797" s="2">
-        <v>6963.1</v>
+        <v>1189.28</v>
       </c>
     </row>
     <row r="798" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A798" s="1" t="s">
-        <v>3379</v>
+        <v>3284</v>
       </c>
       <c r="B798" s="2">
-        <v>11796.1</v>
+        <v>42.96</v>
       </c>
     </row>
     <row r="799" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A799" s="1" t="s">
-        <v>3398</v>
+        <v>3287</v>
       </c>
       <c r="B799" s="2">
-        <v>18677.53</v>
+        <v>9182.7000000000007</v>
       </c>
     </row>
     <row r="800" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A800" s="1" t="s">
-        <v>3383</v>
+        <v>3285</v>
       </c>
       <c r="B800" s="2">
-        <v>809.91</v>
+        <v>2621.6</v>
       </c>
     </row>
     <row r="801" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A801" s="1" t="s">
-        <v>3448</v>
+        <v>3337</v>
       </c>
       <c r="B801" s="2">
-        <v>4870.1899999999996</v>
+        <v>176.68</v>
       </c>
     </row>
     <row r="802" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A802" s="1" t="s">
-        <v>2822</v>
+        <v>3286</v>
       </c>
       <c r="B802" s="2">
-        <v>352.8</v>
+        <v>8268.9599999999991</v>
       </c>
     </row>
     <row r="803" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A803" s="1" t="s">
-        <v>2823</v>
+        <v>3274</v>
       </c>
       <c r="B803" s="2">
-        <v>1764</v>
+        <v>13381.53</v>
       </c>
     </row>
     <row r="804" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A804" s="1" t="s">
-        <v>336</v>
+        <v>3271</v>
       </c>
       <c r="B804" s="2">
-        <v>111.04</v>
+        <v>11796.1</v>
       </c>
     </row>
     <row r="805" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A805" s="1" t="s">
-        <v>3435</v>
+        <v>3289</v>
       </c>
       <c r="B805" s="2">
-        <v>332.4</v>
+        <v>16826</v>
       </c>
     </row>
     <row r="806" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A806" s="1" t="s">
-        <v>3436</v>
+        <v>3275</v>
       </c>
       <c r="B806" s="2">
-        <v>185.61</v>
+        <v>955.46</v>
       </c>
     </row>
     <row r="807" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A807" s="1" t="s">
-        <v>2824</v>
+        <v>3335</v>
       </c>
       <c r="B807" s="2">
-        <v>882</v>
+        <v>4709.38</v>
       </c>
     </row>
     <row r="808" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A808" s="1" t="s">
-        <v>2825</v>
+        <v>333</v>
       </c>
       <c r="B808" s="2">
-        <v>2646.02</v>
+        <v>114.37</v>
       </c>
     </row>
     <row r="809" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A809" s="1" t="s">
-        <v>3451</v>
+        <v>3322</v>
       </c>
       <c r="B809" s="2">
-        <v>174.23</v>
+        <v>413.66</v>
       </c>
     </row>
     <row r="810" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A810" s="1" t="s">
-        <v>337</v>
+        <v>3323</v>
       </c>
       <c r="B810" s="2">
-        <v>80.349999999999994</v>
+        <v>199.03</v>
       </c>
     </row>
     <row r="811" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A811" s="1" t="s">
-        <v>2929</v>
+        <v>4008</v>
       </c>
       <c r="B811" s="2">
-        <v>248.77</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="812" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A812" s="1" t="s">
-        <v>338</v>
+        <v>4009</v>
       </c>
       <c r="B812" s="2">
-        <v>60.71</v>
+        <v>529.22</v>
       </c>
     </row>
     <row r="813" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A813" s="1" t="s">
-        <v>339</v>
+        <v>4010</v>
       </c>
       <c r="B813" s="2">
-        <v>266.02999999999997</v>
+        <v>1234.8</v>
       </c>
     </row>
     <row r="814" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A814" s="1" t="s">
-        <v>340</v>
+        <v>3338</v>
       </c>
       <c r="B814" s="2">
-        <v>80.349999999999994</v>
+        <v>179</v>
       </c>
     </row>
     <row r="815" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A815" s="1" t="s">
-        <v>2945</v>
+        <v>334</v>
       </c>
       <c r="B815" s="2">
-        <v>290.27999999999997</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="816" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A816" s="1" t="s">
-        <v>3301</v>
+        <v>2829</v>
       </c>
       <c r="B816" s="2">
-        <v>70.540000000000006</v>
+        <v>248.77</v>
       </c>
     </row>
     <row r="817" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A817" s="1" t="s">
-        <v>2496</v>
+        <v>335</v>
       </c>
       <c r="B817" s="2">
-        <v>163.03</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="818" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A818" s="1" t="s">
-        <v>3261</v>
+        <v>336</v>
       </c>
       <c r="B818" s="2">
-        <v>87.49</v>
+        <v>274.01</v>
       </c>
     </row>
     <row r="819" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A819" s="1" t="s">
-        <v>2740</v>
+        <v>337</v>
       </c>
       <c r="B819" s="2">
-        <v>352.8</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="820" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A820" s="1" t="s">
-        <v>2741</v>
+        <v>2845</v>
       </c>
       <c r="B820" s="2">
-        <v>1058.42</v>
+        <v>290.27999999999997</v>
       </c>
     </row>
     <row r="821" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A821" s="1" t="s">
-        <v>341</v>
+        <v>3198</v>
       </c>
       <c r="B821" s="2">
-        <v>41.96</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="822" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A822" s="1" t="s">
-        <v>2845</v>
+        <v>2480</v>
       </c>
       <c r="B822" s="2">
-        <v>176.4</v>
+        <v>163.03</v>
       </c>
     </row>
     <row r="823" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A823" s="1" t="s">
-        <v>342</v>
+        <v>3160</v>
       </c>
       <c r="B823" s="2">
-        <v>114.55</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="824" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A824" s="1" t="s">
-        <v>343</v>
+        <v>2719</v>
       </c>
       <c r="B824" s="2">
-        <v>181.42</v>
+        <v>352.8</v>
       </c>
     </row>
     <row r="825" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A825" s="1" t="s">
-        <v>344</v>
+        <v>2720</v>
       </c>
       <c r="B825" s="2">
-        <v>667.92</v>
+        <v>1058.42</v>
       </c>
     </row>
     <row r="826" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A826" s="1" t="s">
-        <v>2497</v>
+        <v>338</v>
       </c>
       <c r="B826" s="2">
-        <v>522.08000000000004</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="827" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A827" s="1" t="s">
-        <v>2498</v>
+        <v>4011</v>
       </c>
       <c r="B827" s="2">
-        <v>598.79999999999995</v>
+        <v>79.98</v>
       </c>
     </row>
     <row r="828" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A828" s="1" t="s">
-        <v>2946</v>
+        <v>339</v>
       </c>
       <c r="B828" s="2">
-        <v>159.82</v>
+        <v>117.99</v>
       </c>
     </row>
     <row r="829" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A829" s="1" t="s">
-        <v>3274</v>
+        <v>340</v>
       </c>
       <c r="B829" s="2">
-        <v>121.42</v>
+        <v>186.86</v>
       </c>
     </row>
     <row r="830" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A830" s="1" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="B830" s="2">
-        <v>1569.47</v>
+        <v>667.92</v>
       </c>
     </row>
     <row r="831" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A831" s="1" t="s">
-        <v>346</v>
+        <v>2481</v>
       </c>
       <c r="B831" s="2">
-        <v>298.41000000000003</v>
+        <v>522.08000000000004</v>
       </c>
     </row>
     <row r="832" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A832" s="1" t="s">
-        <v>347</v>
+        <v>2482</v>
       </c>
       <c r="B832" s="2">
-        <v>1229.51</v>
+        <v>598.79999999999995</v>
       </c>
     </row>
     <row r="833" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A833" s="1" t="s">
-        <v>348</v>
+        <v>2846</v>
       </c>
       <c r="B833" s="2">
-        <v>522.80999999999995</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="834" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A834" s="1" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="B834" s="2">
-        <v>80.349999999999994</v>
+        <v>1616.55</v>
       </c>
     </row>
     <row r="835" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A835" s="1" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="B835" s="2">
-        <v>354.94</v>
+        <v>307.36</v>
       </c>
     </row>
     <row r="836" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A836" s="1" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="B836" s="2">
-        <v>681.53</v>
+        <v>1266.4000000000001</v>
       </c>
     </row>
     <row r="837" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A837" s="1" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="B837" s="2">
-        <v>354.94</v>
+        <v>538.49</v>
       </c>
     </row>
     <row r="838" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A838" s="1" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="B838" s="2">
-        <v>558.08000000000004</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="839" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A839" s="1" t="s">
-        <v>354</v>
+        <v>347</v>
       </c>
       <c r="B839" s="2">
-        <v>237</v>
+        <v>162.72999999999999</v>
       </c>
     </row>
     <row r="840" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A840" s="1" t="s">
-        <v>355</v>
+        <v>348</v>
       </c>
       <c r="B840" s="2">
-        <v>697.4</v>
+        <v>782.34</v>
       </c>
     </row>
     <row r="841" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A841" s="1" t="s">
-        <v>356</v>
+        <v>349</v>
       </c>
       <c r="B841" s="2">
-        <v>688.32</v>
+        <v>162.72999999999999</v>
       </c>
     </row>
     <row r="842" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A842" s="1" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="B842" s="2">
-        <v>318.64999999999998</v>
+        <v>782.34</v>
       </c>
     </row>
     <row r="843" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A843" s="1" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="B843" s="2">
-        <v>259.68</v>
+        <v>162.72999999999999</v>
       </c>
     </row>
     <row r="844" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A844" s="1" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="B844" s="2">
-        <v>477.41</v>
+        <v>782.34</v>
       </c>
     </row>
     <row r="845" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A845" s="1" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="B845" s="2">
-        <v>1053.71</v>
+        <v>782.34</v>
       </c>
     </row>
     <row r="846" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A846" s="1" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="B846" s="2">
-        <v>1053.71</v>
+        <v>162.72999999999999</v>
       </c>
     </row>
     <row r="847" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A847" s="1" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="B847" s="2">
-        <v>1053.71</v>
+        <v>162.72999999999999</v>
       </c>
     </row>
     <row r="848" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A848" s="1" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="B848" s="2">
-        <v>1053.71</v>
+        <v>782.34</v>
       </c>
     </row>
     <row r="849" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A849" s="1" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="B849" s="2">
-        <v>565.59</v>
+        <v>1085.32</v>
       </c>
     </row>
     <row r="850" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A850" s="1" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="B850" s="2">
-        <v>601.46</v>
+        <v>1085.32</v>
       </c>
     </row>
     <row r="851" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A851" s="1" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="B851" s="2">
-        <v>535.53</v>
+        <v>1085.32</v>
       </c>
     </row>
     <row r="852" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A852" s="1" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="B852" s="2">
-        <v>1053.71</v>
+        <v>1085.32</v>
       </c>
     </row>
     <row r="853" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A853" s="1" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="B853" s="2">
-        <v>1053.71</v>
+        <v>582.55999999999995</v>
       </c>
     </row>
     <row r="854" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A854" s="1" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="B854" s="2">
-        <v>197.79</v>
+        <v>619.5</v>
       </c>
     </row>
     <row r="855" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A855" s="1" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="B855" s="2">
-        <v>161.93</v>
+        <v>551.6</v>
       </c>
     </row>
     <row r="856" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A856" s="1" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="B856" s="2">
-        <v>116.82</v>
+        <v>1085.32</v>
       </c>
     </row>
     <row r="857" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A857" s="1" t="s">
-        <v>2742</v>
+        <v>365</v>
       </c>
       <c r="B857" s="2">
-        <v>176.4</v>
+        <v>1085.32</v>
       </c>
     </row>
     <row r="858" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A858" s="1" t="s">
-        <v>2743</v>
+        <v>366</v>
       </c>
       <c r="B858" s="2">
-        <v>529.22</v>
+        <v>203.72</v>
       </c>
     </row>
     <row r="859" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A859" s="1" t="s">
-        <v>2744</v>
+        <v>367</v>
       </c>
       <c r="B859" s="2">
-        <v>882.02</v>
+        <v>166.79</v>
       </c>
     </row>
     <row r="860" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A860" s="1" t="s">
-        <v>2499</v>
+        <v>368</v>
       </c>
       <c r="B860" s="2">
-        <v>48.22</v>
+        <v>120.32</v>
       </c>
     </row>
     <row r="861" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A861" s="1" t="s">
-        <v>372</v>
+        <v>2721</v>
       </c>
       <c r="B861" s="2">
-        <v>83.93</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="862" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A862" s="1" t="s">
-        <v>3222</v>
+        <v>2722</v>
       </c>
       <c r="B862" s="2">
-        <v>48.22</v>
+        <v>882.02</v>
       </c>
     </row>
     <row r="863" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A863" s="1" t="s">
-        <v>373</v>
+        <v>4012</v>
       </c>
       <c r="B863" s="2">
-        <v>83.93</v>
+        <v>248.95</v>
       </c>
     </row>
     <row r="864" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A864" s="1" t="s">
-        <v>374</v>
+        <v>2483</v>
       </c>
       <c r="B864" s="2">
-        <v>41.96</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="865" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A865" s="1" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="B865" s="2">
-        <v>41.96</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="866" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A866" s="1" t="s">
-        <v>376</v>
+        <v>3121</v>
       </c>
       <c r="B866" s="2">
-        <v>41.96</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="867" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A867" s="1" t="s">
-        <v>3060</v>
+        <v>370</v>
       </c>
       <c r="B867" s="2">
-        <v>40.18</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="868" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A868" s="1" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="B868" s="2">
-        <v>1296.1300000000001</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="869" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A869" s="1" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="B869" s="2">
-        <v>243.8</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="870" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A870" s="1" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="B870" s="2">
-        <v>7171.2</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="871" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A871" s="1" t="s">
-        <v>2500</v>
+        <v>2960</v>
       </c>
       <c r="B871" s="2">
-        <v>41.96</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="872" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A872" s="1" t="s">
-        <v>2501</v>
+        <v>374</v>
       </c>
       <c r="B872" s="2">
-        <v>41.96</v>
+        <v>1335.01</v>
       </c>
     </row>
     <row r="873" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A873" s="1" t="s">
-        <v>3266</v>
+        <v>375</v>
       </c>
       <c r="B873" s="2">
-        <v>226.28</v>
+        <v>251.11</v>
       </c>
     </row>
     <row r="874" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A874" s="1" t="s">
-        <v>2502</v>
+        <v>376</v>
       </c>
       <c r="B874" s="2">
-        <v>159.82</v>
+        <v>7386.34</v>
       </c>
     </row>
     <row r="875" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A875" s="1" t="s">
-        <v>3265</v>
+        <v>2484</v>
       </c>
       <c r="B875" s="2">
-        <v>191.95</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="876" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A876" s="1" t="s">
-        <v>3263</v>
+        <v>2485</v>
       </c>
       <c r="B876" s="2">
-        <v>317.20999999999998</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="877" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A877" s="1" t="s">
-        <v>3272</v>
+        <v>3165</v>
       </c>
       <c r="B877" s="2">
-        <v>159.82</v>
+        <v>226.28</v>
       </c>
     </row>
     <row r="878" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A878" s="1" t="s">
-        <v>2503</v>
+        <v>2486</v>
       </c>
       <c r="B878" s="2">
         <v>159.82</v>
       </c>
     </row>
     <row r="879" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A879" s="1" t="s">
-        <v>3273</v>
+        <v>3164</v>
       </c>
       <c r="B879" s="2">
-        <v>159.82</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="880" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A880" s="1" t="s">
-        <v>3271</v>
+        <v>3162</v>
       </c>
       <c r="B880" s="2">
-        <v>159.82</v>
+        <v>317.20999999999998</v>
       </c>
     </row>
     <row r="881" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A881" s="1" t="s">
-        <v>3267</v>
+        <v>3171</v>
       </c>
       <c r="B881" s="2">
-        <v>208.39</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="882" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A882" s="1" t="s">
-        <v>380</v>
+        <v>2487</v>
       </c>
       <c r="B882" s="2">
-        <v>40.18</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="883" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A883" s="1" t="s">
-        <v>2504</v>
+        <v>3172</v>
       </c>
       <c r="B883" s="2">
-        <v>41.96</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="884" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A884" s="1" t="s">
-        <v>3262</v>
+        <v>3170</v>
       </c>
       <c r="B884" s="2">
-        <v>207.8</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="885" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A885" s="1" t="s">
-        <v>3264</v>
+        <v>3166</v>
       </c>
       <c r="B885" s="2">
-        <v>191.95</v>
+        <v>208.39</v>
       </c>
     </row>
     <row r="886" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A886" s="1" t="s">
-        <v>381</v>
+        <v>377</v>
       </c>
       <c r="B886" s="2">
-        <v>726.38</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="887" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A887" s="1" t="s">
-        <v>2505</v>
+        <v>2488</v>
       </c>
       <c r="B887" s="2">
-        <v>1779.04</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="888" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A888" s="1" t="s">
-        <v>2506</v>
+        <v>3161</v>
       </c>
       <c r="B888" s="2">
-        <v>4884.58</v>
+        <v>207.8</v>
       </c>
     </row>
     <row r="889" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A889" s="1" t="s">
-        <v>382</v>
+        <v>3163</v>
       </c>
       <c r="B889" s="2">
-        <v>108.02</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="890" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A890" s="1" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="B890" s="2">
-        <v>1177.47</v>
+        <v>748.17</v>
       </c>
     </row>
     <row r="891" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A891" s="1" t="s">
-        <v>384</v>
+        <v>2489</v>
       </c>
       <c r="B891" s="2">
-        <v>301.88</v>
+        <v>1832.41</v>
       </c>
     </row>
     <row r="892" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A892" s="1" t="s">
-        <v>385</v>
+        <v>2490</v>
       </c>
       <c r="B892" s="2">
-        <v>377.06</v>
+        <v>5031.12</v>
       </c>
     </row>
     <row r="893" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A893" s="1" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="B893" s="2">
-        <v>486.94</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="894" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A894" s="1" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="B894" s="2">
-        <v>548.25</v>
+        <v>1212.79</v>
       </c>
     </row>
     <row r="895" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A895" s="1" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="B895" s="2">
-        <v>729.84</v>
+        <v>310.94</v>
       </c>
     </row>
     <row r="896" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A896" s="1" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="B896" s="2">
-        <v>566.75</v>
+        <v>388.37</v>
       </c>
     </row>
     <row r="897" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A897" s="1" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="B897" s="2">
-        <v>259.08999999999997</v>
+        <v>501.55</v>
       </c>
     </row>
     <row r="898" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A898" s="1" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="B898" s="2">
-        <v>511.24</v>
+        <v>564.70000000000005</v>
       </c>
     </row>
     <row r="899" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A899" s="1" t="s">
-        <v>392</v>
+        <v>385</v>
       </c>
       <c r="B899" s="2">
-        <v>416.4</v>
+        <v>751.74</v>
       </c>
     </row>
     <row r="900" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A900" s="1" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="B900" s="2">
-        <v>407.14</v>
+        <v>583.75</v>
       </c>
     </row>
     <row r="901" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A901" s="1" t="s">
-        <v>394</v>
+        <v>387</v>
       </c>
       <c r="B901" s="2">
-        <v>325.02999999999997</v>
+        <v>266.86</v>
       </c>
     </row>
     <row r="902" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A902" s="1" t="s">
-        <v>395</v>
+        <v>388</v>
       </c>
       <c r="B902" s="2">
-        <v>452.25</v>
+        <v>526.58000000000004</v>
       </c>
     </row>
     <row r="903" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A903" s="1" t="s">
-        <v>396</v>
+        <v>389</v>
       </c>
       <c r="B903" s="2">
-        <v>578.33000000000004</v>
+        <v>428.89</v>
       </c>
     </row>
     <row r="904" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A904" s="1" t="s">
-        <v>397</v>
+        <v>390</v>
       </c>
       <c r="B904" s="2">
-        <v>609.54999999999995</v>
+        <v>419.35</v>
       </c>
     </row>
     <row r="905" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A905" s="1" t="s">
-        <v>398</v>
+        <v>391</v>
       </c>
       <c r="B905" s="2">
-        <v>266.02999999999997</v>
+        <v>334.78</v>
       </c>
     </row>
     <row r="906" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A906" s="1" t="s">
-        <v>399</v>
+        <v>392</v>
       </c>
       <c r="B906" s="2">
-        <v>566.75</v>
+        <v>465.82</v>
       </c>
     </row>
     <row r="907" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A907" s="1" t="s">
-        <v>400</v>
+        <v>393</v>
       </c>
       <c r="B907" s="2">
-        <v>307.67</v>
+        <v>595.67999999999995</v>
       </c>
     </row>
     <row r="908" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A908" s="1" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="B908" s="2">
-        <v>408.29</v>
+        <v>627.84</v>
       </c>
     </row>
     <row r="909" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A909" s="1" t="s">
-        <v>402</v>
+        <v>395</v>
       </c>
       <c r="B909" s="2">
-        <v>483.48</v>
+        <v>274.01</v>
       </c>
     </row>
     <row r="910" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A910" s="1" t="s">
-        <v>403</v>
+        <v>396</v>
       </c>
       <c r="B910" s="2">
-        <v>625.75</v>
+        <v>583.75</v>
       </c>
     </row>
     <row r="911" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A911" s="1" t="s">
-        <v>404</v>
+        <v>397</v>
       </c>
       <c r="B911" s="2">
-        <v>511.24</v>
+        <v>316.89999999999998</v>
       </c>
     </row>
     <row r="912" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A912" s="1" t="s">
-        <v>405</v>
+        <v>398</v>
       </c>
       <c r="B912" s="2">
-        <v>437.21</v>
+        <v>1439.11</v>
       </c>
     </row>
     <row r="913" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A913" s="1" t="s">
-        <v>406</v>
+        <v>399</v>
       </c>
       <c r="B913" s="2">
-        <v>3454.9</v>
+        <v>211.16</v>
       </c>
     </row>
     <row r="914" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A914" s="1" t="s">
-        <v>407</v>
+        <v>400</v>
       </c>
       <c r="B914" s="2">
-        <v>1360.76</v>
+        <v>644.52</v>
       </c>
     </row>
     <row r="915" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A915" s="1" t="s">
-        <v>408</v>
+        <v>401</v>
       </c>
       <c r="B915" s="2">
-        <v>422.17</v>
+        <v>526.58000000000004</v>
       </c>
     </row>
     <row r="916" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A916" s="1" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="B916" s="2">
-        <v>249.83</v>
+        <v>450.33</v>
       </c>
     </row>
     <row r="917" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A917" s="1" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="B917" s="2">
-        <v>249.83</v>
+        <v>3558.55</v>
       </c>
     </row>
     <row r="918" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A918" s="1" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="B918" s="2">
-        <v>565.59</v>
+        <v>522.15</v>
       </c>
     </row>
     <row r="919" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A919" s="1" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
       <c r="B919" s="2">
-        <v>249.83</v>
+        <v>434.84</v>
       </c>
     </row>
     <row r="920" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A920" s="1" t="s">
-        <v>413</v>
+        <v>406</v>
       </c>
       <c r="B920" s="2">
-        <v>2197.63</v>
+        <v>257.32</v>
       </c>
     </row>
     <row r="921" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A921" s="1" t="s">
-        <v>414</v>
+        <v>407</v>
       </c>
       <c r="B921" s="2">
-        <v>1387.98</v>
+        <v>257.32</v>
       </c>
     </row>
     <row r="922" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A922" s="1" t="s">
-        <v>415</v>
+        <v>408</v>
       </c>
       <c r="B922" s="2">
-        <v>1429.61</v>
+        <v>582.55999999999995</v>
       </c>
     </row>
     <row r="923" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A923" s="1" t="s">
-        <v>416</v>
+        <v>409</v>
       </c>
       <c r="B923" s="2">
-        <v>462.67</v>
+        <v>257.32</v>
       </c>
     </row>
     <row r="924" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A924" s="1" t="s">
-        <v>417</v>
+        <v>410</v>
       </c>
       <c r="B924" s="2">
-        <v>1387.98</v>
+        <v>600.44000000000005</v>
       </c>
     </row>
     <row r="925" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A925" s="1" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
       <c r="B925" s="2">
-        <v>572.54</v>
+        <v>1429.62</v>
       </c>
     </row>
     <row r="926" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A926" s="1" t="s">
-        <v>419</v>
+        <v>412</v>
       </c>
       <c r="B926" s="2">
-        <v>267.18</v>
+        <v>1472.5</v>
       </c>
     </row>
     <row r="927" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A927" s="1" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="B927" s="2">
-        <v>648.88</v>
+        <v>476.55</v>
       </c>
     </row>
     <row r="928" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A928" s="1" t="s">
-        <v>421</v>
+        <v>414</v>
       </c>
       <c r="B928" s="2">
-        <v>675.47</v>
+        <v>1429.62</v>
       </c>
     </row>
     <row r="929" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A929" s="1" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
       <c r="B929" s="2">
-        <v>396.73</v>
+        <v>589.72</v>
       </c>
     </row>
     <row r="930" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A930" s="1" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="B930" s="2">
-        <v>359.71</v>
+        <v>275.2</v>
       </c>
     </row>
     <row r="931" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A931" s="1" t="s">
-        <v>424</v>
+        <v>417</v>
       </c>
       <c r="B931" s="2">
-        <v>445.31</v>
+        <v>668.35</v>
       </c>
     </row>
     <row r="932" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A932" s="1" t="s">
-        <v>425</v>
+        <v>418</v>
       </c>
       <c r="B932" s="2">
-        <v>3725.55</v>
+        <v>695.73</v>
       </c>
     </row>
     <row r="933" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A933" s="1" t="s">
-        <v>426</v>
+        <v>419</v>
       </c>
       <c r="B933" s="2">
-        <v>462.67</v>
+        <v>408.63</v>
       </c>
     </row>
     <row r="934" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A934" s="1" t="s">
-        <v>427</v>
+        <v>420</v>
       </c>
       <c r="B934" s="2">
-        <v>395.57</v>
+        <v>370.5</v>
       </c>
     </row>
     <row r="935" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A935" s="1" t="s">
-        <v>428</v>
+        <v>421</v>
       </c>
       <c r="B935" s="2">
-        <v>4242.57</v>
+        <v>458.67</v>
       </c>
     </row>
     <row r="936" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A936" s="1" t="s">
-        <v>429</v>
+        <v>422</v>
       </c>
       <c r="B936" s="2">
-        <v>249.83</v>
+        <v>3837.32</v>
       </c>
     </row>
     <row r="937" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A937" s="1" t="s">
-        <v>430</v>
+        <v>423</v>
       </c>
       <c r="B937" s="2">
-        <v>555.17999999999995</v>
+        <v>476.55</v>
       </c>
     </row>
     <row r="938" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A938" s="1" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="B938" s="2">
-        <v>691.68</v>
+        <v>407.44</v>
       </c>
     </row>
     <row r="939" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A939" s="1" t="s">
-        <v>432</v>
+        <v>425</v>
       </c>
       <c r="B939" s="2">
-        <v>646.37</v>
+        <v>4369.8500000000004</v>
       </c>
     </row>
     <row r="940" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A940" s="1" t="s">
-        <v>433</v>
+        <v>426</v>
       </c>
       <c r="B940" s="2">
-        <v>393.25</v>
+        <v>257.32</v>
       </c>
     </row>
     <row r="941" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A941" s="1" t="s">
-        <v>434</v>
+        <v>427</v>
       </c>
       <c r="B941" s="2">
-        <v>1452.75</v>
+        <v>571.84</v>
       </c>
     </row>
     <row r="942" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A942" s="1" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="B942" s="2">
-        <v>566.75</v>
+        <v>712.43</v>
       </c>
     </row>
     <row r="943" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A943" s="1" t="s">
-        <v>436</v>
+        <v>429</v>
       </c>
       <c r="B943" s="2">
-        <v>578.33000000000004</v>
+        <v>665.76</v>
       </c>
     </row>
     <row r="944" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A944" s="1" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="B944" s="2">
-        <v>257.92</v>
+        <v>405.05</v>
       </c>
     </row>
     <row r="945" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A945" s="1" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="B945" s="2">
-        <v>367.81</v>
+        <v>1496.33</v>
       </c>
     </row>
     <row r="946" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A946" s="1" t="s">
-        <v>439</v>
+        <v>432</v>
       </c>
       <c r="B946" s="2">
-        <v>402.51</v>
+        <v>583.75</v>
       </c>
     </row>
     <row r="947" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A947" s="1" t="s">
-        <v>440</v>
+        <v>433</v>
       </c>
       <c r="B947" s="2">
-        <v>3439.04</v>
+        <v>595.67999999999995</v>
       </c>
     </row>
     <row r="948" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A948" s="1" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="B948" s="2">
-        <v>466.14</v>
+        <v>265.66000000000003</v>
       </c>
     </row>
     <row r="949" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A949" s="1" t="s">
-        <v>442</v>
+        <v>435</v>
       </c>
       <c r="B949" s="2">
-        <v>3401.89</v>
+        <v>378.84</v>
       </c>
     </row>
     <row r="950" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A950" s="1" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="B950" s="2">
-        <v>2449.36</v>
+        <v>414.59</v>
       </c>
     </row>
     <row r="951" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A951" s="1" t="s">
-        <v>444</v>
+        <v>437</v>
       </c>
       <c r="B951" s="2">
-        <v>506.61</v>
+        <v>3542.21</v>
       </c>
     </row>
     <row r="952" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A952" s="1" t="s">
-        <v>445</v>
+        <v>438</v>
       </c>
       <c r="B952" s="2">
-        <v>3623.77</v>
+        <v>480.12</v>
       </c>
     </row>
     <row r="953" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A953" s="1" t="s">
-        <v>446</v>
+        <v>439</v>
       </c>
       <c r="B953" s="2">
-        <v>555.17999999999995</v>
+        <v>3503.95</v>
       </c>
     </row>
     <row r="954" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A954" s="1" t="s">
-        <v>447</v>
+        <v>440</v>
       </c>
       <c r="B954" s="2">
-        <v>752.97</v>
+        <v>2522.84</v>
       </c>
     </row>
     <row r="955" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A955" s="1" t="s">
-        <v>448</v>
+        <v>441</v>
       </c>
       <c r="B955" s="2">
-        <v>392.11</v>
+        <v>521.80999999999995</v>
       </c>
     </row>
     <row r="956" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A956" s="1" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="B956" s="2">
-        <v>554.04</v>
+        <v>3732.48</v>
       </c>
     </row>
     <row r="957" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A957" s="1" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="B957" s="2">
-        <v>411.77</v>
+        <v>571.84</v>
       </c>
     </row>
     <row r="958" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A958" s="1" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
       <c r="B958" s="2">
-        <v>3553.21</v>
+        <v>775.56</v>
       </c>
     </row>
     <row r="959" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A959" s="1" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="B959" s="2">
-        <v>549.41</v>
+        <v>403.87</v>
       </c>
     </row>
     <row r="960" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A960" s="1" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="B960" s="2">
-        <v>3483.54</v>
+        <v>570.66</v>
       </c>
     </row>
     <row r="961" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A961" s="1" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="B961" s="2">
-        <v>489.26</v>
+        <v>424.12</v>
       </c>
     </row>
     <row r="962" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A962" s="1" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
       <c r="B962" s="2">
-        <v>3374.67</v>
+        <v>3659.81</v>
       </c>
     </row>
     <row r="963" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A963" s="1" t="s">
-        <v>456</v>
+        <v>4013</v>
       </c>
       <c r="B963" s="2">
-        <v>582.95000000000005</v>
+        <v>3688.95</v>
       </c>
     </row>
     <row r="964" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A964" s="1" t="s">
-        <v>457</v>
+        <v>449</v>
       </c>
       <c r="B964" s="2">
-        <v>2084.2800000000002</v>
+        <v>565.89</v>
       </c>
     </row>
     <row r="965" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A965" s="1" t="s">
-        <v>458</v>
+        <v>450</v>
       </c>
       <c r="B965" s="2">
-        <v>673.17</v>
+        <v>3588.05</v>
       </c>
     </row>
     <row r="966" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A966" s="1" t="s">
-        <v>459</v>
+        <v>451</v>
       </c>
       <c r="B966" s="2">
-        <v>326.17</v>
+        <v>503.94</v>
       </c>
     </row>
     <row r="967" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A967" s="1" t="s">
-        <v>460</v>
+        <v>452</v>
       </c>
       <c r="B967" s="2">
-        <v>244.06</v>
+        <v>3475.91</v>
       </c>
     </row>
     <row r="968" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A968" s="1" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="B968" s="2">
-        <v>476.53</v>
+        <v>600.44000000000005</v>
       </c>
     </row>
     <row r="969" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A969" s="1" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="B969" s="2">
-        <v>453.41</v>
+        <v>4092.1</v>
       </c>
     </row>
     <row r="970" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A970" s="1" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
       <c r="B970" s="2">
-        <v>529.75</v>
+        <v>693.37</v>
       </c>
     </row>
     <row r="971" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A971" s="1" t="s">
-        <v>464</v>
+        <v>456</v>
       </c>
       <c r="B971" s="2">
-        <v>301.88</v>
+        <v>335.96</v>
       </c>
     </row>
     <row r="972" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A972" s="1" t="s">
-        <v>465</v>
+        <v>457</v>
       </c>
       <c r="B972" s="2">
-        <v>562.27</v>
+        <v>1439.11</v>
       </c>
     </row>
     <row r="973" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A973" s="1" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="B973" s="2">
-        <v>571.39</v>
+        <v>211.16</v>
       </c>
     </row>
     <row r="974" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A974" s="1" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="B974" s="2">
-        <v>429.11</v>
+        <v>1439.11</v>
       </c>
     </row>
     <row r="975" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A975" s="1" t="s">
-        <v>2789</v>
+        <v>460</v>
       </c>
       <c r="B975" s="2">
-        <v>3842.27</v>
+        <v>211.16</v>
       </c>
     </row>
     <row r="976" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A976" s="1" t="s">
-        <v>468</v>
+        <v>461</v>
       </c>
       <c r="B976" s="2">
-        <v>389.8</v>
+        <v>310.94</v>
       </c>
     </row>
     <row r="977" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A977" s="1" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="B977" s="2">
-        <v>688.2</v>
+        <v>579.14</v>
       </c>
     </row>
     <row r="978" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A978" s="1" t="s">
-        <v>470</v>
+        <v>463</v>
       </c>
       <c r="B978" s="2">
-        <v>393.48</v>
+        <v>588.53</v>
       </c>
     </row>
     <row r="979" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A979" s="1" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="B979" s="2">
-        <v>587.57000000000005</v>
+        <v>441.98</v>
       </c>
     </row>
     <row r="980" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A980" s="1" t="s">
-        <v>472</v>
+        <v>2731</v>
       </c>
       <c r="B980" s="2">
-        <v>307.32</v>
+        <v>3957.54</v>
       </c>
     </row>
     <row r="981" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A981" s="1" t="s">
-        <v>473</v>
+        <v>465</v>
       </c>
       <c r="B981" s="2">
-        <v>437.21</v>
+        <v>401.49</v>
       </c>
     </row>
     <row r="982" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A982" s="1" t="s">
-        <v>474</v>
+        <v>466</v>
       </c>
       <c r="B982" s="2">
-        <v>505.45</v>
+        <v>708.85</v>
       </c>
     </row>
     <row r="983" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A983" s="1" t="s">
-        <v>475</v>
+        <v>467</v>
       </c>
       <c r="B983" s="2">
-        <v>48.22</v>
+        <v>1439.11</v>
       </c>
     </row>
     <row r="984" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A984" s="1" t="s">
-        <v>3397</v>
+        <v>468</v>
       </c>
       <c r="B984" s="2">
-        <v>1169.1500000000001</v>
+        <v>211.16</v>
       </c>
     </row>
     <row r="985" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A985" s="1" t="s">
-        <v>3127</v>
+        <v>469</v>
       </c>
       <c r="B985" s="2">
-        <v>119.64</v>
+        <v>316.54000000000002</v>
       </c>
     </row>
     <row r="986" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A986" s="1" t="s">
-        <v>3122</v>
+        <v>470</v>
       </c>
       <c r="B986" s="2">
-        <v>41.06</v>
+        <v>450.33</v>
       </c>
     </row>
     <row r="987" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A987" s="1" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="B987" s="2">
-        <v>119.64</v>
+        <v>520.61</v>
       </c>
     </row>
     <row r="988" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A988" s="1" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="B988" s="2">
-        <v>41.06</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="989" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A989" s="1" t="s">
-        <v>478</v>
+        <v>3288</v>
       </c>
       <c r="B989" s="2">
-        <v>41.06</v>
+        <v>1052.8900000000001</v>
       </c>
     </row>
     <row r="990" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A990" s="1" t="s">
-        <v>479</v>
+        <v>3027</v>
       </c>
       <c r="B990" s="2">
-        <v>41.06</v>
+        <v>119.64</v>
       </c>
     </row>
     <row r="991" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A991" s="1" t="s">
-        <v>480</v>
+        <v>3022</v>
       </c>
       <c r="B991" s="2">
         <v>41.06</v>
       </c>
     </row>
     <row r="992" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A992" s="1" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="B992" s="2">
         <v>119.64</v>
       </c>
     </row>
     <row r="993" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A993" s="1" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="B993" s="2">
         <v>41.06</v>
       </c>
     </row>
     <row r="994" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A994" s="1" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="B994" s="2">
-        <v>119.64</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="995" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A995" s="1" t="s">
-        <v>484</v>
+        <v>476</v>
       </c>
       <c r="B995" s="2">
         <v>41.06</v>
       </c>
     </row>
     <row r="996" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A996" s="1" t="s">
-        <v>2507</v>
+        <v>477</v>
       </c>
       <c r="B996" s="2">
         <v>41.06</v>
       </c>
     </row>
     <row r="997" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A997" s="1" t="s">
-        <v>3121</v>
+        <v>478</v>
       </c>
       <c r="B997" s="2">
         <v>119.64</v>
       </c>
     </row>
     <row r="998" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A998" s="1" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="B998" s="2">
-        <v>119.64</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="999" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A999" s="1" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="B999" s="2">
-        <v>41.06</v>
+        <v>119.64</v>
       </c>
     </row>
     <row r="1000" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1000" s="1" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="B1000" s="2">
         <v>41.06</v>
       </c>
     </row>
     <row r="1001" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1001" s="1" t="s">
-        <v>488</v>
+        <v>2491</v>
       </c>
       <c r="B1001" s="2">
-        <v>119.64</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1002" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1002" s="1" t="s">
-        <v>2508</v>
+        <v>3021</v>
       </c>
       <c r="B1002" s="2">
-        <v>41.06</v>
+        <v>119.64</v>
       </c>
     </row>
     <row r="1003" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1003" s="1" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="B1003" s="2">
-        <v>486.94</v>
+        <v>119.64</v>
       </c>
     </row>
     <row r="1004" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1004" s="1" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="B1004" s="2">
-        <v>321.56</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1005" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1005" s="1" t="s">
-        <v>3349</v>
+        <v>484</v>
       </c>
       <c r="B1005" s="2">
-        <v>378.55</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1006" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1006" s="1" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="B1006" s="2">
-        <v>500.14</v>
+        <v>119.64</v>
       </c>
     </row>
     <row r="1007" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1007" s="1" t="s">
-        <v>492</v>
+        <v>2492</v>
       </c>
       <c r="B1007" s="2">
-        <v>278.75</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1008" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1008" s="1" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="B1008" s="2">
-        <v>41.06</v>
+        <v>501.55</v>
       </c>
     </row>
     <row r="1009" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1009" s="1" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="B1009" s="2">
-        <v>321.42</v>
+        <v>331.21</v>
       </c>
     </row>
     <row r="1010" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1010" s="1" t="s">
-        <v>3142</v>
+        <v>3243</v>
       </c>
       <c r="B1010" s="2">
-        <v>60.71</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="1011" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1011" s="1" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="B1011" s="2">
-        <v>60.71</v>
+        <v>500.14</v>
       </c>
     </row>
     <row r="1012" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1012" s="1" t="s">
-        <v>4</v>
+        <v>489</v>
       </c>
       <c r="B1012" s="2">
-        <v>91.93</v>
+        <v>287.11</v>
       </c>
     </row>
     <row r="1013" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1013" s="1" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="B1013" s="2">
-        <v>80.349999999999994</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1014" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1014" s="1" t="s">
-        <v>2849</v>
+        <v>491</v>
       </c>
       <c r="B1014" s="2">
-        <v>1764.02</v>
+        <v>331.06</v>
       </c>
     </row>
     <row r="1015" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1015" s="1" t="s">
-        <v>497</v>
+        <v>3041</v>
       </c>
       <c r="B1015" s="2">
-        <v>129.54</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1016" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1016" s="1" t="s">
-        <v>3304</v>
+        <v>492</v>
       </c>
       <c r="B1016" s="2">
-        <v>87.49</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1017" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1017" s="1" t="s">
-        <v>498</v>
+        <v>4</v>
       </c>
       <c r="B1017" s="2">
-        <v>961.61</v>
+        <v>91.93</v>
       </c>
     </row>
     <row r="1018" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1018" s="1" t="s">
-        <v>499</v>
+        <v>4014</v>
       </c>
       <c r="B1018" s="2">
-        <v>250.62</v>
+        <v>1628.9</v>
       </c>
     </row>
     <row r="1019" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1019" s="1" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="B1019" s="2">
-        <v>2703.09</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1020" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1020" s="1" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="B1020" s="2">
-        <v>3122.93</v>
+        <v>133.43</v>
       </c>
     </row>
     <row r="1021" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1021" s="1" t="s">
-        <v>502</v>
+        <v>3201</v>
       </c>
       <c r="B1021" s="2">
-        <v>3730.18</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="1022" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1022" s="1" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="B1022" s="2">
-        <v>3964.99</v>
+        <v>990.46</v>
       </c>
     </row>
     <row r="1023" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1023" s="1" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="B1023" s="2">
-        <v>5981.01</v>
+        <v>258.14</v>
       </c>
     </row>
     <row r="1024" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1024" s="1" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="B1024" s="2">
-        <v>345.82</v>
+        <v>2644.97</v>
       </c>
     </row>
     <row r="1025" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1025" s="1" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="B1025" s="2">
-        <v>84.37</v>
+        <v>3055.79</v>
       </c>
     </row>
     <row r="1026" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1026" s="1" t="s">
-        <v>507</v>
+        <v>499</v>
       </c>
       <c r="B1026" s="2">
-        <v>10205.69</v>
+        <v>3649.98</v>
       </c>
     </row>
     <row r="1027" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1027" s="1" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="B1027" s="2">
-        <v>3092.86</v>
+        <v>3879.74</v>
       </c>
     </row>
     <row r="1028" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1028" s="1" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="B1028" s="2">
-        <v>5042.97</v>
+        <v>6160.44</v>
       </c>
     </row>
     <row r="1029" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1029" s="1" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="B1029" s="2">
-        <v>5641.5</v>
+        <v>356.19</v>
       </c>
     </row>
     <row r="1030" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1030" s="1" t="s">
-        <v>3185</v>
+        <v>503</v>
       </c>
       <c r="B1030" s="2">
-        <v>195.29</v>
+        <v>86.9</v>
       </c>
     </row>
     <row r="1031" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1031" s="1" t="s">
-        <v>511</v>
+        <v>504</v>
       </c>
       <c r="B1031" s="2">
-        <v>195.29</v>
+        <v>10511.86</v>
       </c>
     </row>
     <row r="1032" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1032" s="1" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="B1032" s="2">
-        <v>195.29</v>
+        <v>3185.65</v>
       </c>
     </row>
     <row r="1033" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1033" s="1" t="s">
-        <v>2509</v>
+        <v>506</v>
       </c>
       <c r="B1033" s="2">
-        <v>195.29</v>
+        <v>5194.26</v>
       </c>
     </row>
     <row r="1034" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1034" s="1" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="B1034" s="2">
-        <v>436.58</v>
+        <v>5810.75</v>
       </c>
     </row>
     <row r="1035" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1035" s="1" t="s">
-        <v>514</v>
+        <v>3084</v>
       </c>
       <c r="B1035" s="2">
-        <v>41.96</v>
+        <v>195.29</v>
       </c>
     </row>
     <row r="1036" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1036" s="1" t="s">
-        <v>2442</v>
+        <v>508</v>
       </c>
       <c r="B1036" s="2">
-        <v>41.96</v>
+        <v>195.29</v>
       </c>
     </row>
     <row r="1037" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1037" s="1" t="s">
-        <v>2510</v>
+        <v>509</v>
       </c>
       <c r="B1037" s="2">
-        <v>298.95999999999998</v>
+        <v>195.29</v>
       </c>
     </row>
     <row r="1038" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1038" s="1" t="s">
-        <v>515</v>
+        <v>2493</v>
       </c>
       <c r="B1038" s="2">
-        <v>60.71</v>
+        <v>195.29</v>
       </c>
     </row>
     <row r="1039" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1039" s="1" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="B1039" s="2">
-        <v>60.71</v>
+        <v>449.68</v>
       </c>
     </row>
     <row r="1040" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1040" s="1" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="B1040" s="2">
-        <v>60.71</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1041" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1041" s="1" t="s">
-        <v>518</v>
+        <v>2426</v>
       </c>
       <c r="B1041" s="2">
-        <v>661.11</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1042" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1042" s="1" t="s">
-        <v>519</v>
+        <v>2494</v>
       </c>
       <c r="B1042" s="2">
-        <v>456.87</v>
+        <v>307.93</v>
       </c>
     </row>
     <row r="1043" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1043" s="1" t="s">
-        <v>520</v>
+        <v>512</v>
       </c>
       <c r="B1043" s="2">
-        <v>146.9</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1044" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1044" s="1" t="s">
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="B1044" s="2">
-        <v>257.5</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1045" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1045" s="1" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="B1045" s="2">
-        <v>85.7</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1046" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1046" s="1" t="s">
-        <v>2511</v>
+        <v>515</v>
       </c>
       <c r="B1046" s="2">
-        <v>195.29</v>
+        <v>680.94</v>
       </c>
     </row>
     <row r="1047" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1047" s="1" t="s">
-        <v>523</v>
+        <v>516</v>
       </c>
       <c r="B1047" s="2">
-        <v>410.98</v>
+        <v>470.58</v>
       </c>
     </row>
     <row r="1048" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1048" s="1" t="s">
-        <v>3312</v>
+        <v>517</v>
       </c>
       <c r="B1048" s="2">
-        <v>209.77</v>
+        <v>151.31</v>
       </c>
     </row>
     <row r="1049" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1049" s="1" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="B1049" s="2">
-        <v>48.22</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1050" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1050" s="1" t="s">
-        <v>3399</v>
+        <v>519</v>
       </c>
       <c r="B1050" s="2">
-        <v>3132.73</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="1051" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1051" s="1" t="s">
-        <v>3400</v>
+        <v>2495</v>
       </c>
       <c r="B1051" s="2">
-        <v>7922.54</v>
+        <v>195.29</v>
       </c>
     </row>
     <row r="1052" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1052" s="1" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="B1052" s="2">
-        <v>397.88</v>
+        <v>410.98</v>
       </c>
     </row>
     <row r="1053" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1053" s="1" t="s">
-        <v>526</v>
+        <v>3209</v>
       </c>
       <c r="B1053" s="2">
-        <v>127.23</v>
+        <v>209.77</v>
       </c>
     </row>
     <row r="1054" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1054" s="1" t="s">
-        <v>2512</v>
+        <v>521</v>
       </c>
       <c r="B1054" s="2">
-        <v>566.5</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1055" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1055" s="1" t="s">
-        <v>527</v>
+        <v>3290</v>
       </c>
       <c r="B1055" s="2">
-        <v>425.64</v>
+        <v>2552.9499999999998</v>
       </c>
     </row>
     <row r="1056" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1056" s="1" t="s">
-        <v>528</v>
+        <v>3291</v>
       </c>
       <c r="B1056" s="2">
-        <v>286.83999999999997</v>
+        <v>8557.2900000000009</v>
       </c>
     </row>
     <row r="1057" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1057" s="1" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
       <c r="B1057" s="2">
-        <v>224.4</v>
+        <v>409.82</v>
       </c>
     </row>
     <row r="1058" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1058" s="1" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="B1058" s="2">
-        <v>429.11</v>
+        <v>131.05000000000001</v>
       </c>
     </row>
     <row r="1059" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1059" s="1" t="s">
-        <v>531</v>
+        <v>2496</v>
       </c>
       <c r="B1059" s="2">
-        <v>172.34</v>
+        <v>583.5</v>
       </c>
     </row>
     <row r="1060" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1060" s="1" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
       <c r="B1060" s="2">
-        <v>5955.56</v>
+        <v>438.41</v>
       </c>
     </row>
     <row r="1061" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1061" s="1" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="B1061" s="2">
-        <v>1435.4</v>
+        <v>295.45</v>
       </c>
     </row>
     <row r="1062" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1062" s="1" t="s">
-        <v>534</v>
+        <v>4015</v>
       </c>
       <c r="B1062" s="2">
-        <v>3142.6</v>
+        <v>11.47</v>
       </c>
     </row>
     <row r="1063" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1063" s="1" t="s">
-        <v>3182</v>
+        <v>526</v>
       </c>
       <c r="B1063" s="2">
-        <v>71.42</v>
+        <v>359.74</v>
       </c>
     </row>
     <row r="1064" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1064" s="1" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="B1064" s="2">
-        <v>71.42</v>
+        <v>359.74</v>
       </c>
     </row>
     <row r="1065" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1065" s="1" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="B1065" s="2">
-        <v>71.42</v>
+        <v>177.51</v>
       </c>
     </row>
     <row r="1066" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1066" s="1" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="B1066" s="2">
-        <v>40.18</v>
+        <v>6134.23</v>
       </c>
     </row>
     <row r="1067" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1067" s="1" t="s">
-        <v>538</v>
+        <v>530</v>
       </c>
       <c r="B1067" s="2">
-        <v>2461.81</v>
+        <v>1478.46</v>
       </c>
     </row>
     <row r="1068" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1068" s="1" t="s">
-        <v>539</v>
+        <v>531</v>
       </c>
       <c r="B1068" s="2">
-        <v>3473.43</v>
+        <v>3236.88</v>
       </c>
     </row>
     <row r="1069" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1069" s="1" t="s">
-        <v>540</v>
+        <v>3081</v>
       </c>
       <c r="B1069" s="2">
-        <v>9616.35</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="1070" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1070" s="1" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
       <c r="B1070" s="2">
-        <v>11540.12</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="1071" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1071" s="1" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
       <c r="B1071" s="2">
-        <v>48.22</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="1072" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1072" s="1" t="s">
-        <v>543</v>
+        <v>534</v>
       </c>
       <c r="B1072" s="2">
-        <v>80.349999999999994</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="1073" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1073" s="1" t="s">
-        <v>544</v>
+        <v>4016</v>
       </c>
       <c r="B1073" s="2">
-        <v>68.75</v>
+        <v>2461.81</v>
       </c>
     </row>
     <row r="1074" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1074" s="1" t="s">
-        <v>545</v>
+        <v>535</v>
       </c>
       <c r="B1074" s="2">
-        <v>277.60000000000002</v>
+        <v>3577.63</v>
       </c>
     </row>
     <row r="1075" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1075" s="1" t="s">
-        <v>3333</v>
+        <v>536</v>
       </c>
       <c r="B1075" s="2">
-        <v>588.16</v>
+        <v>9904.84</v>
       </c>
     </row>
     <row r="1076" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1076" s="1" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="B1076" s="2">
-        <v>83.93</v>
+        <v>11886.32</v>
       </c>
     </row>
     <row r="1077" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1077" s="1" t="s">
-        <v>2513</v>
+        <v>538</v>
       </c>
       <c r="B1077" s="2">
-        <v>61.57</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1078" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1078" s="1" t="s">
-        <v>3252</v>
+        <v>539</v>
       </c>
       <c r="B1078" s="2">
-        <v>68.75</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1079" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1079" s="1" t="s">
-        <v>3249</v>
+        <v>540</v>
       </c>
       <c r="B1079" s="2">
-        <v>87.49</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1080" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1080" s="1" t="s">
-        <v>3254</v>
+        <v>541</v>
       </c>
       <c r="B1080" s="2">
-        <v>87.49</v>
+        <v>285.93</v>
       </c>
     </row>
     <row r="1081" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1081" s="1" t="s">
-        <v>547</v>
+        <v>3227</v>
       </c>
       <c r="B1081" s="2">
-        <v>80.349999999999994</v>
+        <v>588.16</v>
       </c>
     </row>
     <row r="1082" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1082" s="1" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="B1082" s="2">
-        <v>80.349999999999994</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1083" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1083" s="1" t="s">
-        <v>549</v>
+        <v>2497</v>
       </c>
       <c r="B1083" s="2">
-        <v>80.349999999999994</v>
+        <v>61.57</v>
       </c>
     </row>
     <row r="1084" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1084" s="1" t="s">
-        <v>550</v>
+        <v>3151</v>
       </c>
       <c r="B1084" s="2">
-        <v>41.96</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1085" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1085" s="1" t="s">
-        <v>551</v>
+        <v>3148</v>
       </c>
       <c r="B1085" s="2">
-        <v>1028.26</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="1086" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1086" s="1" t="s">
-        <v>3318</v>
+        <v>3153</v>
       </c>
       <c r="B1086" s="2">
-        <v>364.26</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="1087" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1087" s="1" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="B1087" s="2">
-        <v>60.71</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1088" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1088" s="1" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
       <c r="B1088" s="2">
-        <v>60.71</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1089" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1089" s="1" t="s">
-        <v>2792</v>
+        <v>545</v>
       </c>
       <c r="B1089" s="2">
-        <v>13576.22</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1090" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1090" s="1" t="s">
-        <v>3061</v>
+        <v>546</v>
       </c>
       <c r="B1090" s="2">
         <v>41.96</v>
       </c>
     </row>
     <row r="1091" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1091" s="1" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="B1091" s="2">
-        <v>41.96</v>
+        <v>1059.1099999999999</v>
       </c>
     </row>
     <row r="1092" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1092" s="1" t="s">
-        <v>555</v>
+        <v>3215</v>
       </c>
       <c r="B1092" s="2">
-        <v>41.96</v>
+        <v>364.26</v>
       </c>
     </row>
     <row r="1093" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1093" s="1" t="s">
-        <v>556</v>
+        <v>548</v>
       </c>
       <c r="B1093" s="2">
-        <v>41.96</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1094" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1094" s="1" t="s">
-        <v>557</v>
+        <v>549</v>
       </c>
       <c r="B1094" s="2">
-        <v>903.34</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1095" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1095" s="1" t="s">
-        <v>558</v>
+        <v>2734</v>
       </c>
       <c r="B1095" s="2">
-        <v>771.49</v>
+        <v>13983.51</v>
       </c>
     </row>
     <row r="1096" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1096" s="1" t="s">
-        <v>559</v>
+        <v>2961</v>
       </c>
       <c r="B1096" s="2">
-        <v>225.54</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1097" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1097" s="1" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
       <c r="B1097" s="2">
-        <v>794.61</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1098" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1098" s="1" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
       <c r="B1098" s="2">
-        <v>846.67</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1099" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1099" s="1" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="B1099" s="2">
-        <v>225.54</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1100" s="1" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="B1100" s="2">
-        <v>1463.16</v>
+        <v>930.44</v>
       </c>
     </row>
     <row r="1101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1101" s="1" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
       <c r="B1101" s="2">
-        <v>986.62</v>
+        <v>794.63</v>
       </c>
     </row>
     <row r="1102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1102" s="1" t="s">
-        <v>565</v>
+        <v>555</v>
       </c>
       <c r="B1102" s="2">
-        <v>906.81</v>
+        <v>232.31</v>
       </c>
     </row>
     <row r="1103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1103" s="1" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="B1103" s="2">
-        <v>2714.65</v>
+        <v>818.45</v>
       </c>
     </row>
     <row r="1104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1104" s="1" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="B1104" s="2">
-        <v>567.91999999999996</v>
+        <v>872.07</v>
       </c>
     </row>
     <row r="1105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1105" s="1" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="B1105" s="2">
-        <v>80.349999999999994</v>
+        <v>232.31</v>
       </c>
     </row>
     <row r="1106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1106" s="1" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="B1106" s="2">
-        <v>41.96</v>
+        <v>1507.05</v>
       </c>
     </row>
     <row r="1107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1107" s="1" t="s">
-        <v>2514</v>
+        <v>560</v>
       </c>
       <c r="B1107" s="2">
-        <v>852.62</v>
+        <v>1016.22</v>
       </c>
     </row>
     <row r="1108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1108" s="1" t="s">
-        <v>570</v>
+        <v>561</v>
       </c>
       <c r="B1108" s="2">
-        <v>70.540000000000006</v>
+        <v>934.01</v>
       </c>
     </row>
     <row r="1109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1109" s="1" t="s">
-        <v>2515</v>
+        <v>562</v>
       </c>
       <c r="B1109" s="2">
-        <v>48.22</v>
+        <v>2796.09</v>
       </c>
     </row>
     <row r="1110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1110" s="1" t="s">
-        <v>3210</v>
+        <v>563</v>
       </c>
       <c r="B1110" s="2">
-        <v>48.22</v>
+        <v>584.96</v>
       </c>
     </row>
     <row r="1111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1111" s="1" t="s">
-        <v>2516</v>
+        <v>4017</v>
       </c>
       <c r="B1111" s="2">
-        <v>48.22</v>
+        <v>6703.2</v>
       </c>
     </row>
     <row r="1112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1112" s="1" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="B1112" s="2">
-        <v>3795.78</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1113" s="1" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="B1113" s="2">
-        <v>2531.61</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1114" s="1" t="s">
-        <v>573</v>
+        <v>2498</v>
       </c>
       <c r="B1114" s="2">
-        <v>3163.15</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="1115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1115" s="1" t="s">
-        <v>574</v>
+        <v>566</v>
       </c>
       <c r="B1115" s="2">
-        <v>1456.01</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="1116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1116" s="1" t="s">
-        <v>575</v>
+        <v>2499</v>
       </c>
       <c r="B1116" s="2">
-        <v>1695.28</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1117" s="1" t="s">
-        <v>576</v>
+        <v>3109</v>
       </c>
       <c r="B1117" s="2">
-        <v>1167.98</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1118" s="1" t="s">
-        <v>577</v>
+        <v>2500</v>
       </c>
       <c r="B1118" s="2">
-        <v>3177.37</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1119" s="1" t="s">
-        <v>578</v>
+        <v>567</v>
       </c>
       <c r="B1119" s="2">
-        <v>1768.99</v>
+        <v>3909.65</v>
       </c>
     </row>
     <row r="1120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1120" s="1" t="s">
-        <v>579</v>
+        <v>568</v>
       </c>
       <c r="B1120" s="2">
-        <v>1809.81</v>
+        <v>2607.56</v>
       </c>
     </row>
     <row r="1121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1121" s="1" t="s">
-        <v>580</v>
+        <v>569</v>
       </c>
       <c r="B1121" s="2">
-        <v>2737.02</v>
+        <v>3258.04</v>
       </c>
     </row>
     <row r="1122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1122" s="1" t="s">
-        <v>581</v>
+        <v>570</v>
       </c>
       <c r="B1122" s="2">
-        <v>1628.38</v>
+        <v>1499.69</v>
       </c>
     </row>
     <row r="1123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1123" s="1" t="s">
-        <v>582</v>
+        <v>571</v>
       </c>
       <c r="B1123" s="2">
-        <v>1981.04</v>
+        <v>1746.14</v>
       </c>
     </row>
     <row r="1124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1124" s="1" t="s">
-        <v>583</v>
+        <v>572</v>
       </c>
       <c r="B1124" s="2">
-        <v>1628.38</v>
+        <v>1203.02</v>
       </c>
     </row>
     <row r="1125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1125" s="1" t="s">
-        <v>584</v>
+        <v>573</v>
       </c>
       <c r="B1125" s="2">
-        <v>1636.31</v>
+        <v>3272.69</v>
       </c>
     </row>
     <row r="1126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1126" s="1" t="s">
-        <v>585</v>
+        <v>574</v>
       </c>
       <c r="B1126" s="2">
-        <v>1894.86</v>
+        <v>1822.06</v>
       </c>
     </row>
     <row r="1127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1127" s="1" t="s">
-        <v>586</v>
+        <v>575</v>
       </c>
       <c r="B1127" s="2">
-        <v>1546.73</v>
+        <v>1864.1</v>
       </c>
     </row>
     <row r="1128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1128" s="1" t="s">
-        <v>587</v>
+        <v>576</v>
       </c>
       <c r="B1128" s="2">
-        <v>664.49</v>
+        <v>2819.13</v>
       </c>
     </row>
     <row r="1129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1129" s="1" t="s">
-        <v>588</v>
+        <v>577</v>
       </c>
       <c r="B1129" s="2">
-        <v>1775.79</v>
+        <v>1677.23</v>
       </c>
     </row>
     <row r="1130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1130" s="1" t="s">
-        <v>589</v>
+        <v>578</v>
       </c>
       <c r="B1130" s="2">
-        <v>1474.16</v>
+        <v>2040.47</v>
       </c>
     </row>
     <row r="1131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1131" s="1" t="s">
-        <v>590</v>
+        <v>579</v>
       </c>
       <c r="B1131" s="2">
-        <v>1316.54</v>
+        <v>1677.23</v>
       </c>
     </row>
     <row r="1132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1132" s="1" t="s">
-        <v>591</v>
+        <v>580</v>
       </c>
       <c r="B1132" s="2">
-        <v>1469.62</v>
+        <v>1685.4</v>
       </c>
     </row>
     <row r="1133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1133" s="1" t="s">
-        <v>592</v>
+        <v>581</v>
       </c>
       <c r="B1133" s="2">
-        <v>1660.12</v>
+        <v>1951.71</v>
       </c>
     </row>
     <row r="1134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1134" s="1" t="s">
-        <v>593</v>
+        <v>582</v>
       </c>
       <c r="B1134" s="2">
-        <v>1055.72</v>
+        <v>1593.13</v>
       </c>
     </row>
     <row r="1135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1135" s="1" t="s">
-        <v>594</v>
+        <v>583</v>
       </c>
       <c r="B1135" s="2">
-        <v>491.02</v>
+        <v>684.42</v>
       </c>
     </row>
     <row r="1136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1136" s="1" t="s">
-        <v>595</v>
+        <v>584</v>
       </c>
       <c r="B1136" s="2">
-        <v>1341.49</v>
+        <v>1829.06</v>
       </c>
     </row>
     <row r="1137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1137" s="1" t="s">
-        <v>596</v>
+        <v>585</v>
       </c>
       <c r="B1137" s="2">
-        <v>1114.69</v>
+        <v>1518.38</v>
       </c>
     </row>
     <row r="1138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1138" s="1" t="s">
-        <v>597</v>
+        <v>586</v>
       </c>
       <c r="B1138" s="2">
-        <v>2183.2199999999998</v>
+        <v>1356.04</v>
       </c>
     </row>
     <row r="1139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1139" s="1" t="s">
-        <v>598</v>
+        <v>587</v>
       </c>
       <c r="B1139" s="2">
-        <v>1579.74</v>
+        <v>1513.71</v>
       </c>
     </row>
     <row r="1140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1140" s="1" t="s">
-        <v>599</v>
+        <v>588</v>
       </c>
       <c r="B1140" s="2">
-        <v>1698.68</v>
+        <v>1709.92</v>
       </c>
     </row>
     <row r="1141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1141" s="1" t="s">
-        <v>600</v>
+        <v>589</v>
       </c>
       <c r="B1141" s="2">
-        <v>2122.79</v>
+        <v>1087.3900000000001</v>
       </c>
     </row>
     <row r="1142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1142" s="1" t="s">
-        <v>601</v>
+        <v>590</v>
       </c>
       <c r="B1142" s="2">
-        <v>110</v>
+        <v>505.75</v>
       </c>
     </row>
     <row r="1143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1143" s="1" t="s">
-        <v>602</v>
+        <v>591</v>
       </c>
       <c r="B1143" s="2">
-        <v>678.11</v>
+        <v>1381.73</v>
       </c>
     </row>
     <row r="1144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1144" s="1" t="s">
-        <v>603</v>
+        <v>592</v>
       </c>
       <c r="B1144" s="2">
-        <v>1417.47</v>
+        <v>1148.1300000000001</v>
       </c>
     </row>
     <row r="1145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1145" s="1" t="s">
-        <v>604</v>
+        <v>593</v>
       </c>
       <c r="B1145" s="2">
-        <v>1185</v>
+        <v>2248.7199999999998</v>
       </c>
     </row>
     <row r="1146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1146" s="1" t="s">
-        <v>605</v>
+        <v>594</v>
       </c>
       <c r="B1146" s="2">
-        <v>1011.5</v>
+        <v>1627.13</v>
       </c>
     </row>
     <row r="1147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1147" s="1" t="s">
-        <v>606</v>
+        <v>595</v>
       </c>
       <c r="B1147" s="2">
-        <v>1474.16</v>
+        <v>1749.64</v>
       </c>
     </row>
     <row r="1148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1148" s="1" t="s">
-        <v>607</v>
+        <v>596</v>
       </c>
       <c r="B1148" s="2">
-        <v>1342.63</v>
+        <v>2186.4699999999998</v>
       </c>
     </row>
     <row r="1149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1149" s="1" t="s">
-        <v>608</v>
+        <v>597</v>
       </c>
       <c r="B1149" s="2">
-        <v>1021.71</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1150" s="1" t="s">
-        <v>609</v>
+        <v>598</v>
       </c>
       <c r="B1150" s="2">
-        <v>1348.29</v>
+        <v>698.45</v>
       </c>
     </row>
     <row r="1151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1151" s="1" t="s">
-        <v>610</v>
+        <v>599</v>
       </c>
       <c r="B1151" s="2">
-        <v>1512.72</v>
+        <v>1624.33</v>
       </c>
     </row>
     <row r="1152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1152" s="1" t="s">
-        <v>611</v>
+        <v>600</v>
       </c>
       <c r="B1152" s="2">
-        <v>873.14</v>
+        <v>1624.33</v>
       </c>
     </row>
     <row r="1153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1153" s="1" t="s">
-        <v>612</v>
+        <v>601</v>
       </c>
       <c r="B1153" s="2">
-        <v>1389.12</v>
+        <v>971.93</v>
       </c>
     </row>
     <row r="1154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1154" s="1" t="s">
-        <v>613</v>
+        <v>602</v>
       </c>
       <c r="B1154" s="2">
-        <v>1622.7</v>
+        <v>1518.38</v>
       </c>
     </row>
     <row r="1155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1155" s="1" t="s">
-        <v>614</v>
+        <v>603</v>
       </c>
       <c r="B1155" s="2">
-        <v>1190.6600000000001</v>
+        <v>1382.91</v>
       </c>
     </row>
     <row r="1156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1156" s="1" t="s">
-        <v>615</v>
+        <v>604</v>
       </c>
       <c r="B1156" s="2">
-        <v>1406.13</v>
+        <v>1052.3599999999999</v>
       </c>
     </row>
     <row r="1157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1157" s="1" t="s">
-        <v>616</v>
+        <v>605</v>
       </c>
       <c r="B1157" s="2">
-        <v>1607.95</v>
+        <v>1388.74</v>
       </c>
     </row>
     <row r="1158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1158" s="1" t="s">
-        <v>617</v>
+        <v>606</v>
       </c>
       <c r="B1158" s="2">
-        <v>1148.71</v>
+        <v>1558.1</v>
       </c>
     </row>
     <row r="1159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1159" s="1" t="s">
-        <v>618</v>
+        <v>607</v>
       </c>
       <c r="B1159" s="2">
-        <v>2161.34</v>
+        <v>899.33</v>
       </c>
     </row>
     <row r="1160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1160" s="1" t="s">
-        <v>619</v>
+        <v>608</v>
       </c>
       <c r="B1160" s="2">
-        <v>1314.28</v>
+        <v>1430.79</v>
       </c>
     </row>
     <row r="1161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1161" s="1" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="B1161" s="2">
-        <v>1185</v>
+        <v>1671.38</v>
       </c>
     </row>
     <row r="1162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1162" s="1" t="s">
-        <v>621</v>
+        <v>610</v>
       </c>
       <c r="B1162" s="2">
-        <v>1010.37</v>
+        <v>1226.3800000000001</v>
       </c>
     </row>
     <row r="1163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1163" s="1" t="s">
-        <v>622</v>
+        <v>611</v>
       </c>
       <c r="B1163" s="2">
-        <v>1448.08</v>
+        <v>1448.31</v>
       </c>
     </row>
     <row r="1164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1164" s="1" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="B1164" s="2">
-        <v>1212.22</v>
+        <v>1656.19</v>
       </c>
     </row>
     <row r="1165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1165" s="1" t="s">
-        <v>624</v>
+        <v>613</v>
       </c>
       <c r="B1165" s="2">
-        <v>1313.14</v>
+        <v>1183.17</v>
       </c>
     </row>
     <row r="1166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1166" s="1" t="s">
-        <v>625</v>
+        <v>614</v>
       </c>
       <c r="B1166" s="2">
-        <v>346.01</v>
+        <v>2226.1799999999998</v>
       </c>
     </row>
     <row r="1167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1167" s="1" t="s">
-        <v>626</v>
+        <v>615</v>
       </c>
       <c r="B1167" s="2">
-        <v>1630.64</v>
+        <v>1353.71</v>
       </c>
     </row>
     <row r="1168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1168" s="1" t="s">
-        <v>627</v>
+        <v>616</v>
       </c>
       <c r="B1168" s="2">
-        <v>1098.81</v>
+        <v>1220.55</v>
       </c>
     </row>
     <row r="1169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1169" s="1" t="s">
-        <v>628</v>
+        <v>617</v>
       </c>
       <c r="B1169" s="2">
-        <v>999.04</v>
+        <v>1040.68</v>
       </c>
     </row>
     <row r="1170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1170" s="1" t="s">
-        <v>629</v>
+        <v>618</v>
       </c>
       <c r="B1170" s="2">
-        <v>222.08</v>
+        <v>2211.0500000000002</v>
       </c>
     </row>
     <row r="1171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1171" s="1" t="s">
-        <v>3195</v>
+        <v>619</v>
       </c>
       <c r="B1171" s="2">
-        <v>48.22</v>
+        <v>2211.0500000000002</v>
       </c>
     </row>
     <row r="1172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1172" s="1" t="s">
-        <v>630</v>
+        <v>620</v>
       </c>
       <c r="B1172" s="2">
-        <v>48.22</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="1173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1173" s="1" t="s">
-        <v>3199</v>
+        <v>621</v>
       </c>
       <c r="B1173" s="2">
-        <v>48.22</v>
+        <v>356.39</v>
       </c>
     </row>
     <row r="1174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1174" s="1" t="s">
-        <v>3200</v>
+        <v>622</v>
       </c>
       <c r="B1174" s="2">
-        <v>261.67</v>
+        <v>2869.43</v>
       </c>
     </row>
     <row r="1175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1175" s="1" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="B1175" s="2">
-        <v>48.22</v>
+        <v>1370.83</v>
       </c>
     </row>
     <row r="1176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1176" s="1" t="s">
-        <v>3196</v>
+        <v>624</v>
       </c>
       <c r="B1176" s="2">
-        <v>48.22</v>
+        <v>820.26</v>
       </c>
     </row>
     <row r="1177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1177" s="1" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="B1177" s="2">
-        <v>48.22</v>
+        <v>228.74</v>
       </c>
     </row>
     <row r="1178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1178" s="1" t="s">
-        <v>3197</v>
+        <v>3094</v>
       </c>
       <c r="B1178" s="2">
         <v>48.22</v>
       </c>
     </row>
     <row r="1179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1179" s="1" t="s">
-        <v>2517</v>
+        <v>626</v>
       </c>
       <c r="B1179" s="2">
         <v>48.22</v>
       </c>
     </row>
     <row r="1180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1180" s="1" t="s">
-        <v>3198</v>
+        <v>3098</v>
       </c>
       <c r="B1180" s="2">
         <v>48.22</v>
       </c>
     </row>
     <row r="1181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1181" s="1" t="s">
-        <v>3201</v>
+        <v>3099</v>
       </c>
       <c r="B1181" s="2">
-        <v>48.22</v>
+        <v>261.67</v>
       </c>
     </row>
     <row r="1182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1182" s="1" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="B1182" s="2">
-        <v>835.1</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1183" s="1" t="s">
-        <v>3062</v>
+        <v>3095</v>
       </c>
       <c r="B1183" s="2">
-        <v>40.18</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1184" s="1" t="s">
-        <v>634</v>
+        <v>628</v>
       </c>
       <c r="B1184" s="2">
-        <v>83.03</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1185" s="1" t="s">
-        <v>3311</v>
+        <v>3096</v>
       </c>
       <c r="B1185" s="2">
-        <v>209.77</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1186" s="1" t="s">
-        <v>2518</v>
+        <v>2501</v>
       </c>
       <c r="B1186" s="2">
-        <v>349.63</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1187" s="1" t="s">
-        <v>2948</v>
+        <v>3097</v>
       </c>
       <c r="B1187" s="2">
-        <v>209.77</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1188" s="1" t="s">
-        <v>3316</v>
+        <v>3100</v>
       </c>
       <c r="B1188" s="2">
-        <v>811.64</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1189" s="1" t="s">
-        <v>2947</v>
+        <v>4018</v>
       </c>
       <c r="B1189" s="2">
-        <v>541.09</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="1190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1190" s="1" t="s">
-        <v>2950</v>
+        <v>629</v>
       </c>
       <c r="B1190" s="2">
-        <v>209.77</v>
+        <v>860.15</v>
       </c>
     </row>
     <row r="1191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1191" s="1" t="s">
-        <v>2951</v>
+        <v>2962</v>
       </c>
       <c r="B1191" s="2">
-        <v>209.77</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="1192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1192" s="1" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="B1192" s="2">
-        <v>80.349999999999994</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1193" s="1" t="s">
-        <v>636</v>
+        <v>4019</v>
       </c>
       <c r="B1193" s="2">
-        <v>2700.77</v>
+        <v>317.33999999999997</v>
       </c>
     </row>
     <row r="1194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1194" s="1" t="s">
-        <v>637</v>
+        <v>4020</v>
       </c>
       <c r="B1194" s="2">
-        <v>8387.4699999999993</v>
+        <v>458.38</v>
       </c>
     </row>
     <row r="1195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1195" s="1" t="s">
-        <v>638</v>
+        <v>3208</v>
       </c>
       <c r="B1195" s="2">
-        <v>4884.59</v>
+        <v>209.77</v>
       </c>
     </row>
     <row r="1196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1196" s="1" t="s">
-        <v>639</v>
+        <v>2502</v>
       </c>
       <c r="B1196" s="2">
-        <v>426.37</v>
+        <v>349.63</v>
       </c>
     </row>
     <row r="1197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1197" s="1" t="s">
-        <v>640</v>
+        <v>2848</v>
       </c>
       <c r="B1197" s="2">
-        <v>616.49</v>
+        <v>209.77</v>
       </c>
     </row>
     <row r="1198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1198" s="1" t="s">
-        <v>641</v>
+        <v>3213</v>
       </c>
       <c r="B1198" s="2">
-        <v>1044.45</v>
+        <v>811.64</v>
       </c>
     </row>
     <row r="1199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1199" s="1" t="s">
-        <v>642</v>
+        <v>2847</v>
       </c>
       <c r="B1199" s="2">
-        <v>4471.2299999999996</v>
+        <v>541.09</v>
       </c>
     </row>
     <row r="1200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1200" s="1" t="s">
-        <v>3253</v>
+        <v>2850</v>
       </c>
       <c r="B1200" s="2">
-        <v>87.49</v>
+        <v>209.77</v>
       </c>
     </row>
     <row r="1201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1201" s="1" t="s">
-        <v>3003</v>
+        <v>2851</v>
       </c>
       <c r="B1201" s="2">
-        <v>1392</v>
+        <v>209.77</v>
       </c>
     </row>
     <row r="1202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1202" s="1" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="B1202" s="2">
-        <v>1392</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1203" s="1" t="s">
-        <v>2949</v>
+        <v>632</v>
       </c>
       <c r="B1203" s="2">
-        <v>1080</v>
+        <v>2781.79</v>
       </c>
     </row>
     <row r="1204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1204" s="1" t="s">
-        <v>3268</v>
+        <v>633</v>
       </c>
       <c r="B1204" s="2">
-        <v>159.82</v>
+        <v>8639.09</v>
       </c>
     </row>
     <row r="1205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1205" s="1" t="s">
-        <v>2972</v>
+        <v>634</v>
       </c>
       <c r="B1205" s="2">
-        <v>1392</v>
+        <v>5031.13</v>
       </c>
     </row>
     <row r="1206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1206" s="1" t="s">
-        <v>644</v>
+        <v>635</v>
       </c>
       <c r="B1206" s="2">
-        <v>83.93</v>
+        <v>439.16</v>
       </c>
     </row>
     <row r="1207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1207" s="1" t="s">
-        <v>3214</v>
+        <v>636</v>
       </c>
       <c r="B1207" s="2">
-        <v>48.22</v>
+        <v>634.98</v>
       </c>
     </row>
     <row r="1208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1208" s="1" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="B1208" s="2">
-        <v>83.93</v>
+        <v>1075.78</v>
       </c>
     </row>
     <row r="1209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1209" s="1" t="s">
-        <v>3259</v>
+        <v>638</v>
       </c>
       <c r="B1209" s="2">
-        <v>68.75</v>
+        <v>4605.37</v>
       </c>
     </row>
     <row r="1210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1210" s="1" t="s">
-        <v>3248</v>
+        <v>4021</v>
       </c>
       <c r="B1210" s="2">
-        <v>87.49</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="1211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1211" s="1" t="s">
-        <v>3255</v>
+        <v>3152</v>
       </c>
       <c r="B1211" s="2">
         <v>87.49</v>
       </c>
     </row>
     <row r="1212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1212" s="1" t="s">
-        <v>2519</v>
+        <v>2903</v>
       </c>
       <c r="B1212" s="2">
-        <v>87.49</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="1213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1213" s="1" t="s">
-        <v>3260</v>
+        <v>639</v>
       </c>
       <c r="B1213" s="2">
-        <v>87.49</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="1214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1214" s="1" t="s">
-        <v>3250</v>
+        <v>2849</v>
       </c>
       <c r="B1214" s="2">
-        <v>224.99</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="1215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1215" s="1" t="s">
-        <v>2520</v>
+        <v>3167</v>
       </c>
       <c r="B1215" s="2">
-        <v>1317</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1216" s="1" t="s">
-        <v>646</v>
+        <v>2872</v>
       </c>
       <c r="B1216" s="2">
-        <v>3249</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="1217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1217" s="1" t="s">
-        <v>2521</v>
+        <v>640</v>
       </c>
       <c r="B1217" s="2">
-        <v>1204.07</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1218" s="1" t="s">
-        <v>2729</v>
+        <v>3113</v>
       </c>
       <c r="B1218" s="2">
-        <v>2482</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1219" s="1" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
       <c r="B1219" s="2">
-        <v>1068</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1220" s="1" t="s">
-        <v>648</v>
+        <v>3158</v>
       </c>
       <c r="B1220" s="2">
-        <v>1919</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1221" s="1" t="s">
-        <v>649</v>
+        <v>3147</v>
       </c>
       <c r="B1221" s="2">
-        <v>2945</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="1222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1222" s="1" t="s">
-        <v>650</v>
+        <v>3154</v>
       </c>
       <c r="B1222" s="2">
-        <v>3590</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="1223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1223" s="1" t="s">
-        <v>651</v>
+        <v>2503</v>
       </c>
       <c r="B1223" s="2">
-        <v>2321</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="1224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1224" s="1" t="s">
-        <v>652</v>
+        <v>3159</v>
       </c>
       <c r="B1224" s="2">
-        <v>1317</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="1225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1225" s="1" t="s">
-        <v>653</v>
+        <v>3149</v>
       </c>
       <c r="B1225" s="2">
-        <v>895</v>
+        <v>224.99</v>
       </c>
     </row>
     <row r="1226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1226" s="1" t="s">
-        <v>654</v>
+        <v>2504</v>
       </c>
       <c r="B1226" s="2">
-        <v>2785</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="1227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1227" s="1" t="s">
-        <v>655</v>
+        <v>4022</v>
       </c>
       <c r="B1227" s="2">
-        <v>1053</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="1228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1228" s="1" t="s">
-        <v>656</v>
+        <v>642</v>
       </c>
       <c r="B1228" s="2">
-        <v>762</v>
+        <v>3346</v>
       </c>
     </row>
     <row r="1229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1229" s="1" t="s">
-        <v>657</v>
+        <v>2505</v>
       </c>
       <c r="B1229" s="2">
-        <v>1241</v>
+        <v>1240.19</v>
       </c>
     </row>
     <row r="1230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1230" s="1" t="s">
-        <v>658</v>
+        <v>2713</v>
       </c>
       <c r="B1230" s="2">
-        <v>1094</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="1231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1231" s="1" t="s">
-        <v>659</v>
+        <v>4023</v>
       </c>
       <c r="B1231" s="2">
-        <v>1317</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="1232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1232" s="1" t="s">
-        <v>660</v>
+        <v>643</v>
       </c>
       <c r="B1232" s="2">
-        <v>2471</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="1233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1233" s="1" t="s">
-        <v>661</v>
+        <v>644</v>
       </c>
       <c r="B1233" s="2">
-        <v>41.06</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="1234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1234" s="1" t="s">
-        <v>3125</v>
+        <v>645</v>
       </c>
       <c r="B1234" s="2">
-        <v>41.06</v>
+        <v>3033</v>
       </c>
     </row>
     <row r="1235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1235" s="1" t="s">
-        <v>3126</v>
+        <v>646</v>
       </c>
       <c r="B1235" s="2">
-        <v>41.96</v>
+        <v>3698</v>
       </c>
     </row>
     <row r="1236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1236" s="1" t="s">
-        <v>662</v>
+        <v>647</v>
       </c>
       <c r="B1236" s="2">
-        <v>2714.65</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="1237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1237" s="1" t="s">
-        <v>663</v>
+        <v>648</v>
       </c>
       <c r="B1237" s="2">
-        <v>873.26</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="1238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1238" s="1" t="s">
-        <v>664</v>
+        <v>649</v>
       </c>
       <c r="B1238" s="2">
-        <v>873.26</v>
+        <v>922</v>
       </c>
     </row>
     <row r="1239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1239" s="1" t="s">
-        <v>665</v>
+        <v>650</v>
       </c>
       <c r="B1239" s="2">
-        <v>559.82000000000005</v>
+        <v>2869</v>
       </c>
     </row>
     <row r="1240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1240" s="1" t="s">
-        <v>666</v>
+        <v>651</v>
       </c>
       <c r="B1240" s="2">
-        <v>1211.01</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="1241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1241" s="1" t="s">
-        <v>667</v>
+        <v>652</v>
       </c>
       <c r="B1241" s="2">
-        <v>1374.09</v>
+        <v>785</v>
       </c>
     </row>
     <row r="1242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1242" s="1" t="s">
-        <v>668</v>
+        <v>653</v>
       </c>
       <c r="B1242" s="2">
-        <v>298.41000000000003</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="1243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1243" s="1" t="s">
-        <v>669</v>
+        <v>654</v>
       </c>
       <c r="B1243" s="2">
-        <v>298.41000000000003</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="1244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1244" s="1" t="s">
-        <v>670</v>
+        <v>655</v>
       </c>
       <c r="B1244" s="2">
-        <v>2780.58</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="1245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1245" s="1" t="s">
-        <v>671</v>
+        <v>656</v>
       </c>
       <c r="B1245" s="2">
-        <v>948.45</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="1246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1246" s="1" t="s">
-        <v>672</v>
+        <v>657</v>
       </c>
       <c r="B1246" s="2">
-        <v>948.45</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1247" s="1" t="s">
-        <v>3281</v>
+        <v>3025</v>
       </c>
       <c r="B1247" s="2">
-        <v>123.2</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1248" s="1" t="s">
-        <v>673</v>
+        <v>3026</v>
       </c>
       <c r="B1248" s="2">
-        <v>505.45</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1249" s="1" t="s">
-        <v>2796</v>
+        <v>658</v>
       </c>
       <c r="B1249" s="2">
-        <v>7474.03</v>
+        <v>2796.09</v>
       </c>
     </row>
     <row r="1250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1250" s="1" t="s">
-        <v>2522</v>
+        <v>659</v>
       </c>
       <c r="B1250" s="2">
-        <v>80.349999999999994</v>
+        <v>899.46</v>
       </c>
     </row>
     <row r="1251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1251" s="1" t="s">
-        <v>674</v>
+        <v>660</v>
       </c>
       <c r="B1251" s="2">
-        <v>68.75</v>
+        <v>899.46</v>
       </c>
     </row>
     <row r="1252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1252" s="1" t="s">
-        <v>675</v>
+        <v>661</v>
       </c>
       <c r="B1252" s="2">
-        <v>136.6</v>
+        <v>576.61</v>
       </c>
     </row>
     <row r="1253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1253" s="1" t="s">
-        <v>676</v>
+        <v>662</v>
       </c>
       <c r="B1253" s="2">
-        <v>2637.14</v>
+        <v>6360.74</v>
       </c>
     </row>
     <row r="1254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1254" s="1" t="s">
-        <v>677</v>
+        <v>663</v>
       </c>
       <c r="B1254" s="2">
-        <v>4340.3500000000004</v>
+        <v>1574.97</v>
       </c>
     </row>
     <row r="1255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1255" s="1" t="s">
-        <v>678</v>
+        <v>664</v>
       </c>
       <c r="B1255" s="2">
-        <v>2897.4</v>
+        <v>307.36</v>
       </c>
     </row>
     <row r="1256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1256" s="1" t="s">
-        <v>679</v>
+        <v>665</v>
       </c>
       <c r="B1256" s="2">
-        <v>1287.3499999999999</v>
+        <v>307.36</v>
       </c>
     </row>
     <row r="1257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1257" s="1" t="s">
-        <v>680</v>
+        <v>666</v>
       </c>
       <c r="B1257" s="2">
-        <v>4080.66</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="1258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1258" s="1" t="s">
-        <v>681</v>
+        <v>667</v>
       </c>
       <c r="B1258" s="2">
-        <v>2040.33</v>
+        <v>976.9</v>
       </c>
     </row>
     <row r="1259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1259" s="1" t="s">
-        <v>682</v>
+        <v>668</v>
       </c>
       <c r="B1259" s="2">
-        <v>7502</v>
+        <v>976.9</v>
       </c>
     </row>
     <row r="1260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1260" s="1" t="s">
-        <v>683</v>
+        <v>3179</v>
       </c>
       <c r="B1260" s="2">
-        <v>3751</v>
+        <v>123.2</v>
       </c>
     </row>
     <row r="1261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1261" s="1" t="s">
-        <v>684</v>
+        <v>669</v>
       </c>
       <c r="B1261" s="2">
-        <v>3751</v>
+        <v>520.61</v>
       </c>
     </row>
     <row r="1262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1262" s="1" t="s">
-        <v>685</v>
+        <v>2738</v>
       </c>
       <c r="B1262" s="2">
-        <v>2040.33</v>
+        <v>7698.25</v>
       </c>
     </row>
     <row r="1263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1263" s="1" t="s">
-        <v>686</v>
+        <v>2506</v>
       </c>
       <c r="B1263" s="2">
-        <v>5153.88</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1264" s="1" t="s">
-        <v>687</v>
+        <v>670</v>
       </c>
       <c r="B1264" s="2">
-        <v>3751</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1265" s="1" t="s">
-        <v>2911</v>
+        <v>671</v>
       </c>
       <c r="B1265" s="2">
-        <v>194.26</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="1266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1266" s="1" t="s">
-        <v>3211</v>
+        <v>672</v>
       </c>
       <c r="B1266" s="2">
-        <v>48.22</v>
+        <v>2716.25</v>
       </c>
     </row>
     <row r="1267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1267" s="1" t="s">
-        <v>3331</v>
+        <v>673</v>
       </c>
       <c r="B1267" s="2">
-        <v>123.2</v>
+        <v>4470.5600000000004</v>
       </c>
     </row>
     <row r="1268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1268" s="1" t="s">
-        <v>3332</v>
+        <v>674</v>
       </c>
       <c r="B1268" s="2">
-        <v>365.16</v>
+        <v>2984.32</v>
       </c>
     </row>
     <row r="1269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1269" s="1" t="s">
-        <v>688</v>
+        <v>675</v>
       </c>
       <c r="B1269" s="2">
-        <v>80.349999999999994</v>
+        <v>1325.97</v>
       </c>
     </row>
     <row r="1270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1270" s="1" t="s">
-        <v>689</v>
+        <v>676</v>
       </c>
       <c r="B1270" s="2">
-        <v>68.75</v>
+        <v>4203.08</v>
       </c>
     </row>
     <row r="1271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1271" s="1" t="s">
-        <v>690</v>
+        <v>677</v>
       </c>
       <c r="B1271" s="2">
-        <v>1590.39</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="1272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1272" s="1" t="s">
-        <v>691</v>
+        <v>678</v>
       </c>
       <c r="B1272" s="2">
-        <v>798.09</v>
+        <v>7727.06</v>
       </c>
     </row>
     <row r="1273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1273" s="1" t="s">
-        <v>692</v>
+        <v>679</v>
       </c>
       <c r="B1273" s="2">
-        <v>75.040000000000006</v>
+        <v>3863.53</v>
       </c>
     </row>
     <row r="1274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1274" s="1" t="s">
-        <v>693</v>
+        <v>680</v>
       </c>
       <c r="B1274" s="2">
-        <v>134.16999999999999</v>
+        <v>4128.3599999999997</v>
       </c>
     </row>
     <row r="1275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1275" s="1" t="s">
-        <v>694</v>
+        <v>681</v>
       </c>
       <c r="B1275" s="2">
-        <v>11834.07</v>
+        <v>2064.1799999999998</v>
       </c>
     </row>
     <row r="1276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1276" s="1" t="s">
-        <v>695</v>
+        <v>682</v>
       </c>
       <c r="B1276" s="2">
-        <v>70.540000000000006</v>
+        <v>7116.58</v>
       </c>
     </row>
     <row r="1277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1277" s="1" t="s">
-        <v>696</v>
+        <v>683</v>
       </c>
       <c r="B1277" s="2">
-        <v>83.03</v>
+        <v>3558.29</v>
       </c>
     </row>
     <row r="1278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1278" s="1" t="s">
-        <v>697</v>
+        <v>2811</v>
       </c>
       <c r="B1278" s="2">
-        <v>68.75</v>
+        <v>194.26</v>
       </c>
     </row>
     <row r="1279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1279" s="1" t="s">
-        <v>698</v>
+        <v>4024</v>
       </c>
       <c r="B1279" s="2">
-        <v>641.94000000000005</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="1280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1280" s="1" t="s">
-        <v>699</v>
+        <v>3110</v>
       </c>
       <c r="B1280" s="2">
-        <v>4470.1000000000004</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1281" s="1" t="s">
-        <v>700</v>
+        <v>3225</v>
       </c>
       <c r="B1281" s="2">
-        <v>7520.46</v>
+        <v>123.2</v>
       </c>
     </row>
     <row r="1282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1282" s="1" t="s">
-        <v>701</v>
+        <v>3226</v>
       </c>
       <c r="B1282" s="2">
-        <v>1888.05</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="1283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1283" s="1" t="s">
-        <v>2856</v>
+        <v>684</v>
       </c>
       <c r="B1283" s="2">
-        <v>83.03</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1284" s="1" t="s">
-        <v>702</v>
+        <v>685</v>
       </c>
       <c r="B1284" s="2">
-        <v>83.03</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1285" s="1" t="s">
-        <v>3235</v>
+        <v>686</v>
       </c>
       <c r="B1285" s="2">
-        <v>83.93</v>
+        <v>1638.1</v>
       </c>
     </row>
     <row r="1286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1286" s="1" t="s">
-        <v>3236</v>
+        <v>687</v>
       </c>
       <c r="B1286" s="2">
-        <v>83.93</v>
+        <v>822.03</v>
       </c>
     </row>
     <row r="1287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1287" s="1" t="s">
-        <v>703</v>
+        <v>688</v>
       </c>
       <c r="B1287" s="2">
-        <v>41.96</v>
+        <v>77.290000000000006</v>
       </c>
     </row>
     <row r="1288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1288" s="1" t="s">
-        <v>704</v>
+        <v>689</v>
       </c>
       <c r="B1288" s="2">
-        <v>87.71</v>
+        <v>138.19999999999999</v>
       </c>
     </row>
     <row r="1289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1289" s="1" t="s">
-        <v>3360</v>
+        <v>690</v>
       </c>
       <c r="B1289" s="2">
-        <v>520.98</v>
+        <v>12189.09</v>
       </c>
     </row>
     <row r="1290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1290" s="1" t="s">
-        <v>705</v>
+        <v>691</v>
       </c>
       <c r="B1290" s="2">
-        <v>11169.4</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="1291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1291" s="1" t="s">
-        <v>2523</v>
+        <v>692</v>
       </c>
       <c r="B1291" s="2">
-        <v>334.8</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1292" s="1" t="s">
-        <v>2952</v>
+        <v>4025</v>
       </c>
       <c r="B1292" s="2">
-        <v>191.95</v>
+        <v>20.86</v>
       </c>
     </row>
     <row r="1293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1293" s="1" t="s">
-        <v>706</v>
+        <v>693</v>
       </c>
       <c r="B1293" s="2">
-        <v>60.71</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1294" s="1" t="s">
-        <v>3143</v>
+        <v>694</v>
       </c>
       <c r="B1294" s="2">
-        <v>60.71</v>
+        <v>661.2</v>
       </c>
     </row>
     <row r="1295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1295" s="1" t="s">
-        <v>707</v>
+        <v>695</v>
       </c>
       <c r="B1295" s="2">
-        <v>60.71</v>
+        <v>4604.2</v>
       </c>
     </row>
     <row r="1296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1296" s="1" t="s">
-        <v>708</v>
+        <v>696</v>
       </c>
       <c r="B1296" s="2">
-        <v>83.93</v>
+        <v>7746.07</v>
       </c>
     </row>
     <row r="1297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1297" s="1" t="s">
-        <v>709</v>
+        <v>697</v>
       </c>
       <c r="B1297" s="2">
-        <v>48.22</v>
+        <v>1944.69</v>
       </c>
     </row>
     <row r="1298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1298" s="1" t="s">
-        <v>710</v>
+        <v>2764</v>
       </c>
       <c r="B1298" s="2">
-        <v>166.06</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1299" s="1" t="s">
-        <v>711</v>
+        <v>698</v>
       </c>
       <c r="B1299" s="2">
-        <v>84.24</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1300" s="1" t="s">
-        <v>712</v>
+        <v>3134</v>
       </c>
       <c r="B1300" s="2">
-        <v>432.6</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1301" s="1" t="s">
-        <v>713</v>
+        <v>3135</v>
       </c>
       <c r="B1301" s="2">
-        <v>519.12</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1302" s="1" t="s">
-        <v>714</v>
+        <v>699</v>
       </c>
       <c r="B1302" s="2">
-        <v>382.13</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1303" s="1" t="s">
-        <v>2524</v>
+        <v>700</v>
       </c>
       <c r="B1303" s="2">
-        <v>209.77</v>
+        <v>90.34</v>
       </c>
     </row>
     <row r="1304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1304" s="1" t="s">
-        <v>715</v>
+        <v>3254</v>
       </c>
       <c r="B1304" s="2">
-        <v>301.88</v>
+        <v>556.85</v>
       </c>
     </row>
     <row r="1305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1305" s="1" t="s">
-        <v>716</v>
+        <v>4026</v>
       </c>
       <c r="B1305" s="2">
-        <v>318.08</v>
+        <v>529.22</v>
       </c>
     </row>
     <row r="1306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1306" s="1" t="s">
-        <v>717</v>
+        <v>4027</v>
       </c>
       <c r="B1306" s="2">
-        <v>249.83</v>
+        <v>882.02</v>
       </c>
     </row>
     <row r="1307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1307" s="1" t="s">
-        <v>718</v>
+        <v>4028</v>
       </c>
       <c r="B1307" s="2">
-        <v>358.34</v>
+        <v>1234.82</v>
       </c>
     </row>
     <row r="1308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1308" s="1" t="s">
-        <v>719</v>
+        <v>4029</v>
       </c>
       <c r="B1308" s="2">
-        <v>277.60000000000002</v>
+        <v>563</v>
       </c>
     </row>
     <row r="1309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1309" s="1" t="s">
-        <v>720</v>
+        <v>701</v>
       </c>
       <c r="B1309" s="2">
-        <v>4353.6099999999997</v>
+        <v>11504.48</v>
       </c>
     </row>
     <row r="1310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1310" s="1" t="s">
-        <v>721</v>
+        <v>4030</v>
       </c>
       <c r="B1310" s="2">
-        <v>224.4</v>
+        <v>11504.48</v>
       </c>
     </row>
     <row r="1311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1311" s="1" t="s">
-        <v>722</v>
+        <v>2507</v>
       </c>
       <c r="B1311" s="2">
-        <v>1539.8</v>
+        <v>334.8</v>
       </c>
     </row>
     <row r="1312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1312" s="1" t="s">
-        <v>723</v>
+        <v>2852</v>
       </c>
       <c r="B1312" s="2">
-        <v>1696.8</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="1313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1313" s="1" t="s">
-        <v>724</v>
+        <v>702</v>
       </c>
       <c r="B1313" s="2">
-        <v>3261.74</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1314" s="1" t="s">
-        <v>725</v>
+        <v>3042</v>
       </c>
       <c r="B1314" s="2">
-        <v>1291.97</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1315" s="1" t="s">
-        <v>726</v>
+        <v>703</v>
       </c>
       <c r="B1315" s="2">
-        <v>722.9</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1316" s="1" t="s">
-        <v>727</v>
+        <v>704</v>
       </c>
       <c r="B1316" s="2">
-        <v>1445.8</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1317" s="1" t="s">
-        <v>728</v>
+        <v>705</v>
       </c>
       <c r="B1317" s="2">
-        <v>592.20000000000005</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1318" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1318" s="1" t="s">
-        <v>2787</v>
+        <v>706</v>
       </c>
       <c r="B1318" s="2">
-        <v>722.9</v>
+        <v>166.06</v>
       </c>
     </row>
     <row r="1319" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1319" s="1" t="s">
-        <v>729</v>
+        <v>707</v>
       </c>
       <c r="B1319" s="2">
-        <v>769.16</v>
+        <v>84.24</v>
       </c>
     </row>
     <row r="1320" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1320" s="1" t="s">
-        <v>730</v>
+        <v>708</v>
       </c>
       <c r="B1320" s="2">
-        <v>1538.32</v>
+        <v>445.58</v>
       </c>
     </row>
     <row r="1321" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1321" s="1" t="s">
-        <v>731</v>
+        <v>709</v>
       </c>
       <c r="B1321" s="2">
-        <v>769.16</v>
+        <v>534.69000000000005</v>
       </c>
     </row>
     <row r="1322" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1322" s="1" t="s">
-        <v>732</v>
+        <v>710</v>
       </c>
       <c r="B1322" s="2">
-        <v>1538.32</v>
+        <v>393.59</v>
       </c>
     </row>
     <row r="1323" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1323" s="1" t="s">
-        <v>733</v>
+        <v>2508</v>
       </c>
       <c r="B1323" s="2">
-        <v>592.20000000000005</v>
+        <v>209.77</v>
       </c>
     </row>
     <row r="1324" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1324" s="1" t="s">
-        <v>734</v>
+        <v>711</v>
       </c>
       <c r="B1324" s="2">
-        <v>2055.88</v>
+        <v>310.94</v>
       </c>
     </row>
     <row r="1325" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1325" s="1" t="s">
-        <v>2745</v>
+        <v>712</v>
       </c>
       <c r="B1325" s="2">
-        <v>882</v>
+        <v>327.62</v>
       </c>
     </row>
     <row r="1326" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1326" s="1" t="s">
-        <v>735</v>
+        <v>713</v>
       </c>
       <c r="B1326" s="2">
-        <v>851.28</v>
+        <v>257.32</v>
       </c>
     </row>
     <row r="1327" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1327" s="1" t="s">
-        <v>736</v>
+        <v>714</v>
       </c>
       <c r="B1327" s="2">
-        <v>2233.4699999999998</v>
+        <v>369.09</v>
       </c>
     </row>
     <row r="1328" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1328" s="1" t="s">
-        <v>737</v>
+        <v>715</v>
       </c>
       <c r="B1328" s="2">
-        <v>160.77000000000001</v>
+        <v>285.93</v>
       </c>
     </row>
     <row r="1329" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1329" s="1" t="s">
-        <v>738</v>
+        <v>716</v>
       </c>
       <c r="B1329" s="2">
-        <v>522.80999999999995</v>
+        <v>4484.13</v>
       </c>
     </row>
     <row r="1330" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1330" s="1" t="s">
-        <v>739</v>
+        <v>717</v>
       </c>
       <c r="B1330" s="2">
-        <v>522.80999999999995</v>
+        <v>544.1</v>
       </c>
     </row>
     <row r="1331" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1331" s="1" t="s">
-        <v>740</v>
+        <v>718</v>
       </c>
       <c r="B1331" s="2">
-        <v>522.80999999999995</v>
+        <v>1585.99</v>
       </c>
     </row>
     <row r="1332" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1332" s="1" t="s">
-        <v>741</v>
+        <v>719</v>
       </c>
       <c r="B1332" s="2">
-        <v>273.16000000000003</v>
+        <v>8629.7099999999991</v>
       </c>
     </row>
     <row r="1333" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1333" s="1" t="s">
-        <v>742</v>
+        <v>720</v>
       </c>
       <c r="B1333" s="2">
-        <v>642.97</v>
+        <v>1065.6199999999999</v>
       </c>
     </row>
     <row r="1334" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1334" s="1" t="s">
-        <v>743</v>
+        <v>721</v>
       </c>
       <c r="B1334" s="2">
-        <v>83.03</v>
+        <v>1330.73</v>
       </c>
     </row>
     <row r="1335" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1335" s="1" t="s">
-        <v>744</v>
+        <v>722</v>
       </c>
       <c r="B1335" s="2">
-        <v>83.03</v>
+        <v>456.55</v>
       </c>
     </row>
     <row r="1336" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1336" s="1" t="s">
-        <v>745</v>
+        <v>723</v>
       </c>
       <c r="B1336" s="2">
-        <v>83.03</v>
+        <v>913.1</v>
       </c>
     </row>
     <row r="1337" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1337" s="1" t="s">
-        <v>2525</v>
+        <v>724</v>
       </c>
       <c r="B1337" s="2">
-        <v>83.03</v>
+        <v>1065.98</v>
       </c>
     </row>
     <row r="1338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1338" s="1" t="s">
-        <v>746</v>
+        <v>2729</v>
       </c>
       <c r="B1338" s="2">
-        <v>83.03</v>
+        <v>681.23</v>
       </c>
     </row>
     <row r="1339" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1339" s="1" t="s">
-        <v>747</v>
+        <v>725</v>
       </c>
       <c r="B1339" s="2">
-        <v>83.03</v>
+        <v>792.23</v>
       </c>
     </row>
     <row r="1340" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1340" s="1" t="s">
-        <v>2526</v>
+        <v>726</v>
       </c>
       <c r="B1340" s="2">
-        <v>83.03</v>
+        <v>1584.46</v>
       </c>
     </row>
     <row r="1341" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1341" s="1" t="s">
-        <v>2527</v>
+        <v>727</v>
       </c>
       <c r="B1341" s="2">
-        <v>83.03</v>
+        <v>792.23</v>
       </c>
     </row>
     <row r="1342" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1342" s="1" t="s">
-        <v>748</v>
+        <v>728</v>
       </c>
       <c r="B1342" s="2">
-        <v>83.03</v>
+        <v>1584.46</v>
       </c>
     </row>
     <row r="1343" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1343" s="1" t="s">
-        <v>749</v>
+        <v>729</v>
       </c>
       <c r="B1343" s="2">
-        <v>83.03</v>
+        <v>681.23</v>
       </c>
     </row>
     <row r="1344" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1344" s="1" t="s">
-        <v>2857</v>
+        <v>4031</v>
       </c>
       <c r="B1344" s="2">
-        <v>83.03</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="1345" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1345" s="1" t="s">
-        <v>2528</v>
+        <v>4032</v>
       </c>
       <c r="B1345" s="2">
-        <v>83.03</v>
+        <v>1587.62</v>
       </c>
     </row>
     <row r="1346" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1346" s="1" t="s">
-        <v>750</v>
+        <v>730</v>
       </c>
       <c r="B1346" s="2">
-        <v>83.03</v>
+        <v>2117.56</v>
       </c>
     </row>
     <row r="1347" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1347" s="1" t="s">
-        <v>751</v>
+        <v>2723</v>
       </c>
       <c r="B1347" s="2">
-        <v>83.03</v>
+        <v>882</v>
       </c>
     </row>
     <row r="1348" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1348" s="1" t="s">
-        <v>752</v>
+        <v>731</v>
       </c>
       <c r="B1348" s="2">
-        <v>83.03</v>
+        <v>876.82</v>
       </c>
     </row>
     <row r="1349" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1349" s="1" t="s">
-        <v>2529</v>
+        <v>732</v>
       </c>
       <c r="B1349" s="2">
-        <v>83.03</v>
+        <v>2300.4699999999998</v>
       </c>
     </row>
     <row r="1350" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1350" s="1" t="s">
-        <v>2530</v>
+        <v>733</v>
       </c>
       <c r="B1350" s="2">
-        <v>83.03</v>
+        <v>165.59</v>
       </c>
     </row>
     <row r="1351" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1351" s="1" t="s">
-        <v>753</v>
+        <v>734</v>
       </c>
       <c r="B1351" s="2">
-        <v>83.03</v>
+        <v>538.49</v>
       </c>
     </row>
     <row r="1352" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1352" s="1" t="s">
-        <v>754</v>
+        <v>735</v>
       </c>
       <c r="B1352" s="2">
-        <v>83.03</v>
+        <v>538.49</v>
       </c>
     </row>
     <row r="1353" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1353" s="1" t="s">
-        <v>2531</v>
+        <v>736</v>
       </c>
       <c r="B1353" s="2">
-        <v>83.03</v>
+        <v>538.49</v>
       </c>
     </row>
     <row r="1354" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1354" s="1" t="s">
-        <v>755</v>
+        <v>4033</v>
       </c>
       <c r="B1354" s="2">
-        <v>83.03</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="1355" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1355" s="1" t="s">
-        <v>756</v>
+        <v>737</v>
       </c>
       <c r="B1355" s="2">
-        <v>83.03</v>
+        <v>281.35000000000002</v>
       </c>
     </row>
     <row r="1356" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1356" s="1" t="s">
-        <v>2532</v>
+        <v>738</v>
       </c>
       <c r="B1356" s="2">
-        <v>83.03</v>
+        <v>662.26</v>
       </c>
     </row>
     <row r="1357" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1357" s="1" t="s">
-        <v>757</v>
+        <v>739</v>
       </c>
       <c r="B1357" s="2">
         <v>83.03</v>
       </c>
     </row>
     <row r="1358" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1358" s="1" t="s">
-        <v>758</v>
+        <v>740</v>
       </c>
       <c r="B1358" s="2">
         <v>83.03</v>
       </c>
     </row>
     <row r="1359" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1359" s="1" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="B1359" s="2">
         <v>83.03</v>
       </c>
     </row>
     <row r="1360" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1360" s="1" t="s">
-        <v>2533</v>
+        <v>2509</v>
       </c>
       <c r="B1360" s="2">
         <v>83.03</v>
       </c>
     </row>
     <row r="1361" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1361" s="1" t="s">
-        <v>760</v>
+        <v>742</v>
       </c>
       <c r="B1361" s="2">
         <v>83.03</v>
       </c>
     </row>
     <row r="1362" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1362" s="1" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="B1362" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1363" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1363" s="1" t="s">
-        <v>762</v>
+        <v>2510</v>
       </c>
       <c r="B1363" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1364" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1364" s="1" t="s">
-        <v>2534</v>
+        <v>2511</v>
       </c>
       <c r="B1364" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1365" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1365" s="1" t="s">
-        <v>2535</v>
+        <v>744</v>
       </c>
       <c r="B1365" s="2">
-        <v>158.03</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1366" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1366" s="1" t="s">
-        <v>2867</v>
+        <v>745</v>
       </c>
       <c r="B1366" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1367" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1367" s="1" t="s">
-        <v>763</v>
+        <v>2765</v>
       </c>
       <c r="B1367" s="2">
-        <v>158.03</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1368" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1368" s="1" t="s">
-        <v>2893</v>
+        <v>2512</v>
       </c>
       <c r="B1368" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1369" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1369" s="1" t="s">
-        <v>2903</v>
+        <v>746</v>
       </c>
       <c r="B1369" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1370" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1370" s="1" t="s">
-        <v>2536</v>
+        <v>747</v>
       </c>
       <c r="B1370" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1371" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1371" s="1" t="s">
-        <v>764</v>
+        <v>748</v>
       </c>
       <c r="B1371" s="2">
-        <v>158.03</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1372" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1372" s="1" t="s">
-        <v>2875</v>
+        <v>2513</v>
       </c>
       <c r="B1372" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1373" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1373" s="1" t="s">
-        <v>2859</v>
+        <v>2514</v>
       </c>
       <c r="B1373" s="2">
-        <v>158.03</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1374" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1374" s="1" t="s">
-        <v>2863</v>
+        <v>749</v>
       </c>
       <c r="B1374" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1375" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1375" s="1" t="s">
-        <v>765</v>
+        <v>750</v>
       </c>
       <c r="B1375" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1376" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1376" s="1" t="s">
-        <v>2870</v>
+        <v>2515</v>
       </c>
       <c r="B1376" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1377" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1377" s="1" t="s">
-        <v>2872</v>
+        <v>751</v>
       </c>
       <c r="B1377" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1378" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1378" s="1" t="s">
-        <v>2876</v>
+        <v>752</v>
       </c>
       <c r="B1378" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1379" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1379" s="1" t="s">
-        <v>2881</v>
+        <v>2516</v>
       </c>
       <c r="B1379" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1380" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1380" s="1" t="s">
-        <v>2908</v>
+        <v>753</v>
       </c>
       <c r="B1380" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1381" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1381" s="1" t="s">
-        <v>2883</v>
+        <v>754</v>
       </c>
       <c r="B1381" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1382" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1382" s="1" t="s">
-        <v>2887</v>
+        <v>755</v>
       </c>
       <c r="B1382" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1383" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1383" s="1" t="s">
-        <v>2892</v>
+        <v>2517</v>
       </c>
       <c r="B1383" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1384" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1384" s="1" t="s">
-        <v>2898</v>
+        <v>756</v>
       </c>
       <c r="B1384" s="2">
-        <v>90.17</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1385" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1385" s="1" t="s">
-        <v>2537</v>
+        <v>757</v>
       </c>
       <c r="B1385" s="2">
-        <v>367.84</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1386" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1386" s="1" t="s">
-        <v>766</v>
+        <v>758</v>
       </c>
       <c r="B1386" s="2">
-        <v>158.03</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1387" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1387" s="1" t="s">
-        <v>767</v>
+        <v>2518</v>
       </c>
       <c r="B1387" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1388" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1388" s="1" t="s">
-        <v>2538</v>
+        <v>2519</v>
       </c>
       <c r="B1388" s="2">
-        <v>90.17</v>
+        <v>158.03</v>
       </c>
     </row>
     <row r="1389" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1389" s="1" t="s">
-        <v>2873</v>
+        <v>4034</v>
       </c>
       <c r="B1389" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1390" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1390" s="1" t="s">
-        <v>768</v>
+        <v>759</v>
       </c>
       <c r="B1390" s="2">
-        <v>90.17</v>
+        <v>158.03</v>
       </c>
     </row>
     <row r="1391" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1391" s="1" t="s">
-        <v>769</v>
+        <v>4035</v>
       </c>
       <c r="B1391" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1392" s="1" t="s">
-        <v>770</v>
+        <v>2803</v>
       </c>
       <c r="B1392" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1393" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1393" s="1" t="s">
-        <v>771</v>
+        <v>2520</v>
       </c>
       <c r="B1393" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1394" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1394" s="1" t="s">
-        <v>772</v>
+        <v>760</v>
       </c>
       <c r="B1394" s="2">
-        <v>90.17</v>
+        <v>158.03</v>
       </c>
     </row>
     <row r="1395" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1395" s="1" t="s">
-        <v>2539</v>
+        <v>2780</v>
       </c>
       <c r="B1395" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1396" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1396" s="1" t="s">
-        <v>2885</v>
+        <v>2767</v>
       </c>
       <c r="B1396" s="2">
-        <v>90.17</v>
+        <v>158.03</v>
       </c>
     </row>
     <row r="1397" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1397" s="1" t="s">
-        <v>2886</v>
+        <v>2771</v>
       </c>
       <c r="B1397" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1398" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1398" s="1" t="s">
-        <v>773</v>
+        <v>761</v>
       </c>
       <c r="B1398" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1399" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1399" s="1" t="s">
-        <v>2889</v>
+        <v>2775</v>
       </c>
       <c r="B1399" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1400" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1400" s="1" t="s">
-        <v>774</v>
+        <v>2777</v>
       </c>
       <c r="B1400" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1401" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1401" s="1" t="s">
-        <v>775</v>
+        <v>2781</v>
       </c>
       <c r="B1401" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1402" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1402" s="1" t="s">
-        <v>776</v>
+        <v>2786</v>
       </c>
       <c r="B1402" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1403" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1403" s="1" t="s">
-        <v>777</v>
+        <v>2808</v>
       </c>
       <c r="B1403" s="2">
-        <v>40.18</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1404" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1404" s="1" t="s">
-        <v>2540</v>
+        <v>2788</v>
       </c>
       <c r="B1404" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1405" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1405" s="1" t="s">
-        <v>2900</v>
+        <v>2792</v>
       </c>
       <c r="B1405" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1406" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1406" s="1" t="s">
-        <v>2902</v>
+        <v>2795</v>
       </c>
       <c r="B1406" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1407" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1407" s="1" t="s">
-        <v>2904</v>
+        <v>2798</v>
       </c>
       <c r="B1407" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1408" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1408" s="1" t="s">
-        <v>2541</v>
+        <v>2521</v>
       </c>
       <c r="B1408" s="2">
-        <v>158.03</v>
+        <v>367.84</v>
       </c>
     </row>
     <row r="1409" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1409" s="1" t="s">
-        <v>2860</v>
+        <v>762</v>
       </c>
       <c r="B1409" s="2">
         <v>158.03</v>
       </c>
     </row>
     <row r="1410" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1410" s="1" t="s">
-        <v>2864</v>
+        <v>763</v>
       </c>
       <c r="B1410" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1411" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1411" s="1" t="s">
-        <v>2871</v>
+        <v>2522</v>
       </c>
       <c r="B1411" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1412" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1412" s="1" t="s">
-        <v>2866</v>
+        <v>2778</v>
       </c>
       <c r="B1412" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1413" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1413" s="1" t="s">
-        <v>2874</v>
+        <v>764</v>
       </c>
       <c r="B1413" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1414" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1414" s="1" t="s">
-        <v>2877</v>
+        <v>765</v>
       </c>
       <c r="B1414" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1415" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1415" s="1" t="s">
-        <v>2879</v>
+        <v>766</v>
       </c>
       <c r="B1415" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1416" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1416" s="1" t="s">
-        <v>2882</v>
+        <v>767</v>
       </c>
       <c r="B1416" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1417" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1417" s="1" t="s">
-        <v>2909</v>
+        <v>768</v>
       </c>
       <c r="B1417" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1418" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1418" s="1" t="s">
-        <v>2884</v>
+        <v>2523</v>
       </c>
       <c r="B1418" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1419" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1419" s="1" t="s">
-        <v>2888</v>
+        <v>2790</v>
       </c>
       <c r="B1419" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1420" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1420" s="1" t="s">
-        <v>2890</v>
+        <v>2791</v>
       </c>
       <c r="B1420" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1421" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1421" s="1" t="s">
-        <v>2891</v>
+        <v>769</v>
       </c>
       <c r="B1421" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1422" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1422" s="1" t="s">
-        <v>2894</v>
+        <v>4036</v>
       </c>
       <c r="B1422" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1423" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1423" s="1" t="s">
-        <v>2896</v>
+        <v>770</v>
       </c>
       <c r="B1423" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1424" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1424" s="1" t="s">
-        <v>3095</v>
+        <v>771</v>
       </c>
       <c r="B1424" s="2">
-        <v>40.18</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1425" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1425" s="1" t="s">
-        <v>2899</v>
+        <v>772</v>
       </c>
       <c r="B1425" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1426" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1426" s="1" t="s">
-        <v>2906</v>
+        <v>773</v>
       </c>
       <c r="B1426" s="2">
-        <v>90.17</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="1427" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1427" s="1" t="s">
-        <v>2905</v>
+        <v>2524</v>
       </c>
       <c r="B1427" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1428" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1428" s="1" t="s">
-        <v>2542</v>
+        <v>2800</v>
       </c>
       <c r="B1428" s="2">
-        <v>367.84</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1429" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1429" s="1" t="s">
-        <v>2543</v>
+        <v>2802</v>
       </c>
       <c r="B1429" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1430" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1430" s="1" t="s">
-        <v>2865</v>
+        <v>2804</v>
       </c>
       <c r="B1430" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1431" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1431" s="1" t="s">
-        <v>2862</v>
+        <v>2525</v>
       </c>
       <c r="B1431" s="2">
-        <v>90.17</v>
+        <v>158.03</v>
       </c>
     </row>
     <row r="1432" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1432" s="1" t="s">
-        <v>2907</v>
+        <v>2768</v>
       </c>
       <c r="B1432" s="2">
-        <v>90.17</v>
+        <v>158.03</v>
       </c>
     </row>
     <row r="1433" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1433" s="1" t="s">
-        <v>2544</v>
+        <v>2772</v>
       </c>
       <c r="B1433" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1434" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1434" s="1" t="s">
-        <v>2895</v>
+        <v>2776</v>
       </c>
       <c r="B1434" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1435" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1435" s="1" t="s">
-        <v>2868</v>
+        <v>2774</v>
       </c>
       <c r="B1435" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1436" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1436" s="1" t="s">
-        <v>2880</v>
+        <v>2779</v>
       </c>
       <c r="B1436" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1437" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1437" s="1" t="s">
-        <v>2910</v>
+        <v>2782</v>
       </c>
       <c r="B1437" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1438" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1438" s="1" t="s">
-        <v>778</v>
+        <v>2784</v>
       </c>
       <c r="B1438" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1439" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1439" s="1" t="s">
-        <v>2861</v>
+        <v>2787</v>
       </c>
       <c r="B1439" s="2">
-        <v>158.03</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1440" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1440" s="1" t="s">
-        <v>2869</v>
+        <v>2809</v>
       </c>
       <c r="B1440" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1441" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1441" s="1" t="s">
-        <v>2878</v>
+        <v>2789</v>
       </c>
       <c r="B1441" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1442" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1442" s="1" t="s">
-        <v>2545</v>
+        <v>2793</v>
       </c>
       <c r="B1442" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1443" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1443" s="1" t="s">
-        <v>2546</v>
+        <v>4037</v>
       </c>
       <c r="B1443" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1444" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1444" s="1" t="s">
-        <v>2897</v>
+        <v>2794</v>
       </c>
       <c r="B1444" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1445" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1445" s="1" t="s">
-        <v>2547</v>
+        <v>4038</v>
       </c>
       <c r="B1445" s="2">
-        <v>40.18</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1446" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1446" s="1" t="s">
-        <v>2901</v>
+        <v>2796</v>
       </c>
       <c r="B1446" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1447" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1447" s="1" t="s">
-        <v>2548</v>
+        <v>2995</v>
       </c>
       <c r="B1447" s="2">
-        <v>367.84</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="1448" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1448" s="1" t="s">
-        <v>779</v>
+        <v>2799</v>
       </c>
       <c r="B1448" s="2">
-        <v>158.03</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1449" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1449" s="1" t="s">
-        <v>780</v>
+        <v>2806</v>
       </c>
       <c r="B1449" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1450" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1450" s="1" t="s">
-        <v>2858</v>
+        <v>2805</v>
       </c>
       <c r="B1450" s="2">
         <v>90.17</v>
       </c>
     </row>
     <row r="1451" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1451" s="1" t="s">
-        <v>781</v>
+        <v>2526</v>
       </c>
       <c r="B1451" s="2">
-        <v>5794.8</v>
+        <v>367.84</v>
       </c>
     </row>
     <row r="1452" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1452" s="1" t="s">
-        <v>782</v>
+        <v>2527</v>
       </c>
       <c r="B1452" s="2">
-        <v>481.16</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1453" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1453" s="1" t="s">
-        <v>783</v>
+        <v>2773</v>
       </c>
       <c r="B1453" s="2">
-        <v>394.42</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1454" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1454" s="1" t="s">
-        <v>784</v>
+        <v>2770</v>
       </c>
       <c r="B1454" s="2">
-        <v>855.92</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1455" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1455" s="1" t="s">
-        <v>785</v>
+        <v>2807</v>
       </c>
       <c r="B1455" s="2">
-        <v>746.04</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1456" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1456" s="1" t="s">
-        <v>786</v>
+        <v>2528</v>
       </c>
       <c r="B1456" s="2">
-        <v>1060.6400000000001</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1457" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1457" s="1" t="s">
-        <v>787</v>
+        <v>4039</v>
       </c>
       <c r="B1457" s="2">
-        <v>358.55</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1458" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1458" s="1" t="s">
-        <v>2549</v>
+        <v>4040</v>
       </c>
       <c r="B1458" s="2">
-        <v>406.93</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1459" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1459" s="1" t="s">
-        <v>788</v>
+        <v>2785</v>
       </c>
       <c r="B1459" s="2">
-        <v>1384.5</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1460" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1460" s="1" t="s">
-        <v>789</v>
+        <v>2810</v>
       </c>
       <c r="B1460" s="2">
-        <v>928.79</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1461" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1461" s="1" t="s">
-        <v>790</v>
+        <v>774</v>
       </c>
       <c r="B1461" s="2">
-        <v>1168.21</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1462" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1462" s="1" t="s">
-        <v>791</v>
+        <v>2769</v>
       </c>
       <c r="B1462" s="2">
-        <v>748.35</v>
+        <v>158.03</v>
       </c>
     </row>
     <row r="1463" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1463" s="1" t="s">
-        <v>792</v>
+        <v>4041</v>
       </c>
       <c r="B1463" s="2">
-        <v>587.66</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1464" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1464" s="1" t="s">
-        <v>793</v>
+        <v>2783</v>
       </c>
       <c r="B1464" s="2">
-        <v>282.88</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1465" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1465" s="1" t="s">
-        <v>794</v>
+        <v>2529</v>
       </c>
       <c r="B1465" s="2">
-        <v>3897.74</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1466" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1466" s="1" t="s">
-        <v>2550</v>
+        <v>2530</v>
       </c>
       <c r="B1466" s="2">
-        <v>4098.9399999999996</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1467" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1467" s="1" t="s">
-        <v>795</v>
+        <v>2797</v>
       </c>
       <c r="B1467" s="2">
-        <v>1367.15</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1468" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1468" s="1" t="s">
-        <v>796</v>
+        <v>2531</v>
       </c>
       <c r="B1468" s="2">
-        <v>205.89</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="1469" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1469" s="1" t="s">
-        <v>797</v>
+        <v>2801</v>
       </c>
       <c r="B1469" s="2">
-        <v>311.11</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1470" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1470" s="1" t="s">
-        <v>798</v>
+        <v>2532</v>
       </c>
       <c r="B1470" s="2">
-        <v>256.68</v>
+        <v>367.84</v>
       </c>
     </row>
     <row r="1471" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1471" s="1" t="s">
-        <v>799</v>
+        <v>775</v>
       </c>
       <c r="B1471" s="2">
-        <v>421.84</v>
+        <v>158.03</v>
       </c>
     </row>
     <row r="1472" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1472" s="1" t="s">
-        <v>800</v>
+        <v>776</v>
       </c>
       <c r="B1472" s="2">
-        <v>548.84</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1473" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1473" s="1" t="s">
-        <v>801</v>
+        <v>2766</v>
       </c>
       <c r="B1473" s="2">
-        <v>263.08</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1474" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1474" s="1" t="s">
-        <v>802</v>
+        <v>777</v>
       </c>
       <c r="B1474" s="2">
-        <v>807.18</v>
+        <v>5968.64</v>
       </c>
     </row>
     <row r="1475" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1475" s="1" t="s">
-        <v>2746</v>
+        <v>778</v>
       </c>
       <c r="B1475" s="2">
-        <v>6879.62</v>
+        <v>495.59</v>
       </c>
     </row>
     <row r="1476" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1476" s="1" t="s">
-        <v>2747</v>
+        <v>779</v>
       </c>
       <c r="B1476" s="2">
-        <v>176.4</v>
+        <v>406.25</v>
       </c>
     </row>
     <row r="1477" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1477" s="1" t="s">
-        <v>2748</v>
+        <v>780</v>
       </c>
       <c r="B1477" s="2">
-        <v>529.22</v>
+        <v>881.6</v>
       </c>
     </row>
     <row r="1478" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1478" s="1" t="s">
-        <v>2749</v>
+        <v>781</v>
       </c>
       <c r="B1478" s="2">
-        <v>7585.22</v>
+        <v>768.42</v>
       </c>
     </row>
     <row r="1479" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1479" s="1" t="s">
-        <v>803</v>
+        <v>782</v>
       </c>
       <c r="B1479" s="2">
-        <v>234.61</v>
+        <v>1092.46</v>
       </c>
     </row>
     <row r="1480" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1480" s="1" t="s">
-        <v>804</v>
+        <v>783</v>
       </c>
       <c r="B1480" s="2">
-        <v>234.61</v>
+        <v>369.31</v>
       </c>
     </row>
     <row r="1481" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1481" s="1" t="s">
-        <v>805</v>
+        <v>2533</v>
       </c>
       <c r="B1481" s="2">
-        <v>258.11</v>
+        <v>419.14</v>
       </c>
     </row>
     <row r="1482" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1482" s="1" t="s">
-        <v>806</v>
+        <v>784</v>
       </c>
       <c r="B1482" s="2">
-        <v>258.08</v>
+        <v>1426.04</v>
       </c>
     </row>
     <row r="1483" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1483" s="1" t="s">
-        <v>2551</v>
+        <v>785</v>
       </c>
       <c r="B1483" s="2">
-        <v>61.8</v>
+        <v>956.65</v>
       </c>
     </row>
     <row r="1484" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1484" s="1" t="s">
-        <v>2448</v>
+        <v>786</v>
       </c>
       <c r="B1484" s="2">
-        <v>1857.3</v>
+        <v>1203.26</v>
       </c>
     </row>
     <row r="1485" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1485" s="1" t="s">
-        <v>807</v>
+        <v>787</v>
       </c>
       <c r="B1485" s="2">
-        <v>2490.25</v>
+        <v>770.8</v>
       </c>
     </row>
     <row r="1486" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1486" s="1" t="s">
-        <v>808</v>
+        <v>788</v>
       </c>
       <c r="B1486" s="2">
-        <v>2716.87</v>
+        <v>605.29</v>
       </c>
     </row>
     <row r="1487" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1487" s="1" t="s">
-        <v>809</v>
+        <v>789</v>
       </c>
       <c r="B1487" s="2">
-        <v>2378.27</v>
+        <v>291.37</v>
       </c>
     </row>
     <row r="1488" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1488" s="1" t="s">
-        <v>810</v>
+        <v>790</v>
       </c>
       <c r="B1488" s="2">
-        <v>7416.14</v>
+        <v>4014.67</v>
       </c>
     </row>
     <row r="1489" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1489" s="1" t="s">
-        <v>811</v>
+        <v>4042</v>
       </c>
       <c r="B1489" s="2">
-        <v>7416.14</v>
+        <v>8029.34</v>
       </c>
     </row>
     <row r="1490" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1490" s="1" t="s">
-        <v>812</v>
+        <v>2534</v>
       </c>
       <c r="B1490" s="2">
-        <v>7416.14</v>
+        <v>4179.3</v>
       </c>
     </row>
     <row r="1491" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1491" s="1" t="s">
-        <v>813</v>
+        <v>791</v>
       </c>
       <c r="B1491" s="2">
-        <v>7416.14</v>
+        <v>4179.3</v>
       </c>
     </row>
     <row r="1492" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1492" s="1" t="s">
-        <v>814</v>
+        <v>792</v>
       </c>
       <c r="B1492" s="2">
-        <v>7416.14</v>
+        <v>212.07</v>
       </c>
     </row>
     <row r="1493" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1493" s="1" t="s">
-        <v>815</v>
+        <v>793</v>
       </c>
       <c r="B1493" s="2">
-        <v>7416.14</v>
+        <v>320.44</v>
       </c>
     </row>
     <row r="1494" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1494" s="1" t="s">
-        <v>816</v>
+        <v>794</v>
       </c>
       <c r="B1494" s="2">
-        <v>7416.14</v>
+        <v>264.38</v>
       </c>
     </row>
     <row r="1495" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1495" s="1" t="s">
-        <v>817</v>
+        <v>795</v>
       </c>
       <c r="B1495" s="2">
-        <v>7416.14</v>
+        <v>434.5</v>
       </c>
     </row>
     <row r="1496" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1496" s="1" t="s">
-        <v>818</v>
+        <v>796</v>
       </c>
       <c r="B1496" s="2">
-        <v>7416.14</v>
+        <v>565.30999999999995</v>
       </c>
     </row>
     <row r="1497" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1497" s="1" t="s">
-        <v>819</v>
+        <v>797</v>
       </c>
       <c r="B1497" s="2">
-        <v>7416.14</v>
+        <v>270.97000000000003</v>
       </c>
     </row>
     <row r="1498" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1498" s="1" t="s">
-        <v>820</v>
+        <v>798</v>
       </c>
       <c r="B1498" s="2">
-        <v>55</v>
+        <v>831.4</v>
       </c>
     </row>
     <row r="1499" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1499" s="1" t="s">
-        <v>821</v>
+        <v>2724</v>
       </c>
       <c r="B1499" s="2">
-        <v>190.44</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="1500" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1500" s="1" t="s">
-        <v>822</v>
+        <v>799</v>
       </c>
       <c r="B1500" s="2">
-        <v>55</v>
+        <v>241.65</v>
       </c>
     </row>
     <row r="1501" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1501" s="1" t="s">
-        <v>823</v>
+        <v>800</v>
       </c>
       <c r="B1501" s="2">
-        <v>389.55</v>
+        <v>241.65</v>
       </c>
     </row>
     <row r="1502" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1502" s="1" t="s">
-        <v>824</v>
+        <v>801</v>
       </c>
       <c r="B1502" s="2">
-        <v>55</v>
+        <v>265.85000000000002</v>
       </c>
     </row>
     <row r="1503" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1503" s="1" t="s">
-        <v>825</v>
+        <v>802</v>
       </c>
       <c r="B1503" s="2">
-        <v>727.13</v>
+        <v>265.82</v>
       </c>
     </row>
     <row r="1504" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1504" s="1" t="s">
-        <v>826</v>
+        <v>2535</v>
       </c>
       <c r="B1504" s="2">
-        <v>55</v>
+        <v>63.65</v>
       </c>
     </row>
     <row r="1505" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1505" s="1" t="s">
-        <v>827</v>
+        <v>2432</v>
       </c>
       <c r="B1505" s="2">
-        <v>1173.1600000000001</v>
+        <v>1913.02</v>
       </c>
     </row>
     <row r="1506" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1506" s="1" t="s">
-        <v>828</v>
+        <v>803</v>
       </c>
       <c r="B1506" s="2">
-        <v>55</v>
+        <v>2564.96</v>
       </c>
     </row>
     <row r="1507" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1507" s="1" t="s">
-        <v>829</v>
+        <v>804</v>
       </c>
       <c r="B1507" s="2">
-        <v>1707.77</v>
+        <v>2798.38</v>
       </c>
     </row>
     <row r="1508" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1508" s="1" t="s">
-        <v>830</v>
+        <v>805</v>
       </c>
       <c r="B1508" s="2">
-        <v>773.79</v>
+        <v>2449.62</v>
       </c>
     </row>
     <row r="1509" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1509" s="1" t="s">
-        <v>831</v>
+        <v>806</v>
       </c>
       <c r="B1509" s="2">
-        <v>766.86</v>
+        <v>7638.62</v>
       </c>
     </row>
     <row r="1510" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1510" s="1" t="s">
-        <v>832</v>
+        <v>807</v>
       </c>
       <c r="B1510" s="2">
-        <v>230.16</v>
+        <v>7638.62</v>
       </c>
     </row>
     <row r="1511" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1511" s="1" t="s">
-        <v>833</v>
+        <v>808</v>
       </c>
       <c r="B1511" s="2">
-        <v>909.13</v>
+        <v>7638.62</v>
       </c>
     </row>
     <row r="1512" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1512" s="1" t="s">
-        <v>834</v>
+        <v>809</v>
       </c>
       <c r="B1512" s="2">
-        <v>230.16</v>
+        <v>7638.62</v>
       </c>
     </row>
     <row r="1513" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1513" s="1" t="s">
-        <v>835</v>
+        <v>810</v>
       </c>
       <c r="B1513" s="2">
-        <v>639.04</v>
+        <v>7638.62</v>
       </c>
     </row>
     <row r="1514" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1514" s="1" t="s">
-        <v>836</v>
+        <v>811</v>
       </c>
       <c r="B1514" s="2">
-        <v>1193.6600000000001</v>
+        <v>7638.62</v>
       </c>
     </row>
     <row r="1515" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1515" s="1" t="s">
-        <v>837</v>
+        <v>812</v>
       </c>
       <c r="B1515" s="2">
-        <v>1252.6600000000001</v>
+        <v>7638.62</v>
       </c>
     </row>
     <row r="1516" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1516" s="1" t="s">
-        <v>838</v>
+        <v>813</v>
       </c>
       <c r="B1516" s="2">
-        <v>639.04</v>
+        <v>7638.62</v>
       </c>
     </row>
     <row r="1517" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1517" s="1" t="s">
-        <v>839</v>
+        <v>814</v>
       </c>
       <c r="B1517" s="2">
-        <v>639.04</v>
+        <v>7638.62</v>
       </c>
     </row>
     <row r="1518" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1518" s="1" t="s">
-        <v>840</v>
+        <v>815</v>
       </c>
       <c r="B1518" s="2">
-        <v>1225.57</v>
+        <v>7638.62</v>
       </c>
     </row>
     <row r="1519" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1519" s="1" t="s">
-        <v>841</v>
+        <v>816</v>
       </c>
       <c r="B1519" s="2">
-        <v>1225.57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1520" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1520" s="1" t="s">
-        <v>842</v>
+        <v>817</v>
       </c>
       <c r="B1520" s="2">
-        <v>639.04</v>
+        <v>196.15</v>
       </c>
     </row>
     <row r="1521" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1521" s="1" t="s">
-        <v>843</v>
+        <v>818</v>
       </c>
       <c r="B1521" s="2">
-        <v>1225.57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1522" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1522" s="1" t="s">
-        <v>844</v>
+        <v>819</v>
       </c>
       <c r="B1522" s="2">
-        <v>439.26</v>
+        <v>401.24</v>
       </c>
     </row>
     <row r="1523" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1523" s="1" t="s">
-        <v>2552</v>
+        <v>820</v>
       </c>
       <c r="B1523" s="2">
-        <v>83.93</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1524" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1524" s="1" t="s">
-        <v>3164</v>
+        <v>821</v>
       </c>
       <c r="B1524" s="2">
-        <v>60.71</v>
+        <v>748.94</v>
       </c>
     </row>
     <row r="1525" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1525" s="1" t="s">
-        <v>3162</v>
+        <v>822</v>
       </c>
       <c r="B1525" s="2">
-        <v>60.71</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1526" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1526" s="1" t="s">
-        <v>2553</v>
+        <v>823</v>
       </c>
       <c r="B1526" s="2">
-        <v>80.349999999999994</v>
+        <v>1208.3499999999999</v>
       </c>
     </row>
     <row r="1527" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1527" s="1" t="s">
-        <v>845</v>
+        <v>824</v>
       </c>
       <c r="B1527" s="2">
-        <v>128.15</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1528" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1528" s="1" t="s">
-        <v>846</v>
+        <v>825</v>
       </c>
       <c r="B1528" s="2">
-        <v>470.6</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="1529" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1529" s="1" t="s">
-        <v>847</v>
+        <v>826</v>
       </c>
       <c r="B1529" s="2">
-        <v>342.46</v>
+        <v>797</v>
       </c>
     </row>
     <row r="1530" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1530" s="1" t="s">
-        <v>848</v>
+        <v>827</v>
       </c>
       <c r="B1530" s="2">
-        <v>714.81</v>
+        <v>789.87</v>
       </c>
     </row>
     <row r="1531" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1531" s="1" t="s">
-        <v>849</v>
+        <v>828</v>
       </c>
       <c r="B1531" s="2">
-        <v>85.7</v>
+        <v>237.06</v>
       </c>
     </row>
     <row r="1532" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1532" s="1" t="s">
-        <v>850</v>
+        <v>829</v>
       </c>
       <c r="B1532" s="2">
-        <v>5669.83</v>
+        <v>936.4</v>
       </c>
     </row>
     <row r="1533" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1533" s="1" t="s">
-        <v>3290</v>
+        <v>830</v>
       </c>
       <c r="B1533" s="2">
-        <v>983.15</v>
+        <v>237.06</v>
       </c>
     </row>
     <row r="1534" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1534" s="1" t="s">
-        <v>851</v>
+        <v>831</v>
       </c>
       <c r="B1534" s="2">
-        <v>108.02</v>
+        <v>658.21</v>
       </c>
     </row>
     <row r="1535" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1535" s="1" t="s">
-        <v>852</v>
+        <v>832</v>
       </c>
       <c r="B1535" s="2">
-        <v>8020.18</v>
+        <v>1229.47</v>
       </c>
     </row>
     <row r="1536" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1536" s="1" t="s">
-        <v>853</v>
+        <v>833</v>
       </c>
       <c r="B1536" s="2">
-        <v>60.71</v>
+        <v>1290.24</v>
       </c>
     </row>
     <row r="1537" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1537" s="1" t="s">
-        <v>3434</v>
+        <v>834</v>
       </c>
       <c r="B1537" s="2">
-        <v>3635.15</v>
+        <v>658.21</v>
       </c>
     </row>
     <row r="1538" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1538" s="1" t="s">
-        <v>854</v>
+        <v>835</v>
       </c>
       <c r="B1538" s="2">
-        <v>1101.1400000000001</v>
+        <v>658.21</v>
       </c>
     </row>
     <row r="1539" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1539" s="1" t="s">
-        <v>855</v>
+        <v>836</v>
       </c>
       <c r="B1539" s="2">
-        <v>138.80000000000001</v>
+        <v>1262.3399999999999</v>
       </c>
     </row>
     <row r="1540" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1540" s="1" t="s">
-        <v>856</v>
+        <v>837</v>
       </c>
       <c r="B1540" s="2">
-        <v>95.03</v>
+        <v>1262.3399999999999</v>
       </c>
     </row>
     <row r="1541" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1541" s="1" t="s">
-        <v>857</v>
+        <v>838</v>
       </c>
       <c r="B1541" s="2">
-        <v>95.03</v>
+        <v>658.21</v>
       </c>
     </row>
     <row r="1542" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1542" s="1" t="s">
-        <v>858</v>
+        <v>839</v>
       </c>
       <c r="B1542" s="2">
-        <v>60.71</v>
+        <v>1262.3399999999999</v>
       </c>
     </row>
     <row r="1543" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1543" s="1" t="s">
-        <v>3391</v>
+        <v>840</v>
       </c>
       <c r="B1543" s="2">
-        <v>5370</v>
+        <v>439.26</v>
       </c>
     </row>
     <row r="1544" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1544" s="1" t="s">
-        <v>859</v>
+        <v>2536</v>
       </c>
       <c r="B1544" s="2">
-        <v>1002.83</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1545" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1545" s="1" t="s">
-        <v>860</v>
+        <v>3063</v>
       </c>
       <c r="B1545" s="2">
-        <v>364.35</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1546" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1546" s="1" t="s">
-        <v>2554</v>
+        <v>3061</v>
       </c>
       <c r="B1546" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="1547" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1547" s="1" t="s">
-        <v>861</v>
+        <v>2537</v>
       </c>
       <c r="B1547" s="2">
-        <v>1792.82</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1548" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1548" s="1" t="s">
-        <v>2555</v>
+        <v>841</v>
       </c>
       <c r="B1548" s="2">
-        <v>474.42</v>
+        <v>131.99</v>
       </c>
     </row>
     <row r="1549" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1549" s="1" t="s">
-        <v>862</v>
+        <v>842</v>
       </c>
       <c r="B1549" s="2">
-        <v>4089.04</v>
+        <v>484.72</v>
       </c>
     </row>
     <row r="1550" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1550" s="1" t="s">
-        <v>3437</v>
+        <v>843</v>
       </c>
       <c r="B1550" s="2">
-        <v>4197.84</v>
+        <v>352.73</v>
       </c>
     </row>
     <row r="1551" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1551" s="1" t="s">
-        <v>863</v>
+        <v>844</v>
       </c>
       <c r="B1551" s="2">
-        <v>1451.58</v>
+        <v>736.25</v>
       </c>
     </row>
     <row r="1552" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1552" s="1" t="s">
-        <v>864</v>
+        <v>845</v>
       </c>
       <c r="B1552" s="2">
-        <v>1451.58</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="1553" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1553" s="1" t="s">
-        <v>865</v>
+        <v>846</v>
       </c>
       <c r="B1553" s="2">
-        <v>18947.849999999999</v>
+        <v>5839.92</v>
       </c>
     </row>
     <row r="1554" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1554" s="1" t="s">
-        <v>866</v>
+        <v>3188</v>
       </c>
       <c r="B1554" s="2">
-        <v>24913.24</v>
+        <v>983.15</v>
       </c>
     </row>
     <row r="1555" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1555" s="1" t="s">
-        <v>867</v>
+        <v>847</v>
       </c>
       <c r="B1555" s="2">
-        <v>24913.24</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="1556" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1556" s="1" t="s">
-        <v>868</v>
+        <v>848</v>
       </c>
       <c r="B1556" s="2">
-        <v>12948.13</v>
+        <v>8260.7900000000009</v>
       </c>
     </row>
     <row r="1557" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1557" s="1" t="s">
-        <v>869</v>
+        <v>849</v>
       </c>
       <c r="B1557" s="2">
-        <v>6165.89</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1558" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1558" s="1" t="s">
-        <v>870</v>
+        <v>4043</v>
       </c>
       <c r="B1558" s="2">
-        <v>6251.68</v>
+        <v>529.20000000000005</v>
       </c>
     </row>
     <row r="1559" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1559" s="1" t="s">
-        <v>871</v>
+        <v>4044</v>
       </c>
       <c r="B1559" s="2">
-        <v>6976.17</v>
+        <v>1234.82</v>
       </c>
     </row>
     <row r="1560" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1560" s="1" t="s">
-        <v>872</v>
+        <v>3321</v>
       </c>
       <c r="B1560" s="2">
-        <v>3714.88</v>
+        <v>5009.45</v>
       </c>
     </row>
     <row r="1561" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1561" s="1" t="s">
-        <v>3215</v>
+        <v>850</v>
       </c>
       <c r="B1561" s="2">
-        <v>48.22</v>
+        <v>1134.17</v>
       </c>
     </row>
     <row r="1562" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1562" s="1" t="s">
-        <v>873</v>
+        <v>851</v>
       </c>
       <c r="B1562" s="2">
-        <v>83.93</v>
+        <v>142.96</v>
       </c>
     </row>
     <row r="1563" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1563" s="1" t="s">
-        <v>874</v>
+        <v>852</v>
       </c>
       <c r="B1563" s="2">
-        <v>80.349999999999994</v>
+        <v>97.88</v>
       </c>
     </row>
     <row r="1564" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1564" s="1" t="s">
-        <v>875</v>
+        <v>853</v>
       </c>
       <c r="B1564" s="2">
-        <v>39595.26</v>
+        <v>97.88</v>
       </c>
     </row>
     <row r="1565" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1565" s="1" t="s">
-        <v>876</v>
+        <v>854</v>
       </c>
       <c r="B1565" s="2">
-        <v>44236.02</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1566" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1566" s="1" t="s">
-        <v>877</v>
+        <v>4045</v>
       </c>
       <c r="B1566" s="2">
-        <v>4097.99</v>
+        <v>28630.86</v>
       </c>
     </row>
     <row r="1567" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1567" s="1" t="s">
-        <v>878</v>
+        <v>4046</v>
       </c>
       <c r="B1567" s="2">
-        <v>2917.99</v>
+        <v>529.22</v>
       </c>
     </row>
     <row r="1568" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1568" s="1" t="s">
-        <v>879</v>
+        <v>4047</v>
       </c>
       <c r="B1568" s="2">
-        <v>2936.73</v>
+        <v>28630.86</v>
       </c>
     </row>
     <row r="1569" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1569" s="1" t="s">
-        <v>880</v>
+        <v>855</v>
       </c>
       <c r="B1569" s="2">
-        <v>3822.72</v>
+        <v>1032.9100000000001</v>
       </c>
     </row>
     <row r="1570" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1570" s="1" t="s">
-        <v>881</v>
+        <v>856</v>
       </c>
       <c r="B1570" s="2">
-        <v>3816.93</v>
+        <v>375.28</v>
       </c>
     </row>
     <row r="1571" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1571" s="1" t="s">
-        <v>882</v>
+        <v>2538</v>
       </c>
       <c r="B1571" s="2">
-        <v>1908.47</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1572" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1572" s="1" t="s">
-        <v>3025</v>
+        <v>857</v>
       </c>
       <c r="B1572" s="2">
-        <v>2938.27</v>
+        <v>1846.6</v>
       </c>
     </row>
     <row r="1573" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1573" s="1" t="s">
-        <v>883</v>
+        <v>4048</v>
       </c>
       <c r="B1573" s="2">
-        <v>5453.58</v>
+        <v>141.11000000000001</v>
       </c>
     </row>
     <row r="1574" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1574" s="1" t="s">
-        <v>884</v>
+        <v>2539</v>
       </c>
       <c r="B1574" s="2">
-        <v>6413.6</v>
+        <v>488.65</v>
       </c>
     </row>
     <row r="1575" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1575" s="1" t="s">
-        <v>885</v>
+        <v>858</v>
       </c>
       <c r="B1575" s="2">
-        <v>7547.11</v>
+        <v>4211.71</v>
       </c>
     </row>
     <row r="1576" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1576" s="1" t="s">
-        <v>886</v>
+        <v>3324</v>
       </c>
       <c r="B1576" s="2">
-        <v>8877.25</v>
+        <v>6583.62</v>
       </c>
     </row>
     <row r="1577" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1577" s="1" t="s">
-        <v>887</v>
+        <v>859</v>
       </c>
       <c r="B1577" s="2">
-        <v>10439.879999999999</v>
+        <v>1495.13</v>
       </c>
     </row>
     <row r="1578" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1578" s="1" t="s">
-        <v>888</v>
+        <v>860</v>
       </c>
       <c r="B1578" s="2">
-        <v>80.349999999999994</v>
+        <v>1495.13</v>
       </c>
     </row>
     <row r="1579" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1579" s="1" t="s">
-        <v>889</v>
+        <v>861</v>
       </c>
       <c r="B1579" s="2">
-        <v>962.33</v>
+        <v>19516.29</v>
       </c>
     </row>
     <row r="1580" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1580" s="1" t="s">
-        <v>890</v>
+        <v>862</v>
       </c>
       <c r="B1580" s="2">
-        <v>854.77</v>
+        <v>25660.639999999999</v>
       </c>
     </row>
     <row r="1581" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1581" s="1" t="s">
-        <v>891</v>
+        <v>863</v>
       </c>
       <c r="B1581" s="2">
-        <v>214.32</v>
+        <v>25660.639999999999</v>
       </c>
     </row>
     <row r="1582" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1582" s="1" t="s">
-        <v>892</v>
+        <v>864</v>
       </c>
       <c r="B1582" s="2">
-        <v>1470.11</v>
+        <v>13336.57</v>
       </c>
     </row>
     <row r="1583" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1583" s="1" t="s">
-        <v>893</v>
+        <v>865</v>
       </c>
       <c r="B1583" s="2">
-        <v>68.75</v>
+        <v>6350.87</v>
       </c>
     </row>
     <row r="1584" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1584" s="1" t="s">
-        <v>894</v>
+        <v>866</v>
       </c>
       <c r="B1584" s="2">
-        <v>68.75</v>
+        <v>6439.23</v>
       </c>
     </row>
     <row r="1585" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1585" s="1" t="s">
-        <v>2556</v>
+        <v>867</v>
       </c>
       <c r="B1585" s="2">
-        <v>136.6</v>
+        <v>7185.46</v>
       </c>
     </row>
     <row r="1586" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1586" s="1" t="s">
-        <v>895</v>
+        <v>868</v>
       </c>
       <c r="B1586" s="2">
-        <v>68.75</v>
+        <v>3826.33</v>
       </c>
     </row>
     <row r="1587" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1587" s="1" t="s">
-        <v>896</v>
+        <v>3114</v>
       </c>
       <c r="B1587" s="2">
-        <v>68.75</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1588" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1588" s="1" t="s">
-        <v>897</v>
+        <v>869</v>
       </c>
       <c r="B1588" s="2">
-        <v>90.17</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1589" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1589" s="1" t="s">
-        <v>898</v>
+        <v>870</v>
       </c>
       <c r="B1589" s="2">
-        <v>83.03</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1590" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1590" s="1" t="s">
-        <v>3065</v>
+        <v>871</v>
       </c>
       <c r="B1590" s="2">
-        <v>40.18</v>
+        <v>40783.120000000003</v>
       </c>
     </row>
     <row r="1591" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1591" s="1" t="s">
-        <v>3123</v>
+        <v>872</v>
       </c>
       <c r="B1591" s="2">
-        <v>41.96</v>
+        <v>45563.1</v>
       </c>
     </row>
     <row r="1592" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1592" s="1" t="s">
-        <v>899</v>
+        <v>873</v>
       </c>
       <c r="B1592" s="2">
-        <v>104.41</v>
+        <v>4220.93</v>
       </c>
     </row>
     <row r="1593" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1593" s="1" t="s">
-        <v>900</v>
+        <v>874</v>
       </c>
       <c r="B1593" s="2">
-        <v>278.75</v>
+        <v>3005.53</v>
       </c>
     </row>
     <row r="1594" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1594" s="1" t="s">
-        <v>901</v>
+        <v>875</v>
       </c>
       <c r="B1594" s="2">
-        <v>720.59</v>
+        <v>3024.83</v>
       </c>
     </row>
     <row r="1595" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1595" s="1" t="s">
-        <v>3257</v>
+        <v>876</v>
       </c>
       <c r="B1595" s="2">
-        <v>224.99</v>
+        <v>3937.4</v>
       </c>
     </row>
     <row r="1596" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1596" s="1" t="s">
-        <v>3258</v>
+        <v>4049</v>
       </c>
       <c r="B1596" s="2">
-        <v>121.42</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="1597" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1597" s="1" t="s">
-        <v>902</v>
+        <v>4050</v>
       </c>
       <c r="B1597" s="2">
-        <v>294.94</v>
+        <v>882</v>
       </c>
     </row>
     <row r="1598" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1598" s="1" t="s">
-        <v>903</v>
+        <v>877</v>
       </c>
       <c r="B1598" s="2">
-        <v>284.52999999999997</v>
+        <v>3931.44</v>
       </c>
     </row>
     <row r="1599" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1599" s="1" t="s">
-        <v>904</v>
+        <v>878</v>
       </c>
       <c r="B1599" s="2">
-        <v>91.13</v>
+        <v>1965.72</v>
       </c>
     </row>
     <row r="1600" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1600" s="1" t="s">
-        <v>905</v>
+        <v>4051</v>
       </c>
       <c r="B1600" s="2">
-        <v>294.94</v>
+        <v>529.20000000000005</v>
       </c>
     </row>
     <row r="1601" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1601" s="1" t="s">
-        <v>906</v>
+        <v>4052</v>
       </c>
       <c r="B1601" s="2">
-        <v>294.94</v>
+        <v>882</v>
       </c>
     </row>
     <row r="1602" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1602" s="1" t="s">
-        <v>907</v>
+        <v>2925</v>
       </c>
       <c r="B1602" s="2">
-        <v>343.53</v>
+        <v>2938.27</v>
       </c>
     </row>
     <row r="1603" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1603" s="1" t="s">
-        <v>908</v>
+        <v>879</v>
       </c>
       <c r="B1603" s="2">
-        <v>13595.67</v>
+        <v>5448.67</v>
       </c>
     </row>
     <row r="1604" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1604" s="1" t="s">
-        <v>909</v>
+        <v>880</v>
       </c>
       <c r="B1604" s="2">
-        <v>12927.53</v>
+        <v>6407.83</v>
       </c>
     </row>
     <row r="1605" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1605" s="1" t="s">
-        <v>910</v>
+        <v>881</v>
       </c>
       <c r="B1605" s="2">
-        <v>15438.23</v>
+        <v>7540.32</v>
       </c>
     </row>
     <row r="1606" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1606" s="1" t="s">
-        <v>911</v>
+        <v>882</v>
       </c>
       <c r="B1606" s="2">
-        <v>8743.6200000000008</v>
+        <v>9143.57</v>
       </c>
     </row>
     <row r="1607" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1607" s="1" t="s">
-        <v>912</v>
+        <v>883</v>
       </c>
       <c r="B1607" s="2">
-        <v>12568.6</v>
+        <v>10753.08</v>
       </c>
     </row>
     <row r="1608" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1608" s="1" t="s">
-        <v>913</v>
+        <v>884</v>
       </c>
       <c r="B1608" s="2">
-        <v>23943.25</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1609" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1609" s="1" t="s">
-        <v>914</v>
+        <v>885</v>
       </c>
       <c r="B1609" s="2">
-        <v>12226.72</v>
+        <v>991.2</v>
       </c>
     </row>
     <row r="1610" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1610" s="1" t="s">
-        <v>3401</v>
+        <v>886</v>
       </c>
       <c r="B1610" s="2">
-        <v>16762.310000000001</v>
+        <v>880.41</v>
       </c>
     </row>
     <row r="1611" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1611" s="1" t="s">
-        <v>915</v>
+        <v>887</v>
       </c>
       <c r="B1611" s="2">
-        <v>433.75</v>
+        <v>220.75</v>
       </c>
     </row>
     <row r="1612" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1612" s="1" t="s">
-        <v>916</v>
+        <v>888</v>
       </c>
       <c r="B1612" s="2">
-        <v>433.75</v>
+        <v>1514.21</v>
       </c>
     </row>
     <row r="1613" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1613" s="1" t="s">
-        <v>917</v>
+        <v>889</v>
       </c>
       <c r="B1613" s="2">
-        <v>433.75</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1614" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1614" s="1" t="s">
-        <v>918</v>
+        <v>890</v>
       </c>
       <c r="B1614" s="2">
-        <v>69.86</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1615" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1615" s="1" t="s">
-        <v>3302</v>
+        <v>2540</v>
       </c>
       <c r="B1615" s="2">
-        <v>70.540000000000006</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="1616" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1616" s="1" t="s">
-        <v>919</v>
+        <v>891</v>
       </c>
       <c r="B1616" s="2">
-        <v>70.540000000000006</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1617" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1617" s="1" t="s">
-        <v>2786</v>
+        <v>892</v>
       </c>
       <c r="B1617" s="2">
-        <v>1039.92</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1618" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1618" s="1" t="s">
-        <v>920</v>
+        <v>893</v>
       </c>
       <c r="B1618" s="2">
-        <v>3410.95</v>
+        <v>90.17</v>
       </c>
     </row>
     <row r="1619" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1619" s="1" t="s">
-        <v>921</v>
+        <v>894</v>
       </c>
       <c r="B1619" s="2">
-        <v>1795.11</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1620" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1620" s="1" t="s">
-        <v>922</v>
+        <v>2965</v>
       </c>
       <c r="B1620" s="2">
-        <v>508.92</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="1621" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1621" s="1" t="s">
-        <v>923</v>
+        <v>3023</v>
       </c>
       <c r="B1621" s="2">
-        <v>1915.41</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1622" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1622" s="1" t="s">
-        <v>924</v>
+        <v>895</v>
       </c>
       <c r="B1622" s="2">
-        <v>5955.56</v>
+        <v>107.54</v>
       </c>
     </row>
     <row r="1623" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1623" s="1" t="s">
-        <v>925</v>
+        <v>896</v>
       </c>
       <c r="B1623" s="2">
-        <v>1435.4</v>
+        <v>287.11</v>
       </c>
     </row>
     <row r="1624" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1624" s="1" t="s">
-        <v>926</v>
+        <v>897</v>
       </c>
       <c r="B1624" s="2">
-        <v>3624.92</v>
+        <v>742.21</v>
       </c>
     </row>
     <row r="1625" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1625" s="1" t="s">
-        <v>927</v>
+        <v>3156</v>
       </c>
       <c r="B1625" s="2">
-        <v>347</v>
+        <v>224.99</v>
       </c>
     </row>
     <row r="1626" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1626" s="1" t="s">
-        <v>928</v>
+        <v>3157</v>
       </c>
       <c r="B1626" s="2">
-        <v>137.4</v>
+        <v>121.42</v>
       </c>
     </row>
     <row r="1627" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1627" s="1" t="s">
-        <v>3022</v>
+        <v>898</v>
       </c>
       <c r="B1627" s="2">
-        <v>5736</v>
+        <v>303.79000000000002</v>
       </c>
     </row>
     <row r="1628" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1628" s="1" t="s">
-        <v>3023</v>
+        <v>899</v>
       </c>
       <c r="B1628" s="2">
-        <v>14400</v>
+        <v>293.07</v>
       </c>
     </row>
     <row r="1629" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1629" s="1" t="s">
-        <v>929</v>
+        <v>900</v>
       </c>
       <c r="B1629" s="2">
-        <v>4096.17</v>
+        <v>93.86</v>
       </c>
     </row>
     <row r="1630" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1630" s="1" t="s">
-        <v>930</v>
+        <v>901</v>
       </c>
       <c r="B1630" s="2">
-        <v>3110.22</v>
+        <v>303.79000000000002</v>
       </c>
     </row>
     <row r="1631" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1631" s="1" t="s">
-        <v>2794</v>
+        <v>902</v>
       </c>
       <c r="B1631" s="2">
-        <v>10950.19</v>
+        <v>303.79000000000002</v>
       </c>
     </row>
     <row r="1632" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1632" s="1" t="s">
-        <v>931</v>
+        <v>903</v>
       </c>
       <c r="B1632" s="2">
-        <v>1863.36</v>
+        <v>353.84</v>
       </c>
     </row>
     <row r="1633" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1633" s="1" t="s">
-        <v>932</v>
+        <v>904</v>
       </c>
       <c r="B1633" s="2">
-        <v>1810.14</v>
+        <v>14003.54</v>
       </c>
     </row>
     <row r="1634" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1634" s="1" t="s">
-        <v>933</v>
+        <v>905</v>
       </c>
       <c r="B1634" s="2">
-        <v>151.85</v>
+        <v>13315.36</v>
       </c>
     </row>
     <row r="1635" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1635" s="1" t="s">
-        <v>934</v>
+        <v>906</v>
       </c>
       <c r="B1635" s="2">
-        <v>151.85</v>
+        <v>15901.38</v>
       </c>
     </row>
     <row r="1636" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1636" s="1" t="s">
-        <v>935</v>
+        <v>907</v>
       </c>
       <c r="B1636" s="2">
-        <v>47.29</v>
+        <v>9005.93</v>
       </c>
     </row>
     <row r="1637" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1637" s="1" t="s">
-        <v>936</v>
+        <v>908</v>
       </c>
       <c r="B1637" s="2">
-        <v>47.29</v>
+        <v>12945.66</v>
       </c>
     </row>
     <row r="1638" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1638" s="1" t="s">
-        <v>937</v>
+        <v>909</v>
       </c>
       <c r="B1638" s="2">
-        <v>47.29</v>
+        <v>24661.55</v>
       </c>
     </row>
     <row r="1639" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1639" s="1" t="s">
-        <v>938</v>
+        <v>910</v>
       </c>
       <c r="B1639" s="2">
-        <v>5395.75</v>
+        <v>12593.52</v>
       </c>
     </row>
     <row r="1640" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1640" s="1" t="s">
-        <v>2770</v>
+        <v>3292</v>
       </c>
       <c r="B1640" s="2">
-        <v>88.2</v>
+        <v>16874.78</v>
       </c>
     </row>
     <row r="1641" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1641" s="1" t="s">
-        <v>2771</v>
+        <v>4053</v>
       </c>
       <c r="B1641" s="2">
-        <v>25578.02</v>
+        <v>16758</v>
       </c>
     </row>
     <row r="1642" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1642" s="1" t="s">
-        <v>2772</v>
+        <v>911</v>
       </c>
       <c r="B1642" s="2">
-        <v>264.62</v>
+        <v>446.76</v>
       </c>
     </row>
     <row r="1643" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1643" s="1" t="s">
-        <v>2773</v>
+        <v>912</v>
       </c>
       <c r="B1643" s="2">
-        <v>1058.42</v>
+        <v>446.76</v>
       </c>
     </row>
     <row r="1644" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1644" s="1" t="s">
-        <v>2774</v>
+        <v>913</v>
       </c>
       <c r="B1644" s="2">
-        <v>2646.02</v>
+        <v>446.76</v>
       </c>
     </row>
     <row r="1645" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1645" s="1" t="s">
-        <v>2775</v>
+        <v>914</v>
       </c>
       <c r="B1645" s="2">
-        <v>4410.0200000000004</v>
+        <v>71.959999999999994</v>
       </c>
     </row>
     <row r="1646" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1646" s="1" t="s">
-        <v>2776</v>
+        <v>3199</v>
       </c>
       <c r="B1646" s="2">
-        <v>6174.02</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="1647" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1647" s="1" t="s">
-        <v>2777</v>
+        <v>915</v>
       </c>
       <c r="B1647" s="2">
-        <v>7938.02</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="1648" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1648" s="1" t="s">
-        <v>2778</v>
+        <v>2728</v>
       </c>
       <c r="B1648" s="2">
-        <v>9702.02</v>
+        <v>1071.1199999999999</v>
       </c>
     </row>
     <row r="1649" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1649" s="1" t="s">
-        <v>3470</v>
+        <v>916</v>
       </c>
       <c r="B1649" s="2">
-        <v>5728</v>
+        <v>3513.28</v>
       </c>
     </row>
     <row r="1650" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1650" s="1" t="s">
-        <v>939</v>
+        <v>917</v>
       </c>
       <c r="B1650" s="2">
-        <v>112.84</v>
+        <v>1848.96</v>
       </c>
     </row>
     <row r="1651" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1651" s="1" t="s">
-        <v>940</v>
+        <v>918</v>
       </c>
       <c r="B1651" s="2">
-        <v>521.65</v>
+        <v>524.19000000000005</v>
       </c>
     </row>
     <row r="1652" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1652" s="1" t="s">
-        <v>941</v>
+        <v>919</v>
       </c>
       <c r="B1652" s="2">
-        <v>4890.4399999999996</v>
+        <v>1972.87</v>
       </c>
     </row>
     <row r="1653" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1653" s="1" t="s">
-        <v>942</v>
+        <v>920</v>
       </c>
       <c r="B1653" s="2">
-        <v>4197.25</v>
+        <v>6134.23</v>
       </c>
     </row>
     <row r="1654" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1654" s="1" t="s">
-        <v>943</v>
+        <v>921</v>
       </c>
       <c r="B1654" s="2">
-        <v>1089.75</v>
+        <v>1478.46</v>
       </c>
     </row>
     <row r="1655" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1655" s="1" t="s">
-        <v>944</v>
+        <v>922</v>
       </c>
       <c r="B1655" s="2">
-        <v>2603.58</v>
+        <v>3733.67</v>
       </c>
     </row>
     <row r="1656" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1656" s="1" t="s">
-        <v>2730</v>
+        <v>923</v>
       </c>
       <c r="B1656" s="2">
-        <v>132.30000000000001</v>
+        <v>357.41</v>
       </c>
     </row>
     <row r="1657" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1657" s="1" t="s">
-        <v>2731</v>
+        <v>924</v>
       </c>
       <c r="B1657" s="2">
-        <v>396.92</v>
+        <v>141.52000000000001</v>
       </c>
     </row>
     <row r="1658" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1658" s="1" t="s">
-        <v>2953</v>
+        <v>2922</v>
       </c>
       <c r="B1658" s="2">
-        <v>339.46</v>
+        <v>5736</v>
       </c>
     </row>
     <row r="1659" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1659" s="1" t="s">
-        <v>945</v>
+        <v>2923</v>
       </c>
       <c r="B1659" s="2">
-        <v>1272.9000000000001</v>
+        <v>14400</v>
       </c>
     </row>
     <row r="1660" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1660" s="1" t="s">
-        <v>946</v>
+        <v>925</v>
       </c>
       <c r="B1660" s="2">
-        <v>159.82</v>
+        <v>4219.0600000000004</v>
       </c>
     </row>
     <row r="1661" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1661" s="1" t="s">
-        <v>947</v>
+        <v>926</v>
       </c>
       <c r="B1661" s="2">
-        <v>159.82</v>
+        <v>3203.53</v>
       </c>
     </row>
     <row r="1662" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1662" s="1" t="s">
-        <v>2954</v>
+        <v>2736</v>
       </c>
       <c r="B1662" s="2">
-        <v>720</v>
+        <v>11278.7</v>
       </c>
     </row>
     <row r="1663" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1663" s="1" t="s">
-        <v>948</v>
+        <v>927</v>
       </c>
       <c r="B1663" s="2">
-        <v>219.89</v>
+        <v>1919.26</v>
       </c>
     </row>
     <row r="1664" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1664" s="1" t="s">
-        <v>949</v>
+        <v>928</v>
       </c>
       <c r="B1664" s="2">
-        <v>437.71</v>
+        <v>1864.44</v>
       </c>
     </row>
     <row r="1665" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1665" s="1" t="s">
-        <v>950</v>
+        <v>929</v>
       </c>
       <c r="B1665" s="2">
-        <v>119.64</v>
+        <v>156.41</v>
       </c>
     </row>
     <row r="1666" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1666" s="1" t="s">
-        <v>951</v>
+        <v>930</v>
       </c>
       <c r="B1666" s="2">
-        <v>41.06</v>
+        <v>156.41</v>
       </c>
     </row>
     <row r="1667" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1667" s="1" t="s">
-        <v>952</v>
+        <v>931</v>
       </c>
       <c r="B1667" s="2">
-        <v>210.5</v>
+        <v>48.71</v>
       </c>
     </row>
     <row r="1668" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1668" s="1" t="s">
-        <v>2955</v>
+        <v>932</v>
       </c>
       <c r="B1668" s="2">
-        <v>159.82</v>
+        <v>5557.62</v>
       </c>
     </row>
     <row r="1669" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1669" s="1" t="s">
-        <v>2557</v>
+        <v>933</v>
       </c>
       <c r="B1669" s="2">
-        <v>41.96</v>
+        <v>116.23</v>
       </c>
     </row>
     <row r="1670" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1670" s="1" t="s">
-        <v>953</v>
+        <v>934</v>
       </c>
       <c r="B1670" s="2">
-        <v>80.349999999999994</v>
+        <v>537.29999999999995</v>
       </c>
     </row>
     <row r="1671" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1671" s="1" t="s">
-        <v>954</v>
+        <v>935</v>
       </c>
       <c r="B1671" s="2">
-        <v>80.349999999999994</v>
+        <v>5037.1499999999996</v>
       </c>
     </row>
     <row r="1672" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1672" s="1" t="s">
-        <v>2558</v>
+        <v>936</v>
       </c>
       <c r="B1672" s="2">
-        <v>70.540000000000006</v>
+        <v>4323.17</v>
       </c>
     </row>
     <row r="1673" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1673" s="1" t="s">
-        <v>2559</v>
+        <v>937</v>
       </c>
       <c r="B1673" s="2">
-        <v>542.69000000000005</v>
+        <v>1122.44</v>
       </c>
     </row>
     <row r="1674" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1674" s="1" t="s">
-        <v>955</v>
+        <v>938</v>
       </c>
       <c r="B1674" s="2">
-        <v>32212.22</v>
+        <v>2681.69</v>
       </c>
     </row>
     <row r="1675" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1675" s="1" t="s">
-        <v>956</v>
+        <v>2853</v>
       </c>
       <c r="B1675" s="2">
-        <v>16055.64</v>
+        <v>339.46</v>
       </c>
     </row>
     <row r="1676" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1676" s="1" t="s">
-        <v>957</v>
+        <v>939</v>
       </c>
       <c r="B1676" s="2">
-        <v>42717.64</v>
+        <v>1272.9000000000001</v>
       </c>
     </row>
     <row r="1677" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1677" s="1" t="s">
-        <v>958</v>
+        <v>940</v>
       </c>
       <c r="B1677" s="2">
-        <v>33385.1</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1678" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1678" s="1" t="s">
-        <v>3355</v>
+        <v>941</v>
       </c>
       <c r="B1678" s="2">
-        <v>70.540000000000006</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1679" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1679" s="1" t="s">
-        <v>959</v>
+        <v>2854</v>
       </c>
       <c r="B1679" s="2">
-        <v>80.349999999999994</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1680" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1680" s="1" t="s">
-        <v>2560</v>
+        <v>942</v>
       </c>
       <c r="B1680" s="2">
-        <v>1407.37</v>
+        <v>226.49</v>
       </c>
     </row>
     <row r="1681" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1681" s="1" t="s">
-        <v>960</v>
+        <v>943</v>
       </c>
       <c r="B1681" s="2">
-        <v>910.86</v>
+        <v>450.84</v>
       </c>
     </row>
     <row r="1682" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1682" s="1" t="s">
-        <v>961</v>
+        <v>944</v>
       </c>
       <c r="B1682" s="2">
-        <v>191.95</v>
+        <v>119.64</v>
       </c>
     </row>
     <row r="1683" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1683" s="1" t="s">
-        <v>3041</v>
+        <v>945</v>
       </c>
       <c r="B1683" s="2">
-        <v>159.82</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1684" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1684" s="1" t="s">
-        <v>962</v>
+        <v>946</v>
       </c>
       <c r="B1684" s="2">
-        <v>364.26</v>
+        <v>216.82</v>
       </c>
     </row>
     <row r="1685" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1685" s="1" t="s">
-        <v>2561</v>
+        <v>2855</v>
       </c>
       <c r="B1685" s="2">
-        <v>41.96</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1686" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1686" s="1" t="s">
-        <v>3087</v>
+        <v>2541</v>
       </c>
       <c r="B1686" s="2">
-        <v>80.349999999999994</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1687" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1687" s="1" t="s">
-        <v>963</v>
+        <v>947</v>
       </c>
       <c r="B1687" s="2">
-        <v>462.67</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1688" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1688" s="1" t="s">
-        <v>964</v>
+        <v>948</v>
       </c>
       <c r="B1688" s="2">
-        <v>462.67</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1689" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1689" s="1" t="s">
-        <v>3187</v>
+        <v>2542</v>
       </c>
       <c r="B1689" s="2">
-        <v>71.42</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="1690" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1690" s="1" t="s">
-        <v>3350</v>
+        <v>4054</v>
       </c>
       <c r="B1690" s="2">
-        <v>378.55</v>
+        <v>1748.2</v>
       </c>
     </row>
     <row r="1691" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1691" s="1" t="s">
-        <v>2562</v>
+        <v>2543</v>
       </c>
       <c r="B1691" s="2">
-        <v>206.23</v>
+        <v>558.97</v>
       </c>
     </row>
     <row r="1692" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1692" s="1" t="s">
-        <v>2563</v>
+        <v>949</v>
       </c>
       <c r="B1692" s="2">
-        <v>41.06</v>
+        <v>33178.589999999997</v>
       </c>
     </row>
     <row r="1693" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1693" s="1" t="s">
-        <v>965</v>
+        <v>950</v>
       </c>
       <c r="B1693" s="2">
-        <v>119.64</v>
+        <v>16537.310000000001</v>
       </c>
     </row>
     <row r="1694" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1694" s="1" t="s">
-        <v>3124</v>
+        <v>951</v>
       </c>
       <c r="B1694" s="2">
-        <v>41.06</v>
+        <v>43999.17</v>
       </c>
     </row>
     <row r="1695" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1695" s="1" t="s">
-        <v>966</v>
+        <v>952</v>
       </c>
       <c r="B1695" s="2">
-        <v>41.06</v>
+        <v>34386.65</v>
       </c>
     </row>
     <row r="1696" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1696" s="1" t="s">
-        <v>2564</v>
+        <v>3249</v>
       </c>
       <c r="B1696" s="2">
-        <v>41.06</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="1697" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1697" s="1" t="s">
-        <v>967</v>
+        <v>953</v>
       </c>
       <c r="B1697" s="2">
-        <v>268.76</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1698" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1698" s="1" t="s">
-        <v>968</v>
+        <v>2544</v>
       </c>
       <c r="B1698" s="2">
-        <v>419.15</v>
+        <v>1449.59</v>
       </c>
     </row>
     <row r="1699" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1699" s="1" t="s">
-        <v>969</v>
+        <v>954</v>
       </c>
       <c r="B1699" s="2">
-        <v>422.17</v>
+        <v>910.86</v>
       </c>
     </row>
     <row r="1700" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1700" s="1" t="s">
-        <v>970</v>
+        <v>955</v>
       </c>
       <c r="B1700" s="2">
-        <v>87.49</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="1701" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1701" s="1" t="s">
-        <v>971</v>
+        <v>2941</v>
       </c>
       <c r="B1701" s="2">
-        <v>410.98</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1702" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1702" s="1" t="s">
-        <v>2565</v>
+        <v>956</v>
       </c>
       <c r="B1702" s="2">
-        <v>198.61</v>
+        <v>364.26</v>
       </c>
     </row>
     <row r="1703" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1703" s="1" t="s">
-        <v>2566</v>
+        <v>2545</v>
       </c>
       <c r="B1703" s="2">
-        <v>159.82</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1704" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1704" s="1" t="s">
-        <v>972</v>
+        <v>2987</v>
       </c>
       <c r="B1704" s="2">
-        <v>60.71</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1705" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1705" s="1" t="s">
-        <v>973</v>
+        <v>957</v>
       </c>
       <c r="B1705" s="2">
-        <v>60.71</v>
+        <v>476.55</v>
       </c>
     </row>
     <row r="1706" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1706" s="1" t="s">
-        <v>2567</v>
+        <v>958</v>
       </c>
       <c r="B1706" s="2">
-        <v>40.18</v>
+        <v>476.55</v>
       </c>
     </row>
     <row r="1707" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1707" s="1" t="s">
-        <v>974</v>
+        <v>3086</v>
       </c>
       <c r="B1707" s="2">
-        <v>861.82</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="1708" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1708" s="1" t="s">
-        <v>975</v>
+        <v>3244</v>
       </c>
       <c r="B1708" s="2">
-        <v>801.73</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="1709" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1709" s="1" t="s">
-        <v>976</v>
+        <v>2546</v>
       </c>
       <c r="B1709" s="2">
-        <v>619.14</v>
+        <v>206.23</v>
       </c>
     </row>
     <row r="1710" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1710" s="1" t="s">
-        <v>977</v>
+        <v>2547</v>
       </c>
       <c r="B1710" s="2">
-        <v>618.02</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1711" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1711" s="1" t="s">
-        <v>978</v>
+        <v>959</v>
       </c>
       <c r="B1711" s="2">
-        <v>161.93</v>
+        <v>119.64</v>
       </c>
     </row>
     <row r="1712" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1712" s="1" t="s">
-        <v>979</v>
+        <v>3024</v>
       </c>
       <c r="B1712" s="2">
-        <v>116.82</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1713" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1713" s="1" t="s">
-        <v>2957</v>
+        <v>960</v>
       </c>
       <c r="B1713" s="2">
-        <v>159.82</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1714" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1714" s="1" t="s">
-        <v>2956</v>
+        <v>2548</v>
       </c>
       <c r="B1714" s="2">
-        <v>159.82</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1715" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1715" s="1" t="s">
-        <v>980</v>
+        <v>961</v>
       </c>
       <c r="B1715" s="2">
-        <v>1488.91</v>
+        <v>276.82</v>
       </c>
     </row>
     <row r="1716" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1716" s="1" t="s">
-        <v>981</v>
+        <v>962</v>
       </c>
       <c r="B1716" s="2">
-        <v>743.89</v>
+        <v>431.72</v>
       </c>
     </row>
     <row r="1717" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1717" s="1" t="s">
-        <v>982</v>
+        <v>963</v>
       </c>
       <c r="B1717" s="2">
-        <v>743.89</v>
+        <v>434.84</v>
       </c>
     </row>
     <row r="1718" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1718" s="1" t="s">
-        <v>983</v>
+        <v>964</v>
       </c>
       <c r="B1718" s="2">
-        <v>1488.91</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="1719" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1719" s="1" t="s">
-        <v>984</v>
+        <v>965</v>
       </c>
       <c r="B1719" s="2">
-        <v>743.89</v>
+        <v>410.98</v>
       </c>
     </row>
     <row r="1720" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1720" s="1" t="s">
-        <v>985</v>
+        <v>2549</v>
       </c>
       <c r="B1720" s="2">
-        <v>136.5</v>
+        <v>198.61</v>
       </c>
     </row>
     <row r="1721" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1721" s="1" t="s">
-        <v>986</v>
+        <v>2550</v>
       </c>
       <c r="B1721" s="2">
-        <v>80.349999999999994</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1722" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1722" s="1" t="s">
-        <v>987</v>
+        <v>4055</v>
       </c>
       <c r="B1722" s="2">
-        <v>80.349999999999994</v>
+        <v>488.92</v>
       </c>
     </row>
     <row r="1723" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1723" s="1" t="s">
-        <v>988</v>
+        <v>966</v>
       </c>
       <c r="B1723" s="2">
-        <v>105.83</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1724" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1724" s="1" t="s">
-        <v>989</v>
+        <v>967</v>
       </c>
       <c r="B1724" s="2">
-        <v>314.12</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1725" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1725" s="1" t="s">
-        <v>990</v>
+        <v>2551</v>
       </c>
       <c r="B1725" s="2">
-        <v>295.97000000000003</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="1726" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1726" s="1" t="s">
-        <v>991</v>
+        <v>968</v>
       </c>
       <c r="B1726" s="2">
-        <v>110.81</v>
+        <v>887.67</v>
       </c>
     </row>
     <row r="1727" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1727" s="1" t="s">
-        <v>992</v>
+        <v>969</v>
       </c>
       <c r="B1727" s="2">
-        <v>641.94000000000005</v>
+        <v>825.78</v>
       </c>
     </row>
     <row r="1728" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1728" s="1" t="s">
-        <v>3462</v>
+        <v>970</v>
       </c>
       <c r="B1728" s="2">
-        <v>342.3</v>
+        <v>637.71</v>
       </c>
     </row>
     <row r="1729" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1729" s="1" t="s">
-        <v>993</v>
+        <v>971</v>
       </c>
       <c r="B1729" s="2">
-        <v>68.75</v>
+        <v>636.55999999999995</v>
       </c>
     </row>
     <row r="1730" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1730" s="1" t="s">
-        <v>994</v>
+        <v>4056</v>
       </c>
       <c r="B1730" s="2">
-        <v>68.75</v>
+        <v>1457.5</v>
       </c>
     </row>
     <row r="1731" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1731" s="1" t="s">
-        <v>3344</v>
+        <v>972</v>
       </c>
       <c r="B1731" s="2">
-        <v>378.55</v>
+        <v>166.79</v>
       </c>
     </row>
     <row r="1732" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1732" s="1" t="s">
-        <v>3341</v>
+        <v>973</v>
       </c>
       <c r="B1732" s="2">
-        <v>378.55</v>
+        <v>120.32</v>
       </c>
     </row>
     <row r="1733" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1733" s="1" t="s">
-        <v>995</v>
+        <v>2857</v>
       </c>
       <c r="B1733" s="2">
-        <v>68.75</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1734" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1734" s="1" t="s">
-        <v>996</v>
+        <v>2856</v>
       </c>
       <c r="B1734" s="2">
-        <v>2904.74</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1735" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1735" s="1" t="s">
-        <v>997</v>
+        <v>974</v>
       </c>
       <c r="B1735" s="2">
-        <v>2948.31</v>
+        <v>1533.58</v>
       </c>
     </row>
     <row r="1736" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1736" s="1" t="s">
-        <v>998</v>
+        <v>975</v>
       </c>
       <c r="B1736" s="2">
-        <v>2840.82</v>
+        <v>766.21</v>
       </c>
     </row>
     <row r="1737" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1737" s="1" t="s">
-        <v>2568</v>
+        <v>976</v>
       </c>
       <c r="B1737" s="2">
-        <v>41.06</v>
+        <v>766.21</v>
       </c>
     </row>
     <row r="1738" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1738" s="1" t="s">
-        <v>999</v>
+        <v>977</v>
       </c>
       <c r="B1738" s="2">
-        <v>48.22</v>
+        <v>1533.58</v>
       </c>
     </row>
     <row r="1739" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1739" s="1" t="s">
-        <v>1000</v>
+        <v>978</v>
       </c>
       <c r="B1739" s="2">
-        <v>48.22</v>
+        <v>766.21</v>
       </c>
     </row>
     <row r="1740" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1740" s="1" t="s">
-        <v>2569</v>
+        <v>979</v>
       </c>
       <c r="B1740" s="2">
-        <v>48.22</v>
+        <v>140.6</v>
       </c>
     </row>
     <row r="1741" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1741" s="1" t="s">
-        <v>1001</v>
+        <v>980</v>
       </c>
       <c r="B1741" s="2">
-        <v>48.22</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1742" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1742" s="1" t="s">
-        <v>2973</v>
+        <v>981</v>
       </c>
       <c r="B1742" s="2">
-        <v>191.95</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1743" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1743" s="1" t="s">
-        <v>2959</v>
+        <v>982</v>
       </c>
       <c r="B1743" s="2">
-        <v>720</v>
+        <v>109</v>
       </c>
     </row>
     <row r="1744" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1744" s="1" t="s">
-        <v>2958</v>
+        <v>983</v>
       </c>
       <c r="B1744" s="2">
-        <v>209.77</v>
+        <v>323.54000000000002</v>
       </c>
     </row>
     <row r="1745" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1745" s="1" t="s">
-        <v>1002</v>
+        <v>984</v>
       </c>
       <c r="B1745" s="2">
-        <v>41.96</v>
+        <v>304.85000000000002</v>
       </c>
     </row>
     <row r="1746" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1746" s="1" t="s">
-        <v>3075</v>
+        <v>985</v>
       </c>
       <c r="B1746" s="2">
-        <v>41.96</v>
+        <v>114.13</v>
       </c>
     </row>
     <row r="1747" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1747" s="1" t="s">
-        <v>1003</v>
+        <v>986</v>
       </c>
       <c r="B1747" s="2">
-        <v>226.18</v>
+        <v>661.2</v>
       </c>
     </row>
     <row r="1748" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1748" s="1" t="s">
-        <v>1004</v>
+        <v>4057</v>
       </c>
       <c r="B1748" s="2">
-        <v>102.89</v>
+        <v>352.6</v>
       </c>
     </row>
     <row r="1749" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1749" s="1" t="s">
-        <v>3067</v>
+        <v>987</v>
       </c>
       <c r="B1749" s="2">
-        <v>80.349999999999994</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1750" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1750" s="1" t="s">
-        <v>3068</v>
+        <v>988</v>
       </c>
       <c r="B1750" s="2">
-        <v>80.349999999999994</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1751" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1751" s="1" t="s">
-        <v>3070</v>
+        <v>3238</v>
       </c>
       <c r="B1751" s="2">
-        <v>80.349999999999994</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="1752" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1752" s="1" t="s">
-        <v>3069</v>
+        <v>3235</v>
       </c>
       <c r="B1752" s="2">
-        <v>80.349999999999994</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="1753" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1753" s="1" t="s">
-        <v>3071</v>
+        <v>989</v>
       </c>
       <c r="B1753" s="2">
-        <v>108.02</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1754" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1754" s="1" t="s">
-        <v>2815</v>
+        <v>4058</v>
       </c>
       <c r="B1754" s="2">
-        <v>83.25</v>
+        <v>3036.76</v>
       </c>
     </row>
     <row r="1755" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1755" s="1" t="s">
-        <v>1005</v>
+        <v>990</v>
       </c>
       <c r="B1755" s="2">
-        <v>1921.57</v>
+        <v>2991.88</v>
       </c>
     </row>
     <row r="1756" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1756" s="1" t="s">
-        <v>1006</v>
+        <v>991</v>
       </c>
       <c r="B1756" s="2">
-        <v>1600.37</v>
+        <v>3036.76</v>
       </c>
     </row>
     <row r="1757" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1757" s="1" t="s">
-        <v>1007</v>
+        <v>992</v>
       </c>
       <c r="B1757" s="2">
-        <v>48.22</v>
+        <v>2926.04</v>
       </c>
     </row>
     <row r="1758" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1758" s="1" t="s">
-        <v>3073</v>
+        <v>2552</v>
       </c>
       <c r="B1758" s="2">
-        <v>41.96</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1759" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1759" s="1" t="s">
-        <v>1008</v>
+        <v>993</v>
       </c>
       <c r="B1759" s="2">
-        <v>68.75</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1760" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1760" s="1" t="s">
-        <v>3361</v>
+        <v>994</v>
       </c>
       <c r="B1760" s="2">
-        <v>451.1</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1761" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1761" s="1" t="s">
-        <v>1009</v>
+        <v>2553</v>
       </c>
       <c r="B1761" s="2">
-        <v>2034.53</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1762" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1762" s="1" t="s">
-        <v>1010</v>
+        <v>995</v>
       </c>
       <c r="B1762" s="2">
-        <v>2411.6</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1763" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1763" s="1" t="s">
-        <v>1011</v>
+        <v>2873</v>
       </c>
       <c r="B1763" s="2">
-        <v>3468.77</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="1764" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1764" s="1" t="s">
-        <v>1012</v>
+        <v>2859</v>
       </c>
       <c r="B1764" s="2">
-        <v>4797.75</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1765" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1765" s="1" t="s">
-        <v>1013</v>
+        <v>2858</v>
       </c>
       <c r="B1765" s="2">
-        <v>4716.79</v>
+        <v>209.77</v>
       </c>
     </row>
     <row r="1766" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1766" s="1" t="s">
-        <v>1014</v>
+        <v>996</v>
       </c>
       <c r="B1766" s="2">
-        <v>5299.74</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1767" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1767" s="1" t="s">
-        <v>1015</v>
+        <v>2975</v>
       </c>
       <c r="B1767" s="2">
-        <v>5883.85</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1768" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1768" s="1" t="s">
-        <v>1016</v>
+        <v>997</v>
       </c>
       <c r="B1768" s="2">
-        <v>6467.96</v>
+        <v>226.18</v>
       </c>
     </row>
     <row r="1769" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1769" s="1" t="s">
-        <v>2960</v>
+        <v>998</v>
       </c>
       <c r="B1769" s="2">
-        <v>159.82</v>
+        <v>105.98</v>
       </c>
     </row>
     <row r="1770" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1770" s="1" t="s">
-        <v>2570</v>
+        <v>2967</v>
       </c>
       <c r="B1770" s="2">
-        <v>85.7</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1771" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1771" s="1" t="s">
-        <v>3426</v>
+        <v>2968</v>
       </c>
       <c r="B1771" s="2">
-        <v>39618.67</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1772" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1772" s="1" t="s">
-        <v>3404</v>
+        <v>2970</v>
       </c>
       <c r="B1772" s="2">
-        <v>39610.730000000003</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1773" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1773" s="1" t="s">
-        <v>3207</v>
+        <v>2969</v>
       </c>
       <c r="B1773" s="2">
-        <v>83.93</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1774" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1774" s="1" t="s">
-        <v>2571</v>
+        <v>2971</v>
       </c>
       <c r="B1774" s="2">
-        <v>2938.27</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="1775" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1775" s="1" t="s">
-        <v>3245</v>
+        <v>4059</v>
       </c>
       <c r="B1775" s="2">
-        <v>308.94</v>
+        <v>83.25</v>
       </c>
     </row>
     <row r="1776" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1776" s="1" t="s">
-        <v>3246</v>
+        <v>999</v>
       </c>
       <c r="B1776" s="2">
-        <v>308.94</v>
+        <v>1921.57</v>
       </c>
     </row>
     <row r="1777" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1777" s="1" t="s">
-        <v>3244</v>
+        <v>1000</v>
       </c>
       <c r="B1777" s="2">
-        <v>166.06</v>
+        <v>1600.37</v>
       </c>
     </row>
     <row r="1778" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1778" s="1" t="s">
-        <v>3240</v>
+        <v>1001</v>
       </c>
       <c r="B1778" s="2">
-        <v>308.94</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1779" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1779" s="1" t="s">
-        <v>1017</v>
+        <v>2973</v>
       </c>
       <c r="B1779" s="2">
-        <v>83.03</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1780" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1780" s="1" t="s">
-        <v>1018</v>
+        <v>1002</v>
       </c>
       <c r="B1780" s="2">
-        <v>1721.09</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1781" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1781" s="1" t="s">
-        <v>1019</v>
+        <v>3255</v>
       </c>
       <c r="B1781" s="2">
-        <v>2981.2</v>
+        <v>416.85</v>
       </c>
     </row>
     <row r="1782" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1782" s="1" t="s">
-        <v>1020</v>
+        <v>1003</v>
       </c>
       <c r="B1782" s="2">
-        <v>1972.27</v>
+        <v>1990.79</v>
       </c>
     </row>
     <row r="1783" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1783" s="1" t="s">
-        <v>3209</v>
+        <v>1004</v>
       </c>
       <c r="B1783" s="2">
-        <v>48.22</v>
+        <v>2359.75</v>
       </c>
     </row>
     <row r="1784" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1784" s="1" t="s">
-        <v>1021</v>
+        <v>1005</v>
       </c>
       <c r="B1784" s="2">
-        <v>48.22</v>
+        <v>3394.19</v>
       </c>
     </row>
     <row r="1785" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1785" s="1" t="s">
-        <v>3160</v>
+        <v>1006</v>
       </c>
       <c r="B1785" s="2">
-        <v>60.71</v>
+        <v>4694.6000000000004</v>
       </c>
     </row>
     <row r="1786" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1786" s="1" t="s">
-        <v>2961</v>
+        <v>1007</v>
       </c>
       <c r="B1786" s="2">
-        <v>159.82</v>
+        <v>4858.29</v>
       </c>
     </row>
     <row r="1787" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1787" s="1" t="s">
-        <v>2572</v>
+        <v>1008</v>
       </c>
       <c r="B1787" s="2">
-        <v>60.71</v>
+        <v>5458.73</v>
       </c>
     </row>
     <row r="1788" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1788" s="1" t="s">
-        <v>2573</v>
+        <v>1009</v>
       </c>
       <c r="B1788" s="2">
-        <v>68.75</v>
+        <v>6060.37</v>
       </c>
     </row>
     <row r="1789" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1789" s="1" t="s">
-        <v>1022</v>
+        <v>1010</v>
       </c>
       <c r="B1789" s="2">
-        <v>41.96</v>
+        <v>6662</v>
       </c>
     </row>
     <row r="1790" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1790" s="1" t="s">
-        <v>1023</v>
+        <v>2860</v>
       </c>
       <c r="B1790" s="2">
-        <v>41.96</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1791" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1791" s="1" t="s">
-        <v>1024</v>
+        <v>4060</v>
       </c>
       <c r="B1791" s="2">
-        <v>80.349999999999994</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1792" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1792" s="1" t="s">
-        <v>1025</v>
+        <v>2554</v>
       </c>
       <c r="B1792" s="2">
-        <v>41.96</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="1793" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1793" s="1" t="s">
-        <v>3074</v>
+        <v>4061</v>
       </c>
       <c r="B1793" s="2">
-        <v>41.96</v>
+        <v>71600</v>
       </c>
     </row>
     <row r="1794" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1794" s="1" t="s">
-        <v>1026</v>
+        <v>3315</v>
       </c>
       <c r="B1794" s="2">
-        <v>41.96</v>
+        <v>31683</v>
       </c>
     </row>
     <row r="1795" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1795" s="1" t="s">
-        <v>3076</v>
+        <v>3295</v>
       </c>
       <c r="B1795" s="2">
-        <v>80.349999999999994</v>
+        <v>40720.39</v>
       </c>
     </row>
     <row r="1796" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1796" s="1" t="s">
-        <v>1027</v>
+        <v>3106</v>
       </c>
       <c r="B1796" s="2">
-        <v>41.96</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1797" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1797" s="1" t="s">
-        <v>3077</v>
+        <v>2555</v>
       </c>
       <c r="B1797" s="2">
-        <v>80.349999999999994</v>
+        <v>2938.27</v>
       </c>
     </row>
     <row r="1798" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1798" s="1" t="s">
-        <v>3330</v>
+        <v>4062</v>
       </c>
       <c r="B1798" s="2">
-        <v>163.68</v>
+        <v>6037.44</v>
       </c>
     </row>
     <row r="1799" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1799" s="1" t="s">
-        <v>1028</v>
+        <v>4063</v>
       </c>
       <c r="B1799" s="2">
-        <v>80.349999999999994</v>
+        <v>3251.94</v>
       </c>
     </row>
     <row r="1800" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1800" s="1" t="s">
-        <v>3080</v>
+        <v>3144</v>
       </c>
       <c r="B1800" s="2">
-        <v>41.96</v>
+        <v>308.94</v>
       </c>
     </row>
     <row r="1801" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1801" s="1" t="s">
-        <v>1029</v>
+        <v>3145</v>
       </c>
       <c r="B1801" s="2">
-        <v>68.75</v>
+        <v>308.94</v>
       </c>
     </row>
     <row r="1802" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1802" s="1" t="s">
-        <v>3405</v>
+        <v>3143</v>
       </c>
       <c r="B1802" s="2">
-        <v>2112.11</v>
+        <v>166.06</v>
       </c>
     </row>
     <row r="1803" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1803" s="1" t="s">
-        <v>2779</v>
+        <v>3139</v>
       </c>
       <c r="B1803" s="2">
-        <v>2646.02</v>
+        <v>308.94</v>
       </c>
     </row>
     <row r="1804" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1804" s="1" t="s">
-        <v>2780</v>
+        <v>1011</v>
       </c>
       <c r="B1804" s="2">
-        <v>4410</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1805" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1805" s="1" t="s">
-        <v>2781</v>
+        <v>1012</v>
       </c>
       <c r="B1805" s="2">
-        <v>6174.02</v>
+        <v>1772.72</v>
       </c>
     </row>
     <row r="1806" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1806" s="1" t="s">
-        <v>2782</v>
+        <v>1013</v>
       </c>
       <c r="B1806" s="2">
-        <v>7938.02</v>
+        <v>3070.64</v>
       </c>
     </row>
     <row r="1807" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1807" s="1" t="s">
-        <v>2783</v>
+        <v>1014</v>
       </c>
       <c r="B1807" s="2">
-        <v>9702.02</v>
+        <v>2031.44</v>
       </c>
     </row>
     <row r="1808" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1808" s="1" t="s">
-        <v>2784</v>
+        <v>3108</v>
       </c>
       <c r="B1808" s="2">
-        <v>11466.02</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1809" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1809" s="1" t="s">
-        <v>2785</v>
+        <v>1015</v>
       </c>
       <c r="B1809" s="2">
-        <v>13230</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1810" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1810" s="1" t="s">
-        <v>1030</v>
+        <v>3059</v>
       </c>
       <c r="B1810" s="2">
-        <v>22.95</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1811" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1811" s="1" t="s">
-        <v>2808</v>
+        <v>2861</v>
       </c>
       <c r="B1811" s="2">
-        <v>102.7</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1812" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1812" s="1" t="s">
-        <v>1031</v>
+        <v>2556</v>
       </c>
       <c r="B1812" s="2">
-        <v>230.16</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1813" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1813" s="1" t="s">
-        <v>2574</v>
+        <v>2557</v>
       </c>
       <c r="B1813" s="2">
-        <v>268.06</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1814" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1814" s="1" t="s">
-        <v>1032</v>
+        <v>1016</v>
       </c>
       <c r="B1814" s="2">
-        <v>68.75</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1815" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1815" s="1" t="s">
-        <v>1033</v>
+        <v>1017</v>
       </c>
       <c r="B1815" s="2">
-        <v>38.04</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1816" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1816" s="1" t="s">
-        <v>2575</v>
+        <v>1018</v>
       </c>
       <c r="B1816" s="2">
-        <v>41.96</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1817" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1817" s="1" t="s">
-        <v>1034</v>
+        <v>1019</v>
       </c>
       <c r="B1817" s="2">
-        <v>1488.91</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1818" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1818" s="1" t="s">
-        <v>1035</v>
+        <v>2974</v>
       </c>
       <c r="B1818" s="2">
-        <v>46</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1819" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1819" s="1" t="s">
-        <v>3406</v>
+        <v>1020</v>
       </c>
       <c r="B1819" s="2">
-        <v>139.72999999999999</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1820" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1820" s="1" t="s">
-        <v>2750</v>
+        <v>2976</v>
       </c>
       <c r="B1820" s="2">
-        <v>176.4</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1821" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1821" s="1" t="s">
-        <v>2751</v>
+        <v>1021</v>
       </c>
       <c r="B1821" s="2">
-        <v>1058.42</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1822" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1822" s="1" t="s">
-        <v>2752</v>
+        <v>2977</v>
       </c>
       <c r="B1822" s="2">
-        <v>2646</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1823" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1823" s="1" t="s">
-        <v>2753</v>
+        <v>3224</v>
       </c>
       <c r="B1823" s="2">
-        <v>4410.0200000000004</v>
+        <v>163.68</v>
       </c>
     </row>
     <row r="1824" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1824" s="1" t="s">
-        <v>2754</v>
+        <v>1022</v>
       </c>
       <c r="B1824" s="2">
-        <v>6174</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1825" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1825" s="1" t="s">
-        <v>2576</v>
+        <v>2980</v>
       </c>
       <c r="B1825" s="2">
-        <v>364.26</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1826" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1826" s="1" t="s">
-        <v>1036</v>
+        <v>1023</v>
       </c>
       <c r="B1826" s="2">
-        <v>48.22</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1827" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1827" s="1" t="s">
-        <v>1037</v>
+        <v>3296</v>
       </c>
       <c r="B1827" s="2">
-        <v>83.03</v>
+        <v>1809.03</v>
       </c>
     </row>
     <row r="1828" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1828" s="1" t="s">
-        <v>3186</v>
+        <v>1024</v>
       </c>
       <c r="B1828" s="2">
-        <v>71.42</v>
+        <v>23.64</v>
       </c>
     </row>
     <row r="1829" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1829" s="1" t="s">
-        <v>1038</v>
+        <v>2749</v>
       </c>
       <c r="B1829" s="2">
-        <v>117.94</v>
+        <v>105.78</v>
       </c>
     </row>
     <row r="1830" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1830" s="1" t="s">
-        <v>1039</v>
+        <v>1025</v>
       </c>
       <c r="B1830" s="2">
-        <v>132.66999999999999</v>
+        <v>237.06</v>
       </c>
     </row>
     <row r="1831" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1831" s="1" t="s">
-        <v>1040</v>
+        <v>2558</v>
       </c>
       <c r="B1831" s="2">
-        <v>80.349999999999994</v>
+        <v>276.10000000000002</v>
       </c>
     </row>
     <row r="1832" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1832" s="1" t="s">
-        <v>1041</v>
+        <v>1026</v>
       </c>
       <c r="B1832" s="2">
-        <v>720</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1833" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1833" s="1" t="s">
-        <v>2963</v>
+        <v>1027</v>
       </c>
       <c r="B1833" s="2">
-        <v>159.82</v>
+        <v>39.18</v>
       </c>
     </row>
     <row r="1834" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1834" s="1" t="s">
-        <v>1042</v>
+        <v>2559</v>
       </c>
       <c r="B1834" s="2">
-        <v>242.88</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1835" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1835" s="1" t="s">
-        <v>1043</v>
+        <v>1028</v>
       </c>
       <c r="B1835" s="2">
-        <v>389.5</v>
+        <v>1533.58</v>
       </c>
     </row>
     <row r="1836" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1836" s="1" t="s">
-        <v>3006</v>
+        <v>1029</v>
       </c>
       <c r="B1836" s="2">
-        <v>209.77</v>
+        <v>47.38</v>
       </c>
     </row>
     <row r="1837" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1837" s="1" t="s">
-        <v>1044</v>
+        <v>3297</v>
       </c>
       <c r="B1837" s="2">
-        <v>242.88</v>
+        <v>109.58</v>
       </c>
     </row>
     <row r="1838" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1838" s="1" t="s">
-        <v>1045</v>
+        <v>4064</v>
       </c>
       <c r="B1838" s="2">
-        <v>41.96</v>
+        <v>88.2</v>
       </c>
     </row>
     <row r="1839" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1839" s="1" t="s">
-        <v>1046</v>
+        <v>4065</v>
       </c>
       <c r="B1839" s="2">
-        <v>537.82000000000005</v>
+        <v>264.62</v>
       </c>
     </row>
     <row r="1840" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1840" s="1" t="s">
-        <v>1047</v>
+        <v>4066</v>
       </c>
       <c r="B1840" s="2">
-        <v>41.96</v>
+        <v>529.22</v>
       </c>
     </row>
     <row r="1841" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1841" s="1" t="s">
-        <v>3113</v>
+        <v>4067</v>
       </c>
       <c r="B1841" s="2">
-        <v>80.349999999999994</v>
+        <v>882.02</v>
       </c>
     </row>
     <row r="1842" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1842" s="1" t="s">
-        <v>1048</v>
+        <v>2560</v>
       </c>
       <c r="B1842" s="2">
-        <v>68.75</v>
+        <v>364.26</v>
       </c>
     </row>
     <row r="1843" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1843" s="1" t="s">
-        <v>1049</v>
+        <v>1030</v>
       </c>
       <c r="B1843" s="2">
-        <v>8.81</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1844" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1844" s="1" t="s">
-        <v>3078</v>
+        <v>4068</v>
       </c>
       <c r="B1844" s="2">
-        <v>40.18</v>
+        <v>42.11</v>
       </c>
     </row>
     <row r="1845" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1845" s="1" t="s">
-        <v>1050</v>
+        <v>1031</v>
       </c>
       <c r="B1845" s="2">
-        <v>40.18</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="1846" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1846" s="1" t="s">
-        <v>3321</v>
+        <v>3085</v>
       </c>
       <c r="B1846" s="2">
-        <v>41.06</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="1847" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1847" s="1" t="s">
-        <v>3322</v>
+        <v>1032</v>
       </c>
       <c r="B1847" s="2">
-        <v>2938.27</v>
+        <v>121.48</v>
       </c>
     </row>
     <row r="1848" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1848" s="1" t="s">
-        <v>3323</v>
+        <v>1033</v>
       </c>
       <c r="B1848" s="2">
-        <v>41.06</v>
+        <v>136.65</v>
       </c>
     </row>
     <row r="1849" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1849" s="1" t="s">
-        <v>3324</v>
+        <v>1034</v>
       </c>
       <c r="B1849" s="2">
-        <v>41.06</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1850" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1850" s="1" t="s">
-        <v>1051</v>
+        <v>1035</v>
       </c>
       <c r="B1850" s="2">
-        <v>41.96</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1851" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1851" s="1" t="s">
-        <v>3117</v>
+        <v>2863</v>
       </c>
       <c r="B1851" s="2">
-        <v>41.96</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1852" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1852" s="1" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="B1852" s="2">
-        <v>41.96</v>
+        <v>242.88</v>
       </c>
     </row>
     <row r="1853" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1853" s="1" t="s">
-        <v>1053</v>
+        <v>1037</v>
       </c>
       <c r="B1853" s="2">
-        <v>41.96</v>
+        <v>389.5</v>
       </c>
     </row>
     <row r="1854" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1854" s="1" t="s">
-        <v>1054</v>
+        <v>2906</v>
       </c>
       <c r="B1854" s="2">
-        <v>41.96</v>
+        <v>209.77</v>
       </c>
     </row>
     <row r="1855" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1855" s="1" t="s">
-        <v>3082</v>
+        <v>1038</v>
       </c>
       <c r="B1855" s="2">
-        <v>41.96</v>
+        <v>242.88</v>
       </c>
     </row>
     <row r="1856" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1856" s="1" t="s">
-        <v>1055</v>
+        <v>4069</v>
       </c>
       <c r="B1856" s="2">
-        <v>1540.65</v>
+        <v>450.3</v>
       </c>
     </row>
     <row r="1857" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1857" s="1" t="s">
-        <v>1056</v>
+        <v>1039</v>
       </c>
       <c r="B1857" s="2">
-        <v>1095.3399999999999</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1858" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1858" s="1" t="s">
-        <v>1057</v>
+        <v>1040</v>
       </c>
       <c r="B1858" s="2">
-        <v>41.96</v>
+        <v>553.95000000000005</v>
       </c>
     </row>
     <row r="1859" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1859" s="1" t="s">
-        <v>3375</v>
+        <v>1041</v>
       </c>
       <c r="B1859" s="2">
-        <v>4072.25</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1860" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1860" s="1" t="s">
-        <v>3362</v>
+        <v>3013</v>
       </c>
       <c r="B1860" s="2">
-        <v>452.7</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1861" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1861" s="1" t="s">
-        <v>2577</v>
+        <v>1042</v>
       </c>
       <c r="B1861" s="2">
-        <v>137.5</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1862" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1862" s="1" t="s">
-        <v>1058</v>
+        <v>1043</v>
       </c>
       <c r="B1862" s="2">
-        <v>48.22</v>
+        <v>9.07</v>
       </c>
     </row>
     <row r="1863" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1863" s="1" t="s">
-        <v>1059</v>
+        <v>2978</v>
       </c>
       <c r="B1863" s="2">
-        <v>48.22</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="1864" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1864" s="1" t="s">
-        <v>3336</v>
+        <v>1044</v>
       </c>
       <c r="B1864" s="2">
-        <v>137.5</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="1865" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1865" s="1" t="s">
-        <v>1060</v>
+        <v>4070</v>
       </c>
       <c r="B1865" s="2">
-        <v>41.06</v>
+        <v>39.020000000000003</v>
       </c>
     </row>
     <row r="1866" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1866" s="1" t="s">
-        <v>3130</v>
+        <v>4071</v>
       </c>
       <c r="B1866" s="2">
-        <v>41.06</v>
+        <v>39.020000000000003</v>
       </c>
     </row>
     <row r="1867" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1867" s="1" t="s">
-        <v>2578</v>
+        <v>3217</v>
       </c>
       <c r="B1867" s="2">
         <v>41.06</v>
       </c>
     </row>
     <row r="1868" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1868" s="1" t="s">
-        <v>1061</v>
+        <v>3218</v>
       </c>
       <c r="B1868" s="2">
-        <v>85.7</v>
+        <v>2938.27</v>
       </c>
     </row>
     <row r="1869" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1869" s="1" t="s">
-        <v>3218</v>
+        <v>3219</v>
       </c>
       <c r="B1869" s="2">
-        <v>48.22</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1870" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1870" s="1" t="s">
-        <v>1062</v>
+        <v>3220</v>
       </c>
       <c r="B1870" s="2">
-        <v>48.22</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1871" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1871" s="1" t="s">
-        <v>1063</v>
+        <v>1045</v>
       </c>
       <c r="B1871" s="2">
-        <v>308.94</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1872" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1872" s="1" t="s">
-        <v>1064</v>
+        <v>3017</v>
       </c>
       <c r="B1872" s="2">
-        <v>60.71</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1873" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1873" s="1" t="s">
-        <v>2579</v>
+        <v>1046</v>
       </c>
       <c r="B1873" s="2">
-        <v>60.71</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1874" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1874" s="1" t="s">
-        <v>3225</v>
+        <v>1047</v>
       </c>
       <c r="B1874" s="2">
-        <v>83.93</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1875" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1875" s="1" t="s">
-        <v>1065</v>
+        <v>1048</v>
       </c>
       <c r="B1875" s="2">
-        <v>83.93</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1876" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1876" s="1" t="s">
-        <v>3224</v>
+        <v>2982</v>
       </c>
       <c r="B1876" s="2">
-        <v>83.93</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1877" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1877" s="1" t="s">
-        <v>1066</v>
+        <v>1049</v>
       </c>
       <c r="B1877" s="2">
-        <v>83.93</v>
+        <v>1586.87</v>
       </c>
     </row>
     <row r="1878" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1878" s="1" t="s">
-        <v>3027</v>
+        <v>1050</v>
       </c>
       <c r="B1878" s="2">
-        <v>701.88</v>
+        <v>1128.2</v>
       </c>
     </row>
     <row r="1879" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1879" s="1" t="s">
-        <v>3028</v>
+        <v>1051</v>
       </c>
       <c r="B1879" s="2">
-        <v>526.72</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1880" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1880" s="1" t="s">
-        <v>3227</v>
+        <v>3267</v>
       </c>
       <c r="B1880" s="2">
-        <v>83.93</v>
+        <v>9444.2000000000007</v>
       </c>
     </row>
     <row r="1881" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1881" s="1" t="s">
-        <v>3228</v>
+        <v>3256</v>
       </c>
       <c r="B1881" s="2">
-        <v>83.93</v>
+        <v>451.05</v>
       </c>
     </row>
     <row r="1882" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1882" s="1" t="s">
-        <v>3226</v>
+        <v>2561</v>
       </c>
       <c r="B1882" s="2">
-        <v>83.93</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="1883" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1883" s="1" t="s">
-        <v>1067</v>
+        <v>1052</v>
       </c>
       <c r="B1883" s="2">
-        <v>83.93</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1884" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1884" s="1" t="s">
-        <v>2580</v>
+        <v>1053</v>
       </c>
       <c r="B1884" s="2">
         <v>48.22</v>
       </c>
     </row>
     <row r="1885" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1885" s="1" t="s">
-        <v>2581</v>
+        <v>3230</v>
       </c>
       <c r="B1885" s="2">
-        <v>48.22</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="1886" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1886" s="1" t="s">
-        <v>2962</v>
+        <v>1054</v>
       </c>
       <c r="B1886" s="2">
-        <v>159.82</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1887" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1887" s="1" t="s">
-        <v>1068</v>
+        <v>3030</v>
       </c>
       <c r="B1887" s="2">
         <v>41.06</v>
       </c>
     </row>
     <row r="1888" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1888" s="1" t="s">
-        <v>1069</v>
+        <v>2562</v>
       </c>
       <c r="B1888" s="2">
-        <v>159.82</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1889" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1889" s="1" t="s">
-        <v>1070</v>
+        <v>1055</v>
       </c>
       <c r="B1889" s="2">
-        <v>41.96</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="1890" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1890" s="1" t="s">
-        <v>1071</v>
+        <v>3117</v>
       </c>
       <c r="B1890" s="2">
-        <v>80.349999999999994</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1891" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1891" s="1" t="s">
-        <v>3079</v>
+        <v>1056</v>
       </c>
       <c r="B1891" s="2">
-        <v>41.96</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1892" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1892" s="1" t="s">
-        <v>1072</v>
+        <v>1057</v>
       </c>
       <c r="B1892" s="2">
-        <v>41.96</v>
+        <v>308.94</v>
       </c>
     </row>
     <row r="1893" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1893" s="1" t="s">
-        <v>3081</v>
+        <v>1058</v>
       </c>
       <c r="B1893" s="2">
-        <v>41.96</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1894" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1894" s="1" t="s">
-        <v>1073</v>
+        <v>2563</v>
       </c>
       <c r="B1894" s="2">
-        <v>935.52</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1895" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1895" s="1" t="s">
-        <v>1074</v>
+        <v>3124</v>
       </c>
       <c r="B1895" s="2">
-        <v>108.02</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1896" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1896" s="1" t="s">
-        <v>3283</v>
+        <v>1059</v>
       </c>
       <c r="B1896" s="2">
-        <v>365.16</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1897" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1897" s="1" t="s">
-        <v>1075</v>
+        <v>3123</v>
       </c>
       <c r="B1897" s="2">
-        <v>48.22</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1898" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1898" s="1" t="s">
-        <v>3237</v>
+        <v>1060</v>
       </c>
       <c r="B1898" s="2">
         <v>83.93</v>
       </c>
     </row>
     <row r="1899" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1899" s="1" t="s">
-        <v>1076</v>
+        <v>2927</v>
       </c>
       <c r="B1899" s="2">
-        <v>48.22</v>
+        <v>701.88</v>
       </c>
     </row>
     <row r="1900" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1900" s="1" t="s">
-        <v>2582</v>
+        <v>2928</v>
       </c>
       <c r="B1900" s="2">
-        <v>83.93</v>
+        <v>526.72</v>
       </c>
     </row>
     <row r="1901" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1901" s="1" t="s">
-        <v>2583</v>
+        <v>3126</v>
       </c>
       <c r="B1901" s="2">
-        <v>48.22</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1902" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1902" s="1" t="s">
-        <v>1077</v>
+        <v>3127</v>
       </c>
       <c r="B1902" s="2">
-        <v>102.12</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1903" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1903" s="1" t="s">
-        <v>2584</v>
+        <v>3125</v>
       </c>
       <c r="B1903" s="2">
         <v>83.93</v>
       </c>
     </row>
     <row r="1904" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1904" s="1" t="s">
-        <v>3180</v>
+        <v>1061</v>
       </c>
       <c r="B1904" s="2">
-        <v>177.67</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1905" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1905" s="1" t="s">
-        <v>1078</v>
+        <v>2564</v>
       </c>
       <c r="B1905" s="2">
-        <v>388.5</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1906" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1906" s="1" t="s">
-        <v>3181</v>
+        <v>2565</v>
       </c>
       <c r="B1906" s="2">
-        <v>177.67</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1907" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1907" s="1" t="s">
-        <v>2585</v>
+        <v>2862</v>
       </c>
       <c r="B1907" s="2">
-        <v>390.96</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1908" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1908" s="1" t="s">
-        <v>3012</v>
+        <v>1062</v>
       </c>
       <c r="B1908" s="2">
-        <v>414.68</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="1909" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1909" s="1" t="s">
-        <v>3007</v>
+        <v>1063</v>
       </c>
       <c r="B1909" s="2">
-        <v>485.42</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1910" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1910" s="1" t="s">
-        <v>2586</v>
+        <v>1064</v>
       </c>
       <c r="B1910" s="2">
-        <v>203.88</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1911" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1911" s="1" t="s">
-        <v>3010</v>
+        <v>1065</v>
       </c>
       <c r="B1911" s="2">
-        <v>159.82</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="1912" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1912" s="1" t="s">
-        <v>3014</v>
+        <v>2979</v>
       </c>
       <c r="B1912" s="2">
-        <v>212.7</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1913" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1913" s="1" t="s">
-        <v>3009</v>
+        <v>1066</v>
       </c>
       <c r="B1913" s="2">
-        <v>159.82</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1914" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1914" s="1" t="s">
-        <v>3013</v>
+        <v>2981</v>
       </c>
       <c r="B1914" s="2">
-        <v>402.46</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1915" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1915" s="1" t="s">
-        <v>3008</v>
+        <v>1067</v>
       </c>
       <c r="B1915" s="2">
-        <v>484.31</v>
+        <v>963.59</v>
       </c>
     </row>
     <row r="1916" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1916" s="1" t="s">
-        <v>2587</v>
+        <v>1068</v>
       </c>
       <c r="B1916" s="2">
-        <v>159.82</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="1917" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1917" s="1" t="s">
-        <v>1079</v>
+        <v>3181</v>
       </c>
       <c r="B1917" s="2">
-        <v>159.82</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="1918" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1918" s="1" t="s">
-        <v>3011</v>
+        <v>1069</v>
       </c>
       <c r="B1918" s="2">
-        <v>264.89</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1919" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1919" s="1" t="s">
-        <v>3176</v>
+        <v>3136</v>
       </c>
       <c r="B1919" s="2">
-        <v>177.67</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1920" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1920" s="1" t="s">
-        <v>1080</v>
+        <v>1070</v>
       </c>
       <c r="B1920" s="2">
-        <v>71.42</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1921" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1921" s="1" t="s">
-        <v>3177</v>
+        <v>2566</v>
       </c>
       <c r="B1921" s="2">
-        <v>71.42</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1922" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1922" s="1" t="s">
-        <v>3178</v>
+        <v>2567</v>
       </c>
       <c r="B1922" s="2">
-        <v>177.67</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1923" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1923" s="1" t="s">
-        <v>3179</v>
+        <v>1071</v>
       </c>
       <c r="B1923" s="2">
-        <v>177.67</v>
+        <v>102.12</v>
       </c>
     </row>
     <row r="1924" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1924" s="1" t="s">
-        <v>1081</v>
+        <v>2568</v>
       </c>
       <c r="B1924" s="2">
-        <v>462.67</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1925" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1925" s="1" t="s">
-        <v>3202</v>
+        <v>3079</v>
       </c>
       <c r="B1925" s="2">
-        <v>48.22</v>
+        <v>177.67</v>
       </c>
     </row>
     <row r="1926" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1926" s="1" t="s">
-        <v>1082</v>
+        <v>1072</v>
       </c>
       <c r="B1926" s="2">
-        <v>68.75</v>
+        <v>388.5</v>
       </c>
     </row>
     <row r="1927" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1927" s="1" t="s">
-        <v>2841</v>
+        <v>3080</v>
       </c>
       <c r="B1927" s="2">
-        <v>83.03</v>
+        <v>177.67</v>
       </c>
     </row>
     <row r="1928" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1928" s="1" t="s">
-        <v>2842</v>
+        <v>2569</v>
       </c>
       <c r="B1928" s="2">
-        <v>212.16</v>
+        <v>390.96</v>
       </c>
     </row>
     <row r="1929" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1929" s="1" t="s">
-        <v>2843</v>
+        <v>2912</v>
       </c>
       <c r="B1929" s="2">
-        <v>83.03</v>
+        <v>414.68</v>
       </c>
     </row>
     <row r="1930" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1930" s="1" t="s">
-        <v>2844</v>
+        <v>2907</v>
       </c>
       <c r="B1930" s="2">
-        <v>169.63</v>
+        <v>485.42</v>
       </c>
     </row>
     <row r="1931" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1931" s="1" t="s">
-        <v>1083</v>
+        <v>2570</v>
       </c>
       <c r="B1931" s="2">
-        <v>35</v>
+        <v>203.88</v>
       </c>
     </row>
     <row r="1932" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1932" s="1" t="s">
-        <v>1084</v>
+        <v>2910</v>
       </c>
       <c r="B1932" s="2">
-        <v>300</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1933" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1933" s="1" t="s">
-        <v>2918</v>
+        <v>2914</v>
       </c>
       <c r="B1933" s="2">
-        <v>159.82</v>
+        <v>212.7</v>
       </c>
     </row>
     <row r="1934" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1934" s="1" t="s">
-        <v>2925</v>
+        <v>2909</v>
       </c>
       <c r="B1934" s="2">
         <v>159.82</v>
       </c>
     </row>
     <row r="1935" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1935" s="1" t="s">
-        <v>2919</v>
+        <v>2913</v>
       </c>
       <c r="B1935" s="2">
-        <v>159.82</v>
+        <v>402.46</v>
       </c>
     </row>
     <row r="1936" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1936" s="1" t="s">
-        <v>2920</v>
+        <v>2908</v>
       </c>
       <c r="B1936" s="2">
-        <v>159.82</v>
+        <v>484.31</v>
       </c>
     </row>
     <row r="1937" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1937" s="1" t="s">
-        <v>2921</v>
+        <v>2571</v>
       </c>
       <c r="B1937" s="2">
         <v>159.82</v>
       </c>
     </row>
     <row r="1938" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1938" s="1" t="s">
-        <v>2922</v>
+        <v>1073</v>
       </c>
       <c r="B1938" s="2">
         <v>159.82</v>
       </c>
     </row>
     <row r="1939" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1939" s="1" t="s">
-        <v>2923</v>
+        <v>2911</v>
       </c>
       <c r="B1939" s="2">
-        <v>159.82</v>
+        <v>264.89</v>
       </c>
     </row>
     <row r="1940" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1940" s="1" t="s">
-        <v>2924</v>
+        <v>3075</v>
       </c>
       <c r="B1940" s="2">
-        <v>159.82</v>
+        <v>177.67</v>
       </c>
     </row>
     <row r="1941" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1941" s="1" t="s">
-        <v>3337</v>
+        <v>1074</v>
       </c>
       <c r="B1941" s="2">
-        <v>83.93</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="1942" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1942" s="1" t="s">
-        <v>1085</v>
+        <v>3076</v>
       </c>
       <c r="B1942" s="2">
-        <v>83.93</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="1943" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1943" s="1" t="s">
-        <v>3231</v>
+        <v>3077</v>
       </c>
       <c r="B1943" s="2">
-        <v>83.93</v>
+        <v>177.67</v>
       </c>
     </row>
     <row r="1944" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1944" s="1" t="s">
-        <v>3026</v>
+        <v>3078</v>
       </c>
       <c r="B1944" s="2">
-        <v>814.86</v>
+        <v>177.67</v>
       </c>
     </row>
     <row r="1945" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1945" s="1" t="s">
-        <v>3033</v>
+        <v>4072</v>
       </c>
       <c r="B1945" s="2">
-        <v>701.88</v>
+        <v>1.1599999999999999</v>
       </c>
     </row>
     <row r="1946" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1946" s="1" t="s">
-        <v>3098</v>
+        <v>1075</v>
       </c>
       <c r="B1946" s="2">
-        <v>41.96</v>
+        <v>476.55</v>
       </c>
     </row>
     <row r="1947" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1947" s="1" t="s">
-        <v>2588</v>
+        <v>3101</v>
       </c>
       <c r="B1947" s="2">
-        <v>191.95</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1948" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1948" s="1" t="s">
-        <v>2589</v>
+        <v>1076</v>
       </c>
       <c r="B1948" s="2">
-        <v>60.71</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1949" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1949" s="1" t="s">
-        <v>1086</v>
+        <v>2756</v>
       </c>
       <c r="B1949" s="2">
-        <v>119.08</v>
+        <v>85.52</v>
       </c>
     </row>
     <row r="1950" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1950" s="1" t="s">
-        <v>1087</v>
+        <v>2757</v>
       </c>
       <c r="B1950" s="2">
-        <v>111.77</v>
+        <v>218.52</v>
       </c>
     </row>
     <row r="1951" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1951" s="1" t="s">
-        <v>1088</v>
+        <v>2758</v>
       </c>
       <c r="B1951" s="2">
-        <v>682.59</v>
+        <v>85.52</v>
       </c>
     </row>
     <row r="1952" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1952" s="1" t="s">
-        <v>1089</v>
+        <v>2759</v>
       </c>
       <c r="B1952" s="2">
-        <v>68.75</v>
+        <v>174.72</v>
       </c>
     </row>
     <row r="1953" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1953" s="1" t="s">
-        <v>1090</v>
+        <v>1077</v>
       </c>
       <c r="B1953" s="2">
-        <v>1013.78</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1954" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1954" s="1" t="s">
-        <v>1091</v>
+        <v>1078</v>
       </c>
       <c r="B1954" s="2">
-        <v>5417.74</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1955" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1955" s="1" t="s">
-        <v>1092</v>
+        <v>2818</v>
       </c>
       <c r="B1955" s="2">
-        <v>282.22000000000003</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1956" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1956" s="1" t="s">
-        <v>1093</v>
+        <v>2825</v>
       </c>
       <c r="B1956" s="2">
-        <v>1684.09</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1957" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1957" s="1" t="s">
-        <v>1094</v>
+        <v>2819</v>
       </c>
       <c r="B1957" s="2">
-        <v>493.89</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1958" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1958" s="1" t="s">
-        <v>1095</v>
+        <v>2820</v>
       </c>
       <c r="B1958" s="2">
-        <v>493.89</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1959" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1959" s="1" t="s">
-        <v>1096</v>
+        <v>2821</v>
       </c>
       <c r="B1959" s="2">
-        <v>6611.67</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1960" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1960" s="1" t="s">
-        <v>1097</v>
+        <v>2822</v>
       </c>
       <c r="B1960" s="2">
-        <v>301.88</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1961" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1961" s="1" t="s">
-        <v>1098</v>
+        <v>2823</v>
       </c>
       <c r="B1961" s="2">
-        <v>2600.13</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1962" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1962" s="1" t="s">
-        <v>1099</v>
+        <v>2824</v>
       </c>
       <c r="B1962" s="2">
-        <v>6447.73</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="1963" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1963" s="1" t="s">
-        <v>1100</v>
+        <v>3231</v>
       </c>
       <c r="B1963" s="2">
-        <v>4277.2700000000004</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1964" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1964" s="1" t="s">
-        <v>1101</v>
+        <v>1079</v>
       </c>
       <c r="B1964" s="2">
-        <v>4653.18</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1965" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1965" s="1" t="s">
-        <v>1102</v>
+        <v>4073</v>
       </c>
       <c r="B1965" s="2">
-        <v>2275.87</v>
+        <v>84.21</v>
       </c>
     </row>
     <row r="1966" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1966" s="1" t="s">
-        <v>1103</v>
+        <v>3130</v>
       </c>
       <c r="B1966" s="2">
-        <v>493.89</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="1967" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1967" s="1" t="s">
-        <v>1104</v>
+        <v>2926</v>
       </c>
       <c r="B1967" s="2">
-        <v>1696.8</v>
+        <v>814.86</v>
       </c>
     </row>
     <row r="1968" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1968" s="1" t="s">
-        <v>1105</v>
+        <v>2933</v>
       </c>
       <c r="B1968" s="2">
-        <v>248.02</v>
+        <v>701.88</v>
       </c>
     </row>
     <row r="1969" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1969" s="1" t="s">
-        <v>1106</v>
+        <v>2998</v>
       </c>
       <c r="B1969" s="2">
-        <v>122.37</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="1970" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1970" s="1" t="s">
-        <v>1107</v>
+        <v>2572</v>
       </c>
       <c r="B1970" s="2">
-        <v>48.22</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="1971" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1971" s="1" t="s">
-        <v>1108</v>
+        <v>2573</v>
       </c>
       <c r="B1971" s="2">
         <v>60.71</v>
       </c>
     </row>
     <row r="1972" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1972" s="1" t="s">
-        <v>3144</v>
+        <v>1080</v>
       </c>
       <c r="B1972" s="2">
-        <v>60.71</v>
+        <v>122.65</v>
       </c>
     </row>
     <row r="1973" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1973" s="1" t="s">
-        <v>3146</v>
+        <v>1081</v>
       </c>
       <c r="B1973" s="2">
-        <v>60.71</v>
+        <v>109.75</v>
       </c>
     </row>
     <row r="1974" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1974" s="1" t="s">
-        <v>1109</v>
+        <v>1082</v>
       </c>
       <c r="B1974" s="2">
-        <v>60.71</v>
+        <v>495.13</v>
       </c>
     </row>
     <row r="1975" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1975" s="1" t="s">
-        <v>1110</v>
+        <v>1083</v>
       </c>
       <c r="B1975" s="2">
-        <v>60.71</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="1976" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1976" s="1" t="s">
-        <v>1111</v>
+        <v>1084</v>
       </c>
       <c r="B1976" s="2">
-        <v>60.71</v>
+        <v>1044.19</v>
       </c>
     </row>
     <row r="1977" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1977" s="1" t="s">
-        <v>1112</v>
+        <v>1085</v>
       </c>
       <c r="B1977" s="2">
-        <v>60.71</v>
+        <v>5580.27</v>
       </c>
     </row>
     <row r="1978" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1978" s="1" t="s">
-        <v>3327</v>
+        <v>1086</v>
       </c>
       <c r="B1978" s="2">
-        <v>84.22</v>
+        <v>290.69</v>
       </c>
     </row>
     <row r="1979" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1979" s="1" t="s">
-        <v>1113</v>
+        <v>1087</v>
       </c>
       <c r="B1979" s="2">
-        <v>500.14</v>
+        <v>1734.61</v>
       </c>
     </row>
     <row r="1980" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1980" s="1" t="s">
-        <v>2590</v>
+        <v>1088</v>
       </c>
       <c r="B1980" s="2">
-        <v>315.58999999999997</v>
+        <v>508.71</v>
       </c>
     </row>
     <row r="1981" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1981" s="1" t="s">
-        <v>3031</v>
+        <v>1089</v>
       </c>
       <c r="B1981" s="2">
-        <v>2938.27</v>
+        <v>508.71</v>
       </c>
     </row>
     <row r="1982" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1982" s="1" t="s">
-        <v>1114</v>
+        <v>1090</v>
       </c>
       <c r="B1982" s="2">
-        <v>549.41</v>
+        <v>6810.02</v>
       </c>
     </row>
     <row r="1983" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1983" s="1" t="s">
-        <v>1115</v>
+        <v>1091</v>
       </c>
       <c r="B1983" s="2">
-        <v>8259.57</v>
+        <v>310.94</v>
       </c>
     </row>
     <row r="1984" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1984" s="1" t="s">
-        <v>1116</v>
+        <v>1092</v>
       </c>
       <c r="B1984" s="2">
-        <v>121.46</v>
+        <v>2678.13</v>
       </c>
     </row>
     <row r="1985" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1985" s="1" t="s">
-        <v>1117</v>
+        <v>1093</v>
       </c>
       <c r="B1985" s="2">
-        <v>327.68</v>
+        <v>6641.16</v>
       </c>
     </row>
     <row r="1986" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1986" s="1" t="s">
-        <v>1118</v>
+        <v>1094</v>
       </c>
       <c r="B1986" s="2">
-        <v>121.46</v>
+        <v>4405.59</v>
       </c>
     </row>
     <row r="1987" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1987" s="1" t="s">
-        <v>2591</v>
+        <v>1095</v>
       </c>
       <c r="B1987" s="2">
-        <v>60.71</v>
+        <v>4792.78</v>
       </c>
     </row>
     <row r="1988" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1988" s="1" t="s">
-        <v>2926</v>
+        <v>1096</v>
       </c>
       <c r="B1988" s="2">
-        <v>231.9</v>
+        <v>2344.15</v>
       </c>
     </row>
     <row r="1989" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1989" s="1" t="s">
-        <v>2927</v>
+        <v>1097</v>
       </c>
       <c r="B1989" s="2">
-        <v>354.95</v>
+        <v>508.71</v>
       </c>
     </row>
     <row r="1990" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1990" s="1" t="s">
-        <v>3145</v>
+        <v>1098</v>
       </c>
       <c r="B1990" s="2">
-        <v>137.5</v>
+        <v>1747.7</v>
       </c>
     </row>
     <row r="1991" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1991" s="1" t="s">
-        <v>1119</v>
+        <v>1099</v>
       </c>
       <c r="B1991" s="2">
-        <v>365.16</v>
+        <v>248.02</v>
       </c>
     </row>
     <row r="1992" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1992" s="1" t="s">
-        <v>1120</v>
+        <v>1100</v>
       </c>
       <c r="B1992" s="2">
-        <v>80.349999999999994</v>
+        <v>122.37</v>
       </c>
     </row>
     <row r="1993" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1993" s="1" t="s">
-        <v>1121</v>
+        <v>1101</v>
       </c>
       <c r="B1993" s="2">
-        <v>137.5</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="1994" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1994" s="1" t="s">
-        <v>1122</v>
+        <v>1102</v>
       </c>
       <c r="B1994" s="2">
-        <v>41.96</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1995" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1995" s="1" t="s">
-        <v>2965</v>
+        <v>3043</v>
       </c>
       <c r="B1995" s="2">
-        <v>237.59</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1996" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1996" s="1" t="s">
-        <v>2592</v>
+        <v>3045</v>
       </c>
       <c r="B1996" s="2">
-        <v>353.42</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1997" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1997" s="1" t="s">
-        <v>2966</v>
+        <v>1103</v>
       </c>
       <c r="B1997" s="2">
-        <v>207.28</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1998" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1998" s="1" t="s">
-        <v>2964</v>
+        <v>1104</v>
       </c>
       <c r="B1998" s="2">
-        <v>159.82</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="1999" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A1999" s="1" t="s">
-        <v>1123</v>
+        <v>1105</v>
       </c>
       <c r="B1999" s="2">
-        <v>2491.42</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2000" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2000" s="1" t="s">
-        <v>1124</v>
+        <v>1106</v>
       </c>
       <c r="B2000" s="2">
-        <v>2740.81</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2001" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2001" s="1" t="s">
-        <v>1125</v>
+        <v>1107</v>
       </c>
       <c r="B2001" s="2">
-        <v>13555.83</v>
+        <v>500.14</v>
       </c>
     </row>
     <row r="2002" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2002" s="1" t="s">
-        <v>1126</v>
+        <v>2574</v>
       </c>
       <c r="B2002" s="2">
-        <v>11296.58</v>
+        <v>315.58999999999997</v>
       </c>
     </row>
     <row r="2003" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2003" s="1" t="s">
-        <v>1127</v>
+        <v>2931</v>
       </c>
       <c r="B2003" s="2">
-        <v>25348.3</v>
+        <v>2938.27</v>
       </c>
     </row>
     <row r="2004" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2004" s="1" t="s">
-        <v>1128</v>
+        <v>1108</v>
       </c>
       <c r="B2004" s="2">
-        <v>11296.58</v>
+        <v>565.89</v>
       </c>
     </row>
     <row r="2005" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2005" s="1" t="s">
-        <v>1129</v>
+        <v>1109</v>
       </c>
       <c r="B2005" s="2">
-        <v>3639.97</v>
+        <v>8507.36</v>
       </c>
     </row>
     <row r="2006" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2006" s="1" t="s">
-        <v>1130</v>
+        <v>1110</v>
       </c>
       <c r="B2006" s="2">
-        <v>3639.97</v>
+        <v>125.1</v>
       </c>
     </row>
     <row r="2007" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2007" s="1" t="s">
-        <v>3147</v>
+        <v>1111</v>
       </c>
       <c r="B2007" s="2">
-        <v>60.71</v>
+        <v>337.51</v>
       </c>
     </row>
     <row r="2008" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2008" s="1" t="s">
-        <v>1131</v>
+        <v>1112</v>
       </c>
       <c r="B2008" s="2">
-        <v>137.5</v>
+        <v>125.1</v>
       </c>
     </row>
     <row r="2009" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2009" s="1" t="s">
-        <v>1132</v>
+        <v>2575</v>
       </c>
       <c r="B2009" s="2">
-        <v>151.51</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2010" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2010" s="1" t="s">
-        <v>1133</v>
+        <v>2826</v>
       </c>
       <c r="B2010" s="2">
-        <v>66.48</v>
+        <v>231.9</v>
       </c>
     </row>
     <row r="2011" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2011" s="1" t="s">
-        <v>1134</v>
+        <v>2827</v>
       </c>
       <c r="B2011" s="2">
-        <v>80.349999999999994</v>
+        <v>354.95</v>
       </c>
     </row>
     <row r="2012" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2012" s="1" t="s">
-        <v>3084</v>
+        <v>3044</v>
       </c>
       <c r="B2012" s="2">
-        <v>41.96</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="2013" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2013" s="1" t="s">
-        <v>1135</v>
+        <v>1113</v>
       </c>
       <c r="B2013" s="2">
-        <v>80.349999999999994</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2014" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2014" s="1" t="s">
-        <v>2593</v>
+        <v>1114</v>
       </c>
       <c r="B2014" s="2">
-        <v>60.71</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2015" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2015" s="1" t="s">
-        <v>1136</v>
+        <v>1115</v>
       </c>
       <c r="B2015" s="2">
-        <v>365.16</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="2016" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2016" s="1" t="s">
-        <v>2594</v>
+        <v>1116</v>
       </c>
       <c r="B2016" s="2">
-        <v>365.16</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2017" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2017" s="1" t="s">
-        <v>2595</v>
+        <v>2865</v>
       </c>
       <c r="B2017" s="2">
-        <v>410.98</v>
+        <v>237.59</v>
       </c>
     </row>
     <row r="2018" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2018" s="1" t="s">
-        <v>2596</v>
+        <v>2576</v>
       </c>
       <c r="B2018" s="2">
-        <v>365.16</v>
+        <v>353.42</v>
       </c>
     </row>
     <row r="2019" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2019" s="1" t="s">
-        <v>3466</v>
+        <v>2866</v>
       </c>
       <c r="B2019" s="2">
-        <v>5337.33</v>
+        <v>207.28</v>
       </c>
     </row>
     <row r="2020" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2020" s="1" t="s">
-        <v>3363</v>
+        <v>2864</v>
       </c>
       <c r="B2020" s="2">
-        <v>8323.5</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2021" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2021" s="1" t="s">
-        <v>3438</v>
+        <v>1117</v>
       </c>
       <c r="B2021" s="2">
-        <v>1221.0999999999999</v>
+        <v>2566.16</v>
       </c>
     </row>
     <row r="2022" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2022" s="1" t="s">
-        <v>3373</v>
+        <v>1118</v>
       </c>
       <c r="B2022" s="2">
-        <v>352.8</v>
+        <v>2823.03</v>
       </c>
     </row>
     <row r="2023" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2023" s="1" t="s">
-        <v>1137</v>
+        <v>1119</v>
       </c>
       <c r="B2023" s="2">
-        <v>3211.22</v>
+        <v>13962.5</v>
       </c>
     </row>
     <row r="2024" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2024" s="1" t="s">
-        <v>1138</v>
+        <v>1120</v>
       </c>
       <c r="B2024" s="2">
-        <v>3723.67</v>
+        <v>11635.48</v>
       </c>
     </row>
     <row r="2025" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2025" s="1" t="s">
-        <v>1139</v>
+        <v>1121</v>
       </c>
       <c r="B2025" s="2">
-        <v>2180.27</v>
+        <v>26108.75</v>
       </c>
     </row>
     <row r="2026" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2026" s="1" t="s">
-        <v>1140</v>
+        <v>1122</v>
       </c>
       <c r="B2026" s="2">
-        <v>148.05000000000001</v>
+        <v>11635.48</v>
       </c>
     </row>
     <row r="2027" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2027" s="1" t="s">
-        <v>2798</v>
+        <v>1123</v>
       </c>
       <c r="B2027" s="2">
-        <v>2640.42</v>
+        <v>3749.17</v>
       </c>
     </row>
     <row r="2028" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2028" s="1" t="s">
-        <v>2597</v>
+        <v>1124</v>
       </c>
       <c r="B2028" s="2">
-        <v>8326.4699999999993</v>
+        <v>3749.17</v>
       </c>
     </row>
     <row r="2029" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2029" s="1" t="s">
-        <v>1141</v>
+        <v>3046</v>
       </c>
       <c r="B2029" s="2">
-        <v>403.67</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2030" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2030" s="1" t="s">
-        <v>1142</v>
+        <v>1125</v>
       </c>
       <c r="B2030" s="2">
-        <v>2561.98</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="2031" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2031" s="1" t="s">
-        <v>1143</v>
+        <v>1126</v>
       </c>
       <c r="B2031" s="2">
-        <v>403.69</v>
+        <v>156.06</v>
       </c>
     </row>
     <row r="2032" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2032" s="1" t="s">
-        <v>1144</v>
+        <v>1127</v>
       </c>
       <c r="B2032" s="2">
-        <v>807.39</v>
+        <v>68.47</v>
       </c>
     </row>
     <row r="2033" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2033" s="1" t="s">
-        <v>1145</v>
+        <v>1128</v>
       </c>
       <c r="B2033" s="2">
-        <v>5530.86</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2034" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2034" s="1" t="s">
-        <v>1146</v>
+        <v>2984</v>
       </c>
       <c r="B2034" s="2">
-        <v>9568.11</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2035" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2035" s="1" t="s">
-        <v>2598</v>
+        <v>1129</v>
       </c>
       <c r="B2035" s="2">
-        <v>166.06</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2036" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2036" s="1" t="s">
-        <v>1147</v>
+        <v>2577</v>
       </c>
       <c r="B2036" s="2">
-        <v>48.22</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2037" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2037" s="1" t="s">
-        <v>1148</v>
+        <v>1130</v>
       </c>
       <c r="B2037" s="2">
-        <v>166.06</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2038" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2038" s="1" t="s">
-        <v>2599</v>
+        <v>2578</v>
       </c>
       <c r="B2038" s="2">
-        <v>48.22</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2039" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2039" s="1" t="s">
-        <v>3408</v>
+        <v>2579</v>
       </c>
       <c r="B2039" s="2">
-        <v>46804.92</v>
+        <v>410.98</v>
       </c>
     </row>
     <row r="2040" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2040" s="1" t="s">
-        <v>3029</v>
+        <v>2580</v>
       </c>
       <c r="B2040" s="2">
-        <v>701.88</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2041" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2041" s="1" t="s">
-        <v>1149</v>
+        <v>3344</v>
       </c>
       <c r="B2041" s="2">
-        <v>60.71</v>
+        <v>4452.9799999999996</v>
       </c>
     </row>
     <row r="2042" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2042" s="1" t="s">
-        <v>1150</v>
+        <v>4074</v>
       </c>
       <c r="B2042" s="2">
-        <v>58.5</v>
+        <v>441</v>
       </c>
     </row>
     <row r="2043" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2043" s="1" t="s">
-        <v>1151</v>
+        <v>4075</v>
       </c>
       <c r="B2043" s="2">
-        <v>123.76</v>
+        <v>1323.02</v>
       </c>
     </row>
     <row r="2044" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2044" s="1" t="s">
-        <v>1152</v>
+        <v>3257</v>
       </c>
       <c r="B2044" s="2">
-        <v>566.98</v>
+        <v>4052.2</v>
       </c>
     </row>
     <row r="2045" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2045" s="1" t="s">
-        <v>1153</v>
+        <v>4076</v>
       </c>
       <c r="B2045" s="2">
-        <v>2040.33</v>
+        <v>11466</v>
       </c>
     </row>
     <row r="2046" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2046" s="1" t="s">
-        <v>1154</v>
+        <v>3325</v>
       </c>
       <c r="B2046" s="2">
-        <v>2040.33</v>
+        <v>685.71</v>
       </c>
     </row>
     <row r="2047" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2047" s="1" t="s">
-        <v>1155</v>
+        <v>4077</v>
       </c>
       <c r="B2047" s="2">
-        <v>1287.3499999999999</v>
+        <v>352.8</v>
       </c>
     </row>
     <row r="2048" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2048" s="1" t="s">
-        <v>1156</v>
+        <v>3266</v>
       </c>
       <c r="B2048" s="2">
-        <v>2040.33</v>
+        <v>762.54</v>
       </c>
     </row>
     <row r="2049" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2049" s="1" t="s">
-        <v>1157</v>
+        <v>1131</v>
       </c>
       <c r="B2049" s="2">
-        <v>1287.3499999999999</v>
+        <v>3211.22</v>
       </c>
     </row>
     <row r="2050" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2050" s="1" t="s">
-        <v>1158</v>
+        <v>1132</v>
       </c>
       <c r="B2050" s="2">
-        <v>1287.3499999999999</v>
+        <v>3723.67</v>
       </c>
     </row>
     <row r="2051" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2051" s="1" t="s">
-        <v>1159</v>
+        <v>1133</v>
       </c>
       <c r="B2051" s="2">
-        <v>2203.42</v>
+        <v>2245.6799999999998</v>
       </c>
     </row>
     <row r="2052" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2052" s="1" t="s">
-        <v>1160</v>
+        <v>1134</v>
       </c>
       <c r="B2052" s="2">
-        <v>1577.51</v>
+        <v>152.49</v>
       </c>
     </row>
     <row r="2053" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2053" s="1" t="s">
-        <v>1161</v>
+        <v>2740</v>
       </c>
       <c r="B2053" s="2">
-        <v>1287.3499999999999</v>
+        <v>2719.63</v>
       </c>
     </row>
     <row r="2054" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2054" s="1" t="s">
-        <v>1162</v>
+        <v>2581</v>
       </c>
       <c r="B2054" s="2">
-        <v>1287.3499999999999</v>
+        <v>8576.26</v>
       </c>
     </row>
     <row r="2055" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2055" s="1" t="s">
-        <v>1163</v>
+        <v>1135</v>
       </c>
       <c r="B2055" s="2">
-        <v>2040.33</v>
+        <v>415.78</v>
       </c>
     </row>
     <row r="2056" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2056" s="1" t="s">
-        <v>1164</v>
+        <v>1136</v>
       </c>
       <c r="B2056" s="2">
-        <v>1287.3499999999999</v>
+        <v>2638.84</v>
       </c>
     </row>
     <row r="2057" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2057" s="1" t="s">
-        <v>1165</v>
+        <v>1137</v>
       </c>
       <c r="B2057" s="2">
-        <v>1287.3499999999999</v>
+        <v>415.8</v>
       </c>
     </row>
     <row r="2058" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2058" s="1" t="s">
-        <v>1166</v>
+        <v>1138</v>
       </c>
       <c r="B2058" s="2">
-        <v>277.60000000000002</v>
+        <v>831.61</v>
       </c>
     </row>
     <row r="2059" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2059" s="1" t="s">
-        <v>1167</v>
+        <v>4078</v>
       </c>
       <c r="B2059" s="2">
-        <v>1694.48</v>
+        <v>9.4600000000000009</v>
       </c>
     </row>
     <row r="2060" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2060" s="1" t="s">
-        <v>1168</v>
+        <v>4079</v>
       </c>
       <c r="B2060" s="2">
-        <v>2040.33</v>
+        <v>5530.86</v>
       </c>
     </row>
     <row r="2061" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2061" s="1" t="s">
-        <v>1169</v>
+        <v>1139</v>
       </c>
       <c r="B2061" s="2">
-        <v>1287.3499999999999</v>
+        <v>9568.11</v>
       </c>
     </row>
     <row r="2062" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2062" s="1" t="s">
-        <v>1170</v>
+        <v>2582</v>
       </c>
       <c r="B2062" s="2">
-        <v>1287.3499999999999</v>
+        <v>166.06</v>
       </c>
     </row>
     <row r="2063" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2063" s="1" t="s">
-        <v>1171</v>
+        <v>4080</v>
       </c>
       <c r="B2063" s="2">
-        <v>107.83</v>
+        <v>36162</v>
       </c>
     </row>
     <row r="2064" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2064" s="1" t="s">
-        <v>1172</v>
+        <v>1140</v>
       </c>
       <c r="B2064" s="2">
-        <v>176.96</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2065" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2065" s="1" t="s">
-        <v>1173</v>
+        <v>1141</v>
       </c>
       <c r="B2065" s="2">
-        <v>144.58000000000001</v>
+        <v>166.06</v>
       </c>
     </row>
     <row r="2066" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2066" s="1" t="s">
-        <v>1174</v>
+        <v>2583</v>
       </c>
       <c r="B2066" s="2">
-        <v>114.32</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2067" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2067" s="1" t="s">
-        <v>1175</v>
+        <v>4081</v>
       </c>
       <c r="B2067" s="2">
-        <v>386.69</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="2068" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2068" s="1" t="s">
-        <v>1176</v>
+        <v>4082</v>
       </c>
       <c r="B2068" s="2">
-        <v>2100.46</v>
+        <v>529.22</v>
       </c>
     </row>
     <row r="2069" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2069" s="1" t="s">
-        <v>1177</v>
+        <v>4083</v>
       </c>
       <c r="B2069" s="2">
-        <v>321.56</v>
+        <v>882.02</v>
       </c>
     </row>
     <row r="2070" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2070" s="1" t="s">
-        <v>1178</v>
+        <v>3299</v>
       </c>
       <c r="B2070" s="2">
-        <v>962.33</v>
+        <v>50438.62</v>
       </c>
     </row>
     <row r="2071" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2071" s="1" t="s">
-        <v>1179</v>
+        <v>2929</v>
       </c>
       <c r="B2071" s="2">
-        <v>5955.56</v>
+        <v>701.88</v>
       </c>
     </row>
     <row r="2072" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2072" s="1" t="s">
-        <v>1180</v>
+        <v>1142</v>
       </c>
       <c r="B2072" s="2">
-        <v>822.37</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2073" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2073" s="1" t="s">
-        <v>1181</v>
+        <v>1143</v>
       </c>
       <c r="B2073" s="2">
-        <v>248.68</v>
+        <v>60.26</v>
       </c>
     </row>
     <row r="2074" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2074" s="1" t="s">
-        <v>1182</v>
+        <v>1144</v>
       </c>
       <c r="B2074" s="2">
-        <v>1435.4</v>
+        <v>127.47</v>
       </c>
     </row>
     <row r="2075" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2075" s="1" t="s">
-        <v>1183</v>
+        <v>1145</v>
       </c>
       <c r="B2075" s="2">
-        <v>1435.4</v>
+        <v>583.99</v>
       </c>
     </row>
     <row r="2076" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2076" s="1" t="s">
-        <v>1184</v>
+        <v>1146</v>
       </c>
       <c r="B2076" s="2">
-        <v>297.26</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2077" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2077" s="1" t="s">
-        <v>1185</v>
+        <v>1147</v>
       </c>
       <c r="B2077" s="2">
-        <v>210.5</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2078" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2078" s="1" t="s">
-        <v>1186</v>
+        <v>1148</v>
       </c>
       <c r="B2078" s="2">
-        <v>2040.33</v>
+        <v>1325.97</v>
       </c>
     </row>
     <row r="2079" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2079" s="1" t="s">
-        <v>1187</v>
+        <v>1149</v>
       </c>
       <c r="B2079" s="2">
-        <v>2040.33</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2080" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2080" s="1" t="s">
-        <v>1188</v>
+        <v>1150</v>
       </c>
       <c r="B2080" s="2">
-        <v>2040.33</v>
+        <v>1325.97</v>
       </c>
     </row>
     <row r="2081" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2081" s="1" t="s">
-        <v>1189</v>
+        <v>1151</v>
       </c>
       <c r="B2081" s="2">
-        <v>2040.33</v>
+        <v>1325.97</v>
       </c>
     </row>
     <row r="2082" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2082" s="1" t="s">
-        <v>1190</v>
+        <v>1152</v>
       </c>
       <c r="B2082" s="2">
-        <v>2040.33</v>
+        <v>2269.52</v>
       </c>
     </row>
     <row r="2083" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2083" s="1" t="s">
-        <v>1191</v>
+        <v>1153</v>
       </c>
       <c r="B2083" s="2">
-        <v>2040.33</v>
+        <v>1624.84</v>
       </c>
     </row>
     <row r="2084" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2084" s="1" t="s">
-        <v>1192</v>
+        <v>1154</v>
       </c>
       <c r="B2084" s="2">
-        <v>2040.33</v>
+        <v>1325.97</v>
       </c>
     </row>
     <row r="2085" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2085" s="1" t="s">
-        <v>1193</v>
+        <v>1155</v>
       </c>
       <c r="B2085" s="2">
-        <v>98.51</v>
+        <v>1325.97</v>
       </c>
     </row>
     <row r="2086" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2086" s="1" t="s">
-        <v>1194</v>
+        <v>1156</v>
       </c>
       <c r="B2086" s="2">
-        <v>2785.19</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2087" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2087" s="1" t="s">
-        <v>1195</v>
+        <v>1157</v>
       </c>
       <c r="B2087" s="2">
-        <v>1608.89</v>
+        <v>1325.97</v>
       </c>
     </row>
     <row r="2088" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2088" s="1" t="s">
-        <v>1196</v>
+        <v>1158</v>
       </c>
       <c r="B2088" s="2">
-        <v>2040.33</v>
+        <v>1325.97</v>
       </c>
     </row>
     <row r="2089" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2089" s="1" t="s">
-        <v>1197</v>
+        <v>1159</v>
       </c>
       <c r="B2089" s="2">
-        <v>2574.69</v>
+        <v>1324.19</v>
       </c>
     </row>
     <row r="2090" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2090" s="1" t="s">
-        <v>1198</v>
+        <v>1160</v>
       </c>
       <c r="B2090" s="2">
-        <v>2897.4</v>
+        <v>1745.31</v>
       </c>
     </row>
     <row r="2091" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2091" s="1" t="s">
-        <v>1199</v>
+        <v>1161</v>
       </c>
       <c r="B2091" s="2">
-        <v>3218.95</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2092" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2092" s="1" t="s">
-        <v>1200</v>
+        <v>1162</v>
       </c>
       <c r="B2092" s="2">
-        <v>3540.49</v>
+        <v>1325.97</v>
       </c>
     </row>
     <row r="2093" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2093" s="1" t="s">
-        <v>1201</v>
+        <v>1163</v>
       </c>
       <c r="B2093" s="2">
-        <v>1608.89</v>
+        <v>1325.97</v>
       </c>
     </row>
     <row r="2094" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2094" s="1" t="s">
-        <v>1202</v>
+        <v>1164</v>
       </c>
       <c r="B2094" s="2">
-        <v>1931.6</v>
+        <v>111.06</v>
       </c>
     </row>
     <row r="2095" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2095" s="1" t="s">
-        <v>1203</v>
+        <v>1165</v>
       </c>
       <c r="B2095" s="2">
-        <v>2574.69</v>
+        <v>182.27</v>
       </c>
     </row>
     <row r="2096" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2096" s="1" t="s">
-        <v>1204</v>
+        <v>1166</v>
       </c>
       <c r="B2096" s="2">
-        <v>2897.4</v>
+        <v>148.91999999999999</v>
       </c>
     </row>
     <row r="2097" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2097" s="1" t="s">
-        <v>1205</v>
+        <v>1167</v>
       </c>
       <c r="B2097" s="2">
-        <v>3218.95</v>
+        <v>117.75</v>
       </c>
     </row>
     <row r="2098" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2098" s="1" t="s">
-        <v>1206</v>
+        <v>1168</v>
       </c>
       <c r="B2098" s="2">
-        <v>3540.49</v>
+        <v>398.29</v>
       </c>
     </row>
     <row r="2099" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2099" s="1" t="s">
-        <v>1207</v>
+        <v>1169</v>
       </c>
       <c r="B2099" s="2">
-        <v>386.32</v>
+        <v>2163.4699999999998</v>
       </c>
     </row>
     <row r="2100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2100" s="1" t="s">
-        <v>1208</v>
+        <v>1170</v>
       </c>
       <c r="B2100" s="2">
-        <v>3601.8</v>
+        <v>331.21</v>
       </c>
     </row>
     <row r="2101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2101" s="1" t="s">
-        <v>1209</v>
+        <v>1171</v>
       </c>
       <c r="B2101" s="2">
-        <v>5259.33</v>
+        <v>3097.81</v>
       </c>
     </row>
     <row r="2102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2102" s="1" t="s">
-        <v>1210</v>
+        <v>1172</v>
       </c>
       <c r="B2102" s="2">
-        <v>121.46</v>
+        <v>3097.81</v>
       </c>
     </row>
     <row r="2103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2103" s="1" t="s">
-        <v>1211</v>
+        <v>1173</v>
       </c>
       <c r="B2103" s="2">
-        <v>722.9</v>
+        <v>689.11</v>
       </c>
     </row>
     <row r="2104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2104" s="1" t="s">
-        <v>1212</v>
+        <v>1174</v>
       </c>
       <c r="B2104" s="2">
-        <v>1445.8</v>
+        <v>256.14</v>
       </c>
     </row>
     <row r="2105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2105" s="1" t="s">
-        <v>1213</v>
+        <v>1175</v>
       </c>
       <c r="B2105" s="2">
-        <v>578.33000000000004</v>
+        <v>1478.46</v>
       </c>
     </row>
     <row r="2106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2106" s="1" t="s">
-        <v>1214</v>
+        <v>1176</v>
       </c>
       <c r="B2106" s="2">
-        <v>896.4</v>
+        <v>1478.46</v>
       </c>
     </row>
     <row r="2107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2107" s="1" t="s">
-        <v>1215</v>
+        <v>1177</v>
       </c>
       <c r="B2107" s="2">
-        <v>68.819999999999993</v>
+        <v>306.18</v>
       </c>
     </row>
     <row r="2108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2108" s="1" t="s">
-        <v>1216</v>
+        <v>1178</v>
       </c>
       <c r="B2108" s="2">
-        <v>722.9</v>
+        <v>216.82</v>
       </c>
     </row>
     <row r="2109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2109" s="1" t="s">
-        <v>1217</v>
+        <v>4084</v>
       </c>
       <c r="B2109" s="2">
-        <v>55.71</v>
+        <v>5.71</v>
       </c>
     </row>
     <row r="2110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2110" s="1" t="s">
-        <v>1218</v>
+        <v>1179</v>
       </c>
       <c r="B2110" s="2">
-        <v>389.8</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2111" s="1" t="s">
-        <v>1219</v>
+        <v>1180</v>
       </c>
       <c r="B2111" s="2">
-        <v>1054.8499999999999</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2112" s="1" t="s">
-        <v>1220</v>
+        <v>1181</v>
       </c>
       <c r="B2112" s="2">
-        <v>2109.6999999999998</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2113" s="1" t="s">
-        <v>1221</v>
+        <v>1182</v>
       </c>
       <c r="B2113" s="2">
-        <v>4080.66</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2114" s="1" t="s">
-        <v>1222</v>
+        <v>1183</v>
       </c>
       <c r="B2114" s="2">
-        <v>1287.3499999999999</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2115" s="1" t="s">
-        <v>1223</v>
+        <v>1184</v>
       </c>
       <c r="B2115" s="2">
-        <v>2574.6999999999998</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2116" s="1" t="s">
-        <v>1224</v>
+        <v>1185</v>
       </c>
       <c r="B2116" s="2">
-        <v>2413.9299999999998</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2117" s="1" t="s">
-        <v>1225</v>
+        <v>1186</v>
       </c>
       <c r="B2117" s="2">
-        <v>2040.33</v>
+        <v>101.47</v>
       </c>
     </row>
     <row r="2118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2118" s="1" t="s">
-        <v>1226</v>
+        <v>1187</v>
       </c>
       <c r="B2118" s="2">
-        <v>2040.33</v>
+        <v>2868.75</v>
       </c>
     </row>
     <row r="2119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2119" s="1" t="s">
-        <v>1227</v>
+        <v>1188</v>
       </c>
       <c r="B2119" s="2">
-        <v>550.57000000000005</v>
+        <v>1338.91</v>
       </c>
     </row>
     <row r="2120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2120" s="1" t="s">
-        <v>1228</v>
+        <v>1189</v>
       </c>
       <c r="B2120" s="2">
-        <v>3095.19</v>
+        <v>2677.82</v>
       </c>
     </row>
     <row r="2121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2121" s="1" t="s">
-        <v>1229</v>
+        <v>1190</v>
       </c>
       <c r="B2121" s="2">
-        <v>498.52</v>
+        <v>2153.3200000000002</v>
       </c>
     </row>
     <row r="2122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2122" s="1" t="s">
-        <v>1230</v>
+        <v>1191</v>
       </c>
       <c r="B2122" s="2">
-        <v>764.54</v>
+        <v>4306.6400000000003</v>
       </c>
     </row>
     <row r="2123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2123" s="1" t="s">
-        <v>1231</v>
+        <v>1192</v>
       </c>
       <c r="B2123" s="2">
-        <v>6238.95</v>
+        <v>3017.15</v>
       </c>
     </row>
     <row r="2124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2124" s="1" t="s">
-        <v>1232</v>
+        <v>1193</v>
       </c>
       <c r="B2124" s="2">
-        <v>6193.84</v>
+        <v>6034.3</v>
       </c>
     </row>
     <row r="2125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2125" s="1" t="s">
-        <v>1233</v>
+        <v>1194</v>
       </c>
       <c r="B2125" s="2">
-        <v>266.02999999999997</v>
+        <v>1195.23</v>
       </c>
     </row>
     <row r="2126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2126" s="1" t="s">
-        <v>1234</v>
+        <v>1195</v>
       </c>
       <c r="B2126" s="2">
-        <v>5104.68</v>
+        <v>2390.46</v>
       </c>
     </row>
     <row r="2127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2127" s="1" t="s">
-        <v>1235</v>
+        <v>1196</v>
       </c>
       <c r="B2127" s="2">
-        <v>3127.57</v>
+        <v>1954.87</v>
       </c>
     </row>
     <row r="2128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2128" s="1" t="s">
-        <v>1236</v>
+        <v>1197</v>
       </c>
       <c r="B2128" s="2">
-        <v>3351.97</v>
+        <v>3909.74</v>
       </c>
     </row>
     <row r="2129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2129" s="1" t="s">
-        <v>1237</v>
+        <v>1198</v>
       </c>
       <c r="B2129" s="2">
-        <v>3127.57</v>
+        <v>2451.69</v>
       </c>
     </row>
     <row r="2130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2130" s="1" t="s">
-        <v>1238</v>
+        <v>1199</v>
       </c>
       <c r="B2130" s="2">
-        <v>6408.04</v>
+        <v>4903.38</v>
       </c>
     </row>
     <row r="2131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2131" s="1" t="s">
-        <v>1239</v>
+        <v>1200</v>
       </c>
       <c r="B2131" s="2">
-        <v>2826.84</v>
+        <v>397.91</v>
       </c>
     </row>
     <row r="2132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2132" s="1" t="s">
-        <v>1240</v>
+        <v>1201</v>
       </c>
       <c r="B2132" s="2">
-        <v>1139.28</v>
+        <v>16014.49</v>
       </c>
     </row>
     <row r="2133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2133" s="1" t="s">
-        <v>1241</v>
+        <v>1202</v>
       </c>
       <c r="B2133" s="2">
-        <v>1296.77</v>
+        <v>16014.49</v>
       </c>
     </row>
     <row r="2134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2134" s="1" t="s">
-        <v>1242</v>
+        <v>1203</v>
       </c>
       <c r="B2134" s="2">
-        <v>423.34</v>
+        <v>125.1</v>
       </c>
     </row>
     <row r="2135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2135" s="1" t="s">
-        <v>1243</v>
+        <v>1204</v>
       </c>
       <c r="B2135" s="2">
-        <v>3297.6</v>
+        <v>744.59</v>
       </c>
     </row>
     <row r="2136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2136" s="1" t="s">
-        <v>1244</v>
+        <v>1205</v>
       </c>
       <c r="B2136" s="2">
-        <v>1102.29</v>
+        <v>1489.18</v>
       </c>
     </row>
     <row r="2137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2137" s="1" t="s">
-        <v>1245</v>
+        <v>1206</v>
       </c>
       <c r="B2137" s="2">
-        <v>3297.6</v>
+        <v>595.67999999999995</v>
       </c>
     </row>
     <row r="2138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2138" s="1" t="s">
-        <v>1246</v>
+        <v>1207</v>
       </c>
       <c r="B2138" s="2">
-        <v>19976.849999999999</v>
+        <v>923.29</v>
       </c>
     </row>
     <row r="2139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2139" s="1" t="s">
-        <v>1247</v>
+        <v>1208</v>
       </c>
       <c r="B2139" s="2">
-        <v>2963.32</v>
+        <v>70.88</v>
       </c>
     </row>
     <row r="2140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2140" s="1" t="s">
-        <v>1248</v>
+        <v>1209</v>
       </c>
       <c r="B2140" s="2">
-        <v>70305.899999999994</v>
+        <v>744.59</v>
       </c>
     </row>
     <row r="2141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2141" s="1" t="s">
-        <v>1249</v>
+        <v>1210</v>
       </c>
       <c r="B2141" s="2">
-        <v>9626.3799999999992</v>
+        <v>689.11</v>
       </c>
     </row>
     <row r="2142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2142" s="1" t="s">
-        <v>1250</v>
+        <v>1211</v>
       </c>
       <c r="B2142" s="2">
-        <v>119.14</v>
+        <v>401.49</v>
       </c>
     </row>
     <row r="2143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2143" s="1" t="s">
-        <v>1251</v>
+        <v>1212</v>
       </c>
       <c r="B2143" s="2">
-        <v>1268.8399999999999</v>
+        <v>1086.5</v>
       </c>
     </row>
     <row r="2144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2144" s="1" t="s">
-        <v>1252</v>
+        <v>1213</v>
       </c>
       <c r="B2144" s="2">
-        <v>6105.93</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="2145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2145" s="1" t="s">
-        <v>1253</v>
+        <v>1214</v>
       </c>
       <c r="B2145" s="2">
-        <v>5215.3100000000004</v>
+        <v>4203.08</v>
       </c>
     </row>
     <row r="2146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2146" s="1" t="s">
-        <v>2600</v>
+        <v>1215</v>
       </c>
       <c r="B2146" s="2">
-        <v>20350.740000000002</v>
+        <v>1325.97</v>
       </c>
     </row>
     <row r="2147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2147" s="1" t="s">
-        <v>1254</v>
+        <v>1216</v>
       </c>
       <c r="B2147" s="2">
-        <v>23166.45</v>
+        <v>2651.94</v>
       </c>
     </row>
     <row r="2148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2148" s="1" t="s">
-        <v>1255</v>
+        <v>1217</v>
       </c>
       <c r="B2148" s="2">
-        <v>28667.46</v>
+        <v>3873.94</v>
       </c>
     </row>
     <row r="2149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2149" s="1" t="s">
-        <v>1256</v>
+        <v>1218</v>
       </c>
       <c r="B2149" s="2">
-        <v>24324.48</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2150" s="1" t="s">
-        <v>1257</v>
+        <v>1219</v>
       </c>
       <c r="B2150" s="2">
-        <v>3043.12</v>
+        <v>1936.97</v>
       </c>
     </row>
     <row r="2151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2151" s="1" t="s">
-        <v>1258</v>
+        <v>1220</v>
       </c>
       <c r="B2151" s="2">
-        <v>401.36</v>
+        <v>567.09</v>
       </c>
     </row>
     <row r="2152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2152" s="1" t="s">
-        <v>2791</v>
+        <v>1221</v>
       </c>
       <c r="B2152" s="2">
-        <v>4399.72</v>
+        <v>3188.05</v>
       </c>
     </row>
     <row r="2153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2153" s="1" t="s">
-        <v>1259</v>
+        <v>1222</v>
       </c>
       <c r="B2153" s="2">
-        <v>80386.350000000006</v>
+        <v>513.48</v>
       </c>
     </row>
     <row r="2154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2154" s="1" t="s">
-        <v>1260</v>
+        <v>1223</v>
       </c>
       <c r="B2154" s="2">
-        <v>40775.64</v>
+        <v>787.48</v>
       </c>
     </row>
     <row r="2155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2155" s="1" t="s">
-        <v>1261</v>
+        <v>4085</v>
       </c>
       <c r="B2155" s="2">
-        <v>32118.45</v>
+        <v>356.75</v>
       </c>
     </row>
     <row r="2156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2156" s="1" t="s">
-        <v>1262</v>
+        <v>1224</v>
       </c>
       <c r="B2156" s="2">
-        <v>1037.5</v>
+        <v>7607.09</v>
       </c>
     </row>
     <row r="2157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2157" s="1" t="s">
-        <v>1263</v>
+        <v>1225</v>
       </c>
       <c r="B2157" s="2">
-        <v>6434.42</v>
+        <v>7607.09</v>
       </c>
     </row>
     <row r="2158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2158" s="1" t="s">
-        <v>1264</v>
+        <v>1226</v>
       </c>
       <c r="B2158" s="2">
-        <v>21023.73</v>
+        <v>274.01</v>
       </c>
     </row>
     <row r="2159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2159" s="1" t="s">
-        <v>1265</v>
+        <v>1227</v>
       </c>
       <c r="B2159" s="2">
-        <v>17382.28</v>
+        <v>5257.82</v>
       </c>
     </row>
     <row r="2160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2160" s="1" t="s">
-        <v>1266</v>
+        <v>1228</v>
       </c>
       <c r="B2160" s="2">
-        <v>41956.75</v>
+        <v>3221.4</v>
       </c>
     </row>
     <row r="2161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2161" s="1" t="s">
-        <v>1267</v>
+        <v>1229</v>
       </c>
       <c r="B2161" s="2">
-        <v>144.19999999999999</v>
+        <v>3452.53</v>
       </c>
     </row>
     <row r="2162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2162" s="1" t="s">
-        <v>1268</v>
+        <v>1230</v>
       </c>
       <c r="B2162" s="2">
-        <v>6435.57</v>
+        <v>3221.4</v>
       </c>
     </row>
     <row r="2163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2163" s="1" t="s">
-        <v>1269</v>
+        <v>1231</v>
       </c>
       <c r="B2163" s="2">
-        <v>17349.68</v>
+        <v>6600.28</v>
       </c>
     </row>
     <row r="2164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2164" s="1" t="s">
-        <v>1270</v>
+        <v>1232</v>
       </c>
       <c r="B2164" s="2">
-        <v>1012.07</v>
+        <v>2911.65</v>
       </c>
     </row>
     <row r="2165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2165" s="1" t="s">
-        <v>3297</v>
+        <v>1233</v>
       </c>
       <c r="B2165" s="2">
-        <v>365.16</v>
+        <v>1335.09</v>
       </c>
     </row>
     <row r="2166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2166" s="1" t="s">
-        <v>3294</v>
+        <v>1234</v>
       </c>
       <c r="B2166" s="2">
-        <v>410.98</v>
+        <v>1335.09</v>
       </c>
     </row>
     <row r="2167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2167" s="1" t="s">
-        <v>3296</v>
+        <v>1235</v>
       </c>
       <c r="B2167" s="2">
-        <v>365.16</v>
+        <v>436.04</v>
       </c>
     </row>
     <row r="2168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2168" s="1" t="s">
-        <v>3295</v>
+        <v>1236</v>
       </c>
       <c r="B2168" s="2">
-        <v>410.98</v>
+        <v>3396.53</v>
       </c>
     </row>
     <row r="2169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2169" s="1" t="s">
-        <v>2601</v>
+        <v>1237</v>
       </c>
       <c r="B2169" s="2">
-        <v>365.16</v>
+        <v>5107.41</v>
       </c>
     </row>
     <row r="2170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2170" s="1" t="s">
-        <v>3293</v>
+        <v>1238</v>
       </c>
       <c r="B2170" s="2">
-        <v>365.16</v>
+        <v>2566.19</v>
       </c>
     </row>
     <row r="2171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2171" s="1" t="s">
-        <v>2602</v>
+        <v>1239</v>
       </c>
       <c r="B2171" s="2">
-        <v>365.16</v>
+        <v>20576.16</v>
       </c>
     </row>
     <row r="2172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2172" s="1" t="s">
-        <v>2603</v>
+        <v>4086</v>
       </c>
       <c r="B2172" s="2">
-        <v>16144.91</v>
+        <v>3942.84</v>
       </c>
     </row>
     <row r="2173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2173" s="1" t="s">
-        <v>1271</v>
+        <v>1240</v>
       </c>
       <c r="B2173" s="2">
-        <v>60.71</v>
+        <v>3052.22</v>
       </c>
     </row>
     <row r="2174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2174" s="1" t="s">
-        <v>1272</v>
+        <v>1241</v>
       </c>
       <c r="B2174" s="2">
-        <v>68.75</v>
+        <v>72415.08</v>
       </c>
     </row>
     <row r="2175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2175" s="1" t="s">
-        <v>1273</v>
+        <v>1242</v>
       </c>
       <c r="B2175" s="2">
-        <v>456.87</v>
+        <v>9915.17</v>
       </c>
     </row>
     <row r="2176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2176" s="1" t="s">
-        <v>1274</v>
+        <v>1243</v>
       </c>
       <c r="B2176" s="2">
-        <v>381.7</v>
+        <v>122.71</v>
       </c>
     </row>
     <row r="2177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2177" s="1" t="s">
-        <v>1275</v>
+        <v>1244</v>
       </c>
       <c r="B2177" s="2">
-        <v>661.59</v>
+        <v>1306.9100000000001</v>
       </c>
     </row>
     <row r="2178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2178" s="1" t="s">
-        <v>1276</v>
+        <v>4087</v>
       </c>
       <c r="B2178" s="2">
-        <v>621.12</v>
+        <v>841.38</v>
       </c>
     </row>
     <row r="2179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2179" s="1" t="s">
-        <v>1277</v>
+        <v>1245</v>
       </c>
       <c r="B2179" s="2">
-        <v>448.78</v>
+        <v>6289.11</v>
       </c>
     </row>
     <row r="2180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2180" s="1" t="s">
-        <v>1278</v>
+        <v>1246</v>
       </c>
       <c r="B2180" s="2">
-        <v>340.05</v>
+        <v>5371.77</v>
       </c>
     </row>
     <row r="2181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2181" s="1" t="s">
-        <v>1279</v>
+        <v>2584</v>
       </c>
       <c r="B2181" s="2">
-        <v>357.41</v>
+        <v>20961.259999999998</v>
       </c>
     </row>
     <row r="2182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2182" s="1" t="s">
-        <v>1280</v>
+        <v>1247</v>
       </c>
       <c r="B2182" s="2">
-        <v>415.23</v>
+        <v>23861.439999999999</v>
       </c>
     </row>
     <row r="2183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2183" s="1" t="s">
-        <v>1281</v>
+        <v>1248</v>
       </c>
       <c r="B2183" s="2">
-        <v>490.42</v>
+        <v>29527.48</v>
       </c>
     </row>
     <row r="2184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2184" s="1" t="s">
-        <v>1282</v>
+        <v>1249</v>
       </c>
       <c r="B2184" s="2">
-        <v>370.13</v>
+        <v>25054.21</v>
       </c>
     </row>
     <row r="2185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2185" s="1" t="s">
-        <v>1283</v>
+        <v>1250</v>
       </c>
       <c r="B2185" s="2">
-        <v>2144.4299999999998</v>
+        <v>3134.41</v>
       </c>
     </row>
     <row r="2186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2186" s="1" t="s">
-        <v>1284</v>
+        <v>1251</v>
       </c>
       <c r="B2186" s="2">
-        <v>684.73</v>
+        <v>413.4</v>
       </c>
     </row>
     <row r="2187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2187" s="1" t="s">
-        <v>1285</v>
+        <v>2733</v>
       </c>
       <c r="B2187" s="2">
-        <v>318.08</v>
+        <v>4531.71</v>
       </c>
     </row>
     <row r="2188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2188" s="1" t="s">
-        <v>1286</v>
+        <v>1252</v>
       </c>
       <c r="B2188" s="2">
-        <v>409.47</v>
+        <v>82797.94</v>
       </c>
     </row>
     <row r="2189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2189" s="1" t="s">
-        <v>1287</v>
+        <v>1253</v>
       </c>
       <c r="B2189" s="2">
-        <v>699.77</v>
+        <v>41998.91</v>
       </c>
     </row>
     <row r="2190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2190" s="1" t="s">
-        <v>1288</v>
+        <v>1254</v>
       </c>
       <c r="B2190" s="2">
-        <v>432.58</v>
+        <v>33082</v>
       </c>
     </row>
     <row r="2191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2191" s="1" t="s">
-        <v>1289</v>
+        <v>1255</v>
       </c>
       <c r="B2191" s="2">
-        <v>448.78</v>
+        <v>1068.6300000000001</v>
       </c>
     </row>
     <row r="2192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2192" s="1" t="s">
-        <v>1290</v>
+        <v>1256</v>
       </c>
       <c r="B2192" s="2">
-        <v>230.16</v>
+        <v>6627.45</v>
       </c>
     </row>
     <row r="2193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2193" s="1" t="s">
-        <v>1291</v>
+        <v>1257</v>
       </c>
       <c r="B2193" s="2">
-        <v>246.37</v>
+        <v>21654.44</v>
       </c>
     </row>
     <row r="2194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2194" s="1" t="s">
-        <v>1292</v>
+        <v>1258</v>
       </c>
       <c r="B2194" s="2">
-        <v>30</v>
+        <v>17903.75</v>
       </c>
     </row>
     <row r="2195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2195" s="1" t="s">
-        <v>2827</v>
+        <v>1259</v>
       </c>
       <c r="B2195" s="2">
-        <v>18522.02</v>
+        <v>43215.45</v>
       </c>
     </row>
     <row r="2196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2196" s="1" t="s">
-        <v>2828</v>
+        <v>1260</v>
       </c>
       <c r="B2196" s="2">
-        <v>22050</v>
+        <v>148.53</v>
       </c>
     </row>
     <row r="2197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2197" s="1" t="s">
-        <v>2829</v>
+        <v>1261</v>
       </c>
       <c r="B2197" s="2">
-        <v>23814.02</v>
+        <v>6628.64</v>
       </c>
     </row>
     <row r="2198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2198" s="1" t="s">
-        <v>2830</v>
+        <v>1262</v>
       </c>
       <c r="B2198" s="2">
-        <v>25578</v>
+        <v>17870.169999999998</v>
       </c>
     </row>
     <row r="2199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2199" s="1" t="s">
-        <v>2831</v>
+        <v>1263</v>
       </c>
       <c r="B2199" s="2">
-        <v>2646</v>
+        <v>1042.43</v>
       </c>
     </row>
     <row r="2200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2200" s="1" t="s">
-        <v>2832</v>
+        <v>3195</v>
       </c>
       <c r="B2200" s="2">
-        <v>4410</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2201" s="1" t="s">
-        <v>2833</v>
+        <v>3192</v>
       </c>
       <c r="B2201" s="2">
-        <v>6174</v>
+        <v>410.98</v>
       </c>
     </row>
     <row r="2202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2202" s="1" t="s">
-        <v>2834</v>
+        <v>3194</v>
       </c>
       <c r="B2202" s="2">
-        <v>9702</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2203" s="1" t="s">
-        <v>2835</v>
+        <v>3193</v>
       </c>
       <c r="B2203" s="2">
-        <v>14994</v>
+        <v>410.98</v>
       </c>
     </row>
     <row r="2204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2204" s="1" t="s">
-        <v>1293</v>
+        <v>2585</v>
       </c>
       <c r="B2204" s="2">
-        <v>618.80999999999995</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2205" s="1" t="s">
-        <v>1294</v>
+        <v>3191</v>
       </c>
       <c r="B2205" s="2">
-        <v>2326.02</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2206" s="1" t="s">
-        <v>1295</v>
+        <v>2586</v>
       </c>
       <c r="B2206" s="2">
-        <v>1994.06</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2207" s="1" t="s">
-        <v>1296</v>
+        <v>2587</v>
       </c>
       <c r="B2207" s="2">
-        <v>2326.02</v>
+        <v>16629.259999999998</v>
       </c>
     </row>
     <row r="2208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2208" s="1" t="s">
-        <v>1297</v>
+        <v>1264</v>
       </c>
       <c r="B2208" s="2">
-        <v>190.84</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2209" s="1" t="s">
-        <v>1298</v>
+        <v>1265</v>
       </c>
       <c r="B2209" s="2">
-        <v>7051.38</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="2210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2210" s="1" t="s">
-        <v>3288</v>
+        <v>1266</v>
       </c>
       <c r="B2210" s="2">
-        <v>983.15</v>
+        <v>561.79999999999995</v>
       </c>
     </row>
     <row r="2211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2211" s="1" t="s">
-        <v>3289</v>
+        <v>1267</v>
       </c>
       <c r="B2211" s="2">
-        <v>121.42</v>
+        <v>561.79999999999995</v>
       </c>
     </row>
     <row r="2212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2212" s="1" t="s">
-        <v>1299</v>
+        <v>1268</v>
       </c>
       <c r="B2212" s="2">
-        <v>291.48</v>
+        <v>561.79999999999995</v>
       </c>
     </row>
     <row r="2213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2213" s="1" t="s">
-        <v>3376</v>
+        <v>1269</v>
       </c>
       <c r="B2213" s="2">
-        <v>14910.7</v>
+        <v>561.79999999999995</v>
       </c>
     </row>
     <row r="2214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2214" s="1" t="s">
-        <v>2443</v>
+        <v>1270</v>
       </c>
       <c r="B2214" s="2">
-        <v>60.71</v>
+        <v>561.79999999999995</v>
       </c>
     </row>
     <row r="2215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2215" s="1" t="s">
-        <v>1300</v>
+        <v>1271</v>
       </c>
       <c r="B2215" s="2">
-        <v>1811.32</v>
+        <v>584.29</v>
       </c>
     </row>
     <row r="2216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2216" s="1" t="s">
-        <v>1301</v>
+        <v>1272</v>
       </c>
       <c r="B2216" s="2">
-        <v>25825.58</v>
+        <v>370.96</v>
       </c>
     </row>
     <row r="2217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2217" s="1" t="s">
-        <v>1302</v>
+        <v>1273</v>
       </c>
       <c r="B2217" s="2">
-        <v>12777.47</v>
+        <v>370.96</v>
       </c>
     </row>
     <row r="2218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2218" s="1" t="s">
-        <v>3440</v>
+        <v>1274</v>
       </c>
       <c r="B2218" s="2">
-        <v>978.45</v>
+        <v>584.29</v>
       </c>
     </row>
     <row r="2219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2219" s="1" t="s">
-        <v>3441</v>
+        <v>1275</v>
       </c>
       <c r="B2219" s="2">
-        <v>1030.5</v>
+        <v>584.29</v>
       </c>
     </row>
     <row r="2220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2220" s="1" t="s">
-        <v>3439</v>
+        <v>1276</v>
       </c>
       <c r="B2220" s="2">
-        <v>210.06</v>
+        <v>2208.7600000000002</v>
       </c>
     </row>
     <row r="2221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2221" s="1" t="s">
-        <v>3403</v>
+        <v>1277</v>
       </c>
       <c r="B2221" s="2">
-        <v>3655.99</v>
+        <v>705.27</v>
       </c>
     </row>
     <row r="2222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2222" s="1" t="s">
-        <v>1303</v>
+        <v>1278</v>
       </c>
       <c r="B2222" s="2">
-        <v>903.34</v>
+        <v>327.62</v>
       </c>
     </row>
     <row r="2223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2223" s="1" t="s">
-        <v>1304</v>
+        <v>1279</v>
       </c>
       <c r="B2223" s="2">
-        <v>6804.18</v>
+        <v>421.75</v>
       </c>
     </row>
     <row r="2224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2224" s="1" t="s">
-        <v>2604</v>
+        <v>1280</v>
       </c>
       <c r="B2224" s="2">
-        <v>2872.96</v>
+        <v>720.76</v>
       </c>
     </row>
     <row r="2225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2225" s="1" t="s">
-        <v>1305</v>
+        <v>1281</v>
       </c>
       <c r="B2225" s="2">
-        <v>505.45</v>
+        <v>445.56</v>
       </c>
     </row>
     <row r="2226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2226" s="1" t="s">
-        <v>1306</v>
+        <v>4088</v>
       </c>
       <c r="B2226" s="2">
-        <v>4394.54</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="2227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2227" s="1" t="s">
-        <v>1307</v>
+        <v>1282</v>
       </c>
       <c r="B2227" s="2">
-        <v>6540.45</v>
+        <v>462.24</v>
       </c>
     </row>
     <row r="2228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2228" s="1" t="s">
-        <v>1308</v>
+        <v>1283</v>
       </c>
       <c r="B2228" s="2">
-        <v>245.84</v>
+        <v>237.06</v>
       </c>
     </row>
     <row r="2229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2229" s="1" t="s">
-        <v>2805</v>
+        <v>1284</v>
       </c>
       <c r="B2229" s="2">
-        <v>291.48</v>
+        <v>253.76</v>
       </c>
     </row>
     <row r="2230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2230" s="1" t="s">
-        <v>1309</v>
+        <v>1285</v>
       </c>
       <c r="B2230" s="2">
-        <v>689.36</v>
+        <v>30</v>
       </c>
     </row>
     <row r="2231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2231" s="1" t="s">
-        <v>1310</v>
+        <v>1286</v>
       </c>
       <c r="B2231" s="2">
-        <v>382.85</v>
+        <v>637.37</v>
       </c>
     </row>
     <row r="2232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2232" s="1" t="s">
-        <v>1311</v>
+        <v>1287</v>
       </c>
       <c r="B2232" s="2">
-        <v>574.85</v>
+        <v>2395.8000000000002</v>
       </c>
     </row>
     <row r="2233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2233" s="1" t="s">
-        <v>1312</v>
+        <v>1288</v>
       </c>
       <c r="B2233" s="2">
-        <v>1</v>
+        <v>2053.88</v>
       </c>
     </row>
     <row r="2234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2234" s="1" t="s">
-        <v>1313</v>
+        <v>1289</v>
       </c>
       <c r="B2234" s="2">
-        <v>41.96</v>
+        <v>2395.8000000000002</v>
       </c>
     </row>
     <row r="2235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2235" s="1" t="s">
-        <v>1314</v>
+        <v>1290</v>
       </c>
       <c r="B2235" s="2">
-        <v>41.96</v>
+        <v>196.57</v>
       </c>
     </row>
     <row r="2236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2236" s="1" t="s">
-        <v>2605</v>
+        <v>1291</v>
       </c>
       <c r="B2236" s="2">
-        <v>206.23</v>
+        <v>7262.92</v>
       </c>
     </row>
     <row r="2237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2237" s="1" t="s">
-        <v>1315</v>
+        <v>3186</v>
       </c>
       <c r="B2237" s="2">
-        <v>146.9</v>
+        <v>121.42</v>
       </c>
     </row>
     <row r="2238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2238" s="1" t="s">
-        <v>1316</v>
+        <v>3187</v>
       </c>
       <c r="B2238" s="2">
-        <v>641.94000000000005</v>
+        <v>121.42</v>
       </c>
     </row>
     <row r="2239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2239" s="1" t="s">
-        <v>2755</v>
+        <v>1292</v>
       </c>
       <c r="B2239" s="2">
-        <v>264.60000000000002</v>
+        <v>300.22000000000003</v>
       </c>
     </row>
     <row r="2240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2240" s="1" t="s">
-        <v>1317</v>
+        <v>3268</v>
       </c>
       <c r="B2240" s="2">
-        <v>60.71</v>
+        <v>14910.7</v>
       </c>
     </row>
     <row r="2241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2241" s="1" t="s">
-        <v>1318</v>
+        <v>2427</v>
       </c>
       <c r="B2241" s="2">
-        <v>1374.09</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2242" s="1" t="s">
-        <v>1319</v>
+        <v>1293</v>
       </c>
       <c r="B2242" s="2">
-        <v>1020.73</v>
+        <v>1865.66</v>
       </c>
     </row>
     <row r="2243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2243" s="1" t="s">
-        <v>1320</v>
+        <v>1294</v>
       </c>
       <c r="B2243" s="2">
-        <v>829.31</v>
+        <v>26600.35</v>
       </c>
     </row>
     <row r="2244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2244" s="1" t="s">
-        <v>1321</v>
+        <v>1295</v>
       </c>
       <c r="B2244" s="2">
-        <v>1883.87</v>
+        <v>13160.79</v>
       </c>
     </row>
     <row r="2245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2245" s="1" t="s">
-        <v>1322</v>
+        <v>3327</v>
       </c>
       <c r="B2245" s="2">
-        <v>764.29</v>
+        <v>4485.0600000000004</v>
       </c>
     </row>
     <row r="2246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2246" s="1" t="s">
-        <v>1323</v>
+        <v>3328</v>
       </c>
       <c r="B2246" s="2">
-        <v>1029.6500000000001</v>
+        <v>1030.5</v>
       </c>
     </row>
     <row r="2247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2247" s="1" t="s">
-        <v>1324</v>
+        <v>4089</v>
       </c>
       <c r="B2247" s="2">
-        <v>769.75</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="2248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2248" s="1" t="s">
-        <v>1325</v>
+        <v>4090</v>
       </c>
       <c r="B2248" s="2">
-        <v>159.82</v>
+        <v>529.22</v>
       </c>
     </row>
     <row r="2249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2249" s="1" t="s">
-        <v>2606</v>
+        <v>3326</v>
       </c>
       <c r="B2249" s="2">
-        <v>222.24</v>
+        <v>407.96</v>
       </c>
     </row>
     <row r="2250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2250" s="1" t="s">
-        <v>2607</v>
+        <v>3294</v>
       </c>
       <c r="B2250" s="2">
-        <v>159.82</v>
+        <v>3619.58</v>
       </c>
     </row>
     <row r="2251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2251" s="1" t="s">
-        <v>3410</v>
+        <v>1296</v>
       </c>
       <c r="B2251" s="2">
-        <v>4203.8999999999996</v>
+        <v>930.44</v>
       </c>
     </row>
     <row r="2252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2252" s="1" t="s">
-        <v>1326</v>
+        <v>1297</v>
       </c>
       <c r="B2252" s="2">
-        <v>297</v>
+        <v>7008.31</v>
       </c>
     </row>
     <row r="2253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2253" s="1" t="s">
-        <v>1327</v>
+        <v>2588</v>
       </c>
       <c r="B2253" s="2">
-        <v>41.96</v>
+        <v>2959.15</v>
       </c>
     </row>
     <row r="2254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2254" s="1" t="s">
-        <v>1328</v>
+        <v>1298</v>
       </c>
       <c r="B2254" s="2">
-        <v>68.75</v>
+        <v>520.61</v>
       </c>
     </row>
     <row r="2255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2255" s="1" t="s">
-        <v>2969</v>
+        <v>1299</v>
       </c>
       <c r="B2255" s="2">
-        <v>159.82</v>
+        <v>4394.54</v>
       </c>
     </row>
     <row r="2256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2256" s="1" t="s">
-        <v>2968</v>
+        <v>1300</v>
       </c>
       <c r="B2256" s="2">
-        <v>395.41</v>
+        <v>6540.45</v>
       </c>
     </row>
     <row r="2257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2257" s="1" t="s">
-        <v>1329</v>
+        <v>1301</v>
       </c>
       <c r="B2257" s="2">
-        <v>230.21</v>
+        <v>245.84</v>
       </c>
     </row>
     <row r="2258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2258" s="1" t="s">
-        <v>1330</v>
+        <v>2746</v>
       </c>
       <c r="B2258" s="2">
-        <v>350.4</v>
+        <v>300.22000000000003</v>
       </c>
     </row>
     <row r="2259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2259" s="1" t="s">
-        <v>1331</v>
+        <v>1302</v>
       </c>
       <c r="B2259" s="2">
-        <v>470.6</v>
+        <v>710.04</v>
       </c>
     </row>
     <row r="2260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2260" s="1" t="s">
-        <v>1332</v>
+        <v>1303</v>
       </c>
       <c r="B2260" s="2">
-        <v>418.45</v>
+        <v>394.34</v>
       </c>
     </row>
     <row r="2261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2261" s="1" t="s">
-        <v>1333</v>
+        <v>1304</v>
       </c>
       <c r="B2261" s="2">
-        <v>157.30000000000001</v>
+        <v>592.1</v>
       </c>
     </row>
     <row r="2262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2262" s="1" t="s">
-        <v>1334</v>
+        <v>1305</v>
       </c>
       <c r="B2262" s="2">
-        <v>325.45</v>
+        <v>1</v>
       </c>
     </row>
     <row r="2263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2263" s="1" t="s">
-        <v>2847</v>
+        <v>1306</v>
       </c>
       <c r="B2263" s="2">
-        <v>352.8</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2264" s="1" t="s">
-        <v>3205</v>
+        <v>1307</v>
       </c>
       <c r="B2264" s="2">
-        <v>48.22</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2265" s="1" t="s">
-        <v>2970</v>
+        <v>2589</v>
       </c>
       <c r="B2265" s="2">
-        <v>231.9</v>
+        <v>206.23</v>
       </c>
     </row>
     <row r="2266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2266" s="1" t="s">
-        <v>2971</v>
+        <v>1308</v>
       </c>
       <c r="B2266" s="2">
-        <v>231.9</v>
+        <v>141.29</v>
       </c>
     </row>
     <row r="2267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2267" s="1" t="s">
-        <v>1335</v>
+        <v>1309</v>
       </c>
       <c r="B2267" s="2">
-        <v>14628.06</v>
+        <v>661.2</v>
       </c>
     </row>
     <row r="2268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2268" s="1" t="s">
-        <v>1336</v>
+        <v>1310</v>
       </c>
       <c r="B2268" s="2">
-        <v>12476.39</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2269" s="1" t="s">
-        <v>1337</v>
+        <v>1311</v>
       </c>
       <c r="B2269" s="2">
-        <v>7206.69</v>
+        <v>1415.31</v>
       </c>
     </row>
     <row r="2270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2270" s="1" t="s">
-        <v>1338</v>
+        <v>1312</v>
       </c>
       <c r="B2270" s="2">
-        <v>8071.07</v>
+        <v>1051.3499999999999</v>
       </c>
     </row>
     <row r="2271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2271" s="1" t="s">
-        <v>1339</v>
+        <v>1313</v>
       </c>
       <c r="B2271" s="2">
-        <v>173.73</v>
+        <v>854.19</v>
       </c>
     </row>
     <row r="2272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2272" s="1" t="s">
-        <v>1340</v>
+        <v>1314</v>
       </c>
       <c r="B2272" s="2">
-        <v>80.349999999999994</v>
+        <v>1940.39</v>
       </c>
     </row>
     <row r="2273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2273" s="1" t="s">
-        <v>1341</v>
+        <v>1315</v>
       </c>
       <c r="B2273" s="2">
-        <v>41.96</v>
+        <v>787.22</v>
       </c>
     </row>
     <row r="2274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2274" s="1" t="s">
-        <v>3085</v>
+        <v>1316</v>
       </c>
       <c r="B2274" s="2">
-        <v>80.349999999999994</v>
+        <v>1060.54</v>
       </c>
     </row>
     <row r="2275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2275" s="1" t="s">
-        <v>1342</v>
+        <v>1317</v>
       </c>
       <c r="B2275" s="2">
-        <v>80.349999999999994</v>
+        <v>792.84</v>
       </c>
     </row>
     <row r="2276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2276" s="1" t="s">
-        <v>3086</v>
+        <v>1318</v>
       </c>
       <c r="B2276" s="2">
-        <v>80.349999999999994</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2277" s="1" t="s">
-        <v>3364</v>
+        <v>2590</v>
       </c>
       <c r="B2277" s="2">
-        <v>298.32</v>
+        <v>222.24</v>
       </c>
     </row>
     <row r="2278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2278" s="1" t="s">
-        <v>2790</v>
+        <v>2591</v>
       </c>
       <c r="B2278" s="2">
-        <v>4471.6000000000004</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2279" s="1" t="s">
-        <v>1343</v>
+        <v>3301</v>
       </c>
       <c r="B2279" s="2">
-        <v>496.19</v>
+        <v>4090.2</v>
       </c>
     </row>
     <row r="2280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2280" s="1" t="s">
-        <v>1344</v>
+        <v>1319</v>
       </c>
       <c r="B2280" s="2">
-        <v>992.22</v>
+        <v>305.91000000000003</v>
       </c>
     </row>
     <row r="2281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2281" s="1" t="s">
-        <v>1345</v>
+        <v>1320</v>
       </c>
       <c r="B2281" s="2">
-        <v>158.47</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2282" s="1" t="s">
-        <v>3365</v>
+        <v>4091</v>
       </c>
       <c r="B2282" s="2">
-        <v>179.64</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="2283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2283" s="1" t="s">
-        <v>2608</v>
+        <v>4092</v>
       </c>
       <c r="B2283" s="2">
-        <v>80.349999999999994</v>
+        <v>246.96</v>
       </c>
     </row>
     <row r="2284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2284" s="1" t="s">
-        <v>1346</v>
+        <v>4093</v>
       </c>
       <c r="B2284" s="2">
-        <v>40.18</v>
+        <v>317.52</v>
       </c>
     </row>
     <row r="2285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2285" s="1" t="s">
-        <v>3411</v>
+        <v>4094</v>
       </c>
       <c r="B2285" s="2">
-        <v>10309.41</v>
+        <v>458.64</v>
       </c>
     </row>
     <row r="2286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2286" s="1" t="s">
-        <v>3444</v>
+        <v>4095</v>
       </c>
       <c r="B2286" s="2">
-        <v>6309.75</v>
+        <v>217.63</v>
       </c>
     </row>
     <row r="2287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2287" s="1" t="s">
-        <v>3442</v>
+        <v>1321</v>
       </c>
       <c r="B2287" s="2">
-        <v>841.3</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="2288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2288" s="1" t="s">
-        <v>3412</v>
+        <v>4096</v>
       </c>
       <c r="B2288" s="2">
-        <v>8334.7199999999993</v>
+        <v>50</v>
       </c>
     </row>
     <row r="2289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2289" s="1" t="s">
-        <v>3443</v>
+        <v>2869</v>
       </c>
       <c r="B2289" s="2">
-        <v>1135.97</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2290" s="1" t="s">
-        <v>3413</v>
+        <v>2868</v>
       </c>
       <c r="B2290" s="2">
-        <v>4475</v>
+        <v>395.41</v>
       </c>
     </row>
     <row r="2291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2291" s="1" t="s">
-        <v>1347</v>
+        <v>4097</v>
       </c>
       <c r="B2291" s="2">
-        <v>9616.35</v>
+        <v>82.79</v>
       </c>
     </row>
     <row r="2292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2292" s="1" t="s">
-        <v>3229</v>
+        <v>1322</v>
       </c>
       <c r="B2292" s="2">
-        <v>83.93</v>
+        <v>237.12</v>
       </c>
     </row>
     <row r="2293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2293" s="1" t="s">
-        <v>1348</v>
+        <v>1323</v>
       </c>
       <c r="B2293" s="2">
-        <v>48.22</v>
+        <v>360.91</v>
       </c>
     </row>
     <row r="2294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2294" s="1" t="s">
-        <v>3167</v>
+        <v>1324</v>
       </c>
       <c r="B2294" s="2">
-        <v>60.71</v>
+        <v>484.72</v>
       </c>
     </row>
     <row r="2295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2295" s="1" t="s">
-        <v>2826</v>
+        <v>1325</v>
       </c>
       <c r="B2295" s="2">
-        <v>352.8</v>
+        <v>431</v>
       </c>
     </row>
     <row r="2296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2296" s="1" t="s">
-        <v>2609</v>
+        <v>1326</v>
       </c>
       <c r="B2296" s="2">
-        <v>41.96</v>
+        <v>162.02000000000001</v>
       </c>
     </row>
     <row r="2297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2297" s="1" t="s">
-        <v>2610</v>
+        <v>1327</v>
       </c>
       <c r="B2297" s="2">
-        <v>378.55</v>
+        <v>335.21</v>
       </c>
     </row>
     <row r="2298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2298" s="1" t="s">
-        <v>3148</v>
+        <v>3104</v>
       </c>
       <c r="B2298" s="2">
-        <v>60.71</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2299" s="1" t="s">
-        <v>2611</v>
+        <v>2870</v>
       </c>
       <c r="B2299" s="2">
-        <v>83.03</v>
+        <v>231.9</v>
       </c>
     </row>
     <row r="2300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2300" s="1" t="s">
-        <v>1349</v>
+        <v>2871</v>
       </c>
       <c r="B2300" s="2">
-        <v>4579.1499999999996</v>
+        <v>231.9</v>
       </c>
     </row>
     <row r="2301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2301" s="1" t="s">
-        <v>1350</v>
+        <v>4098</v>
       </c>
       <c r="B2301" s="2">
-        <v>500.83</v>
+        <v>1796.28</v>
       </c>
     </row>
     <row r="2302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2302" s="1" t="s">
-        <v>1351</v>
+        <v>1328</v>
       </c>
       <c r="B2302" s="2">
-        <v>41.96</v>
+        <v>15066.9</v>
       </c>
     </row>
     <row r="2303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2303" s="1" t="s">
-        <v>3066</v>
+        <v>1329</v>
       </c>
       <c r="B2303" s="2">
-        <v>80.349999999999994</v>
+        <v>12850.68</v>
       </c>
     </row>
     <row r="2304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2304" s="1" t="s">
-        <v>1352</v>
+        <v>1330</v>
       </c>
       <c r="B2304" s="2">
-        <v>85.7</v>
+        <v>7422.89</v>
       </c>
     </row>
     <row r="2305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2305" s="1" t="s">
-        <v>1353</v>
+        <v>1331</v>
       </c>
       <c r="B2305" s="2">
-        <v>80.349999999999994</v>
+        <v>8313.2000000000007</v>
       </c>
     </row>
     <row r="2306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2306" s="1" t="s">
-        <v>2612</v>
+        <v>1332</v>
       </c>
       <c r="B2306" s="2">
-        <v>108.02</v>
+        <v>173.73</v>
       </c>
     </row>
     <row r="2307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2307" s="1" t="s">
-        <v>1354</v>
+        <v>4099</v>
       </c>
       <c r="B2307" s="2">
-        <v>108.02</v>
+        <v>620</v>
       </c>
     </row>
     <row r="2308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2308" s="1" t="s">
-        <v>1355</v>
+        <v>4100</v>
       </c>
       <c r="B2308" s="2">
-        <v>41.96</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="2309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2309" s="1" t="s">
-        <v>1356</v>
+        <v>4101</v>
       </c>
       <c r="B2309" s="2">
-        <v>83.03</v>
+        <v>729</v>
       </c>
     </row>
     <row r="2310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2310" s="1" t="s">
-        <v>1357</v>
+        <v>4102</v>
       </c>
       <c r="B2310" s="2">
-        <v>21400.21</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="2311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2311" s="1" t="s">
-        <v>1358</v>
+        <v>4103</v>
       </c>
       <c r="B2311" s="2">
-        <v>18572.09</v>
+        <v>875</v>
       </c>
     </row>
     <row r="2312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2312" s="1" t="s">
-        <v>1359</v>
+        <v>4104</v>
       </c>
       <c r="B2312" s="2">
-        <v>1337.08</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="2313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2313" s="1" t="s">
-        <v>1360</v>
+        <v>1333</v>
       </c>
       <c r="B2313" s="2">
-        <v>604.08000000000004</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2314" s="1" t="s">
-        <v>1361</v>
+        <v>1334</v>
       </c>
       <c r="B2314" s="2">
-        <v>571.39</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2315" s="1" t="s">
-        <v>1362</v>
+        <v>2985</v>
       </c>
       <c r="B2315" s="2">
-        <v>1708.37</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2316" s="1" t="s">
-        <v>1363</v>
+        <v>1335</v>
       </c>
       <c r="B2316" s="2">
-        <v>1708.37</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2317" s="1" t="s">
-        <v>1364</v>
+        <v>2986</v>
       </c>
       <c r="B2317" s="2">
-        <v>230.21</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2318" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2318" s="1" t="s">
-        <v>2613</v>
+        <v>3258</v>
       </c>
       <c r="B2318" s="2">
-        <v>298.95999999999998</v>
+        <v>298.32</v>
       </c>
     </row>
     <row r="2319" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2319" s="1" t="s">
-        <v>1365</v>
+        <v>2732</v>
       </c>
       <c r="B2319" s="2">
-        <v>2685.23</v>
+        <v>4605.75</v>
       </c>
     </row>
     <row r="2320" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2320" s="1" t="s">
-        <v>1366</v>
+        <v>1336</v>
       </c>
       <c r="B2320" s="2">
-        <v>134.94999999999999</v>
+        <v>511.08</v>
       </c>
     </row>
     <row r="2321" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2321" s="1" t="s">
-        <v>1367</v>
+        <v>1337</v>
       </c>
       <c r="B2321" s="2">
-        <v>271.49</v>
+        <v>1021.99</v>
       </c>
     </row>
     <row r="2322" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2322" s="1" t="s">
-        <v>1368</v>
+        <v>1338</v>
       </c>
       <c r="B2322" s="2">
-        <v>518.23</v>
+        <v>163.22</v>
       </c>
     </row>
     <row r="2323" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2323" s="1" t="s">
-        <v>1369</v>
+        <v>3259</v>
       </c>
       <c r="B2323" s="2">
-        <v>504.62</v>
+        <v>539.08000000000004</v>
       </c>
     </row>
     <row r="2324" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2324" s="1" t="s">
-        <v>3089</v>
+        <v>2592</v>
       </c>
       <c r="B2324" s="2">
-        <v>68.75</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2325" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2325" s="1" t="s">
-        <v>1370</v>
+        <v>1339</v>
       </c>
       <c r="B2325" s="2">
-        <v>23822.87</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="2326" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2326" s="1" t="s">
-        <v>1371</v>
+        <v>3302</v>
       </c>
       <c r="B2326" s="2">
-        <v>1014.39</v>
+        <v>10255.92</v>
       </c>
     </row>
     <row r="2327" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2327" s="1" t="s">
-        <v>1372</v>
+        <v>4105</v>
       </c>
       <c r="B2327" s="2">
-        <v>83.93</v>
+        <v>10919</v>
       </c>
     </row>
     <row r="2328" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2328" s="1" t="s">
-        <v>2614</v>
+        <v>3331</v>
       </c>
       <c r="B2328" s="2">
-        <v>137.5</v>
+        <v>4754.24</v>
       </c>
     </row>
     <row r="2329" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2329" s="1" t="s">
-        <v>3168</v>
+        <v>3329</v>
       </c>
       <c r="B2329" s="2">
-        <v>60.71</v>
+        <v>859.2</v>
       </c>
     </row>
     <row r="2330" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2330" s="1" t="s">
-        <v>1373</v>
+        <v>3303</v>
       </c>
       <c r="B2330" s="2">
-        <v>1593.22</v>
+        <v>9616.56</v>
       </c>
     </row>
     <row r="2331" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2331" s="1" t="s">
-        <v>1374</v>
+        <v>4106</v>
       </c>
       <c r="B2331" s="2">
-        <v>1593.22</v>
+        <v>2646.02</v>
       </c>
     </row>
     <row r="2332" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2332" s="1" t="s">
-        <v>1375</v>
+        <v>3330</v>
       </c>
       <c r="B2332" s="2">
-        <v>3751</v>
+        <v>810.46</v>
       </c>
     </row>
     <row r="2333" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2333" s="1" t="s">
-        <v>1376</v>
+        <v>3304</v>
       </c>
       <c r="B2333" s="2">
-        <v>83.93</v>
+        <v>4475</v>
       </c>
     </row>
     <row r="2334" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2334" s="1" t="s">
-        <v>2615</v>
+        <v>1340</v>
       </c>
       <c r="B2334" s="2">
-        <v>48.22</v>
+        <v>9904.84</v>
       </c>
     </row>
     <row r="2335" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2335" s="1" t="s">
-        <v>2616</v>
+        <v>3128</v>
       </c>
       <c r="B2335" s="2">
-        <v>48.22</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="2336" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2336" s="1" t="s">
-        <v>1377</v>
+        <v>1341</v>
       </c>
       <c r="B2336" s="2">
-        <v>41.96</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2337" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2337" s="1" t="s">
-        <v>1378</v>
+        <v>3066</v>
       </c>
       <c r="B2337" s="2">
-        <v>588.74</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2338" s="1" t="s">
-        <v>1379</v>
+        <v>2593</v>
       </c>
       <c r="B2338" s="2">
-        <v>178.05</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2339" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2339" s="1" t="s">
-        <v>1380</v>
+        <v>2594</v>
       </c>
       <c r="B2339" s="2">
-        <v>396.88</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="2340" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2340" s="1" t="s">
-        <v>1381</v>
+        <v>4107</v>
       </c>
       <c r="B2340" s="2">
-        <v>40.18</v>
+        <v>1047.83</v>
       </c>
     </row>
     <row r="2341" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2341" s="1" t="s">
-        <v>3118</v>
+        <v>4108</v>
       </c>
       <c r="B2341" s="2">
-        <v>41.96</v>
+        <v>1645.49</v>
       </c>
     </row>
     <row r="2342" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2342" s="1" t="s">
-        <v>3119</v>
+        <v>3047</v>
       </c>
       <c r="B2342" s="2">
-        <v>41.96</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2343" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2343" s="1" t="s">
-        <v>1382</v>
+        <v>2595</v>
       </c>
       <c r="B2343" s="2">
-        <v>121.46</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="2344" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2344" s="1" t="s">
-        <v>1383</v>
+        <v>1342</v>
       </c>
       <c r="B2344" s="2">
-        <v>365.16</v>
+        <v>4716.5200000000004</v>
       </c>
     </row>
     <row r="2345" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2345" s="1" t="s">
-        <v>1384</v>
+        <v>1343</v>
       </c>
       <c r="B2345" s="2">
-        <v>6506.13</v>
+        <v>515.85</v>
       </c>
     </row>
     <row r="2346" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2346" s="1" t="s">
-        <v>1385</v>
+        <v>1344</v>
       </c>
       <c r="B2346" s="2">
-        <v>88.93</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2347" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2347" s="1" t="s">
-        <v>1386</v>
+        <v>2966</v>
       </c>
       <c r="B2347" s="2">
-        <v>442.25</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2348" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2348" s="1" t="s">
-        <v>2617</v>
+        <v>1345</v>
       </c>
       <c r="B2348" s="2">
-        <v>498.26</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="2349" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2349" s="1" t="s">
-        <v>1387</v>
+        <v>1346</v>
       </c>
       <c r="B2349" s="2">
-        <v>134.16999999999999</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2350" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2350" s="1" t="s">
-        <v>1388</v>
+        <v>2596</v>
       </c>
       <c r="B2350" s="2">
-        <v>159.82</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="2351" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2351" s="1" t="s">
-        <v>3270</v>
+        <v>1347</v>
       </c>
       <c r="B2351" s="2">
-        <v>159.82</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="2352" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2352" s="1" t="s">
-        <v>1389</v>
+        <v>1348</v>
       </c>
       <c r="B2352" s="2">
-        <v>159.82</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2353" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2353" s="1" t="s">
-        <v>3269</v>
+        <v>1349</v>
       </c>
       <c r="B2353" s="2">
-        <v>159.82</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="2354" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2354" s="1" t="s">
-        <v>2975</v>
+        <v>1350</v>
       </c>
       <c r="B2354" s="2">
-        <v>159.82</v>
+        <v>22042.22</v>
       </c>
     </row>
     <row r="2355" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2355" s="1" t="s">
-        <v>1390</v>
+        <v>1351</v>
       </c>
       <c r="B2355" s="2">
-        <v>2152.5100000000002</v>
+        <v>19129.25</v>
       </c>
     </row>
     <row r="2356" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2356" s="1" t="s">
-        <v>1391</v>
+        <v>1352</v>
       </c>
       <c r="B2356" s="2">
-        <v>228.36</v>
+        <v>1377.19</v>
       </c>
     </row>
     <row r="2357" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2357" s="1" t="s">
-        <v>1392</v>
+        <v>1353</v>
       </c>
       <c r="B2357" s="2">
-        <v>228.36</v>
+        <v>604.08000000000004</v>
       </c>
     </row>
     <row r="2358" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2358" s="1" t="s">
-        <v>1393</v>
+        <v>1354</v>
       </c>
       <c r="B2358" s="2">
-        <v>4617.62</v>
+        <v>588.53</v>
       </c>
     </row>
     <row r="2359" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2359" s="1" t="s">
-        <v>1394</v>
+        <v>4109</v>
       </c>
       <c r="B2359" s="2">
-        <v>3831.96</v>
+        <v>1.1299999999999999</v>
       </c>
     </row>
     <row r="2360" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2360" s="1" t="s">
-        <v>2982</v>
+        <v>4110</v>
       </c>
       <c r="B2360" s="2">
-        <v>191.95</v>
+        <v>1.1299999999999999</v>
       </c>
     </row>
     <row r="2361" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2361" s="1" t="s">
-        <v>2981</v>
+        <v>4111</v>
       </c>
       <c r="B2361" s="2">
-        <v>633.44000000000005</v>
+        <v>1.1299999999999999</v>
       </c>
     </row>
     <row r="2362" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2362" s="1" t="s">
-        <v>1395</v>
+        <v>1355</v>
       </c>
       <c r="B2362" s="2">
-        <v>40.18</v>
+        <v>1759.62</v>
       </c>
     </row>
     <row r="2363" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2363" s="1" t="s">
-        <v>3414</v>
+        <v>1356</v>
       </c>
       <c r="B2363" s="2">
-        <v>989.53</v>
+        <v>1759.62</v>
       </c>
     </row>
     <row r="2364" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2364" s="1" t="s">
-        <v>2618</v>
+        <v>1357</v>
       </c>
       <c r="B2364" s="2">
-        <v>85.7</v>
+        <v>237.12</v>
       </c>
     </row>
     <row r="2365" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2365" s="1" t="s">
-        <v>1396</v>
+        <v>4112</v>
       </c>
       <c r="B2365" s="2">
-        <v>85.7</v>
+        <v>500.14</v>
       </c>
     </row>
     <row r="2366" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2366" s="1" t="s">
-        <v>1397</v>
+        <v>2597</v>
       </c>
       <c r="B2366" s="2">
-        <v>68.75</v>
+        <v>307.93</v>
       </c>
     </row>
     <row r="2367" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2367" s="1" t="s">
-        <v>3469</v>
+        <v>1358</v>
       </c>
       <c r="B2367" s="2">
-        <v>2595.29</v>
+        <v>2765.79</v>
       </c>
     </row>
     <row r="2368" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2368" s="1" t="s">
-        <v>2974</v>
+        <v>1359</v>
       </c>
       <c r="B2368" s="2">
-        <v>159.82</v>
+        <v>139</v>
       </c>
     </row>
     <row r="2369" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2369" s="1" t="s">
-        <v>7</v>
+        <v>1360</v>
       </c>
       <c r="B2369" s="2">
-        <v>230.16</v>
+        <v>279.63</v>
       </c>
     </row>
     <row r="2370" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2370" s="1" t="s">
-        <v>3049</v>
+        <v>1361</v>
       </c>
       <c r="B2370" s="2">
-        <v>32.14</v>
+        <v>533.78</v>
       </c>
     </row>
     <row r="2371" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2371" s="1" t="s">
-        <v>2444</v>
+        <v>1362</v>
       </c>
       <c r="B2371" s="2">
-        <v>32.14</v>
+        <v>519.76</v>
       </c>
     </row>
     <row r="2372" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2372" s="1" t="s">
-        <v>1398</v>
+        <v>2989</v>
       </c>
       <c r="B2372" s="2">
-        <v>48.22</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="2373" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2373" s="1" t="s">
-        <v>2619</v>
+        <v>1363</v>
       </c>
       <c r="B2373" s="2">
-        <v>123.2</v>
+        <v>24537.56</v>
       </c>
     </row>
     <row r="2374" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2374" s="1" t="s">
-        <v>3299</v>
+        <v>1364</v>
       </c>
       <c r="B2374" s="2">
-        <v>191.57</v>
+        <v>1044.82</v>
       </c>
     </row>
     <row r="2375" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2375" s="1" t="s">
-        <v>2980</v>
+        <v>1365</v>
       </c>
       <c r="B2375" s="2">
-        <v>418.27</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="2376" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2376" s="1" t="s">
-        <v>1399</v>
+        <v>2598</v>
       </c>
       <c r="B2376" s="2">
-        <v>60.71</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="2377" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2377" s="1" t="s">
-        <v>1400</v>
+        <v>3067</v>
       </c>
       <c r="B2377" s="2">
-        <v>1127.73</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2378" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2378" s="1" t="s">
-        <v>1401</v>
+        <v>1366</v>
       </c>
       <c r="B2378" s="2">
-        <v>55.87</v>
+        <v>1641.02</v>
       </c>
     </row>
     <row r="2379" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2379" s="1" t="s">
-        <v>1402</v>
+        <v>1367</v>
       </c>
       <c r="B2379" s="2">
-        <v>1168.21</v>
+        <v>1641.02</v>
       </c>
     </row>
     <row r="2380" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2380" s="1" t="s">
-        <v>1403</v>
+        <v>1368</v>
       </c>
       <c r="B2380" s="2">
-        <v>2189.5300000000002</v>
+        <v>3863.53</v>
       </c>
     </row>
     <row r="2381" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2381" s="1" t="s">
-        <v>1404</v>
+        <v>1369</v>
       </c>
       <c r="B2381" s="2">
-        <v>2627.89</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="2382" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2382" s="1" t="s">
-        <v>1405</v>
+        <v>2599</v>
       </c>
       <c r="B2382" s="2">
-        <v>3065.13</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2383" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2383" s="1" t="s">
-        <v>1406</v>
+        <v>2600</v>
       </c>
       <c r="B2383" s="2">
-        <v>10.3</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2384" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2384" s="1" t="s">
-        <v>3371</v>
+        <v>1370</v>
       </c>
       <c r="B2384" s="2">
-        <v>741.41</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2385" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2385" s="1" t="s">
-        <v>2620</v>
+        <v>1371</v>
       </c>
       <c r="B2385" s="2">
-        <v>60.71</v>
+        <v>606.4</v>
       </c>
     </row>
     <row r="2386" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2386" s="1" t="s">
-        <v>3030</v>
+        <v>1372</v>
       </c>
       <c r="B2386" s="2">
-        <v>3988.8</v>
+        <v>183.39</v>
       </c>
     </row>
     <row r="2387" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2387" s="1" t="s">
-        <v>2621</v>
+        <v>1373</v>
       </c>
       <c r="B2387" s="2">
-        <v>230.78</v>
+        <v>408.79</v>
       </c>
     </row>
     <row r="2388" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2388" s="1" t="s">
-        <v>2976</v>
+        <v>1374</v>
       </c>
       <c r="B2388" s="2">
-        <v>242.88</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="2389" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2389" s="1" t="s">
-        <v>2622</v>
+        <v>3018</v>
       </c>
       <c r="B2389" s="2">
-        <v>810.48</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2390" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2390" s="1" t="s">
-        <v>1407</v>
+        <v>3019</v>
       </c>
       <c r="B2390" s="2">
-        <v>456.99</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2391" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2391" s="1" t="s">
-        <v>1408</v>
+        <v>1375</v>
       </c>
       <c r="B2391" s="2">
-        <v>484.2</v>
+        <v>125.1</v>
       </c>
     </row>
     <row r="2392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2392" s="1" t="s">
-        <v>1409</v>
+        <v>1376</v>
       </c>
       <c r="B2392" s="2">
-        <v>35.74</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2393" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2393" s="1" t="s">
-        <v>1410</v>
+        <v>1377</v>
       </c>
       <c r="B2393" s="2">
-        <v>360.88</v>
+        <v>6701.31</v>
       </c>
     </row>
     <row r="2394" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2394" s="1" t="s">
-        <v>1</v>
+        <v>1378</v>
       </c>
       <c r="B2394" s="2">
-        <v>360.88</v>
+        <v>91.6</v>
       </c>
     </row>
     <row r="2395" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2395" s="1" t="s">
-        <v>1411</v>
+        <v>1379</v>
       </c>
       <c r="B2395" s="2">
-        <v>360.88</v>
+        <v>455.52</v>
       </c>
     </row>
     <row r="2396" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2396" s="1" t="s">
-        <v>1412</v>
+        <v>2601</v>
       </c>
       <c r="B2396" s="2">
-        <v>148.05000000000001</v>
+        <v>513.21</v>
       </c>
     </row>
     <row r="2397" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2397" s="1" t="s">
-        <v>3</v>
+        <v>4113</v>
       </c>
       <c r="B2397" s="2">
-        <v>360.88</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="2398" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2398" s="1" t="s">
-        <v>1413</v>
+        <v>1380</v>
       </c>
       <c r="B2398" s="2">
-        <v>432.6</v>
+        <v>138.19999999999999</v>
       </c>
     </row>
     <row r="2399" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2399" s="1" t="s">
-        <v>1414</v>
+        <v>1381</v>
       </c>
       <c r="B2399" s="2">
-        <v>177.16</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2400" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2400" s="1" t="s">
-        <v>1415</v>
+        <v>3169</v>
       </c>
       <c r="B2400" s="2">
-        <v>105.46</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2401" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2401" s="1" t="s">
-        <v>1416</v>
+        <v>1382</v>
       </c>
       <c r="B2401" s="2">
-        <v>70.180000000000007</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2402" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2402" s="1" t="s">
-        <v>1417</v>
+        <v>3168</v>
       </c>
       <c r="B2402" s="2">
-        <v>104.23</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2403" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2403" s="1" t="s">
-        <v>1418</v>
+        <v>2875</v>
       </c>
       <c r="B2403" s="2">
-        <v>100.26</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2404" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2404" s="1" t="s">
-        <v>1419</v>
+        <v>1383</v>
       </c>
       <c r="B2404" s="2">
-        <v>91.4</v>
+        <v>2217.09</v>
       </c>
     </row>
     <row r="2405" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2405" s="1" t="s">
-        <v>1420</v>
+        <v>1384</v>
       </c>
       <c r="B2405" s="2">
-        <v>144.58000000000001</v>
+        <v>235.21</v>
       </c>
     </row>
     <row r="2406" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2406" s="1" t="s">
-        <v>1421</v>
+        <v>1385</v>
       </c>
       <c r="B2406" s="2">
-        <v>84.31</v>
+        <v>235.21</v>
       </c>
     </row>
     <row r="2407" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2407" s="1" t="s">
-        <v>1422</v>
+        <v>1386</v>
       </c>
       <c r="B2407" s="2">
-        <v>271.82</v>
+        <v>4756.1499999999996</v>
       </c>
     </row>
     <row r="2408" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2408" s="1" t="s">
-        <v>1423</v>
+        <v>1387</v>
       </c>
       <c r="B2408" s="2">
-        <v>232.49</v>
+        <v>3946.92</v>
       </c>
     </row>
     <row r="2409" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2409" s="1" t="s">
-        <v>3150</v>
+        <v>2882</v>
       </c>
       <c r="B2409" s="2">
-        <v>60.71</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="2410" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2410" s="1" t="s">
-        <v>2623</v>
+        <v>2881</v>
       </c>
       <c r="B2410" s="2">
-        <v>60.71</v>
+        <v>633.44000000000005</v>
       </c>
     </row>
     <row r="2411" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2411" s="1" t="s">
-        <v>1424</v>
+        <v>1388</v>
       </c>
       <c r="B2411" s="2">
-        <v>455.72</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="2412" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2412" s="1" t="s">
-        <v>2624</v>
+        <v>3305</v>
       </c>
       <c r="B2412" s="2">
-        <v>55</v>
+        <v>1522.69</v>
       </c>
     </row>
     <row r="2413" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2413" s="1" t="s">
-        <v>2625</v>
+        <v>2602</v>
       </c>
       <c r="B2413" s="2">
-        <v>137.5</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="2414" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2414" s="1" t="s">
-        <v>3015</v>
+        <v>1389</v>
       </c>
       <c r="B2414" s="2">
-        <v>159.82</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="2415" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2415" s="1" t="s">
-        <v>2626</v>
+        <v>1390</v>
       </c>
       <c r="B2415" s="2">
-        <v>191.95</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="2416" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2416" s="1" t="s">
-        <v>3016</v>
+        <v>3346</v>
       </c>
       <c r="B2416" s="2">
-        <v>191.95</v>
+        <v>2763.33</v>
       </c>
     </row>
     <row r="2417" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2417" s="1" t="s">
-        <v>2627</v>
+        <v>4114</v>
       </c>
       <c r="B2417" s="2">
-        <v>222.24</v>
+        <v>2.63</v>
       </c>
     </row>
     <row r="2418" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2418" s="1" t="s">
-        <v>2628</v>
+        <v>2874</v>
       </c>
       <c r="B2418" s="2">
-        <v>329.8</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2419" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2419" s="1" t="s">
-        <v>1425</v>
+        <v>7</v>
       </c>
       <c r="B2419" s="2">
-        <v>361.62</v>
+        <v>237.06</v>
       </c>
     </row>
     <row r="2420" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2420" s="1" t="s">
-        <v>2629</v>
+        <v>2949</v>
       </c>
       <c r="B2420" s="2">
-        <v>339.46</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="2421" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2421" s="1" t="s">
-        <v>3017</v>
+        <v>2428</v>
       </c>
       <c r="B2421" s="2">
-        <v>1015.52</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="2422" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2422" s="1" t="s">
-        <v>3018</v>
+        <v>1391</v>
       </c>
       <c r="B2422" s="2">
-        <v>2400</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2423" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2423" s="1" t="s">
-        <v>2630</v>
+        <v>2603</v>
       </c>
       <c r="B2423" s="2">
-        <v>365.16</v>
+        <v>123.2</v>
       </c>
     </row>
     <row r="2424" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2424" s="1" t="s">
-        <v>1426</v>
+        <v>3196</v>
       </c>
       <c r="B2424" s="2">
-        <v>365.16</v>
+        <v>191.57</v>
       </c>
     </row>
     <row r="2425" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2425" s="1" t="s">
-        <v>1427</v>
+        <v>2880</v>
       </c>
       <c r="B2425" s="2">
-        <v>395.57</v>
+        <v>418.27</v>
       </c>
     </row>
     <row r="2426" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2426" s="1" t="s">
-        <v>3001</v>
+        <v>1392</v>
       </c>
       <c r="B2426" s="2">
-        <v>191.95</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2427" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2427" s="1" t="s">
-        <v>2631</v>
+        <v>1393</v>
       </c>
       <c r="B2427" s="2">
-        <v>222.24</v>
+        <v>1161.56</v>
       </c>
     </row>
     <row r="2428" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2428" s="1" t="s">
-        <v>1428</v>
+        <v>1394</v>
       </c>
       <c r="B2428" s="2">
-        <v>1341.49</v>
+        <v>57.55</v>
       </c>
     </row>
     <row r="2429" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2429" s="1" t="s">
-        <v>1429</v>
+        <v>1395</v>
       </c>
       <c r="B2429" s="2">
-        <v>1216.74</v>
+        <v>1203.26</v>
       </c>
     </row>
     <row r="2430" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2430" s="1" t="s">
-        <v>1430</v>
+        <v>1396</v>
       </c>
       <c r="B2430" s="2">
-        <v>2126.19</v>
+        <v>2255.2199999999998</v>
       </c>
     </row>
     <row r="2431" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2431" s="1" t="s">
-        <v>1431</v>
+        <v>1397</v>
       </c>
       <c r="B2431" s="2">
-        <v>2433.4899999999998</v>
+        <v>2706.73</v>
       </c>
     </row>
     <row r="2432" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2432" s="1" t="s">
-        <v>1432</v>
+        <v>1398</v>
       </c>
       <c r="B2432" s="2">
-        <v>1723.62</v>
+        <v>3157.08</v>
       </c>
     </row>
     <row r="2433" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2433" s="1" t="s">
-        <v>1433</v>
+        <v>4115</v>
       </c>
       <c r="B2433" s="2">
-        <v>2100.11</v>
+        <v>176.3</v>
       </c>
     </row>
     <row r="2434" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2434" s="1" t="s">
-        <v>1434</v>
+        <v>4116</v>
       </c>
       <c r="B2434" s="2">
-        <v>1723.62</v>
+        <v>246.82</v>
       </c>
     </row>
     <row r="2435" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2435" s="1" t="s">
-        <v>1435</v>
+        <v>4117</v>
       </c>
       <c r="B2435" s="2">
-        <v>1826.83</v>
+        <v>317.33999999999997</v>
       </c>
     </row>
     <row r="2436" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2436" s="1" t="s">
-        <v>1436</v>
+        <v>4118</v>
       </c>
       <c r="B2436" s="2">
-        <v>2638.74</v>
+        <v>458.38</v>
       </c>
     </row>
     <row r="2437" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2437" s="1" t="s">
-        <v>1437</v>
+        <v>4119</v>
       </c>
       <c r="B2437" s="2">
-        <v>1671.46</v>
+        <v>599.41999999999996</v>
       </c>
     </row>
     <row r="2438" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2438" s="1" t="s">
-        <v>1438</v>
+        <v>4120</v>
       </c>
       <c r="B2438" s="2">
-        <v>2260.0100000000002</v>
+        <v>317.33999999999997</v>
       </c>
     </row>
     <row r="2439" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2439" s="1" t="s">
-        <v>1439</v>
+        <v>4121</v>
       </c>
       <c r="B2439" s="2">
-        <v>1550.13</v>
+        <v>387.86</v>
       </c>
     </row>
     <row r="2440" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2440" s="1" t="s">
-        <v>1440</v>
+        <v>4122</v>
       </c>
       <c r="B2440" s="2">
-        <v>1723.62</v>
+        <v>458.38</v>
       </c>
     </row>
     <row r="2441" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2441" s="1" t="s">
-        <v>1441</v>
+        <v>4123</v>
       </c>
       <c r="B2441" s="2">
-        <v>1668.06</v>
+        <v>599.41999999999996</v>
       </c>
     </row>
     <row r="2442" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2442" s="1" t="s">
-        <v>1442</v>
+        <v>4124</v>
       </c>
       <c r="B2442" s="2">
-        <v>2899.56</v>
+        <v>669.94</v>
       </c>
     </row>
     <row r="2443" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2443" s="1" t="s">
-        <v>1443</v>
+        <v>4125</v>
       </c>
       <c r="B2443" s="2">
-        <v>1865.39</v>
+        <v>7761.6</v>
       </c>
     </row>
     <row r="2444" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2444" s="1" t="s">
-        <v>1444</v>
+        <v>1399</v>
       </c>
       <c r="B2444" s="2">
-        <v>1826.83</v>
+        <v>69.099999999999994</v>
       </c>
     </row>
     <row r="2445" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2445" s="1" t="s">
-        <v>1445</v>
+        <v>4126</v>
       </c>
       <c r="B2445" s="2">
-        <v>1723.62</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="2446" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2446" s="1" t="s">
-        <v>1446</v>
+        <v>4127</v>
       </c>
       <c r="B2446" s="2">
-        <v>2126.19</v>
+        <v>529.22</v>
       </c>
     </row>
     <row r="2447" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2447" s="1" t="s">
-        <v>1447</v>
+        <v>4128</v>
       </c>
       <c r="B2447" s="2">
-        <v>1826.83</v>
+        <v>882.02</v>
       </c>
     </row>
     <row r="2448" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2448" s="1" t="s">
-        <v>1448</v>
+        <v>2604</v>
       </c>
       <c r="B2448" s="2">
-        <v>1723.62</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2449" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2449" s="1" t="s">
-        <v>1449</v>
+        <v>2930</v>
       </c>
       <c r="B2449" s="2">
-        <v>1550.13</v>
+        <v>3988.8</v>
       </c>
     </row>
     <row r="2450" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2450" s="1" t="s">
-        <v>1450</v>
+        <v>2605</v>
       </c>
       <c r="B2450" s="2">
-        <v>2260.0100000000002</v>
+        <v>230.78</v>
       </c>
     </row>
     <row r="2451" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2451" s="1" t="s">
-        <v>1451</v>
+        <v>2876</v>
       </c>
       <c r="B2451" s="2">
-        <v>4696.74</v>
+        <v>242.88</v>
       </c>
     </row>
     <row r="2452" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2452" s="1" t="s">
-        <v>1452</v>
+        <v>2606</v>
       </c>
       <c r="B2452" s="2">
-        <v>1800.74</v>
+        <v>810.48</v>
       </c>
     </row>
     <row r="2453" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2453" s="1" t="s">
-        <v>1453</v>
+        <v>4129</v>
       </c>
       <c r="B2453" s="2">
-        <v>3018.61</v>
+        <v>463.55</v>
       </c>
     </row>
     <row r="2454" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2454" s="1" t="s">
-        <v>1454</v>
+        <v>1400</v>
       </c>
       <c r="B2454" s="2">
-        <v>1589.83</v>
+        <v>470.7</v>
       </c>
     </row>
     <row r="2455" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2455" s="1" t="s">
-        <v>1455</v>
+        <v>1401</v>
       </c>
       <c r="B2455" s="2">
-        <v>1858.57</v>
+        <v>498.73</v>
       </c>
     </row>
     <row r="2456" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2456" s="1" t="s">
-        <v>1456</v>
+        <v>1402</v>
       </c>
       <c r="B2456" s="2">
-        <v>2452.7800000000002</v>
+        <v>36.81</v>
       </c>
     </row>
     <row r="2457" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2457" s="1" t="s">
-        <v>1457</v>
+        <v>1403</v>
       </c>
       <c r="B2457" s="2">
-        <v>1796.2</v>
+        <v>371.71</v>
       </c>
     </row>
     <row r="2458" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2458" s="1" t="s">
-        <v>1458</v>
+        <v>1</v>
       </c>
       <c r="B2458" s="2">
-        <v>2159.0700000000002</v>
+        <v>371.71</v>
       </c>
     </row>
     <row r="2459" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2459" s="1" t="s">
-        <v>1459</v>
+        <v>1404</v>
       </c>
       <c r="B2459" s="2">
-        <v>1723.62</v>
+        <v>371.71</v>
       </c>
     </row>
     <row r="2460" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2460" s="1" t="s">
-        <v>1460</v>
+        <v>1405</v>
       </c>
       <c r="B2460" s="2">
-        <v>2159.0700000000002</v>
+        <v>152.49</v>
       </c>
     </row>
     <row r="2461" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2461" s="1" t="s">
-        <v>1461</v>
+        <v>3</v>
       </c>
       <c r="B2461" s="2">
-        <v>2159.0700000000002</v>
+        <v>371.71</v>
       </c>
     </row>
     <row r="2462" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2462" s="1" t="s">
-        <v>1462</v>
+        <v>1406</v>
       </c>
       <c r="B2462" s="2">
-        <v>2220.5300000000002</v>
+        <v>445.58</v>
       </c>
     </row>
     <row r="2463" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2463" s="1" t="s">
-        <v>1463</v>
+        <v>1407</v>
       </c>
       <c r="B2463" s="2">
-        <v>2220.5300000000002</v>
+        <v>182.47</v>
       </c>
     </row>
     <row r="2464" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2464" s="1" t="s">
-        <v>1464</v>
+        <v>1408</v>
       </c>
       <c r="B2464" s="2">
-        <v>2043.4</v>
+        <v>108.62</v>
       </c>
     </row>
     <row r="2465" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2465" s="1" t="s">
-        <v>1465</v>
+        <v>1409</v>
       </c>
       <c r="B2465" s="2">
-        <v>2043.4</v>
+        <v>72.290000000000006</v>
       </c>
     </row>
     <row r="2466" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2466" s="1" t="s">
-        <v>1466</v>
+        <v>1410</v>
       </c>
       <c r="B2466" s="2">
-        <v>1460.54</v>
+        <v>107.36</v>
       </c>
     </row>
     <row r="2467" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2467" s="1" t="s">
-        <v>1467</v>
+        <v>1411</v>
       </c>
       <c r="B2467" s="2">
-        <v>1186.1300000000001</v>
+        <v>103.27</v>
       </c>
     </row>
     <row r="2468" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2468" s="1" t="s">
-        <v>1468</v>
+        <v>1412</v>
       </c>
       <c r="B2468" s="2">
-        <v>1800.74</v>
+        <v>94.14</v>
       </c>
     </row>
     <row r="2469" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2469" s="1" t="s">
-        <v>1469</v>
+        <v>1413</v>
       </c>
       <c r="B2469" s="2">
-        <v>2847.4</v>
+        <v>148.91999999999999</v>
       </c>
     </row>
     <row r="2470" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2470" s="1" t="s">
-        <v>1470</v>
+        <v>1414</v>
       </c>
       <c r="B2470" s="2">
-        <v>1694.14</v>
+        <v>86.84</v>
       </c>
     </row>
     <row r="2471" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2471" s="1" t="s">
-        <v>1471</v>
+        <v>1415</v>
       </c>
       <c r="B2471" s="2">
-        <v>4269.9799999999996</v>
+        <v>279.97000000000003</v>
       </c>
     </row>
     <row r="2472" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2472" s="1" t="s">
-        <v>1472</v>
+        <v>1416</v>
       </c>
       <c r="B2472" s="2">
-        <v>4593.3900000000003</v>
+        <v>239.46</v>
       </c>
     </row>
     <row r="2473" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2473" s="1" t="s">
-        <v>1473</v>
+        <v>3049</v>
       </c>
       <c r="B2473" s="2">
-        <v>4019.76</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2474" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2474" s="1" t="s">
-        <v>1474</v>
+        <v>2607</v>
       </c>
       <c r="B2474" s="2">
-        <v>1800.74</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2475" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2475" s="1" t="s">
-        <v>1475</v>
+        <v>1417</v>
       </c>
       <c r="B2475" s="2">
-        <v>3172.84</v>
+        <v>469.39</v>
       </c>
     </row>
     <row r="2476" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2476" s="1" t="s">
-        <v>1476</v>
+        <v>2608</v>
       </c>
       <c r="B2476" s="2">
-        <v>1290.46</v>
+        <v>57</v>
       </c>
     </row>
     <row r="2477" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2477" s="1" t="s">
-        <v>1477</v>
+        <v>2609</v>
       </c>
       <c r="B2477" s="2">
-        <v>1173.6600000000001</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="2478" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2478" s="1" t="s">
-        <v>1478</v>
+        <v>2915</v>
       </c>
       <c r="B2478" s="2">
-        <v>2447.09</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2479" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2479" s="1" t="s">
-        <v>1479</v>
+        <v>2610</v>
       </c>
       <c r="B2479" s="2">
-        <v>3001.61</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="2480" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2480" s="1" t="s">
-        <v>1480</v>
+        <v>2916</v>
       </c>
       <c r="B2480" s="2">
-        <v>2011.65</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="2481" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2481" s="1" t="s">
-        <v>1481</v>
+        <v>2611</v>
       </c>
       <c r="B2481" s="2">
-        <v>1898.26</v>
+        <v>222.24</v>
       </c>
     </row>
     <row r="2482" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2482" s="1" t="s">
-        <v>1482</v>
+        <v>2612</v>
       </c>
       <c r="B2482" s="2">
-        <v>3065.13</v>
+        <v>329.8</v>
       </c>
     </row>
     <row r="2483" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2483" s="1" t="s">
-        <v>1483</v>
+        <v>1418</v>
       </c>
       <c r="B2483" s="2">
-        <v>1571.68</v>
+        <v>361.62</v>
       </c>
     </row>
     <row r="2484" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2484" s="1" t="s">
-        <v>1484</v>
+        <v>2613</v>
       </c>
       <c r="B2484" s="2">
-        <v>1916.41</v>
+        <v>339.46</v>
       </c>
     </row>
     <row r="2485" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2485" s="1" t="s">
-        <v>1485</v>
+        <v>2917</v>
       </c>
       <c r="B2485" s="2">
-        <v>3237.48</v>
+        <v>1015.52</v>
       </c>
     </row>
     <row r="2486" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2486" s="1" t="s">
-        <v>1486</v>
+        <v>2918</v>
       </c>
       <c r="B2486" s="2">
-        <v>1436.75</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="2487" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2487" s="1" t="s">
-        <v>1487</v>
+        <v>2614</v>
       </c>
       <c r="B2487" s="2">
-        <v>2054.75</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2488" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2488" s="1" t="s">
-        <v>1488</v>
+        <v>1419</v>
       </c>
       <c r="B2488" s="2">
-        <v>3065.13</v>
+        <v>365.16</v>
       </c>
     </row>
     <row r="2489" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2489" s="1" t="s">
-        <v>1489</v>
+        <v>1420</v>
       </c>
       <c r="B2489" s="2">
-        <v>1436.75</v>
+        <v>407.44</v>
       </c>
     </row>
     <row r="2490" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2490" s="1" t="s">
-        <v>1490</v>
+        <v>2901</v>
       </c>
       <c r="B2490" s="2">
-        <v>2020.74</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="2491" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2491" s="1" t="s">
-        <v>1491</v>
+        <v>2615</v>
       </c>
       <c r="B2491" s="2">
-        <v>3073.05</v>
+        <v>222.24</v>
       </c>
     </row>
     <row r="2492" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2492" s="1" t="s">
-        <v>1492</v>
+        <v>1421</v>
       </c>
       <c r="B2492" s="2">
-        <v>1796.2</v>
+        <v>1381.73</v>
       </c>
     </row>
     <row r="2493" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2493" s="1" t="s">
-        <v>1493</v>
+        <v>4130</v>
       </c>
       <c r="B2493" s="2">
-        <v>1984.44</v>
+        <v>223.25</v>
       </c>
     </row>
     <row r="2494" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2494" s="1" t="s">
-        <v>1494</v>
+        <v>4131</v>
       </c>
       <c r="B2494" s="2">
-        <v>2943.77</v>
+        <v>232.73</v>
       </c>
     </row>
     <row r="2495" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2495" s="1" t="s">
-        <v>1495</v>
+        <v>4132</v>
       </c>
       <c r="B2495" s="2">
-        <v>1577.35</v>
+        <v>150.61000000000001</v>
       </c>
     </row>
     <row r="2496" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2496" s="1" t="s">
-        <v>1496</v>
+        <v>4133</v>
       </c>
       <c r="B2496" s="2">
-        <v>3110.48</v>
+        <v>62.09</v>
       </c>
     </row>
     <row r="2497" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2497" s="1" t="s">
-        <v>1497</v>
+        <v>4134</v>
       </c>
       <c r="B2497" s="2">
-        <v>1655.58</v>
+        <v>612.88</v>
       </c>
     </row>
     <row r="2498" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2498" s="1" t="s">
-        <v>2799</v>
+        <v>4135</v>
       </c>
       <c r="B2498" s="2">
-        <v>3110.48</v>
+        <v>62.09</v>
       </c>
     </row>
     <row r="2499" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2499" s="1" t="s">
-        <v>1498</v>
+        <v>1422</v>
       </c>
       <c r="B2499" s="2">
-        <v>83.93</v>
+        <v>1253.24</v>
       </c>
     </row>
     <row r="2500" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2500" s="1" t="s">
-        <v>2977</v>
+        <v>1423</v>
       </c>
       <c r="B2500" s="2">
-        <v>255.96</v>
+        <v>2189.98</v>
       </c>
     </row>
     <row r="2501" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2501" s="1" t="s">
-        <v>2632</v>
+        <v>1424</v>
       </c>
       <c r="B2501" s="2">
-        <v>458.04</v>
+        <v>2506.4899999999998</v>
       </c>
     </row>
     <row r="2502" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2502" s="1" t="s">
-        <v>2979</v>
+        <v>1425</v>
       </c>
       <c r="B2502" s="2">
-        <v>285.60000000000002</v>
+        <v>1775.33</v>
       </c>
     </row>
     <row r="2503" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2503" s="1" t="s">
-        <v>2633</v>
+        <v>1426</v>
       </c>
       <c r="B2503" s="2">
-        <v>770.22</v>
+        <v>2163.11</v>
       </c>
     </row>
     <row r="2504" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2504" s="1" t="s">
-        <v>2978</v>
+        <v>1427</v>
       </c>
       <c r="B2504" s="2">
-        <v>369.6</v>
+        <v>1775.33</v>
       </c>
     </row>
     <row r="2505" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2505" s="1" t="s">
-        <v>1499</v>
+        <v>1428</v>
       </c>
       <c r="B2505" s="2">
-        <v>2161.77</v>
+        <v>1881.63</v>
       </c>
     </row>
     <row r="2506" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2506" s="1" t="s">
-        <v>2634</v>
+        <v>1429</v>
       </c>
       <c r="B2506" s="2">
-        <v>159.82</v>
+        <v>2717.9</v>
       </c>
     </row>
     <row r="2507" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2507" s="1" t="s">
-        <v>2635</v>
+        <v>1430</v>
       </c>
       <c r="B2507" s="2">
-        <v>41.96</v>
+        <v>1721.6</v>
       </c>
     </row>
     <row r="2508" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2508" s="1" t="s">
-        <v>3090</v>
+        <v>1431</v>
       </c>
       <c r="B2508" s="2">
-        <v>108.02</v>
+        <v>1880.66</v>
       </c>
     </row>
     <row r="2509" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2509" s="1" t="s">
-        <v>1500</v>
+        <v>1432</v>
       </c>
       <c r="B2509" s="2">
-        <v>41.96</v>
+        <v>1880.66</v>
       </c>
     </row>
     <row r="2510" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2510" s="1" t="s">
-        <v>1501</v>
+        <v>1433</v>
       </c>
       <c r="B2510" s="2">
-        <v>377.06</v>
+        <v>1880.66</v>
       </c>
     </row>
     <row r="2511" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2511" s="1" t="s">
-        <v>1502</v>
+        <v>1434</v>
       </c>
       <c r="B2511" s="2">
-        <v>136.5</v>
+        <v>1718.1</v>
       </c>
     </row>
     <row r="2512" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2512" s="1" t="s">
-        <v>1503</v>
+        <v>1435</v>
       </c>
       <c r="B2512" s="2">
-        <v>186.21</v>
+        <v>2986.55</v>
       </c>
     </row>
     <row r="2513" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2513" s="1" t="s">
-        <v>1504</v>
+        <v>1436</v>
       </c>
       <c r="B2513" s="2">
-        <v>263.72000000000003</v>
+        <v>1921.35</v>
       </c>
     </row>
     <row r="2514" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2514" s="1" t="s">
-        <v>1505</v>
+        <v>1437</v>
       </c>
       <c r="B2514" s="2">
-        <v>95.03</v>
+        <v>1881.63</v>
       </c>
     </row>
     <row r="2515" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2515" s="1" t="s">
-        <v>1506</v>
+        <v>4136</v>
       </c>
       <c r="B2515" s="2">
-        <v>95.03</v>
+        <v>1881.63</v>
       </c>
     </row>
     <row r="2516" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2516" s="1" t="s">
-        <v>1507</v>
+        <v>1438</v>
       </c>
       <c r="B2516" s="2">
-        <v>95.03</v>
+        <v>1775.33</v>
       </c>
     </row>
     <row r="2517" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2517" s="1" t="s">
-        <v>1508</v>
+        <v>1439</v>
       </c>
       <c r="B2517" s="2">
-        <v>49.06</v>
+        <v>2189.98</v>
       </c>
     </row>
     <row r="2518" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2518" s="1" t="s">
-        <v>3151</v>
+        <v>1440</v>
       </c>
       <c r="B2518" s="2">
-        <v>60.71</v>
+        <v>1881.63</v>
       </c>
     </row>
     <row r="2519" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2519" s="1" t="s">
-        <v>2636</v>
+        <v>1441</v>
       </c>
       <c r="B2519" s="2">
-        <v>83.93</v>
+        <v>1775.33</v>
       </c>
     </row>
     <row r="2520" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2520" s="1" t="s">
-        <v>1509</v>
+        <v>1442</v>
       </c>
       <c r="B2520" s="2">
-        <v>83.93</v>
+        <v>1596.63</v>
       </c>
     </row>
     <row r="2521" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2521" s="1" t="s">
-        <v>1510</v>
+        <v>1443</v>
       </c>
       <c r="B2521" s="2">
-        <v>83.93</v>
+        <v>2327.81</v>
       </c>
     </row>
     <row r="2522" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2522" s="1" t="s">
-        <v>1511</v>
+        <v>1444</v>
       </c>
       <c r="B2522" s="2">
-        <v>210.48</v>
+        <v>4837.6400000000003</v>
       </c>
     </row>
     <row r="2523" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2523" s="1" t="s">
-        <v>1512</v>
+        <v>1445</v>
       </c>
       <c r="B2523" s="2">
-        <v>80.349999999999994</v>
+        <v>1854.76</v>
       </c>
     </row>
     <row r="2524" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2524" s="1" t="s">
-        <v>1513</v>
+        <v>1446</v>
       </c>
       <c r="B2524" s="2">
-        <v>2111.44</v>
+        <v>3109.17</v>
       </c>
     </row>
     <row r="2525" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2525" s="1" t="s">
-        <v>1514</v>
+        <v>1447</v>
       </c>
       <c r="B2525" s="2">
-        <v>1922.07</v>
+        <v>1637.52</v>
       </c>
     </row>
     <row r="2526" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2526" s="1" t="s">
-        <v>1515</v>
+        <v>1448</v>
       </c>
       <c r="B2526" s="2">
-        <v>2088.77</v>
+        <v>1914.33</v>
       </c>
     </row>
     <row r="2527" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2527" s="1" t="s">
-        <v>1516</v>
+        <v>1449</v>
       </c>
       <c r="B2527" s="2">
-        <v>666.78</v>
+        <v>2526.36</v>
       </c>
     </row>
     <row r="2528" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2528" s="1" t="s">
-        <v>1517</v>
+        <v>1450</v>
       </c>
       <c r="B2528" s="2">
-        <v>1843.7</v>
+        <v>1850.09</v>
       </c>
     </row>
     <row r="2529" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2529" s="1" t="s">
-        <v>1518</v>
+        <v>1451</v>
       </c>
       <c r="B2529" s="2">
-        <v>1843.7</v>
+        <v>2223.84</v>
       </c>
     </row>
     <row r="2530" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2530" s="1" t="s">
-        <v>1519</v>
+        <v>1452</v>
       </c>
       <c r="B2530" s="2">
-        <v>1843.7</v>
+        <v>1775.33</v>
       </c>
     </row>
     <row r="2531" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2531" s="1" t="s">
-        <v>1520</v>
+        <v>1453</v>
       </c>
       <c r="B2531" s="2">
-        <v>1843.7</v>
+        <v>2223.84</v>
       </c>
     </row>
     <row r="2532" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2532" s="1" t="s">
-        <v>2637</v>
+        <v>1454</v>
       </c>
       <c r="B2532" s="2">
-        <v>608.96</v>
+        <v>2223.84</v>
       </c>
     </row>
     <row r="2533" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2533" s="1" t="s">
-        <v>1521</v>
+        <v>1455</v>
       </c>
       <c r="B2533" s="2">
-        <v>80.349999999999994</v>
+        <v>2287.15</v>
       </c>
     </row>
     <row r="2534" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2534" s="1" t="s">
-        <v>2638</v>
+        <v>1456</v>
       </c>
       <c r="B2534" s="2">
-        <v>697.17</v>
+        <v>2287.15</v>
       </c>
     </row>
     <row r="2535" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2535" s="1" t="s">
-        <v>1522</v>
+        <v>1457</v>
       </c>
       <c r="B2535" s="2">
-        <v>722.9</v>
+        <v>2104.6999999999998</v>
       </c>
     </row>
     <row r="2536" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2536" s="1" t="s">
-        <v>1523</v>
+        <v>1458</v>
       </c>
       <c r="B2536" s="2">
-        <v>49.06</v>
+        <v>2104.6999999999998</v>
       </c>
     </row>
     <row r="2537" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2537" s="1" t="s">
-        <v>3303</v>
+        <v>1459</v>
       </c>
       <c r="B2537" s="2">
-        <v>70.540000000000006</v>
+        <v>1504.36</v>
       </c>
     </row>
     <row r="2538" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2538" s="1" t="s">
-        <v>1524</v>
+        <v>1460</v>
       </c>
       <c r="B2538" s="2">
-        <v>83.93</v>
+        <v>1221.71</v>
       </c>
     </row>
     <row r="2539" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2539" s="1" t="s">
-        <v>1525</v>
+        <v>1461</v>
       </c>
       <c r="B2539" s="2">
-        <v>234.75</v>
+        <v>1854.76</v>
       </c>
     </row>
     <row r="2540" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2540" s="1" t="s">
-        <v>1526</v>
+        <v>1462</v>
       </c>
       <c r="B2540" s="2">
-        <v>2247.37</v>
+        <v>2932.82</v>
       </c>
     </row>
     <row r="2541" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2541" s="1" t="s">
-        <v>1527</v>
+        <v>1463</v>
       </c>
       <c r="B2541" s="2">
-        <v>160.77000000000001</v>
+        <v>1744.96</v>
       </c>
     </row>
     <row r="2542" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2542" s="1" t="s">
-        <v>1528</v>
+        <v>1464</v>
       </c>
       <c r="B2542" s="2">
-        <v>108.02</v>
+        <v>4398.08</v>
       </c>
     </row>
     <row r="2543" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2543" s="1" t="s">
-        <v>1529</v>
+        <v>1465</v>
       </c>
       <c r="B2543" s="2">
-        <v>32.14</v>
+        <v>4731.1899999999996</v>
       </c>
     </row>
     <row r="2544" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2544" s="1" t="s">
-        <v>2916</v>
+        <v>1466</v>
       </c>
       <c r="B2544" s="2">
-        <v>32.14</v>
+        <v>4140.3500000000004</v>
       </c>
     </row>
     <row r="2545" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2545" s="1" t="s">
-        <v>1530</v>
+        <v>1467</v>
       </c>
       <c r="B2545" s="2">
-        <v>2040.33</v>
+        <v>1854.76</v>
       </c>
     </row>
     <row r="2546" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2546" s="1" t="s">
-        <v>1531</v>
+        <v>1468</v>
       </c>
       <c r="B2546" s="2">
-        <v>197</v>
+        <v>3268.03</v>
       </c>
     </row>
     <row r="2547" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2547" s="1" t="s">
-        <v>1532</v>
+        <v>1469</v>
       </c>
       <c r="B2547" s="2">
-        <v>378.22</v>
+        <v>1329.17</v>
       </c>
     </row>
     <row r="2548" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2548" s="1" t="s">
-        <v>1533</v>
+        <v>1470</v>
       </c>
       <c r="B2548" s="2">
-        <v>818.9</v>
+        <v>1208.8699999999999</v>
       </c>
     </row>
     <row r="2549" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2549" s="1" t="s">
-        <v>1534</v>
+        <v>1471</v>
       </c>
       <c r="B2549" s="2">
-        <v>818.9</v>
+        <v>2520.5</v>
       </c>
     </row>
     <row r="2550" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2550" s="1" t="s">
-        <v>1535</v>
+        <v>1472</v>
       </c>
       <c r="B2550" s="2">
-        <v>298.41000000000003</v>
+        <v>3091.66</v>
       </c>
     </row>
     <row r="2551" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2551" s="1" t="s">
-        <v>1536</v>
+        <v>1473</v>
       </c>
       <c r="B2551" s="2">
-        <v>522.80999999999995</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="2552" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2552" s="1" t="s">
-        <v>1537</v>
+        <v>1474</v>
       </c>
       <c r="B2552" s="2">
-        <v>83.93</v>
+        <v>1955.21</v>
       </c>
     </row>
     <row r="2553" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2553" s="1" t="s">
-        <v>3230</v>
+        <v>1475</v>
       </c>
       <c r="B2553" s="2">
-        <v>48.22</v>
+        <v>3157.08</v>
       </c>
     </row>
     <row r="2554" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2554" s="1" t="s">
-        <v>1538</v>
+        <v>1476</v>
       </c>
       <c r="B2554" s="2">
-        <v>60.71</v>
+        <v>1618.83</v>
       </c>
     </row>
     <row r="2555" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2555" s="1" t="s">
-        <v>3291</v>
+        <v>1477</v>
       </c>
       <c r="B2555" s="2">
-        <v>983.15</v>
+        <v>1973.9</v>
       </c>
     </row>
     <row r="2556" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2556" s="1" t="s">
-        <v>3329</v>
+        <v>1478</v>
       </c>
       <c r="B2556" s="2">
-        <v>48.22</v>
+        <v>3334.6</v>
       </c>
     </row>
     <row r="2557" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2557" s="1" t="s">
-        <v>3328</v>
+        <v>1479</v>
       </c>
       <c r="B2557" s="2">
-        <v>312.60000000000002</v>
+        <v>1479.85</v>
       </c>
     </row>
     <row r="2558" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2558" s="1" t="s">
-        <v>3313</v>
+        <v>1480</v>
       </c>
       <c r="B2558" s="2">
-        <v>649.19000000000005</v>
+        <v>2116.39</v>
       </c>
     </row>
     <row r="2559" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2559" s="1" t="s">
-        <v>1539</v>
+        <v>1481</v>
       </c>
       <c r="B2559" s="2">
-        <v>569.08000000000004</v>
+        <v>3157.08</v>
       </c>
     </row>
     <row r="2560" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2560" s="1" t="s">
-        <v>3366</v>
+        <v>1482</v>
       </c>
       <c r="B2560" s="2">
-        <v>541.25</v>
+        <v>1479.85</v>
       </c>
     </row>
     <row r="2561" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2561" s="1" t="s">
-        <v>1540</v>
+        <v>1483</v>
       </c>
       <c r="B2561" s="2">
-        <v>133.01</v>
+        <v>2081.36</v>
       </c>
     </row>
     <row r="2562" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2562" s="1" t="s">
-        <v>1541</v>
+        <v>1484</v>
       </c>
       <c r="B2562" s="2">
-        <v>95.03</v>
+        <v>3165.24</v>
       </c>
     </row>
     <row r="2563" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2563" s="1" t="s">
-        <v>2639</v>
+        <v>1485</v>
       </c>
       <c r="B2563" s="2">
-        <v>870</v>
+        <v>1850.09</v>
       </c>
     </row>
     <row r="2564" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2564" s="1" t="s">
-        <v>1542</v>
+        <v>1486</v>
       </c>
       <c r="B2564" s="2">
-        <v>500.14</v>
+        <v>2043.97</v>
       </c>
     </row>
     <row r="2565" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2565" s="1" t="s">
-        <v>3317</v>
+        <v>1487</v>
       </c>
       <c r="B2565" s="2">
-        <v>240</v>
+        <v>3032.08</v>
       </c>
     </row>
     <row r="2566" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2566" s="1" t="s">
-        <v>3042</v>
+        <v>1488</v>
       </c>
       <c r="B2566" s="2">
-        <v>191.95</v>
+        <v>1624.67</v>
       </c>
     </row>
     <row r="2567" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2567" s="1" t="s">
-        <v>2640</v>
+        <v>1489</v>
       </c>
       <c r="B2567" s="2">
-        <v>171.16</v>
+        <v>3203.79</v>
       </c>
     </row>
     <row r="2568" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2568" s="1" t="s">
-        <v>1543</v>
+        <v>1490</v>
       </c>
       <c r="B2568" s="2">
-        <v>159.82</v>
+        <v>1705.25</v>
       </c>
     </row>
     <row r="2569" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2569" s="1" t="s">
-        <v>3319</v>
+        <v>2741</v>
       </c>
       <c r="B2569" s="2">
-        <v>2551.44</v>
+        <v>3203.79</v>
       </c>
     </row>
     <row r="2570" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2570" s="1" t="s">
-        <v>3320</v>
+        <v>1491</v>
       </c>
       <c r="B2570" s="2">
-        <v>171.16</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="2571" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2571" s="1" t="s">
-        <v>1544</v>
+        <v>2877</v>
       </c>
       <c r="B2571" s="2">
-        <v>171.16</v>
+        <v>255.96</v>
       </c>
     </row>
     <row r="2572" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2572" s="1" t="s">
-        <v>1545</v>
+        <v>2616</v>
       </c>
       <c r="B2572" s="2">
-        <v>193.17</v>
+        <v>458.04</v>
       </c>
     </row>
     <row r="2573" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2573" s="1" t="s">
-        <v>3091</v>
+        <v>2879</v>
       </c>
       <c r="B2573" s="2">
-        <v>40.18</v>
+        <v>285.60000000000002</v>
       </c>
     </row>
     <row r="2574" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2574" s="1" t="s">
-        <v>2800</v>
+        <v>2617</v>
       </c>
       <c r="B2574" s="2">
-        <v>2726.73</v>
+        <v>770.22</v>
       </c>
     </row>
     <row r="2575" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2575" s="1" t="s">
-        <v>2732</v>
+        <v>2878</v>
       </c>
       <c r="B2575" s="2">
-        <v>531.02</v>
+        <v>369.6</v>
       </c>
     </row>
     <row r="2576" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2576" s="1" t="s">
-        <v>2641</v>
+        <v>1492</v>
       </c>
       <c r="B2576" s="2">
-        <v>1194.3900000000001</v>
+        <v>2226.62</v>
       </c>
     </row>
     <row r="2577" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2577" s="1" t="s">
-        <v>2642</v>
+        <v>4137</v>
       </c>
       <c r="B2577" s="2">
-        <v>1320.67</v>
+        <v>92.12</v>
       </c>
     </row>
     <row r="2578" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2578" s="1" t="s">
-        <v>2643</v>
+        <v>2618</v>
       </c>
       <c r="B2578" s="2">
-        <v>716.67</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2579" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2579" s="1" t="s">
-        <v>1546</v>
+        <v>2619</v>
       </c>
       <c r="B2579" s="2">
-        <v>4534.9799999999996</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2580" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2580" s="1" t="s">
-        <v>1547</v>
+        <v>2990</v>
       </c>
       <c r="B2580" s="2">
-        <v>4534.9799999999996</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="2581" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2581" s="1" t="s">
-        <v>1548</v>
+        <v>4138</v>
       </c>
       <c r="B2581" s="2">
-        <v>137.5</v>
+        <v>6.89</v>
       </c>
     </row>
     <row r="2582" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2582" s="1" t="s">
-        <v>1549</v>
+        <v>1493</v>
       </c>
       <c r="B2582" s="2">
-        <v>2213.5100000000002</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2583" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2583" s="1" t="s">
-        <v>1550</v>
+        <v>1494</v>
       </c>
       <c r="B2583" s="2">
-        <v>1001.3</v>
+        <v>388.37</v>
       </c>
     </row>
     <row r="2584" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2584" s="1" t="s">
-        <v>1551</v>
+        <v>1495</v>
       </c>
       <c r="B2584" s="2">
-        <v>2060.4299999999998</v>
+        <v>140.6</v>
       </c>
     </row>
     <row r="2585" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2585" s="1" t="s">
-        <v>1552</v>
+        <v>1496</v>
       </c>
       <c r="B2585" s="2">
-        <v>929.24</v>
+        <v>191.8</v>
       </c>
     </row>
     <row r="2586" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2586" s="1" t="s">
-        <v>1553</v>
+        <v>1497</v>
       </c>
       <c r="B2586" s="2">
-        <v>1149.8499999999999</v>
+        <v>114.38</v>
       </c>
     </row>
     <row r="2587" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2587" s="1" t="s">
-        <v>1554</v>
+        <v>1498</v>
       </c>
       <c r="B2587" s="2">
-        <v>1444.67</v>
+        <v>114.38</v>
       </c>
     </row>
     <row r="2588" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2588" s="1" t="s">
-        <v>1555</v>
+        <v>1499</v>
       </c>
       <c r="B2588" s="2">
-        <v>472.87</v>
+        <v>139.86000000000001</v>
       </c>
     </row>
     <row r="2589" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2589" s="1" t="s">
-        <v>1556</v>
+        <v>1500</v>
       </c>
       <c r="B2589" s="2">
-        <v>1384.57</v>
+        <v>139.86000000000001</v>
       </c>
     </row>
     <row r="2590" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2590" s="1" t="s">
-        <v>1557</v>
+        <v>1501</v>
       </c>
       <c r="B2590" s="2">
-        <v>967.51</v>
+        <v>50.53</v>
       </c>
     </row>
     <row r="2591" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2591" s="1" t="s">
-        <v>1558</v>
+        <v>3050</v>
       </c>
       <c r="B2591" s="2">
-        <v>2137.54</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2592" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2592" s="1" t="s">
-        <v>1559</v>
+        <v>2620</v>
       </c>
       <c r="B2592" s="2">
-        <v>827.79</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="2593" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2593" s="1" t="s">
-        <v>1560</v>
+        <v>1502</v>
       </c>
       <c r="B2593" s="2">
-        <v>1776.94</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="2594" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2594" s="1" t="s">
-        <v>1561</v>
+        <v>1503</v>
       </c>
       <c r="B2594" s="2">
-        <v>1960.64</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="2595" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2595" s="1" t="s">
-        <v>1562</v>
+        <v>1504</v>
       </c>
       <c r="B2595" s="2">
-        <v>3399.64</v>
+        <v>210.48</v>
       </c>
     </row>
     <row r="2596" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2596" s="1" t="s">
-        <v>1563</v>
+        <v>1505</v>
       </c>
       <c r="B2596" s="2">
-        <v>1776.94</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2597" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2597" s="1" t="s">
-        <v>1564</v>
+        <v>1506</v>
       </c>
       <c r="B2597" s="2">
-        <v>2333.6999999999998</v>
+        <v>2174.7800000000002</v>
       </c>
     </row>
     <row r="2598" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2598" s="1" t="s">
-        <v>1565</v>
+        <v>1507</v>
       </c>
       <c r="B2598" s="2">
-        <v>2287.2199999999998</v>
+        <v>1979.73</v>
       </c>
     </row>
     <row r="2599" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2599" s="1" t="s">
-        <v>1566</v>
+        <v>1508</v>
       </c>
       <c r="B2599" s="2">
-        <v>2126.19</v>
+        <v>2151.4299999999998</v>
       </c>
     </row>
     <row r="2600" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2600" s="1" t="s">
-        <v>1567</v>
+        <v>1509</v>
       </c>
       <c r="B2600" s="2">
-        <v>1415.18</v>
+        <v>686.78</v>
       </c>
     </row>
     <row r="2601" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2601" s="1" t="s">
-        <v>1568</v>
+        <v>1510</v>
       </c>
       <c r="B2601" s="2">
-        <v>1374.37</v>
+        <v>1899.01</v>
       </c>
     </row>
     <row r="2602" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2602" s="1" t="s">
-        <v>1569</v>
+        <v>1511</v>
       </c>
       <c r="B2602" s="2">
-        <v>1050.05</v>
+        <v>1899.01</v>
       </c>
     </row>
     <row r="2603" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2603" s="1" t="s">
-        <v>1570</v>
+        <v>1512</v>
       </c>
       <c r="B2603" s="2">
-        <v>885.64</v>
+        <v>1899.01</v>
       </c>
     </row>
     <row r="2604" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2604" s="1" t="s">
-        <v>1571</v>
+        <v>1513</v>
       </c>
       <c r="B2604" s="2">
-        <v>591.92999999999995</v>
+        <v>1899.01</v>
       </c>
     </row>
     <row r="2605" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2605" s="1" t="s">
-        <v>1572</v>
+        <v>4139</v>
       </c>
       <c r="B2605" s="2">
-        <v>1041.24</v>
+        <v>3698.26</v>
       </c>
     </row>
     <row r="2606" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2606" s="1" t="s">
-        <v>1573</v>
+        <v>4140</v>
       </c>
       <c r="B2606" s="2">
-        <v>319.77</v>
+        <v>5706.14</v>
       </c>
     </row>
     <row r="2607" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2607" s="1" t="s">
-        <v>1574</v>
+        <v>2621</v>
       </c>
       <c r="B2607" s="2">
-        <v>466.06</v>
+        <v>627.23</v>
       </c>
     </row>
     <row r="2608" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2608" s="1" t="s">
-        <v>1575</v>
+        <v>1514</v>
       </c>
       <c r="B2608" s="2">
-        <v>319.77</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2609" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2609" s="1" t="s">
-        <v>1576</v>
+        <v>2622</v>
       </c>
       <c r="B2609" s="2">
-        <v>2067.2199999999998</v>
+        <v>718.09</v>
       </c>
     </row>
     <row r="2610" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2610" s="1" t="s">
-        <v>1577</v>
+        <v>1515</v>
       </c>
       <c r="B2610" s="2">
-        <v>553.37</v>
+        <v>744.59</v>
       </c>
     </row>
     <row r="2611" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2611" s="1" t="s">
-        <v>1578</v>
+        <v>1516</v>
       </c>
       <c r="B2611" s="2">
-        <v>946.87</v>
+        <v>50.53</v>
       </c>
     </row>
     <row r="2612" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2612" s="1" t="s">
-        <v>1579</v>
+        <v>3200</v>
       </c>
       <c r="B2612" s="2">
-        <v>1005.84</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="2613" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2613" s="1" t="s">
-        <v>1580</v>
+        <v>1517</v>
       </c>
       <c r="B2613" s="2">
-        <v>752.95</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="2614" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2614" s="1" t="s">
-        <v>1581</v>
+        <v>1518</v>
       </c>
       <c r="B2614" s="2">
-        <v>3375.83</v>
+        <v>241.79</v>
       </c>
     </row>
     <row r="2615" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2615" s="1" t="s">
-        <v>1582</v>
+        <v>1519</v>
       </c>
       <c r="B2615" s="2">
-        <v>3951.88</v>
+        <v>2314.79</v>
       </c>
     </row>
     <row r="2616" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2616" s="1" t="s">
-        <v>1583</v>
+        <v>1520</v>
       </c>
       <c r="B2616" s="2">
-        <v>4421.34</v>
+        <v>165.59</v>
       </c>
     </row>
     <row r="2617" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2617" s="1" t="s">
-        <v>1584</v>
+        <v>1521</v>
       </c>
       <c r="B2617" s="2">
-        <v>4878.33</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="2618" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2618" s="1" t="s">
-        <v>1585</v>
+        <v>1522</v>
       </c>
       <c r="B2618" s="2">
-        <v>4910.08</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="2619" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2619" s="1" t="s">
-        <v>1586</v>
+        <v>2816</v>
       </c>
       <c r="B2619" s="2">
-        <v>1321.08</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="2620" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2620" s="1" t="s">
-        <v>1587</v>
+        <v>1523</v>
       </c>
       <c r="B2620" s="2">
-        <v>2298.5500000000002</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="2621" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2621" s="1" t="s">
-        <v>1588</v>
+        <v>1524</v>
       </c>
       <c r="B2621" s="2">
-        <v>1079.53</v>
+        <v>197</v>
       </c>
     </row>
     <row r="2622" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2622" s="1" t="s">
-        <v>1589</v>
+        <v>1525</v>
       </c>
       <c r="B2622" s="2">
-        <v>1133.97</v>
+        <v>389.57</v>
       </c>
     </row>
     <row r="2623" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2623" s="1" t="s">
-        <v>1590</v>
+        <v>1526</v>
       </c>
       <c r="B2623" s="2">
-        <v>2836.05</v>
+        <v>843.47</v>
       </c>
     </row>
     <row r="2624" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2624" s="1" t="s">
-        <v>1591</v>
+        <v>1527</v>
       </c>
       <c r="B2624" s="2">
-        <v>1606.83</v>
+        <v>843.47</v>
       </c>
     </row>
     <row r="2625" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2625" s="1" t="s">
-        <v>1592</v>
+        <v>1528</v>
       </c>
       <c r="B2625" s="2">
-        <v>3281.69</v>
+        <v>307.36</v>
       </c>
     </row>
     <row r="2626" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2626" s="1" t="s">
-        <v>1593</v>
+        <v>1529</v>
       </c>
       <c r="B2626" s="2">
-        <v>1238.3</v>
+        <v>538.49</v>
       </c>
     </row>
     <row r="2627" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2627" s="1" t="s">
-        <v>1594</v>
+        <v>1530</v>
       </c>
       <c r="B2627" s="2">
-        <v>1238.3</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="2628" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2628" s="1" t="s">
-        <v>1595</v>
+        <v>3129</v>
       </c>
       <c r="B2628" s="2">
-        <v>1238.3</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2629" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2629" s="1" t="s">
-        <v>1596</v>
+        <v>1531</v>
       </c>
       <c r="B2629" s="2">
-        <v>1238.3</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2630" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2630" s="1" t="s">
-        <v>1597</v>
+        <v>3189</v>
       </c>
       <c r="B2630" s="2">
-        <v>1238.3</v>
+        <v>983.15</v>
       </c>
     </row>
     <row r="2631" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2631" s="1" t="s">
-        <v>1598</v>
+        <v>3223</v>
       </c>
       <c r="B2631" s="2">
-        <v>1238.3</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2632" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2632" s="1" t="s">
-        <v>1599</v>
+        <v>4141</v>
       </c>
       <c r="B2632" s="2">
-        <v>1238.3</v>
+        <v>135.13</v>
       </c>
     </row>
     <row r="2633" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2633" s="1" t="s">
-        <v>1600</v>
+        <v>3222</v>
       </c>
       <c r="B2633" s="2">
-        <v>109.88</v>
+        <v>312.60000000000002</v>
       </c>
     </row>
     <row r="2634" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2634" s="1" t="s">
-        <v>1601</v>
+        <v>4142</v>
       </c>
       <c r="B2634" s="2">
-        <v>164.24</v>
+        <v>135.13</v>
       </c>
     </row>
     <row r="2635" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2635" s="1" t="s">
-        <v>1602</v>
+        <v>3210</v>
       </c>
       <c r="B2635" s="2">
-        <v>1167.98</v>
+        <v>649.19000000000005</v>
       </c>
     </row>
     <row r="2636" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2636" s="1" t="s">
-        <v>1603</v>
+        <v>1532</v>
       </c>
       <c r="B2636" s="2">
-        <v>134.16999999999999</v>
+        <v>586.15</v>
       </c>
     </row>
     <row r="2637" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2637" s="1" t="s">
-        <v>2644</v>
+        <v>3260</v>
       </c>
       <c r="B2637" s="2">
-        <v>41.96</v>
+        <v>497.83</v>
       </c>
     </row>
     <row r="2638" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2638" s="1" t="s">
-        <v>1604</v>
+        <v>1533</v>
       </c>
       <c r="B2638" s="2">
-        <v>55</v>
+        <v>137</v>
       </c>
     </row>
     <row r="2639" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2639" s="1" t="s">
-        <v>3458</v>
+        <v>1534</v>
       </c>
       <c r="B2639" s="2">
-        <v>85.2</v>
+        <v>97.88</v>
       </c>
     </row>
     <row r="2640" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2640" s="1" t="s">
-        <v>1605</v>
+        <v>2623</v>
       </c>
       <c r="B2640" s="2">
-        <v>1718.04</v>
+        <v>870</v>
       </c>
     </row>
     <row r="2641" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2641" s="1" t="s">
-        <v>1606</v>
+        <v>1535</v>
       </c>
       <c r="B2641" s="2">
-        <v>151.51</v>
+        <v>500.14</v>
       </c>
     </row>
     <row r="2642" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2642" s="1" t="s">
-        <v>1607</v>
+        <v>3214</v>
       </c>
       <c r="B2642" s="2">
-        <v>536.67999999999995</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2643" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2643" s="1" t="s">
-        <v>2645</v>
+        <v>2942</v>
       </c>
       <c r="B2643" s="2">
-        <v>41.96</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="2644" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2644" s="1" t="s">
-        <v>3032</v>
+        <v>2624</v>
       </c>
       <c r="B2644" s="2">
-        <v>2572.3200000000002</v>
+        <v>171.16</v>
       </c>
     </row>
     <row r="2645" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2645" s="1" t="s">
-        <v>3213</v>
+        <v>1536</v>
       </c>
       <c r="B2645" s="2">
-        <v>48.22</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2646" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2646" s="1" t="s">
-        <v>1608</v>
+        <v>4143</v>
       </c>
       <c r="B2646" s="2">
-        <v>199.72</v>
+        <v>2551.44</v>
       </c>
     </row>
     <row r="2647" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2647" s="1" t="s">
-        <v>2837</v>
+        <v>3216</v>
       </c>
       <c r="B2647" s="2">
-        <v>30870.02</v>
+        <v>2551.44</v>
       </c>
     </row>
     <row r="2648" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2648" s="1" t="s">
-        <v>2985</v>
+        <v>4144</v>
       </c>
       <c r="B2648" s="2">
-        <v>295.82</v>
+        <v>261.67</v>
       </c>
     </row>
     <row r="2649" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2649" s="1" t="s">
-        <v>2986</v>
+        <v>4145</v>
       </c>
       <c r="B2649" s="2">
-        <v>354.95</v>
+        <v>261.67</v>
       </c>
     </row>
     <row r="2650" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2650" s="1" t="s">
-        <v>1609</v>
+        <v>1537</v>
       </c>
       <c r="B2650" s="2">
-        <v>133.01</v>
+        <v>198.97</v>
       </c>
     </row>
     <row r="2651" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2651" s="1" t="s">
-        <v>1610</v>
+        <v>2991</v>
       </c>
       <c r="B2651" s="2">
-        <v>133.01</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="2652" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2652" s="1" t="s">
-        <v>1611</v>
+        <v>2742</v>
       </c>
       <c r="B2652" s="2">
-        <v>133.01</v>
+        <v>2808.53</v>
       </c>
     </row>
     <row r="2653" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2653" s="1" t="s">
-        <v>1612</v>
+        <v>2714</v>
       </c>
       <c r="B2653" s="2">
-        <v>133.01</v>
+        <v>531.02</v>
       </c>
     </row>
     <row r="2654" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2654" s="1" t="s">
-        <v>1613</v>
+        <v>2625</v>
       </c>
       <c r="B2654" s="2">
-        <v>133.01</v>
+        <v>1230.22</v>
       </c>
     </row>
     <row r="2655" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2655" s="1" t="s">
-        <v>1614</v>
+        <v>2626</v>
       </c>
       <c r="B2655" s="2">
-        <v>133.01</v>
+        <v>1360.29</v>
       </c>
     </row>
     <row r="2656" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2656" s="1" t="s">
-        <v>1615</v>
+        <v>2627</v>
       </c>
       <c r="B2656" s="2">
-        <v>1511.74</v>
+        <v>738.17</v>
       </c>
     </row>
     <row r="2657" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2657" s="1" t="s">
-        <v>1616</v>
+        <v>1538</v>
       </c>
       <c r="B2657" s="2">
-        <v>298.41000000000003</v>
+        <v>4671.03</v>
       </c>
     </row>
     <row r="2658" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2658" s="1" t="s">
-        <v>2936</v>
+        <v>1539</v>
       </c>
       <c r="B2658" s="2">
-        <v>621.94000000000005</v>
+        <v>4671.03</v>
       </c>
     </row>
     <row r="2659" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2659" s="1" t="s">
-        <v>2983</v>
+        <v>1540</v>
       </c>
       <c r="B2659" s="2">
-        <v>349.63</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="2660" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2660" s="1" t="s">
-        <v>1617</v>
+        <v>1541</v>
       </c>
       <c r="B2660" s="2">
-        <v>133.01</v>
+        <v>2279.92</v>
       </c>
     </row>
     <row r="2661" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2661" s="1" t="s">
-        <v>1618</v>
+        <v>1542</v>
       </c>
       <c r="B2661" s="2">
-        <v>168.87</v>
+        <v>1031.3399999999999</v>
       </c>
     </row>
     <row r="2662" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2662" s="1" t="s">
-        <v>1619</v>
+        <v>1543</v>
       </c>
       <c r="B2662" s="2">
-        <v>292.63</v>
+        <v>2122.2399999999998</v>
       </c>
     </row>
     <row r="2663" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2663" s="1" t="s">
-        <v>1620</v>
+        <v>1544</v>
       </c>
       <c r="B2663" s="2">
-        <v>352.78</v>
+        <v>957.12</v>
       </c>
     </row>
     <row r="2664" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2664" s="1" t="s">
-        <v>1621</v>
+        <v>1545</v>
       </c>
       <c r="B2664" s="2">
-        <v>447.61</v>
+        <v>1184.3499999999999</v>
       </c>
     </row>
     <row r="2665" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2665" s="1" t="s">
-        <v>1622</v>
+        <v>1546</v>
       </c>
       <c r="B2665" s="2">
-        <v>570.22</v>
+        <v>1488.01</v>
       </c>
     </row>
     <row r="2666" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2666" s="1" t="s">
-        <v>1623</v>
+        <v>1547</v>
       </c>
       <c r="B2666" s="2">
-        <v>1135.81</v>
+        <v>487.06</v>
       </c>
     </row>
     <row r="2667" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2667" s="1" t="s">
-        <v>1624</v>
+        <v>1548</v>
       </c>
       <c r="B2667" s="2">
-        <v>4767.6899999999996</v>
+        <v>1426.11</v>
       </c>
     </row>
     <row r="2668" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2668" s="1" t="s">
-        <v>1625</v>
+        <v>1549</v>
       </c>
       <c r="B2668" s="2">
-        <v>4967.78</v>
+        <v>996.54</v>
       </c>
     </row>
     <row r="2669" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2669" s="1" t="s">
-        <v>1626</v>
+        <v>1550</v>
       </c>
       <c r="B2669" s="2">
-        <v>5319.4</v>
+        <v>2201.67</v>
       </c>
     </row>
     <row r="2670" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2670" s="1" t="s">
-        <v>1627</v>
+        <v>1551</v>
       </c>
       <c r="B2670" s="2">
-        <v>5718.45</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="2671" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2671" s="1" t="s">
-        <v>1628</v>
+        <v>1552</v>
       </c>
       <c r="B2671" s="2">
-        <v>5920.86</v>
+        <v>1830.25</v>
       </c>
     </row>
     <row r="2672" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2672" s="1" t="s">
-        <v>1629</v>
+        <v>1553</v>
       </c>
       <c r="B2672" s="2">
-        <v>6228.53</v>
+        <v>2019.46</v>
       </c>
     </row>
     <row r="2673" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2673" s="1" t="s">
-        <v>1630</v>
+        <v>1554</v>
       </c>
       <c r="B2673" s="2">
-        <v>3586.76</v>
+        <v>3501.63</v>
       </c>
     </row>
     <row r="2674" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2674" s="1" t="s">
-        <v>1631</v>
+        <v>1555</v>
       </c>
       <c r="B2674" s="2">
-        <v>16.27</v>
+        <v>1830.25</v>
       </c>
     </row>
     <row r="2675" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2675" s="1" t="s">
-        <v>1632</v>
+        <v>1556</v>
       </c>
       <c r="B2675" s="2">
-        <v>19.2</v>
+        <v>2403.71</v>
       </c>
     </row>
     <row r="2676" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2676" s="1" t="s">
-        <v>1633</v>
+        <v>1557</v>
       </c>
       <c r="B2676" s="2">
-        <v>20.62</v>
+        <v>2355.84</v>
       </c>
     </row>
     <row r="2677" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2677" s="1" t="s">
-        <v>1634</v>
+        <v>1558</v>
       </c>
       <c r="B2677" s="2">
-        <v>22.64</v>
+        <v>2189.98</v>
       </c>
     </row>
     <row r="2678" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2678" s="1" t="s">
-        <v>1635</v>
+        <v>1559</v>
       </c>
       <c r="B2678" s="2">
-        <v>24.86</v>
+        <v>1457.64</v>
       </c>
     </row>
     <row r="2679" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2679" s="1" t="s">
-        <v>1636</v>
+        <v>1560</v>
       </c>
       <c r="B2679" s="2">
-        <v>27.36</v>
+        <v>1415.6</v>
       </c>
     </row>
     <row r="2680" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2680" s="1" t="s">
-        <v>1637</v>
+        <v>1561</v>
       </c>
       <c r="B2680" s="2">
-        <v>54</v>
+        <v>1081.55</v>
       </c>
     </row>
     <row r="2681" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2681" s="1" t="s">
-        <v>1638</v>
+        <v>1562</v>
       </c>
       <c r="B2681" s="2">
-        <v>54</v>
+        <v>912.21</v>
       </c>
     </row>
     <row r="2682" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2682" s="1" t="s">
-        <v>2854</v>
+        <v>1563</v>
       </c>
       <c r="B2682" s="2">
-        <v>85.7</v>
+        <v>609.69000000000005</v>
       </c>
     </row>
     <row r="2683" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2683" s="1" t="s">
-        <v>2646</v>
+        <v>1564</v>
       </c>
       <c r="B2683" s="2">
-        <v>89.83</v>
+        <v>1072.48</v>
       </c>
     </row>
     <row r="2684" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2684" s="1" t="s">
-        <v>3354</v>
+        <v>1565</v>
       </c>
       <c r="B2684" s="2">
-        <v>68.75</v>
+        <v>329.36</v>
       </c>
     </row>
     <row r="2685" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2685" s="1" t="s">
-        <v>3055</v>
+        <v>1566</v>
       </c>
       <c r="B2685" s="2">
-        <v>41.96</v>
+        <v>480.04</v>
       </c>
     </row>
     <row r="2686" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2686" s="1" t="s">
-        <v>1639</v>
+        <v>1567</v>
       </c>
       <c r="B2686" s="2">
-        <v>80.349999999999994</v>
+        <v>329.36</v>
       </c>
     </row>
     <row r="2687" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2687" s="1" t="s">
-        <v>2647</v>
+        <v>1568</v>
       </c>
       <c r="B2687" s="2">
-        <v>80.349999999999994</v>
+        <v>2129.2399999999998</v>
       </c>
     </row>
     <row r="2688" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2688" s="1" t="s">
-        <v>1640</v>
+        <v>1569</v>
       </c>
       <c r="B2688" s="2">
-        <v>41.96</v>
+        <v>569.97</v>
       </c>
     </row>
     <row r="2689" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2689" s="1" t="s">
-        <v>1641</v>
+        <v>1570</v>
       </c>
       <c r="B2689" s="2">
-        <v>41.96</v>
+        <v>975.28</v>
       </c>
     </row>
     <row r="2690" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2690" s="1" t="s">
-        <v>3415</v>
+        <v>1571</v>
       </c>
       <c r="B2690" s="2">
-        <v>6712.5</v>
+        <v>1036.02</v>
       </c>
     </row>
     <row r="2691" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2691" s="1" t="s">
-        <v>3468</v>
+        <v>1572</v>
       </c>
       <c r="B2691" s="2">
-        <v>909.32</v>
+        <v>775.54</v>
       </c>
     </row>
     <row r="2692" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2692" s="1" t="s">
-        <v>1642</v>
+        <v>1573</v>
       </c>
       <c r="B2692" s="2">
-        <v>108.02</v>
+        <v>3477.1</v>
       </c>
     </row>
     <row r="2693" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2693" s="1" t="s">
-        <v>3314</v>
+        <v>1574</v>
       </c>
       <c r="B2693" s="2">
-        <v>4647.6000000000004</v>
+        <v>4070.44</v>
       </c>
     </row>
     <row r="2694" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2694" s="1" t="s">
-        <v>3043</v>
+        <v>1575</v>
       </c>
       <c r="B2694" s="2">
-        <v>4647.6000000000004</v>
+        <v>4553.9799999999996</v>
       </c>
     </row>
     <row r="2695" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2695" s="1" t="s">
-        <v>3040</v>
+        <v>1576</v>
       </c>
       <c r="B2695" s="2">
-        <v>312.60000000000002</v>
+        <v>5024.68</v>
       </c>
     </row>
     <row r="2696" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2696" s="1" t="s">
-        <v>2648</v>
+        <v>1577</v>
       </c>
       <c r="B2696" s="2">
-        <v>4647.6000000000004</v>
+        <v>5057.38</v>
       </c>
     </row>
     <row r="2697" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2697" s="1" t="s">
-        <v>3044</v>
+        <v>1578</v>
       </c>
       <c r="B2697" s="2">
-        <v>912</v>
+        <v>1360.71</v>
       </c>
     </row>
     <row r="2698" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2698" s="1" t="s">
-        <v>2649</v>
+        <v>1579</v>
       </c>
       <c r="B2698" s="2">
-        <v>4500</v>
+        <v>2367.5100000000002</v>
       </c>
     </row>
     <row r="2699" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2699" s="1" t="s">
-        <v>3094</v>
+        <v>1580</v>
       </c>
       <c r="B2699" s="2">
-        <v>108.02</v>
+        <v>990.62</v>
       </c>
     </row>
     <row r="2700" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2700" s="1" t="s">
-        <v>3093</v>
+        <v>1581</v>
       </c>
       <c r="B2700" s="2">
-        <v>108.02</v>
+        <v>990.62</v>
       </c>
     </row>
     <row r="2701" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2701" s="1" t="s">
-        <v>2650</v>
+        <v>1582</v>
       </c>
       <c r="B2701" s="2">
-        <v>378.55</v>
+        <v>3410.52</v>
       </c>
     </row>
     <row r="2702" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2702" s="1" t="s">
-        <v>3353</v>
+        <v>1583</v>
       </c>
       <c r="B2702" s="2">
-        <v>23.21</v>
+        <v>3410.52</v>
       </c>
     </row>
     <row r="2703" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2703" s="1" t="s">
-        <v>2651</v>
+        <v>1584</v>
       </c>
       <c r="B2703" s="2">
-        <v>23.21</v>
+        <v>3410.52</v>
       </c>
     </row>
     <row r="2704" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2704" s="1" t="s">
-        <v>1643</v>
+        <v>1585</v>
       </c>
       <c r="B2704" s="2">
-        <v>993.56</v>
+        <v>1275.45</v>
       </c>
     </row>
     <row r="2705" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2705" s="1" t="s">
-        <v>1644</v>
+        <v>1586</v>
       </c>
       <c r="B2705" s="2">
-        <v>7427.99</v>
+        <v>1275.45</v>
       </c>
     </row>
     <row r="2706" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2706" s="1" t="s">
-        <v>1645</v>
+        <v>1587</v>
       </c>
       <c r="B2706" s="2">
-        <v>5506.78</v>
+        <v>1275.45</v>
       </c>
     </row>
     <row r="2707" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2707" s="1" t="s">
-        <v>1646</v>
+        <v>1588</v>
       </c>
       <c r="B2707" s="2">
-        <v>25411.5</v>
+        <v>1275.45</v>
       </c>
     </row>
     <row r="2708" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2708" s="1" t="s">
-        <v>1647</v>
+        <v>1589</v>
       </c>
       <c r="B2708" s="2">
-        <v>13379.67</v>
+        <v>1275.45</v>
       </c>
     </row>
     <row r="2709" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2709" s="1" t="s">
-        <v>1648</v>
+        <v>1590</v>
       </c>
       <c r="B2709" s="2">
-        <v>12289.35</v>
+        <v>1275.45</v>
       </c>
     </row>
     <row r="2710" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2710" s="1" t="s">
-        <v>1649</v>
+        <v>1591</v>
       </c>
       <c r="B2710" s="2">
-        <v>25411.5</v>
+        <v>1275.45</v>
       </c>
     </row>
     <row r="2711" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2711" s="1" t="s">
-        <v>1650</v>
+        <v>1592</v>
       </c>
       <c r="B2711" s="2">
-        <v>5779.12</v>
+        <v>113.18</v>
       </c>
     </row>
     <row r="2712" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2712" s="1" t="s">
-        <v>2652</v>
+        <v>1593</v>
       </c>
       <c r="B2712" s="2">
-        <v>4910.63</v>
+        <v>169.17</v>
       </c>
     </row>
     <row r="2713" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2713" s="1" t="s">
-        <v>1651</v>
+        <v>1594</v>
       </c>
       <c r="B2713" s="2">
-        <v>658.14</v>
+        <v>1203.02</v>
       </c>
     </row>
     <row r="2714" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2714" s="1" t="s">
-        <v>1652</v>
+        <v>1595</v>
       </c>
       <c r="B2714" s="2">
-        <v>225.66</v>
+        <v>138.19999999999999</v>
       </c>
     </row>
     <row r="2715" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2715" s="1" t="s">
-        <v>3298</v>
+        <v>2628</v>
       </c>
       <c r="B2715" s="2">
-        <v>121.42</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2716" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2716" s="1" t="s">
-        <v>1653</v>
+        <v>4146</v>
       </c>
       <c r="B2716" s="2">
-        <v>360.6</v>
+        <v>3175.22</v>
       </c>
     </row>
     <row r="2717" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2717" s="1" t="s">
-        <v>3335</v>
+        <v>1596</v>
       </c>
       <c r="B2717" s="2">
-        <v>48.22</v>
+        <v>57</v>
       </c>
     </row>
     <row r="2718" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2718" s="1" t="s">
-        <v>1654</v>
+        <v>4147</v>
       </c>
       <c r="B2718" s="2">
-        <v>456.99</v>
+        <v>10</v>
       </c>
     </row>
     <row r="2719" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2719" s="1" t="s">
-        <v>2445</v>
+        <v>1597</v>
       </c>
       <c r="B2719" s="2">
-        <v>80.349999999999994</v>
+        <v>1769.58</v>
       </c>
     </row>
     <row r="2720" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2720" s="1" t="s">
-        <v>3390</v>
+        <v>1598</v>
       </c>
       <c r="B2720" s="2">
-        <v>8323.5</v>
+        <v>156.06</v>
       </c>
     </row>
     <row r="2721" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2721" s="1" t="s">
-        <v>3377</v>
+        <v>1599</v>
       </c>
       <c r="B2721" s="2">
-        <v>19303.36</v>
+        <v>552.78</v>
       </c>
     </row>
     <row r="2722" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2722" s="1" t="s">
-        <v>1655</v>
+        <v>2629</v>
       </c>
       <c r="B2722" s="2">
-        <v>189.82</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2723" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2723" s="1" t="s">
-        <v>3367</v>
+        <v>2932</v>
       </c>
       <c r="B2723" s="2">
-        <v>821.96</v>
+        <v>2572.3200000000002</v>
       </c>
     </row>
     <row r="2724" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2724" s="1" t="s">
-        <v>2653</v>
+        <v>3112</v>
       </c>
       <c r="B2724" s="2">
-        <v>0.01</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2725" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2725" s="1" t="s">
-        <v>1656</v>
+        <v>1600</v>
       </c>
       <c r="B2725" s="2">
-        <v>146.9</v>
+        <v>205.71</v>
       </c>
     </row>
     <row r="2726" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2726" s="1" t="s">
-        <v>1657</v>
+        <v>2885</v>
       </c>
       <c r="B2726" s="2">
-        <v>41.96</v>
+        <v>295.82</v>
       </c>
     </row>
     <row r="2727" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2727" s="1" t="s">
-        <v>1658</v>
+        <v>2886</v>
       </c>
       <c r="B2727" s="2">
-        <v>41.96</v>
+        <v>354.95</v>
       </c>
     </row>
     <row r="2728" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2728" s="1" t="s">
-        <v>1659</v>
+        <v>1601</v>
       </c>
       <c r="B2728" s="2">
-        <v>136.6</v>
+        <v>479.92</v>
       </c>
     </row>
     <row r="2729" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2729" s="1" t="s">
-        <v>1660</v>
+        <v>1602</v>
       </c>
       <c r="B2729" s="2">
-        <v>268.33999999999997</v>
+        <v>479.92</v>
       </c>
     </row>
     <row r="2730" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2730" s="1" t="s">
-        <v>1661</v>
+        <v>1603</v>
       </c>
       <c r="B2730" s="2">
-        <v>210.5</v>
+        <v>281.05</v>
       </c>
     </row>
     <row r="2731" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2731" s="1" t="s">
-        <v>1662</v>
+        <v>1604</v>
       </c>
       <c r="B2731" s="2">
-        <v>239.42</v>
+        <v>281.05</v>
       </c>
     </row>
     <row r="2732" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2732" s="1" t="s">
-        <v>1663</v>
+        <v>1605</v>
       </c>
       <c r="B2732" s="2">
-        <v>353.94</v>
+        <v>281.05</v>
       </c>
     </row>
     <row r="2733" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2733" s="1" t="s">
-        <v>1664</v>
+        <v>1606</v>
       </c>
       <c r="B2733" s="2">
-        <v>150.36000000000001</v>
+        <v>479.92</v>
       </c>
     </row>
     <row r="2734" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2734" s="1" t="s">
-        <v>1665</v>
+        <v>1607</v>
       </c>
       <c r="B2734" s="2">
-        <v>1226.04</v>
+        <v>1557.09</v>
       </c>
     </row>
     <row r="2735" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2735" s="1" t="s">
-        <v>1666</v>
+        <v>1608</v>
       </c>
       <c r="B2735" s="2">
-        <v>1233.75</v>
+        <v>307.36</v>
       </c>
     </row>
     <row r="2736" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2736" s="1" t="s">
-        <v>1667</v>
+        <v>2836</v>
       </c>
       <c r="B2736" s="2">
-        <v>50</v>
+        <v>621.94000000000005</v>
       </c>
     </row>
     <row r="2737" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2737" s="1" t="s">
-        <v>1668</v>
+        <v>2883</v>
       </c>
       <c r="B2737" s="2">
-        <v>48.22</v>
+        <v>349.63</v>
       </c>
     </row>
     <row r="2738" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2738" s="1" t="s">
-        <v>1669</v>
+        <v>4148</v>
       </c>
       <c r="B2738" s="2">
-        <v>80.349999999999994</v>
+        <v>529.20000000000005</v>
       </c>
     </row>
     <row r="2739" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2739" s="1" t="s">
-        <v>2733</v>
+        <v>1609</v>
       </c>
       <c r="B2739" s="2">
-        <v>826.02</v>
+        <v>139.86000000000001</v>
       </c>
     </row>
     <row r="2740" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2740" s="1" t="s">
-        <v>2734</v>
+        <v>1610</v>
       </c>
       <c r="B2740" s="2">
-        <v>826.02</v>
+        <v>173.94</v>
       </c>
     </row>
     <row r="2741" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2741" s="1" t="s">
-        <v>1670</v>
+        <v>1611</v>
       </c>
       <c r="B2741" s="2">
-        <v>136.5</v>
+        <v>301.41000000000003</v>
       </c>
     </row>
     <row r="2742" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2742" s="1" t="s">
-        <v>1671</v>
+        <v>1612</v>
       </c>
       <c r="B2742" s="2">
-        <v>418.7</v>
+        <v>363.36</v>
       </c>
     </row>
     <row r="2743" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2743" s="1" t="s">
-        <v>3072</v>
+        <v>1613</v>
       </c>
       <c r="B2743" s="2">
-        <v>41.96</v>
+        <v>461.04</v>
       </c>
     </row>
     <row r="2744" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2744" s="1" t="s">
-        <v>3153</v>
+        <v>1614</v>
       </c>
       <c r="B2744" s="2">
-        <v>60.71</v>
+        <v>587.33000000000004</v>
       </c>
     </row>
     <row r="2745" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2745" s="1" t="s">
-        <v>2654</v>
+        <v>1615</v>
       </c>
       <c r="B2745" s="2">
-        <v>60.71</v>
+        <v>1169.8800000000001</v>
       </c>
     </row>
     <row r="2746" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2746" s="1" t="s">
-        <v>1672</v>
+        <v>1616</v>
       </c>
       <c r="B2746" s="2">
-        <v>1444.64</v>
+        <v>4910.72</v>
       </c>
     </row>
     <row r="2747" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2747" s="1" t="s">
-        <v>1673</v>
+        <v>1617</v>
       </c>
       <c r="B2747" s="2">
-        <v>9.1999999999999993</v>
+        <v>5116.8100000000004</v>
       </c>
     </row>
     <row r="2748" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2748" s="1" t="s">
-        <v>1674</v>
+        <v>1618</v>
       </c>
       <c r="B2748" s="2">
-        <v>9.41</v>
+        <v>5478.98</v>
       </c>
     </row>
     <row r="2749" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2749" s="1" t="s">
-        <v>1675</v>
+        <v>1619</v>
       </c>
       <c r="B2749" s="2">
-        <v>9.83</v>
+        <v>5890</v>
       </c>
     </row>
     <row r="2750" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2750" s="1" t="s">
-        <v>1676</v>
+        <v>1620</v>
       </c>
       <c r="B2750" s="2">
-        <v>208.18</v>
+        <v>6098.49</v>
       </c>
     </row>
     <row r="2751" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2751" s="1" t="s">
-        <v>2984</v>
+        <v>1621</v>
       </c>
       <c r="B2751" s="2">
-        <v>811.8</v>
+        <v>6415.39</v>
       </c>
     </row>
     <row r="2752" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2752" s="1" t="s">
-        <v>3063</v>
+        <v>1622</v>
       </c>
       <c r="B2752" s="2">
-        <v>80.349999999999994</v>
+        <v>3694.36</v>
       </c>
     </row>
     <row r="2753" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2753" s="1" t="s">
-        <v>1677</v>
+        <v>1623</v>
       </c>
       <c r="B2753" s="2">
-        <v>768.82</v>
+        <v>16.760000000000002</v>
       </c>
     </row>
     <row r="2754" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2754" s="1" t="s">
-        <v>1678</v>
+        <v>1624</v>
       </c>
       <c r="B2754" s="2">
-        <v>68.75</v>
+        <v>19.78</v>
       </c>
     </row>
     <row r="2755" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2755" s="1" t="s">
-        <v>1679</v>
+        <v>1625</v>
       </c>
       <c r="B2755" s="2">
-        <v>80.349999999999994</v>
+        <v>21.24</v>
       </c>
     </row>
     <row r="2756" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2756" s="1" t="s">
-        <v>1680</v>
+        <v>1626</v>
       </c>
       <c r="B2756" s="2">
-        <v>1337.08</v>
+        <v>23.32</v>
       </c>
     </row>
     <row r="2757" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2757" s="1" t="s">
-        <v>1681</v>
+        <v>1627</v>
       </c>
       <c r="B2757" s="2">
-        <v>136.6</v>
+        <v>25.61</v>
       </c>
     </row>
     <row r="2758" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2758" s="1" t="s">
-        <v>1682</v>
+        <v>1628</v>
       </c>
       <c r="B2758" s="2">
-        <v>1710.02</v>
+        <v>28.18</v>
       </c>
     </row>
     <row r="2759" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2759" s="1" t="s">
-        <v>1683</v>
+        <v>1629</v>
       </c>
       <c r="B2759" s="2">
-        <v>1474.16</v>
+        <v>56</v>
       </c>
     </row>
     <row r="2760" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2760" s="1" t="s">
-        <v>1684</v>
+        <v>1630</v>
       </c>
       <c r="B2760" s="2">
-        <v>298.41000000000003</v>
+        <v>56</v>
       </c>
     </row>
     <row r="2761" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2761" s="1" t="s">
-        <v>2914</v>
+        <v>2762</v>
       </c>
       <c r="B2761" s="2">
-        <v>195.29</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="2762" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2762" s="1" t="s">
-        <v>2913</v>
+        <v>2630</v>
       </c>
       <c r="B2762" s="2">
-        <v>195.29</v>
+        <v>89.83</v>
       </c>
     </row>
     <row r="2763" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2763" s="1" t="s">
-        <v>2915</v>
+        <v>3248</v>
       </c>
       <c r="B2763" s="2">
-        <v>121.42</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="2764" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2764" s="1" t="s">
-        <v>2912</v>
+        <v>2955</v>
       </c>
       <c r="B2764" s="2">
-        <v>121.42</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2765" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2765" s="1" t="s">
-        <v>3285</v>
+        <v>1631</v>
       </c>
       <c r="B2765" s="2">
-        <v>121.42</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2766" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2766" s="1" t="s">
-        <v>3287</v>
+        <v>2631</v>
       </c>
       <c r="B2766" s="2">
-        <v>121.42</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2767" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2767" s="1" t="s">
-        <v>3352</v>
+        <v>1632</v>
       </c>
       <c r="B2767" s="2">
-        <v>87.49</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2768" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2768" s="1" t="s">
-        <v>3418</v>
+        <v>1633</v>
       </c>
       <c r="B2768" s="2">
-        <v>3280.32</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2769" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2769" s="1" t="s">
-        <v>1685</v>
+        <v>1634</v>
       </c>
       <c r="B2769" s="2">
-        <v>8782.57</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="2770" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2770" s="1" t="s">
-        <v>2987</v>
+        <v>4149</v>
       </c>
       <c r="B2770" s="2">
-        <v>306.06</v>
+        <v>5.53</v>
       </c>
     </row>
     <row r="2771" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2771" s="1" t="s">
-        <v>3096</v>
+        <v>3211</v>
       </c>
       <c r="B2771" s="2">
-        <v>40.18</v>
+        <v>4647.6000000000004</v>
       </c>
     </row>
     <row r="2772" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2772" s="1" t="s">
-        <v>2988</v>
+        <v>2943</v>
       </c>
       <c r="B2772" s="2">
-        <v>395.41</v>
+        <v>4647.6000000000004</v>
       </c>
     </row>
     <row r="2773" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2773" s="1" t="s">
-        <v>1686</v>
+        <v>4150</v>
       </c>
       <c r="B2773" s="2">
-        <v>2474.08</v>
+        <v>10146</v>
       </c>
     </row>
     <row r="2774" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2774" s="1" t="s">
-        <v>1687</v>
+        <v>2940</v>
       </c>
       <c r="B2774" s="2">
-        <v>3357.68</v>
+        <v>312.60000000000002</v>
       </c>
     </row>
     <row r="2775" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2775" s="1" t="s">
-        <v>2446</v>
+        <v>2632</v>
       </c>
       <c r="B2775" s="2">
-        <v>117.94</v>
+        <v>4647.6000000000004</v>
       </c>
     </row>
     <row r="2776" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2776" s="1" t="s">
-        <v>1688</v>
+        <v>2944</v>
       </c>
       <c r="B2776" s="2">
-        <v>291.43</v>
+        <v>912</v>
       </c>
     </row>
     <row r="2777" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2777" s="1" t="s">
-        <v>2853</v>
+        <v>2633</v>
       </c>
       <c r="B2777" s="2">
-        <v>764.63</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="2778" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2778" s="1" t="s">
-        <v>1689</v>
+        <v>2994</v>
       </c>
       <c r="B2778" s="2">
-        <v>5443.04</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="2779" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2779" s="1" t="s">
-        <v>1690</v>
+        <v>2993</v>
       </c>
       <c r="B2779" s="2">
-        <v>22373</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="2780" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2780" s="1" t="s">
-        <v>1691</v>
+        <v>2634</v>
       </c>
       <c r="B2780" s="2">
-        <v>22373</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="2781" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2781" s="1" t="s">
-        <v>1692</v>
+        <v>3247</v>
       </c>
       <c r="B2781" s="2">
-        <v>22373</v>
+        <v>23.21</v>
       </c>
     </row>
     <row r="2782" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2782" s="1" t="s">
-        <v>1693</v>
+        <v>2635</v>
       </c>
       <c r="B2782" s="2">
-        <v>22373</v>
+        <v>23.21</v>
       </c>
     </row>
     <row r="2783" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2783" s="1" t="s">
-        <v>1694</v>
+        <v>1635</v>
       </c>
       <c r="B2783" s="2">
-        <v>23491.21</v>
+        <v>1023.37</v>
       </c>
     </row>
     <row r="2784" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2784" s="1" t="s">
-        <v>1695</v>
+        <v>1636</v>
       </c>
       <c r="B2784" s="2">
-        <v>22373</v>
+        <v>7650.83</v>
       </c>
     </row>
     <row r="2785" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2785" s="1" t="s">
-        <v>1696</v>
+        <v>1637</v>
       </c>
       <c r="B2785" s="2">
-        <v>22373</v>
+        <v>5671.98</v>
       </c>
     </row>
     <row r="2786" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2786" s="1" t="s">
-        <v>1697</v>
+        <v>1638</v>
       </c>
       <c r="B2786" s="2">
-        <v>22373</v>
+        <v>26173.85</v>
       </c>
     </row>
     <row r="2787" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2787" s="1" t="s">
-        <v>1698</v>
+        <v>1639</v>
       </c>
       <c r="B2787" s="2">
-        <v>23491.21</v>
+        <v>13781.06</v>
       </c>
     </row>
     <row r="2788" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2788" s="1" t="s">
-        <v>1699</v>
+        <v>1640</v>
       </c>
       <c r="B2788" s="2">
-        <v>14909.39</v>
+        <v>12658.03</v>
       </c>
     </row>
     <row r="2789" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2789" s="1" t="s">
-        <v>2655</v>
+        <v>1641</v>
       </c>
       <c r="B2789" s="2">
-        <v>4012.72</v>
+        <v>26173.85</v>
       </c>
     </row>
     <row r="2790" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2790" s="1" t="s">
-        <v>1700</v>
+        <v>1642</v>
       </c>
       <c r="B2790" s="2">
-        <v>19657.310000000001</v>
+        <v>5952.49</v>
       </c>
     </row>
     <row r="2791" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2791" s="1" t="s">
-        <v>1701</v>
+        <v>2636</v>
       </c>
       <c r="B2791" s="2">
-        <v>19657.310000000001</v>
+        <v>5057.95</v>
       </c>
     </row>
     <row r="2792" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2792" s="1" t="s">
-        <v>1702</v>
+        <v>1643</v>
       </c>
       <c r="B2792" s="2">
-        <v>646.37</v>
+        <v>677.88</v>
       </c>
     </row>
     <row r="2793" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2793" s="1" t="s">
-        <v>1703</v>
+        <v>1644</v>
       </c>
       <c r="B2793" s="2">
-        <v>3237.44</v>
+        <v>232.43</v>
       </c>
     </row>
     <row r="2794" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2794" s="1" t="s">
-        <v>1704</v>
+        <v>1645</v>
       </c>
       <c r="B2794" s="2">
-        <v>2481.13</v>
+        <v>371.42</v>
       </c>
     </row>
     <row r="2795" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2795" s="1" t="s">
-        <v>1705</v>
+        <v>3229</v>
       </c>
       <c r="B2795" s="2">
-        <v>23.98</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2796" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2796" s="1" t="s">
-        <v>1706</v>
+        <v>1646</v>
       </c>
       <c r="B2796" s="2">
-        <v>181.42</v>
+        <v>470.7</v>
       </c>
     </row>
     <row r="2797" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2797" s="1" t="s">
-        <v>1707</v>
+        <v>2429</v>
       </c>
       <c r="B2797" s="2">
-        <v>4116.91</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2798" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2798" s="1" t="s">
-        <v>1708</v>
+        <v>3282</v>
       </c>
       <c r="B2798" s="2">
-        <v>1789.34</v>
+        <v>11259.1</v>
       </c>
     </row>
     <row r="2799" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2799" s="1" t="s">
-        <v>1709</v>
+        <v>3269</v>
       </c>
       <c r="B2799" s="2">
-        <v>3543.2</v>
+        <v>14067.61</v>
       </c>
     </row>
     <row r="2800" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2800" s="1" t="s">
-        <v>1710</v>
+        <v>1647</v>
       </c>
       <c r="B2800" s="2">
-        <v>4674.21</v>
+        <v>195.51</v>
       </c>
     </row>
     <row r="2801" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2801" s="1" t="s">
-        <v>1711</v>
+        <v>3261</v>
       </c>
       <c r="B2801" s="2">
-        <v>1271.1500000000001</v>
+        <v>2071.8200000000002</v>
       </c>
     </row>
     <row r="2802" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2802" s="1" t="s">
-        <v>1712</v>
+        <v>2637</v>
       </c>
       <c r="B2802" s="2">
-        <v>1998.68</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="2803" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2803" s="1" t="s">
-        <v>1713</v>
+        <v>1648</v>
       </c>
       <c r="B2803" s="2">
-        <v>1342.85</v>
+        <v>151.31</v>
       </c>
     </row>
     <row r="2804" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2804" s="1" t="s">
-        <v>1714</v>
+        <v>1649</v>
       </c>
       <c r="B2804" s="2">
-        <v>292.63</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2805" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2805" s="1" t="s">
-        <v>1715</v>
+        <v>4151</v>
       </c>
       <c r="B2805" s="2">
-        <v>292.63</v>
+        <v>39.020000000000003</v>
       </c>
     </row>
     <row r="2806" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2806" s="1" t="s">
-        <v>1716</v>
+        <v>1650</v>
       </c>
       <c r="B2806" s="2">
-        <v>292.63</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2807" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2807" s="1" t="s">
-        <v>1717</v>
+        <v>1651</v>
       </c>
       <c r="B2807" s="2">
-        <v>1479.83</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="2808" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2808" s="1" t="s">
-        <v>1718</v>
+        <v>4152</v>
       </c>
       <c r="B2808" s="2">
-        <v>912.85</v>
+        <v>101.93</v>
       </c>
     </row>
     <row r="2809" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2809" s="1" t="s">
-        <v>1719</v>
+        <v>1652</v>
       </c>
       <c r="B2809" s="2">
-        <v>555.17999999999995</v>
+        <v>276.39</v>
       </c>
     </row>
     <row r="2810" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2810" s="1" t="s">
-        <v>1720</v>
+        <v>1653</v>
       </c>
       <c r="B2810" s="2">
-        <v>15724.6</v>
+        <v>216.82</v>
       </c>
     </row>
     <row r="2811" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2811" s="1" t="s">
-        <v>1721</v>
+        <v>1654</v>
       </c>
       <c r="B2811" s="2">
-        <v>3895.18</v>
+        <v>246.6</v>
       </c>
     </row>
     <row r="2812" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2812" s="1" t="s">
-        <v>1722</v>
+        <v>1655</v>
       </c>
       <c r="B2812" s="2">
-        <v>594.35</v>
+        <v>364.56</v>
       </c>
     </row>
     <row r="2813" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2813" s="1" t="s">
-        <v>2803</v>
+        <v>1656</v>
       </c>
       <c r="B2813" s="2">
-        <v>2653.6</v>
+        <v>154.87</v>
       </c>
     </row>
     <row r="2814" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2814" s="1" t="s">
-        <v>1723</v>
+        <v>1657</v>
       </c>
       <c r="B2814" s="2">
-        <v>9355.2199999999993</v>
+        <v>1262.82</v>
       </c>
     </row>
     <row r="2815" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2815" s="1" t="s">
-        <v>1724</v>
+        <v>1658</v>
       </c>
       <c r="B2815" s="2">
-        <v>16144.28</v>
+        <v>1270.76</v>
       </c>
     </row>
     <row r="2816" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2816" s="1" t="s">
-        <v>1725</v>
+        <v>1659</v>
       </c>
       <c r="B2816" s="2">
-        <v>16144.28</v>
+        <v>50</v>
       </c>
     </row>
     <row r="2817" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2817" s="1" t="s">
-        <v>1726</v>
+        <v>1660</v>
       </c>
       <c r="B2817" s="2">
-        <v>143.44</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2818" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2818" s="1" t="s">
-        <v>1727</v>
+        <v>1661</v>
       </c>
       <c r="B2818" s="2">
-        <v>83.03</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2819" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2819" s="1" t="s">
-        <v>3241</v>
+        <v>2715</v>
       </c>
       <c r="B2819" s="2">
-        <v>586.39</v>
+        <v>826.02</v>
       </c>
     </row>
     <row r="2820" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2820" s="1" t="s">
-        <v>3242</v>
+        <v>2716</v>
       </c>
       <c r="B2820" s="2">
-        <v>159.82</v>
+        <v>826.02</v>
       </c>
     </row>
     <row r="2821" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2821" s="1" t="s">
-        <v>3239</v>
+        <v>1662</v>
       </c>
       <c r="B2821" s="2">
-        <v>166.06</v>
+        <v>140.6</v>
       </c>
     </row>
     <row r="2822" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2822" s="1" t="s">
-        <v>3097</v>
+        <v>1663</v>
       </c>
       <c r="B2822" s="2">
-        <v>41.96</v>
+        <v>431.26</v>
       </c>
     </row>
     <row r="2823" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2823" s="1" t="s">
-        <v>1728</v>
+        <v>2972</v>
       </c>
       <c r="B2823" s="2">
-        <v>83.03</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2824" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2824" s="1" t="s">
-        <v>1729</v>
+        <v>3052</v>
       </c>
       <c r="B2824" s="2">
-        <v>83.03</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2825" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2825" s="1" t="s">
-        <v>1730</v>
+        <v>2638</v>
       </c>
       <c r="B2825" s="2">
-        <v>282.22000000000003</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="2826" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2826" s="1" t="s">
-        <v>1731</v>
+        <v>1664</v>
       </c>
       <c r="B2826" s="2">
-        <v>41.96</v>
+        <v>1487.98</v>
       </c>
     </row>
     <row r="2827" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2827" s="1" t="s">
-        <v>3099</v>
+        <v>1665</v>
       </c>
       <c r="B2827" s="2">
-        <v>41.96</v>
+        <v>9.48</v>
       </c>
     </row>
     <row r="2828" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2828" s="1" t="s">
-        <v>1732</v>
+        <v>1666</v>
       </c>
       <c r="B2828" s="2">
-        <v>173.5</v>
+        <v>9.69</v>
       </c>
     </row>
     <row r="2829" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2829" s="1" t="s">
-        <v>1733</v>
+        <v>1667</v>
       </c>
       <c r="B2829" s="2">
-        <v>387.48</v>
+        <v>10.119999999999999</v>
       </c>
     </row>
     <row r="2830" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2830" s="1" t="s">
-        <v>1734</v>
+        <v>1668</v>
       </c>
       <c r="B2830" s="2">
-        <v>387.48</v>
+        <v>214.43</v>
       </c>
     </row>
     <row r="2831" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2831" s="1" t="s">
-        <v>1735</v>
+        <v>2884</v>
       </c>
       <c r="B2831" s="2">
-        <v>121.46</v>
+        <v>811.8</v>
       </c>
     </row>
     <row r="2832" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2832" s="1" t="s">
-        <v>2809</v>
+        <v>2963</v>
       </c>
       <c r="B2832" s="2">
-        <v>18357.07</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2833" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2833" s="1" t="s">
-        <v>1736</v>
+        <v>1669</v>
       </c>
       <c r="B2833" s="2">
-        <v>1450.89</v>
+        <v>791.88</v>
       </c>
     </row>
     <row r="2834" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2834" s="1" t="s">
-        <v>1737</v>
+        <v>1670</v>
       </c>
       <c r="B2834" s="2">
-        <v>48.22</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="2835" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2835" s="1" t="s">
-        <v>1738</v>
+        <v>1671</v>
       </c>
       <c r="B2835" s="2">
-        <v>10463.01</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2836" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2836" s="1" t="s">
-        <v>1739</v>
+        <v>1672</v>
       </c>
       <c r="B2836" s="2">
-        <v>3385.5</v>
+        <v>1377.19</v>
       </c>
     </row>
     <row r="2837" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2837" s="1" t="s">
-        <v>1740</v>
+        <v>1673</v>
       </c>
       <c r="B2837" s="2">
-        <v>7676.59</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="2838" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2838" s="1" t="s">
-        <v>1741</v>
+        <v>1674</v>
       </c>
       <c r="B2838" s="2">
-        <v>6397.4</v>
+        <v>1761.32</v>
       </c>
     </row>
     <row r="2839" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2839" s="1" t="s">
-        <v>1742</v>
+        <v>1675</v>
       </c>
       <c r="B2839" s="2">
-        <v>10463.01</v>
+        <v>1518.38</v>
       </c>
     </row>
     <row r="2840" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2840" s="1" t="s">
-        <v>1743</v>
+        <v>1676</v>
       </c>
       <c r="B2840" s="2">
-        <v>3014.2</v>
+        <v>307.36</v>
       </c>
     </row>
     <row r="2841" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2841" s="1" t="s">
-        <v>1744</v>
+        <v>2814</v>
       </c>
       <c r="B2841" s="2">
-        <v>3826.54</v>
+        <v>195.29</v>
       </c>
     </row>
     <row r="2842" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2842" s="1" t="s">
-        <v>1745</v>
+        <v>2813</v>
       </c>
       <c r="B2842" s="2">
-        <v>136.5</v>
+        <v>195.29</v>
       </c>
     </row>
     <row r="2843" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2843" s="1" t="s">
-        <v>1746</v>
+        <v>2815</v>
       </c>
       <c r="B2843" s="2">
-        <v>433.18</v>
+        <v>121.42</v>
       </c>
     </row>
     <row r="2844" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2844" s="1" t="s">
-        <v>1747</v>
+        <v>2812</v>
       </c>
       <c r="B2844" s="2">
-        <v>364.26</v>
+        <v>121.42</v>
       </c>
     </row>
     <row r="2845" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2845" s="1" t="s">
-        <v>3129</v>
+        <v>3183</v>
       </c>
       <c r="B2845" s="2">
-        <v>41.06</v>
+        <v>121.42</v>
       </c>
     </row>
     <row r="2846" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2846" s="1" t="s">
-        <v>3347</v>
+        <v>3185</v>
       </c>
       <c r="B2846" s="2">
-        <v>852.62</v>
+        <v>121.42</v>
       </c>
     </row>
     <row r="2847" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2847" s="1" t="s">
-        <v>3348</v>
+        <v>3246</v>
       </c>
       <c r="B2847" s="2">
-        <v>852.62</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="2848" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2848" s="1" t="s">
-        <v>1748</v>
+        <v>4153</v>
       </c>
       <c r="B2848" s="2">
-        <v>41.06</v>
+        <v>88.2</v>
       </c>
     </row>
     <row r="2849" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2849" s="1" t="s">
-        <v>3346</v>
+        <v>4154</v>
       </c>
       <c r="B2849" s="2">
-        <v>864.8</v>
+        <v>264.60000000000002</v>
       </c>
     </row>
     <row r="2850" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2850" s="1" t="s">
-        <v>2656</v>
+        <v>4155</v>
       </c>
       <c r="B2850" s="2">
-        <v>852.62</v>
+        <v>529.20000000000005</v>
       </c>
     </row>
     <row r="2851" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2851" s="1" t="s">
-        <v>2657</v>
+        <v>3308</v>
       </c>
       <c r="B2851" s="2">
-        <v>852.62</v>
+        <v>2965.56</v>
       </c>
     </row>
     <row r="2852" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2852" s="1" t="s">
-        <v>2658</v>
+        <v>1677</v>
       </c>
       <c r="B2852" s="2">
-        <v>852.62</v>
+        <v>9046.0499999999993</v>
       </c>
     </row>
     <row r="2853" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2853" s="1" t="s">
-        <v>3342</v>
+        <v>2887</v>
       </c>
       <c r="B2853" s="2">
-        <v>852.62</v>
+        <v>306.06</v>
       </c>
     </row>
     <row r="2854" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2854" s="1" t="s">
-        <v>2659</v>
+        <v>2996</v>
       </c>
       <c r="B2854" s="2">
-        <v>378.55</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="2855" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2855" s="1" t="s">
-        <v>3351</v>
+        <v>2888</v>
       </c>
       <c r="B2855" s="2">
-        <v>852.62</v>
+        <v>395.41</v>
       </c>
     </row>
     <row r="2856" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2856" s="1" t="s">
-        <v>2660</v>
+        <v>1678</v>
       </c>
       <c r="B2856" s="2">
-        <v>852.62</v>
+        <v>2548.3000000000002</v>
       </c>
     </row>
     <row r="2857" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2857" s="1" t="s">
-        <v>2661</v>
+        <v>1679</v>
       </c>
       <c r="B2857" s="2">
-        <v>852.62</v>
+        <v>3458.41</v>
       </c>
     </row>
     <row r="2858" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2858" s="1" t="s">
-        <v>1749</v>
+        <v>2430</v>
       </c>
       <c r="B2858" s="2">
-        <v>6397.4</v>
+        <v>121.48</v>
       </c>
     </row>
     <row r="2859" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2859" s="1" t="s">
-        <v>1750</v>
+        <v>1680</v>
       </c>
       <c r="B2859" s="2">
-        <v>6397.4</v>
+        <v>300.17</v>
       </c>
     </row>
     <row r="2860" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2860" s="1" t="s">
-        <v>1751</v>
+        <v>2761</v>
       </c>
       <c r="B2860" s="2">
-        <v>3143.26</v>
+        <v>787.57</v>
       </c>
     </row>
     <row r="2861" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2861" s="1" t="s">
-        <v>1752</v>
+        <v>1681</v>
       </c>
       <c r="B2861" s="2">
-        <v>9922.2099999999991</v>
+        <v>5606.33</v>
       </c>
     </row>
     <row r="2862" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2862" s="1" t="s">
-        <v>1753</v>
+        <v>1682</v>
       </c>
       <c r="B2862" s="2">
-        <v>7993.58</v>
+        <v>23044.19</v>
       </c>
     </row>
     <row r="2863" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2863" s="1" t="s">
-        <v>1754</v>
+        <v>1683</v>
       </c>
       <c r="B2863" s="2">
-        <v>5955.56</v>
+        <v>23044.19</v>
       </c>
     </row>
     <row r="2864" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2864" s="1" t="s">
-        <v>1755</v>
+        <v>1684</v>
       </c>
       <c r="B2864" s="2">
-        <v>5955.56</v>
+        <v>23044.19</v>
       </c>
     </row>
     <row r="2865" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2865" s="1" t="s">
-        <v>1756</v>
+        <v>1685</v>
       </c>
       <c r="B2865" s="2">
-        <v>4121.13</v>
+        <v>23044.19</v>
       </c>
     </row>
     <row r="2866" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2866" s="1" t="s">
-        <v>1757</v>
+        <v>1686</v>
       </c>
       <c r="B2866" s="2">
-        <v>4121.13</v>
+        <v>24195.95</v>
       </c>
     </row>
     <row r="2867" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2867" s="1" t="s">
-        <v>1758</v>
+        <v>1687</v>
       </c>
       <c r="B2867" s="2">
-        <v>11265.73</v>
+        <v>23044.19</v>
       </c>
     </row>
     <row r="2868" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2868" s="1" t="s">
-        <v>1759</v>
+        <v>1688</v>
       </c>
       <c r="B2868" s="2">
-        <v>6137.16</v>
+        <v>23044.19</v>
       </c>
     </row>
     <row r="2869" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2869" s="1" t="s">
-        <v>1760</v>
+        <v>1689</v>
       </c>
       <c r="B2869" s="2">
-        <v>6137.16</v>
+        <v>23044.19</v>
       </c>
     </row>
     <row r="2870" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2870" s="1" t="s">
-        <v>1761</v>
+        <v>1690</v>
       </c>
       <c r="B2870" s="2">
-        <v>6137.16</v>
+        <v>24195.95</v>
       </c>
     </row>
     <row r="2871" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2871" s="1" t="s">
-        <v>1762</v>
+        <v>1691</v>
       </c>
       <c r="B2871" s="2">
-        <v>12502.14</v>
+        <v>15356.67</v>
       </c>
     </row>
     <row r="2872" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2872" s="1" t="s">
-        <v>1763</v>
+        <v>2639</v>
       </c>
       <c r="B2872" s="2">
-        <v>119.64</v>
+        <v>4133.1000000000004</v>
       </c>
     </row>
     <row r="2873" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2873" s="1" t="s">
-        <v>1764</v>
+        <v>1692</v>
       </c>
       <c r="B2873" s="2">
-        <v>121.46</v>
+        <v>20247.03</v>
       </c>
     </row>
     <row r="2874" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2874" s="1" t="s">
-        <v>6</v>
+        <v>1693</v>
       </c>
       <c r="B2874" s="2">
-        <v>121.46</v>
+        <v>20247.03</v>
       </c>
     </row>
     <row r="2875" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2875" s="1" t="s">
-        <v>3416</v>
+        <v>1694</v>
       </c>
       <c r="B2875" s="2">
-        <v>9768.56</v>
+        <v>665.76</v>
       </c>
     </row>
     <row r="2876" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2876" s="1" t="s">
-        <v>3447</v>
+        <v>1695</v>
       </c>
       <c r="B2876" s="2">
-        <v>23821.67</v>
+        <v>3334.56</v>
       </c>
     </row>
     <row r="2877" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2877" s="1" t="s">
-        <v>3417</v>
+        <v>4156</v>
       </c>
       <c r="B2877" s="2">
-        <v>26286.25</v>
+        <v>320.98</v>
       </c>
     </row>
     <row r="2878" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2878" s="1" t="s">
-        <v>2989</v>
+        <v>1696</v>
       </c>
       <c r="B2878" s="2">
-        <v>248.77</v>
+        <v>2555.56</v>
       </c>
     </row>
     <row r="2879" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2879" s="1" t="s">
-        <v>2994</v>
+        <v>1697</v>
       </c>
       <c r="B2879" s="2">
-        <v>910.03</v>
+        <v>24.7</v>
       </c>
     </row>
     <row r="2880" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2880" s="1" t="s">
-        <v>2662</v>
+        <v>1698</v>
       </c>
       <c r="B2880" s="2">
-        <v>244.2</v>
+        <v>186.86</v>
       </c>
     </row>
     <row r="2881" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2881" s="1" t="s">
-        <v>2990</v>
+        <v>1699</v>
       </c>
       <c r="B2881" s="2">
-        <v>811.8</v>
+        <v>4240.42</v>
       </c>
     </row>
     <row r="2882" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2882" s="1" t="s">
-        <v>3457</v>
+        <v>1700</v>
       </c>
       <c r="B2882" s="2">
-        <v>74.709999999999994</v>
+        <v>1843.02</v>
       </c>
     </row>
     <row r="2883" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2883" s="1" t="s">
-        <v>2663</v>
+        <v>1701</v>
       </c>
       <c r="B2883" s="2">
-        <v>206.23</v>
+        <v>3649.5</v>
       </c>
     </row>
     <row r="2884" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2884" s="1" t="s">
-        <v>3100</v>
+        <v>1702</v>
       </c>
       <c r="B2884" s="2">
-        <v>41.96</v>
+        <v>4814.4399999999996</v>
       </c>
     </row>
     <row r="2885" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2885" s="1" t="s">
-        <v>1765</v>
+        <v>1703</v>
       </c>
       <c r="B2885" s="2">
-        <v>41.96</v>
+        <v>1309.28</v>
       </c>
     </row>
     <row r="2886" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2886" s="1" t="s">
-        <v>3419</v>
+        <v>1704</v>
       </c>
       <c r="B2886" s="2">
-        <v>789.39</v>
+        <v>2058.64</v>
       </c>
     </row>
     <row r="2887" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2887" s="1" t="s">
-        <v>1766</v>
+        <v>1705</v>
       </c>
       <c r="B2887" s="2">
-        <v>1256.1300000000001</v>
+        <v>1383.14</v>
       </c>
     </row>
     <row r="2888" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2888" s="1" t="s">
-        <v>1767</v>
+        <v>1706</v>
       </c>
       <c r="B2888" s="2">
-        <v>1256.1300000000001</v>
+        <v>301.41000000000003</v>
       </c>
     </row>
     <row r="2889" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2889" s="1" t="s">
-        <v>3473</v>
+        <v>1707</v>
       </c>
       <c r="B2889" s="2">
-        <v>555.57000000000005</v>
+        <v>301.41000000000003</v>
       </c>
     </row>
     <row r="2890" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2890" s="1" t="s">
-        <v>3460</v>
+        <v>1708</v>
       </c>
       <c r="B2890" s="2">
-        <v>3173.4</v>
+        <v>301.41000000000003</v>
       </c>
     </row>
     <row r="2891" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2891" s="1" t="s">
-        <v>3459</v>
+        <v>1709</v>
       </c>
       <c r="B2891" s="2">
-        <v>1671.5</v>
+        <v>1524.22</v>
       </c>
     </row>
     <row r="2892" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2892" s="1" t="s">
-        <v>3174</v>
+        <v>1710</v>
       </c>
       <c r="B2892" s="2">
-        <v>177.67</v>
+        <v>940.24</v>
       </c>
     </row>
     <row r="2893" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2893" s="1" t="s">
-        <v>3175</v>
+        <v>1711</v>
       </c>
       <c r="B2893" s="2">
-        <v>71.42</v>
+        <v>571.84</v>
       </c>
     </row>
     <row r="2894" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2894" s="1" t="s">
-        <v>1768</v>
+        <v>1712</v>
       </c>
       <c r="B2894" s="2">
-        <v>736.24</v>
+        <v>16196.34</v>
       </c>
     </row>
     <row r="2895" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2895" s="1" t="s">
-        <v>1769</v>
+        <v>1713</v>
       </c>
       <c r="B2895" s="2">
-        <v>5231.37</v>
+        <v>4012.04</v>
       </c>
     </row>
     <row r="2896" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2896" s="1" t="s">
-        <v>1770</v>
+        <v>1714</v>
       </c>
       <c r="B2896" s="2">
-        <v>80.349999999999994</v>
+        <v>612.17999999999995</v>
       </c>
     </row>
     <row r="2897" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2897" s="1" t="s">
-        <v>3453</v>
+        <v>2744</v>
       </c>
       <c r="B2897" s="2">
-        <v>286.11</v>
+        <v>2733.21</v>
       </c>
     </row>
     <row r="2898" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2898" s="1" t="s">
-        <v>1771</v>
+        <v>1715</v>
       </c>
       <c r="B2898" s="2">
-        <v>68.75</v>
+        <v>9635.8799999999992</v>
       </c>
     </row>
     <row r="2899" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2899" s="1" t="s">
-        <v>1772</v>
+        <v>1716</v>
       </c>
       <c r="B2899" s="2">
-        <v>181.42</v>
+        <v>16628.61</v>
       </c>
     </row>
     <row r="2900" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2900" s="1" t="s">
-        <v>1773</v>
+        <v>1717</v>
       </c>
       <c r="B2900" s="2">
-        <v>745</v>
+        <v>16628.61</v>
       </c>
     </row>
     <row r="2901" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2901" s="1" t="s">
-        <v>1774</v>
+        <v>1718</v>
       </c>
       <c r="B2901" s="2">
-        <v>945</v>
+        <v>147.74</v>
       </c>
     </row>
     <row r="2902" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2902" s="1" t="s">
-        <v>1775</v>
+        <v>1719</v>
       </c>
       <c r="B2902" s="2">
-        <v>845</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="2903" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2903" s="1" t="s">
-        <v>3188</v>
+        <v>3140</v>
       </c>
       <c r="B2903" s="2">
-        <v>206.23</v>
+        <v>586.39</v>
       </c>
     </row>
     <row r="2904" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2904" s="1" t="s">
-        <v>3189</v>
+        <v>3141</v>
       </c>
       <c r="B2904" s="2">
-        <v>206.23</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="2905" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2905" s="1" t="s">
-        <v>2664</v>
+        <v>3138</v>
       </c>
       <c r="B2905" s="2">
-        <v>206.23</v>
+        <v>166.06</v>
       </c>
     </row>
     <row r="2906" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2906" s="1" t="s">
-        <v>1776</v>
+        <v>2997</v>
       </c>
       <c r="B2906" s="2">
-        <v>83.03</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2907" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2907" s="1" t="s">
-        <v>3446</v>
+        <v>1720</v>
       </c>
       <c r="B2907" s="2">
-        <v>8910.4699999999993</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="2908" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2908" s="1" t="s">
-        <v>1777</v>
+        <v>1721</v>
       </c>
       <c r="B2908" s="2">
-        <v>68.75</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="2909" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2909" s="1" t="s">
-        <v>1778</v>
+        <v>1722</v>
       </c>
       <c r="B2909" s="2">
-        <v>68.75</v>
+        <v>290.69</v>
       </c>
     </row>
     <row r="2910" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2910" s="1" t="s">
-        <v>1779</v>
+        <v>1723</v>
       </c>
       <c r="B2910" s="2">
-        <v>68.75</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2911" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2911" s="1" t="s">
-        <v>1780</v>
+        <v>2999</v>
       </c>
       <c r="B2911" s="2">
-        <v>68.75</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2912" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2912" s="1" t="s">
-        <v>1781</v>
+        <v>1724</v>
       </c>
       <c r="B2912" s="2">
-        <v>783.05</v>
+        <v>178.71</v>
       </c>
     </row>
     <row r="2913" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2913" s="1" t="s">
-        <v>3422</v>
+        <v>1725</v>
       </c>
       <c r="B2913" s="2">
-        <v>17119.05</v>
+        <v>399.1</v>
       </c>
     </row>
     <row r="2914" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2914" s="1" t="s">
-        <v>1782</v>
+        <v>1726</v>
       </c>
       <c r="B2914" s="2">
-        <v>136.6</v>
+        <v>399.1</v>
       </c>
     </row>
     <row r="2915" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2915" s="1" t="s">
-        <v>3334</v>
+        <v>1727</v>
       </c>
       <c r="B2915" s="2">
-        <v>410.98</v>
+        <v>125.1</v>
       </c>
     </row>
     <row r="2916" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2916" s="1" t="s">
-        <v>2665</v>
+        <v>2750</v>
       </c>
       <c r="B2916" s="2">
-        <v>41.96</v>
+        <v>18907.78</v>
       </c>
     </row>
     <row r="2917" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2917" s="1" t="s">
-        <v>3464</v>
+        <v>1728</v>
       </c>
       <c r="B2917" s="2">
-        <v>67.010000000000005</v>
+        <v>1450.89</v>
       </c>
     </row>
     <row r="2918" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2918" s="1" t="s">
-        <v>3420</v>
+        <v>4157</v>
       </c>
       <c r="B2918" s="2">
-        <v>7401.65</v>
+        <v>329.8</v>
       </c>
     </row>
     <row r="2919" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2919" s="1" t="s">
-        <v>3421</v>
+        <v>1729</v>
       </c>
       <c r="B2919" s="2">
-        <v>16518.650000000001</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="2920" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2920" s="1" t="s">
-        <v>3471</v>
+        <v>4158</v>
       </c>
       <c r="B2920" s="2">
-        <v>1208.25</v>
+        <v>3052</v>
       </c>
     </row>
     <row r="2921" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2921" s="1" t="s">
-        <v>1783</v>
+        <v>1730</v>
       </c>
       <c r="B2921" s="2">
-        <v>135.33000000000001</v>
+        <v>10776.9</v>
       </c>
     </row>
     <row r="2922" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2922" s="1" t="s">
-        <v>1784</v>
+        <v>1731</v>
       </c>
       <c r="B2922" s="2">
-        <v>80.349999999999994</v>
+        <v>3487.07</v>
       </c>
     </row>
     <row r="2923" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2923" s="1" t="s">
-        <v>1785</v>
+        <v>1732</v>
       </c>
       <c r="B2923" s="2">
-        <v>137.5</v>
+        <v>7906.89</v>
       </c>
     </row>
     <row r="2924" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2924" s="1" t="s">
-        <v>2666</v>
+        <v>1733</v>
       </c>
       <c r="B2924" s="2">
-        <v>60.71</v>
+        <v>6589.32</v>
       </c>
     </row>
     <row r="2925" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2925" s="1" t="s">
-        <v>1786</v>
+        <v>1734</v>
       </c>
       <c r="B2925" s="2">
-        <v>41.96</v>
+        <v>10776.9</v>
       </c>
     </row>
     <row r="2926" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2926" s="1" t="s">
-        <v>1787</v>
+        <v>1735</v>
       </c>
       <c r="B2926" s="2">
-        <v>41.06</v>
+        <v>3104.63</v>
       </c>
     </row>
     <row r="2927" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2927" s="1" t="s">
-        <v>1788</v>
+        <v>1736</v>
       </c>
       <c r="B2927" s="2">
-        <v>80.349999999999994</v>
+        <v>3941.34</v>
       </c>
     </row>
     <row r="2928" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2928" s="1" t="s">
-        <v>1789</v>
+        <v>1737</v>
       </c>
       <c r="B2928" s="2">
-        <v>22108.13</v>
+        <v>140.6</v>
       </c>
     </row>
     <row r="2929" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2929" s="1" t="s">
-        <v>1790</v>
+        <v>1738</v>
       </c>
       <c r="B2929" s="2">
-        <v>17609.919999999998</v>
+        <v>446.18</v>
       </c>
     </row>
     <row r="2930" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2930" s="1" t="s">
-        <v>1791</v>
+        <v>1739</v>
       </c>
       <c r="B2930" s="2">
-        <v>17609.919999999998</v>
+        <v>364.26</v>
       </c>
     </row>
     <row r="2931" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2931" s="1" t="s">
-        <v>1792</v>
+        <v>3029</v>
       </c>
       <c r="B2931" s="2">
-        <v>17609.919999999998</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="2932" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2932" s="1" t="s">
-        <v>1793</v>
+        <v>3241</v>
       </c>
       <c r="B2932" s="2">
-        <v>17519.77</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="2933" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2933" s="1" t="s">
-        <v>1794</v>
+        <v>3242</v>
       </c>
       <c r="B2933" s="2">
-        <v>17609.919999999998</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="2934" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2934" s="1" t="s">
-        <v>1795</v>
+        <v>1740</v>
       </c>
       <c r="B2934" s="2">
-        <v>17609.919999999998</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="2935" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2935" s="1" t="s">
-        <v>1796</v>
+        <v>3240</v>
       </c>
       <c r="B2935" s="2">
-        <v>17609.919999999998</v>
+        <v>864.8</v>
       </c>
     </row>
     <row r="2936" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2936" s="1" t="s">
-        <v>1797</v>
+        <v>2640</v>
       </c>
       <c r="B2936" s="2">
-        <v>13913.24</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="2937" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2937" s="1" t="s">
-        <v>1798</v>
+        <v>2641</v>
       </c>
       <c r="B2937" s="2">
-        <v>11594.22</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="2938" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2938" s="1" t="s">
-        <v>1799</v>
+        <v>2642</v>
       </c>
       <c r="B2938" s="2">
-        <v>17609.919999999998</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="2939" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2939" s="1" t="s">
-        <v>1800</v>
+        <v>3236</v>
       </c>
       <c r="B2939" s="2">
-        <v>17609.919999999998</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="2940" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2940" s="1" t="s">
-        <v>3101</v>
+        <v>2643</v>
       </c>
       <c r="B2940" s="2">
-        <v>80.349999999999994</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="2941" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2941" s="1" t="s">
-        <v>1801</v>
+        <v>3245</v>
       </c>
       <c r="B2941" s="2">
-        <v>80.349999999999994</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="2942" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2942" s="1" t="s">
-        <v>1802</v>
+        <v>2644</v>
       </c>
       <c r="B2942" s="2">
-        <v>80.349999999999994</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="2943" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2943" s="1" t="s">
-        <v>1803</v>
+        <v>2645</v>
       </c>
       <c r="B2943" s="2">
-        <v>80.349999999999994</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="2944" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2944" s="1" t="s">
-        <v>1804</v>
+        <v>1741</v>
       </c>
       <c r="B2944" s="2">
-        <v>3818.09</v>
+        <v>6589.32</v>
       </c>
     </row>
     <row r="2945" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2945" s="1" t="s">
-        <v>1805</v>
+        <v>1742</v>
       </c>
       <c r="B2945" s="2">
-        <v>3494.22</v>
+        <v>6589.32</v>
       </c>
     </row>
     <row r="2946" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2946" s="1" t="s">
-        <v>1806</v>
+        <v>1743</v>
       </c>
       <c r="B2946" s="2">
-        <v>310.70999999999998</v>
+        <v>3237.56</v>
       </c>
     </row>
     <row r="2947" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2947" s="1" t="s">
-        <v>1807</v>
+        <v>1744</v>
       </c>
       <c r="B2947" s="2">
-        <v>159.61000000000001</v>
+        <v>10219.879999999999</v>
       </c>
     </row>
     <row r="2948" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2948" s="1" t="s">
-        <v>1808</v>
+        <v>1745</v>
       </c>
       <c r="B2948" s="2">
-        <v>319.23</v>
+        <v>8233.39</v>
       </c>
     </row>
     <row r="2949" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2949" s="1" t="s">
-        <v>1809</v>
+        <v>1746</v>
       </c>
       <c r="B2949" s="2">
-        <v>238.27</v>
+        <v>6134.23</v>
       </c>
     </row>
     <row r="2950" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2950" s="1" t="s">
-        <v>1810</v>
+        <v>1747</v>
       </c>
       <c r="B2950" s="2">
-        <v>316.91000000000003</v>
+        <v>6134.23</v>
       </c>
     </row>
     <row r="2951" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2951" s="1" t="s">
-        <v>1811</v>
+        <v>1748</v>
       </c>
       <c r="B2951" s="2">
-        <v>316.91000000000003</v>
+        <v>4244.76</v>
       </c>
     </row>
     <row r="2952" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2952" s="1" t="s">
-        <v>1812</v>
+        <v>1749</v>
       </c>
       <c r="B2952" s="2">
-        <v>341.21</v>
+        <v>4244.76</v>
       </c>
     </row>
     <row r="2953" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2953" s="1" t="s">
-        <v>1813</v>
+        <v>1750</v>
       </c>
       <c r="B2953" s="2">
-        <v>283.38</v>
+        <v>11603.7</v>
       </c>
     </row>
     <row r="2954" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2954" s="1" t="s">
-        <v>1814</v>
+        <v>1751</v>
       </c>
       <c r="B2954" s="2">
-        <v>312.3</v>
+        <v>6321.27</v>
       </c>
     </row>
     <row r="2955" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2955" s="1" t="s">
-        <v>1815</v>
+        <v>1752</v>
       </c>
       <c r="B2955" s="2">
-        <v>150.36000000000001</v>
+        <v>6321.27</v>
       </c>
     </row>
     <row r="2956" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2956" s="1" t="s">
-        <v>1816</v>
+        <v>1753</v>
       </c>
       <c r="B2956" s="2">
-        <v>100</v>
+        <v>6321.27</v>
       </c>
     </row>
     <row r="2957" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2957" s="1" t="s">
-        <v>2813</v>
+        <v>1754</v>
       </c>
       <c r="B2957" s="2">
-        <v>15</v>
+        <v>12877.2</v>
       </c>
     </row>
     <row r="2958" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2958" s="1" t="s">
-        <v>1817</v>
+        <v>1755</v>
       </c>
       <c r="B2958" s="2">
-        <v>41.06</v>
+        <v>119.64</v>
       </c>
     </row>
     <row r="2959" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2959" s="1" t="s">
-        <v>1818</v>
+        <v>1756</v>
       </c>
       <c r="B2959" s="2">
-        <v>208.18</v>
+        <v>125.1</v>
       </c>
     </row>
     <row r="2960" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2960" s="1" t="s">
-        <v>1819</v>
+        <v>6</v>
       </c>
       <c r="B2960" s="2">
-        <v>176.96</v>
+        <v>125.1</v>
       </c>
     </row>
     <row r="2961" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2961" s="1" t="s">
-        <v>2993</v>
+        <v>3306</v>
       </c>
       <c r="B2961" s="2">
-        <v>360</v>
+        <v>10357.6</v>
       </c>
     </row>
     <row r="2962" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2962" s="1" t="s">
-        <v>2991</v>
+        <v>3334</v>
       </c>
       <c r="B2962" s="2">
-        <v>720</v>
+        <v>18990.07</v>
       </c>
     </row>
     <row r="2963" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2963" s="1" t="s">
-        <v>2992</v>
+        <v>3307</v>
       </c>
       <c r="B2963" s="2">
-        <v>159.82</v>
+        <v>30876.89</v>
       </c>
     </row>
     <row r="2964" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2964" s="1" t="s">
-        <v>1820</v>
+        <v>2889</v>
       </c>
       <c r="B2964" s="2">
-        <v>41.06</v>
+        <v>248.77</v>
       </c>
     </row>
     <row r="2965" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2965" s="1" t="s">
-        <v>1821</v>
+        <v>2894</v>
       </c>
       <c r="B2965" s="2">
-        <v>41.06</v>
+        <v>910.03</v>
       </c>
     </row>
     <row r="2966" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2966" s="1" t="s">
-        <v>1822</v>
+        <v>2646</v>
       </c>
       <c r="B2966" s="2">
-        <v>277.60000000000002</v>
+        <v>244.2</v>
       </c>
     </row>
     <row r="2967" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2967" s="1" t="s">
-        <v>1823</v>
+        <v>2890</v>
       </c>
       <c r="B2967" s="2">
-        <v>249.83</v>
+        <v>811.8</v>
       </c>
     </row>
     <row r="2968" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2968" s="1" t="s">
-        <v>1824</v>
+        <v>3343</v>
       </c>
       <c r="B2968" s="2">
-        <v>281.07</v>
+        <v>102.24</v>
       </c>
     </row>
     <row r="2969" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2969" s="1" t="s">
-        <v>1825</v>
+        <v>4159</v>
       </c>
       <c r="B2969" s="2">
-        <v>370.13</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="2970" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2970" s="1" t="s">
-        <v>1826</v>
+        <v>2647</v>
       </c>
       <c r="B2970" s="2">
-        <v>149.19999999999999</v>
+        <v>206.23</v>
       </c>
     </row>
     <row r="2971" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2971" s="1" t="s">
-        <v>1827</v>
+        <v>3000</v>
       </c>
       <c r="B2971" s="2">
-        <v>360.88</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2972" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2972" s="1" t="s">
-        <v>1828</v>
+        <v>1757</v>
       </c>
       <c r="B2972" s="2">
-        <v>3439.17</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="2973" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2973" s="1" t="s">
-        <v>1829</v>
+        <v>3309</v>
       </c>
       <c r="B2973" s="2">
-        <v>3357.68</v>
+        <v>1038.2</v>
       </c>
     </row>
     <row r="2974" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2974" s="1" t="s">
-        <v>1830</v>
+        <v>1758</v>
       </c>
       <c r="B2974" s="2">
-        <v>914.91</v>
+        <v>1293.81</v>
       </c>
     </row>
     <row r="2975" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2975" s="1" t="s">
-        <v>1831</v>
+        <v>1759</v>
       </c>
       <c r="B2975" s="2">
-        <v>347</v>
+        <v>1293.81</v>
       </c>
     </row>
     <row r="2976" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2976" s="1" t="s">
-        <v>1832</v>
+        <v>3348</v>
       </c>
       <c r="B2976" s="2">
-        <v>208.91</v>
+        <v>552.85</v>
       </c>
     </row>
     <row r="2977" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2977" s="1" t="s">
-        <v>1833</v>
+        <v>4160</v>
       </c>
       <c r="B2977" s="2">
-        <v>48.5</v>
+        <v>3173.4</v>
       </c>
     </row>
     <row r="2978" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2978" s="1" t="s">
-        <v>1834</v>
+        <v>4161</v>
       </c>
       <c r="B2978" s="2">
-        <v>292.56</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="2979" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2979" s="1" t="s">
-        <v>1835</v>
+        <v>4162</v>
       </c>
       <c r="B2979" s="2">
-        <v>512.54999999999995</v>
+        <v>3173.4</v>
       </c>
     </row>
     <row r="2980" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2980" s="1" t="s">
-        <v>1836</v>
+        <v>3073</v>
       </c>
       <c r="B2980" s="2">
-        <v>299.57</v>
+        <v>177.67</v>
       </c>
     </row>
     <row r="2981" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2981" s="1" t="s">
-        <v>1837</v>
+        <v>3074</v>
       </c>
       <c r="B2981" s="2">
-        <v>257.92</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="2982" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2982" s="1" t="s">
-        <v>1838</v>
+        <v>1760</v>
       </c>
       <c r="B2982" s="2">
-        <v>548.25</v>
+        <v>758.33</v>
       </c>
     </row>
     <row r="2983" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2983" s="1" t="s">
-        <v>2667</v>
+        <v>1761</v>
       </c>
       <c r="B2983" s="2">
-        <v>80.349999999999994</v>
+        <v>5388.31</v>
       </c>
     </row>
     <row r="2984" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2984" s="1" t="s">
-        <v>1839</v>
+        <v>1762</v>
       </c>
       <c r="B2984" s="2">
-        <v>41.96</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="2985" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2985" s="1" t="s">
-        <v>1840</v>
+        <v>4163</v>
       </c>
       <c r="B2985" s="2">
-        <v>60.71</v>
+        <v>3878.6</v>
       </c>
     </row>
     <row r="2986" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2986" s="1" t="s">
-        <v>1841</v>
+        <v>3340</v>
       </c>
       <c r="B2986" s="2">
-        <v>80.349999999999994</v>
+        <v>299.52</v>
       </c>
     </row>
     <row r="2987" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2987" s="1" t="s">
-        <v>3154</v>
+        <v>4164</v>
       </c>
       <c r="B2987" s="2">
-        <v>60.71</v>
+        <v>6699.4</v>
       </c>
     </row>
     <row r="2988" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2988" s="1" t="s">
-        <v>1842</v>
+        <v>1763</v>
       </c>
       <c r="B2988" s="2">
-        <v>41.96</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="2989" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2989" s="1" t="s">
-        <v>1843</v>
+        <v>1764</v>
       </c>
       <c r="B2989" s="2">
-        <v>80.349999999999994</v>
+        <v>186.86</v>
       </c>
     </row>
     <row r="2990" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2990" s="1" t="s">
-        <v>2668</v>
+        <v>3087</v>
       </c>
       <c r="B2990" s="2">
-        <v>108.02</v>
+        <v>206.23</v>
       </c>
     </row>
     <row r="2991" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2991" s="1" t="s">
-        <v>1844</v>
+        <v>3088</v>
       </c>
       <c r="B2991" s="2">
-        <v>60.71</v>
+        <v>206.23</v>
       </c>
     </row>
     <row r="2992" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2992" s="1" t="s">
-        <v>1845</v>
+        <v>2648</v>
       </c>
       <c r="B2992" s="2">
-        <v>80.349999999999994</v>
+        <v>206.23</v>
       </c>
     </row>
     <row r="2993" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2993" s="1" t="s">
-        <v>1846</v>
+        <v>1765</v>
       </c>
       <c r="B2993" s="2">
-        <v>41.96</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="2994" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2994" s="1" t="s">
-        <v>3092</v>
+        <v>3333</v>
       </c>
       <c r="B2994" s="2">
-        <v>40.18</v>
+        <v>9215.76</v>
       </c>
     </row>
     <row r="2995" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2995" s="1" t="s">
-        <v>1847</v>
+        <v>1766</v>
       </c>
       <c r="B2995" s="2">
-        <v>83.03</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="2996" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2996" s="1" t="s">
-        <v>1848</v>
+        <v>1767</v>
       </c>
       <c r="B2996" s="2">
-        <v>7206.69</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="2997" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2997" s="1" t="s">
-        <v>1849</v>
+        <v>1768</v>
       </c>
       <c r="B2997" s="2">
-        <v>7206.69</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="2998" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2998" s="1" t="s">
-        <v>1850</v>
+        <v>1769</v>
       </c>
       <c r="B2998" s="2">
-        <v>14953.62</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="2999" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A2999" s="1" t="s">
-        <v>1851</v>
+        <v>1770</v>
       </c>
       <c r="B2999" s="2">
-        <v>7206.69</v>
+        <v>806.54</v>
       </c>
     </row>
     <row r="3000" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3000" s="1" t="s">
-        <v>1852</v>
+        <v>4165</v>
       </c>
       <c r="B3000" s="2">
-        <v>7206.69</v>
+        <v>5.53</v>
       </c>
     </row>
     <row r="3001" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3001" s="1" t="s">
-        <v>1853</v>
+        <v>3311</v>
       </c>
       <c r="B3001" s="2">
-        <v>12813.81</v>
+        <v>17406.169999999998</v>
       </c>
     </row>
     <row r="3002" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3002" s="1" t="s">
-        <v>1854</v>
+        <v>1771</v>
       </c>
       <c r="B3002" s="2">
-        <v>17844.75</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="3003" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3003" s="1" t="s">
-        <v>1855</v>
+        <v>3228</v>
       </c>
       <c r="B3003" s="2">
-        <v>17972.47</v>
+        <v>410.98</v>
       </c>
     </row>
     <row r="3004" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3004" s="1" t="s">
-        <v>1856</v>
+        <v>2649</v>
       </c>
       <c r="B3004" s="2">
-        <v>9616.35</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3005" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3005" s="1" t="s">
-        <v>1857</v>
+        <v>4166</v>
       </c>
       <c r="B3005" s="2">
-        <v>5668.79</v>
+        <v>70.52</v>
       </c>
     </row>
     <row r="3006" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3006" s="1" t="s">
-        <v>2801</v>
+        <v>3310</v>
       </c>
       <c r="B3006" s="2">
-        <v>5668.79</v>
+        <v>16976.18</v>
       </c>
     </row>
     <row r="3007" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3007" s="1" t="s">
-        <v>1858</v>
+        <v>4167</v>
       </c>
       <c r="B3007" s="2">
-        <v>195.29</v>
+        <v>51054.38</v>
       </c>
     </row>
     <row r="3008" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3008" s="1" t="s">
-        <v>1859</v>
+        <v>3347</v>
       </c>
       <c r="B3008" s="2">
-        <v>71.42</v>
+        <v>1208.25</v>
       </c>
     </row>
     <row r="3009" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3009" s="1" t="s">
-        <v>3325</v>
+        <v>1772</v>
       </c>
       <c r="B3009" s="2">
-        <v>864</v>
+        <v>139.38999999999999</v>
       </c>
     </row>
     <row r="3010" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3010" s="1" t="s">
-        <v>3309</v>
+        <v>1773</v>
       </c>
       <c r="B3010" s="2">
-        <v>864</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3011" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3011" s="1" t="s">
-        <v>3343</v>
+        <v>1774</v>
       </c>
       <c r="B3011" s="2">
-        <v>378.55</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="3012" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3012" s="1" t="s">
-        <v>2669</v>
+        <v>2650</v>
       </c>
       <c r="B3012" s="2">
-        <v>378.55</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3013" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3013" s="1" t="s">
-        <v>1860</v>
+        <v>1775</v>
       </c>
       <c r="B3013" s="2">
-        <v>52.06</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3014" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3014" s="1" t="s">
-        <v>3423</v>
+        <v>1776</v>
       </c>
       <c r="B3014" s="2">
-        <v>787.6</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="3015" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3015" s="1" t="s">
-        <v>1861</v>
+        <v>1777</v>
       </c>
       <c r="B3015" s="2">
-        <v>22679.33</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3016" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3016" s="1" t="s">
-        <v>2670</v>
+        <v>1778</v>
       </c>
       <c r="B3016" s="2">
-        <v>378.55</v>
+        <v>22771.37</v>
       </c>
     </row>
     <row r="3017" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3017" s="1" t="s">
-        <v>2671</v>
+        <v>1779</v>
       </c>
       <c r="B3017" s="2">
-        <v>378.55</v>
+        <v>18138.22</v>
       </c>
     </row>
     <row r="3018" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3018" s="1" t="s">
-        <v>3345</v>
+        <v>1780</v>
       </c>
       <c r="B3018" s="2">
-        <v>378.55</v>
+        <v>18138.22</v>
       </c>
     </row>
     <row r="3019" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3019" s="1" t="s">
-        <v>2672</v>
+        <v>1781</v>
       </c>
       <c r="B3019" s="2">
-        <v>121.42</v>
+        <v>18138.22</v>
       </c>
     </row>
     <row r="3020" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3020" s="1" t="s">
-        <v>2673</v>
+        <v>1782</v>
       </c>
       <c r="B3020" s="2">
-        <v>121.42</v>
+        <v>18045.36</v>
       </c>
     </row>
     <row r="3021" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3021" s="1" t="s">
-        <v>1862</v>
+        <v>1783</v>
       </c>
       <c r="B3021" s="2">
-        <v>460.35</v>
+        <v>18138.22</v>
       </c>
     </row>
     <row r="3022" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3022" s="1" t="s">
-        <v>3102</v>
+        <v>1784</v>
       </c>
       <c r="B3022" s="2">
-        <v>41.96</v>
+        <v>18138.22</v>
       </c>
     </row>
     <row r="3023" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3023" s="1" t="s">
-        <v>1863</v>
+        <v>1785</v>
       </c>
       <c r="B3023" s="2">
-        <v>1025.94</v>
+        <v>18138.22</v>
       </c>
     </row>
     <row r="3024" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3024" s="1" t="s">
-        <v>1864</v>
+        <v>1786</v>
       </c>
       <c r="B3024" s="2">
-        <v>2180.27</v>
+        <v>14330.64</v>
       </c>
     </row>
     <row r="3025" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3025" s="1" t="s">
-        <v>1865</v>
+        <v>1787</v>
       </c>
       <c r="B3025" s="2">
-        <v>5853.38</v>
+        <v>11942.05</v>
       </c>
     </row>
     <row r="3026" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3026" s="1" t="s">
-        <v>1866</v>
+        <v>1788</v>
       </c>
       <c r="B3026" s="2">
-        <v>2198.48</v>
+        <v>18138.22</v>
       </c>
     </row>
     <row r="3027" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3027" s="1" t="s">
-        <v>1867</v>
+        <v>1789</v>
       </c>
       <c r="B3027" s="2">
-        <v>6420.55</v>
+        <v>18138.22</v>
       </c>
     </row>
     <row r="3028" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3028" s="1" t="s">
-        <v>1868</v>
+        <v>4168</v>
       </c>
       <c r="B3028" s="2">
-        <v>484.64</v>
+        <v>17830.14</v>
       </c>
     </row>
     <row r="3029" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3029" s="1" t="s">
-        <v>1869</v>
+        <v>4169</v>
       </c>
       <c r="B3029" s="2">
-        <v>426.81</v>
+        <v>14330.64</v>
       </c>
     </row>
     <row r="3030" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3030" s="1" t="s">
-        <v>1870</v>
+        <v>3001</v>
       </c>
       <c r="B3030" s="2">
-        <v>263.72000000000003</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3031" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3031" s="1" t="s">
-        <v>1871</v>
+        <v>1790</v>
       </c>
       <c r="B3031" s="2">
-        <v>160.77000000000001</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3032" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3032" s="1" t="s">
-        <v>1872</v>
+        <v>1791</v>
       </c>
       <c r="B3032" s="2">
-        <v>392.11</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3033" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3033" s="1" t="s">
-        <v>1873</v>
+        <v>1792</v>
       </c>
       <c r="B3033" s="2">
-        <v>1370.62</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3034" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3034" s="1" t="s">
-        <v>1874</v>
+        <v>1793</v>
       </c>
       <c r="B3034" s="2">
-        <v>150.36000000000001</v>
+        <v>3932.63</v>
       </c>
     </row>
     <row r="3035" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3035" s="1" t="s">
-        <v>1875</v>
+        <v>1794</v>
       </c>
       <c r="B3035" s="2">
-        <v>602.61</v>
+        <v>3599.05</v>
       </c>
     </row>
     <row r="3036" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3036" s="1" t="s">
-        <v>1876</v>
+        <v>1795</v>
       </c>
       <c r="B3036" s="2">
-        <v>1173.99</v>
+        <v>320.02999999999997</v>
       </c>
     </row>
     <row r="3037" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3037" s="1" t="s">
-        <v>1877</v>
+        <v>1796</v>
       </c>
       <c r="B3037" s="2">
-        <v>157.30000000000001</v>
+        <v>164.4</v>
       </c>
     </row>
     <row r="3038" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3038" s="1" t="s">
-        <v>1878</v>
+        <v>1797</v>
       </c>
       <c r="B3038" s="2">
-        <v>2818.97</v>
+        <v>328.81</v>
       </c>
     </row>
     <row r="3039" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3039" s="1" t="s">
-        <v>1879</v>
+        <v>1798</v>
       </c>
       <c r="B3039" s="2">
-        <v>1428.47</v>
+        <v>245.42</v>
       </c>
     </row>
     <row r="3040" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3040" s="1" t="s">
-        <v>1880</v>
+        <v>1799</v>
       </c>
       <c r="B3040" s="2">
-        <v>6014.55</v>
+        <v>326.42</v>
       </c>
     </row>
     <row r="3041" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3041" s="1" t="s">
-        <v>1881</v>
+        <v>1800</v>
       </c>
       <c r="B3041" s="2">
-        <v>91.78</v>
+        <v>326.42</v>
       </c>
     </row>
     <row r="3042" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3042" s="1" t="s">
-        <v>1882</v>
+        <v>1801</v>
       </c>
       <c r="B3042" s="2">
-        <v>293.41000000000003</v>
+        <v>351.45</v>
       </c>
     </row>
     <row r="3043" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3043" s="1" t="s">
-        <v>1883</v>
+        <v>1802</v>
       </c>
       <c r="B3043" s="2">
-        <v>2000.38</v>
+        <v>291.88</v>
       </c>
     </row>
     <row r="3044" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3044" s="1" t="s">
-        <v>1884</v>
+        <v>1803</v>
       </c>
       <c r="B3044" s="2">
-        <v>2715.79</v>
+        <v>321.67</v>
       </c>
     </row>
     <row r="3045" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3045" s="1" t="s">
-        <v>1885</v>
+        <v>1804</v>
       </c>
       <c r="B3045" s="2">
-        <v>153.83000000000001</v>
+        <v>154.87</v>
       </c>
     </row>
     <row r="3046" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3046" s="1" t="s">
-        <v>1886</v>
+        <v>1805</v>
       </c>
       <c r="B3046" s="2">
-        <v>1591.55</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3047" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3047" s="1" t="s">
-        <v>1887</v>
-[...3 lines deleted...]
-      </c>
+        <v>2753</v>
+      </c>
+      <c r="B3047" s="2"/>
     </row>
     <row r="3048" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3048" s="1" t="s">
-        <v>1888</v>
+        <v>1806</v>
       </c>
       <c r="B3048" s="2">
-        <v>1320.88</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="3049" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3049" s="1" t="s">
-        <v>1889</v>
+        <v>1807</v>
       </c>
       <c r="B3049" s="2">
-        <v>213.98</v>
+        <v>214.43</v>
       </c>
     </row>
     <row r="3050" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3050" s="1" t="s">
-        <v>1890</v>
+        <v>1808</v>
       </c>
       <c r="B3050" s="2">
-        <v>1478.19</v>
+        <v>182.27</v>
       </c>
     </row>
     <row r="3051" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3051" s="1" t="s">
-        <v>1891</v>
+        <v>2893</v>
       </c>
       <c r="B3051" s="2">
-        <v>3562.92</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3052" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3052" s="1" t="s">
-        <v>1892</v>
+        <v>2891</v>
       </c>
       <c r="B3052" s="2">
-        <v>56584.9</v>
+        <v>720</v>
       </c>
     </row>
     <row r="3053" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3053" s="1" t="s">
-        <v>1893</v>
+        <v>2892</v>
       </c>
       <c r="B3053" s="2">
-        <v>78810.649999999994</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="3054" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3054" s="1" t="s">
-        <v>1894</v>
+        <v>1809</v>
       </c>
       <c r="B3054" s="2">
-        <v>57717.08</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="3055" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3055" s="1" t="s">
-        <v>1895</v>
+        <v>1810</v>
       </c>
       <c r="B3055" s="2">
-        <v>21655.360000000001</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="3056" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3056" s="1" t="s">
-        <v>1896</v>
+        <v>1811</v>
       </c>
       <c r="B3056" s="2">
-        <v>29141.79</v>
+        <v>285.93</v>
       </c>
     </row>
     <row r="3057" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3057" s="1" t="s">
-        <v>1897</v>
+        <v>1812</v>
       </c>
       <c r="B3057" s="2">
-        <v>22158.84</v>
+        <v>257.32</v>
       </c>
     </row>
     <row r="3058" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3058" s="1" t="s">
-        <v>1898</v>
+        <v>1813</v>
       </c>
       <c r="B3058" s="2">
-        <v>4018.78</v>
+        <v>289.5</v>
       </c>
     </row>
     <row r="3059" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3059" s="1" t="s">
-        <v>1899</v>
+        <v>1814</v>
       </c>
       <c r="B3059" s="2">
-        <v>3323.05</v>
+        <v>381.23</v>
       </c>
     </row>
     <row r="3060" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3060" s="1" t="s">
-        <v>1900</v>
+        <v>1815</v>
       </c>
       <c r="B3060" s="2">
-        <v>152.66999999999999</v>
+        <v>153.68</v>
       </c>
     </row>
     <row r="3061" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3061" s="1" t="s">
-        <v>1901</v>
+        <v>1816</v>
       </c>
       <c r="B3061" s="2">
-        <v>460.35</v>
+        <v>371.71</v>
       </c>
     </row>
     <row r="3062" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3062" s="1" t="s">
-        <v>1902</v>
+        <v>1817</v>
       </c>
       <c r="B3062" s="2">
-        <v>2562.13</v>
+        <v>3533.95</v>
       </c>
     </row>
     <row r="3063" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3063" s="1" t="s">
-        <v>1903</v>
+        <v>1818</v>
       </c>
       <c r="B3063" s="2">
-        <v>303.05</v>
+        <v>3533.95</v>
       </c>
     </row>
     <row r="3064" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3064" s="1" t="s">
-        <v>1904</v>
+        <v>1819</v>
       </c>
       <c r="B3064" s="2">
-        <v>157.30000000000001</v>
+        <v>942.36</v>
       </c>
     </row>
     <row r="3065" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3065" s="1" t="s">
-        <v>2674</v>
+        <v>1820</v>
       </c>
       <c r="B3065" s="2">
-        <v>5188.57</v>
+        <v>357.41</v>
       </c>
     </row>
     <row r="3066" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3066" s="1" t="s">
-        <v>1905</v>
+        <v>1821</v>
       </c>
       <c r="B3066" s="2">
-        <v>185.07</v>
+        <v>215.18</v>
       </c>
     </row>
     <row r="3067" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3067" s="1" t="s">
-        <v>1906</v>
+        <v>1822</v>
       </c>
       <c r="B3067" s="2">
-        <v>6857.75</v>
+        <v>49.96</v>
       </c>
     </row>
     <row r="3068" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3068" s="1" t="s">
-        <v>1907</v>
+        <v>1823</v>
       </c>
       <c r="B3068" s="2">
-        <v>401.36</v>
+        <v>301.33999999999997</v>
       </c>
     </row>
     <row r="3069" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3069" s="1" t="s">
-        <v>1908</v>
+        <v>1824</v>
       </c>
       <c r="B3069" s="2">
-        <v>1660.44</v>
+        <v>527.92999999999995</v>
       </c>
     </row>
     <row r="3070" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3070" s="1" t="s">
-        <v>1909</v>
+        <v>1825</v>
       </c>
       <c r="B3070" s="2">
-        <v>4023.18</v>
+        <v>308.56</v>
       </c>
     </row>
     <row r="3071" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3071" s="1" t="s">
-        <v>1910</v>
+        <v>1826</v>
       </c>
       <c r="B3071" s="2">
-        <v>1444.67</v>
+        <v>265.66000000000003</v>
       </c>
     </row>
     <row r="3072" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3072" s="1" t="s">
-        <v>1911</v>
+        <v>1827</v>
       </c>
       <c r="B3072" s="2">
-        <v>5562.31</v>
+        <v>564.70000000000005</v>
       </c>
     </row>
     <row r="3073" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3073" s="1" t="s">
-        <v>1912</v>
+        <v>4170</v>
       </c>
       <c r="B3073" s="2">
-        <v>3379.48</v>
+        <v>740.88</v>
       </c>
     </row>
     <row r="3074" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3074" s="1" t="s">
-        <v>1913</v>
+        <v>4171</v>
       </c>
       <c r="B3074" s="2">
-        <v>2027.59</v>
+        <v>811.44</v>
       </c>
     </row>
     <row r="3075" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3075" s="1" t="s">
-        <v>1914</v>
+        <v>4172</v>
       </c>
       <c r="B3075" s="2">
-        <v>4733</v>
+        <v>388.08</v>
       </c>
     </row>
     <row r="3076" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3076" s="1" t="s">
-        <v>1915</v>
+        <v>4173</v>
       </c>
       <c r="B3076" s="2">
-        <v>3816.93</v>
+        <v>458.66</v>
       </c>
     </row>
     <row r="3077" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3077" s="1" t="s">
-        <v>1916</v>
+        <v>2651</v>
       </c>
       <c r="B3077" s="2">
-        <v>4470.1000000000004</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3078" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3078" s="1" t="s">
-        <v>1917</v>
+        <v>1828</v>
       </c>
       <c r="B3078" s="2">
-        <v>85.7</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3079" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3079" s="1" t="s">
-        <v>1918</v>
+        <v>1829</v>
       </c>
       <c r="B3079" s="2">
-        <v>3357.68</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3080" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3080" s="1" t="s">
-        <v>1919</v>
+        <v>1830</v>
       </c>
       <c r="B3080" s="2">
-        <v>3357.68</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3081" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3081" s="1" t="s">
-        <v>1920</v>
+        <v>3053</v>
       </c>
       <c r="B3081" s="2">
-        <v>68.75</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3082" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3082" s="1" t="s">
-        <v>1921</v>
+        <v>1831</v>
       </c>
       <c r="B3082" s="2">
-        <v>7809.4</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3083" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3083" s="1" t="s">
-        <v>3407</v>
+        <v>1832</v>
       </c>
       <c r="B3083" s="2">
-        <v>6438.51</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3084" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3084" s="1" t="s">
-        <v>1922</v>
+        <v>4174</v>
       </c>
       <c r="B3084" s="2">
-        <v>2272.8000000000002</v>
+        <v>1681.15</v>
       </c>
     </row>
     <row r="3085" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3085" s="1" t="s">
-        <v>1923</v>
+        <v>4175</v>
       </c>
       <c r="B3085" s="2">
-        <v>319.23</v>
+        <v>1681.15</v>
       </c>
     </row>
     <row r="3086" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3086" s="1" t="s">
-        <v>1924</v>
+        <v>2652</v>
       </c>
       <c r="B3086" s="2">
-        <v>1177.47</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="3087" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3087" s="1" t="s">
-        <v>1925</v>
+        <v>1833</v>
       </c>
       <c r="B3087" s="2">
-        <v>658.79</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3088" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3088" s="1" t="s">
-        <v>1926</v>
+        <v>1834</v>
       </c>
       <c r="B3088" s="2">
-        <v>3479.2</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3089" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3089" s="1" t="s">
-        <v>1927</v>
+        <v>1835</v>
       </c>
       <c r="B3089" s="2">
-        <v>4707.55</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3090" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3090" s="1" t="s">
-        <v>1928</v>
+        <v>2992</v>
       </c>
       <c r="B3090" s="2">
-        <v>1609.56</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="3091" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3091" s="1" t="s">
-        <v>2793</v>
+        <v>1836</v>
       </c>
       <c r="B3091" s="2">
-        <v>19947.189999999999</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="3092" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3092" s="1" t="s">
-        <v>1929</v>
+        <v>1837</v>
       </c>
       <c r="B3092" s="2">
-        <v>3199.28</v>
+        <v>7422.89</v>
       </c>
     </row>
     <row r="3093" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3093" s="1" t="s">
-        <v>1930</v>
+        <v>1838</v>
       </c>
       <c r="B3093" s="2">
-        <v>2136.31</v>
+        <v>7422.89</v>
       </c>
     </row>
     <row r="3094" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3094" s="1" t="s">
-        <v>1931</v>
+        <v>1839</v>
       </c>
       <c r="B3094" s="2">
-        <v>1539.8</v>
+        <v>15402.23</v>
       </c>
     </row>
     <row r="3095" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3095" s="1" t="s">
-        <v>1932</v>
+        <v>1840</v>
       </c>
       <c r="B3095" s="2">
-        <v>3342.47</v>
+        <v>7422.89</v>
       </c>
     </row>
     <row r="3096" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3096" s="1" t="s">
-        <v>1933</v>
+        <v>1841</v>
       </c>
       <c r="B3096" s="2">
-        <v>1141.8499999999999</v>
+        <v>7422.89</v>
       </c>
     </row>
     <row r="3097" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3097" s="1" t="s">
-        <v>1934</v>
+        <v>1842</v>
       </c>
       <c r="B3097" s="2">
-        <v>681.26</v>
+        <v>13198.22</v>
       </c>
     </row>
     <row r="3098" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3098" s="1" t="s">
-        <v>2675</v>
+        <v>1843</v>
       </c>
       <c r="B3098" s="2">
-        <v>18502.8</v>
+        <v>18380.09</v>
       </c>
     </row>
     <row r="3099" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3099" s="1" t="s">
-        <v>1935</v>
+        <v>1844</v>
       </c>
       <c r="B3099" s="2">
-        <v>27304.240000000002</v>
+        <v>18511.64</v>
       </c>
     </row>
     <row r="3100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3100" s="1" t="s">
-        <v>1936</v>
+        <v>1845</v>
       </c>
       <c r="B3100" s="2">
-        <v>27710.34</v>
+        <v>9904.84</v>
       </c>
     </row>
     <row r="3101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3101" s="1" t="s">
-        <v>1937</v>
+        <v>1846</v>
       </c>
       <c r="B3101" s="2">
-        <v>27710.34</v>
+        <v>5838.85</v>
       </c>
     </row>
     <row r="3102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3102" s="1" t="s">
-        <v>1938</v>
+        <v>2743</v>
       </c>
       <c r="B3102" s="2">
-        <v>31784.77</v>
+        <v>5838.85</v>
       </c>
     </row>
     <row r="3103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3103" s="1" t="s">
-        <v>1939</v>
+        <v>1847</v>
       </c>
       <c r="B3103" s="2">
-        <v>3613.95</v>
+        <v>195.29</v>
       </c>
     </row>
     <row r="3104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3104" s="1" t="s">
-        <v>1940</v>
+        <v>1848</v>
       </c>
       <c r="B3104" s="2">
-        <v>6641.8</v>
+        <v>71.42</v>
       </c>
     </row>
     <row r="3105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3105" s="1" t="s">
-        <v>2676</v>
+        <v>3221</v>
       </c>
       <c r="B3105" s="2">
-        <v>2207.41</v>
+        <v>864</v>
       </c>
     </row>
     <row r="3106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3106" s="1" t="s">
-        <v>1941</v>
+        <v>3206</v>
       </c>
       <c r="B3106" s="2">
-        <v>692.82</v>
+        <v>864</v>
       </c>
     </row>
     <row r="3107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3107" s="1" t="s">
-        <v>1942</v>
+        <v>3237</v>
       </c>
       <c r="B3107" s="2">
-        <v>3471.3</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="3108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3108" s="1" t="s">
-        <v>1943</v>
+        <v>2653</v>
       </c>
       <c r="B3108" s="2">
-        <v>678.95</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="3109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3109" s="1" t="s">
-        <v>1944</v>
+        <v>1849</v>
       </c>
       <c r="B3109" s="2">
-        <v>3716.3</v>
+        <v>53.62</v>
       </c>
     </row>
     <row r="3110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3110" s="1" t="s">
-        <v>1945</v>
+        <v>3312</v>
       </c>
       <c r="B3110" s="2">
-        <v>4023.18</v>
+        <v>787.6</v>
       </c>
     </row>
     <row r="3111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3111" s="1" t="s">
-        <v>1946</v>
+        <v>1850</v>
       </c>
       <c r="B3111" s="2">
-        <v>594.51</v>
+        <v>23359.71</v>
       </c>
     </row>
     <row r="3112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3112" s="1" t="s">
-        <v>1947</v>
+        <v>2654</v>
       </c>
       <c r="B3112" s="2">
-        <v>41.96</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="3113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3113" s="1" t="s">
-        <v>3216</v>
+        <v>2655</v>
       </c>
       <c r="B3113" s="2">
-        <v>48.22</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="3114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3114" s="1" t="s">
-        <v>1948</v>
+        <v>3239</v>
       </c>
       <c r="B3114" s="2">
-        <v>500.14</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="3115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3115" s="1" t="s">
-        <v>1949</v>
+        <v>2656</v>
       </c>
       <c r="B3115" s="2">
-        <v>171.16</v>
+        <v>121.42</v>
       </c>
     </row>
     <row r="3116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3116" s="1" t="s">
-        <v>3232</v>
+        <v>2657</v>
       </c>
       <c r="B3116" s="2">
-        <v>261.67</v>
+        <v>121.42</v>
       </c>
     </row>
     <row r="3117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3117" s="1" t="s">
-        <v>3356</v>
+        <v>1851</v>
       </c>
       <c r="B3117" s="2">
-        <v>182.12</v>
+        <v>495.13</v>
       </c>
     </row>
     <row r="3118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3118" s="1" t="s">
-        <v>3372</v>
+        <v>3002</v>
       </c>
       <c r="B3118" s="2">
-        <v>359.43</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3119" s="1" t="s">
-        <v>3409</v>
+        <v>1852</v>
       </c>
       <c r="B3119" s="2">
-        <v>456.45</v>
+        <v>1056.72</v>
       </c>
     </row>
     <row r="3120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3120" s="1" t="s">
-        <v>2677</v>
+        <v>1853</v>
       </c>
       <c r="B3120" s="2">
-        <v>119.64</v>
+        <v>2245.6799999999998</v>
       </c>
     </row>
     <row r="3121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3121" s="1" t="s">
-        <v>2678</v>
+        <v>1854</v>
       </c>
       <c r="B3121" s="2">
-        <v>41.96</v>
+        <v>6028.98</v>
       </c>
     </row>
     <row r="3122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3122" s="1" t="s">
-        <v>1950</v>
+        <v>1855</v>
       </c>
       <c r="B3122" s="2">
-        <v>996.76</v>
+        <v>2264.4299999999998</v>
       </c>
     </row>
     <row r="3123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3123" s="1" t="s">
-        <v>1951</v>
+        <v>1856</v>
       </c>
       <c r="B3123" s="2">
-        <v>652.04</v>
+        <v>6613.17</v>
       </c>
     </row>
     <row r="3124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3124" s="1" t="s">
-        <v>1952</v>
+        <v>1857</v>
       </c>
       <c r="B3124" s="2">
-        <v>24814.14</v>
+        <v>499.18</v>
       </c>
     </row>
     <row r="3125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3125" s="1" t="s">
-        <v>1953</v>
+        <v>1858</v>
       </c>
       <c r="B3125" s="2">
-        <v>24814.14</v>
+        <v>439.61</v>
       </c>
     </row>
     <row r="3126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3126" s="1" t="s">
-        <v>1954</v>
+        <v>1859</v>
       </c>
       <c r="B3126" s="2">
-        <v>15308.89</v>
+        <v>271.63</v>
       </c>
     </row>
     <row r="3127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3127" s="1" t="s">
-        <v>2679</v>
+        <v>1860</v>
       </c>
       <c r="B3127" s="2">
-        <v>44045.91</v>
+        <v>165.59</v>
       </c>
     </row>
     <row r="3128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3128" s="1" t="s">
-        <v>1955</v>
+        <v>1861</v>
       </c>
       <c r="B3128" s="2">
-        <v>1932.75</v>
+        <v>403.87</v>
       </c>
     </row>
     <row r="3129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3129" s="1" t="s">
-        <v>2680</v>
+        <v>1862</v>
       </c>
       <c r="B3129" s="2">
-        <v>8332.93</v>
+        <v>1411.74</v>
       </c>
     </row>
     <row r="3130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3130" s="1" t="s">
-        <v>1956</v>
+        <v>1863</v>
       </c>
       <c r="B3130" s="2">
-        <v>20183.47</v>
+        <v>154.87</v>
       </c>
     </row>
     <row r="3131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3131" s="1" t="s">
-        <v>1957</v>
+        <v>1864</v>
       </c>
       <c r="B3131" s="2">
-        <v>80.349999999999994</v>
+        <v>620.69000000000005</v>
       </c>
     </row>
     <row r="3132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3132" s="1" t="s">
-        <v>1958</v>
+        <v>1865</v>
       </c>
       <c r="B3132" s="2">
-        <v>413.92</v>
+        <v>1209.21</v>
       </c>
     </row>
     <row r="3133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3133" s="1" t="s">
-        <v>1959</v>
+        <v>1866</v>
       </c>
       <c r="B3133" s="2">
-        <v>433.48</v>
+        <v>162.02000000000001</v>
       </c>
     </row>
     <row r="3134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3134" s="1" t="s">
-        <v>1960</v>
+        <v>1867</v>
       </c>
       <c r="B3134" s="2">
-        <v>290.48</v>
+        <v>2903.54</v>
       </c>
     </row>
     <row r="3135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3135" s="1" t="s">
-        <v>1961</v>
+        <v>1868</v>
       </c>
       <c r="B3135" s="2">
-        <v>223.4</v>
+        <v>1471.32</v>
       </c>
     </row>
     <row r="3136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3136" s="1" t="s">
-        <v>1962</v>
+        <v>1869</v>
       </c>
       <c r="B3136" s="2">
-        <v>9616.35</v>
+        <v>6194.99</v>
       </c>
     </row>
     <row r="3137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3137" s="1" t="s">
-        <v>1963</v>
+        <v>1870</v>
       </c>
       <c r="B3137" s="2">
-        <v>2326.02</v>
+        <v>94.53</v>
       </c>
     </row>
     <row r="3138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3138" s="1" t="s">
-        <v>2681</v>
+        <v>1871</v>
       </c>
       <c r="B3138" s="2">
-        <v>3152.54</v>
+        <v>302.20999999999998</v>
       </c>
     </row>
     <row r="3139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3139" s="1" t="s">
-        <v>1964</v>
+        <v>1872</v>
       </c>
       <c r="B3139" s="2">
-        <v>1861.21</v>
+        <v>2060.39</v>
       </c>
     </row>
     <row r="3140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3140" s="1" t="s">
-        <v>2728</v>
+        <v>1873</v>
       </c>
       <c r="B3140" s="2">
-        <v>1</v>
+        <v>3516.27</v>
       </c>
     </row>
     <row r="3141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3141" s="1" t="s">
-        <v>1965</v>
+        <v>1874</v>
       </c>
       <c r="B3141" s="2">
-        <v>48.22</v>
+        <v>158.44</v>
       </c>
     </row>
     <row r="3142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3142" s="1" t="s">
-        <v>1966</v>
+        <v>1875</v>
       </c>
       <c r="B3142" s="2">
-        <v>19.84</v>
+        <v>1639.3</v>
       </c>
     </row>
     <row r="3143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3143" s="1" t="s">
-        <v>1967</v>
+        <v>1876</v>
       </c>
       <c r="B3143" s="2">
-        <v>3210.86</v>
+        <v>302.64</v>
       </c>
     </row>
     <row r="3144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3144" s="1" t="s">
-        <v>1968</v>
+        <v>1877</v>
       </c>
       <c r="B3144" s="2">
-        <v>3210.86</v>
+        <v>1360.51</v>
       </c>
     </row>
     <row r="3145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3145" s="1" t="s">
-        <v>1969</v>
+        <v>1878</v>
       </c>
       <c r="B3145" s="2">
-        <v>3642.1</v>
+        <v>220.4</v>
       </c>
     </row>
     <row r="3146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3146" s="1" t="s">
-        <v>1970</v>
+        <v>1879</v>
       </c>
       <c r="B3146" s="2">
-        <v>1096.55</v>
+        <v>587.58000000000004</v>
       </c>
     </row>
     <row r="3147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3147" s="1" t="s">
-        <v>1971</v>
+        <v>1880</v>
       </c>
       <c r="B3147" s="2">
-        <v>1096.55</v>
+        <v>7607.09</v>
       </c>
     </row>
     <row r="3148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3148" s="1" t="s">
-        <v>3171</v>
+        <v>1881</v>
       </c>
       <c r="B3148" s="2">
-        <v>60.71</v>
+        <v>58282.45</v>
       </c>
     </row>
     <row r="3149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3149" s="1" t="s">
-        <v>2682</v>
+        <v>1882</v>
       </c>
       <c r="B3149" s="2">
-        <v>84.24</v>
+        <v>81174.97</v>
       </c>
     </row>
     <row r="3150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3150" s="1" t="s">
-        <v>1972</v>
+        <v>1883</v>
       </c>
       <c r="B3150" s="2">
-        <v>48.22</v>
+        <v>59448.59</v>
       </c>
     </row>
     <row r="3151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3151" s="1" t="s">
-        <v>1973</v>
+        <v>1884</v>
       </c>
       <c r="B3151" s="2">
-        <v>41.06</v>
+        <v>22305.02</v>
       </c>
     </row>
     <row r="3152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3152" s="1" t="s">
-        <v>2683</v>
+        <v>1885</v>
       </c>
       <c r="B3152" s="2">
-        <v>41.06</v>
+        <v>30016.04</v>
       </c>
     </row>
     <row r="3153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3153" s="1" t="s">
-        <v>3024</v>
+        <v>1886</v>
       </c>
       <c r="B3153" s="2">
-        <v>1100.5</v>
+        <v>22823.61</v>
       </c>
     </row>
     <row r="3154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3154" s="1" t="s">
-        <v>1974</v>
+        <v>1887</v>
       </c>
       <c r="B3154" s="2">
-        <v>173.5</v>
+        <v>3516.27</v>
       </c>
     </row>
     <row r="3155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3155" s="1" t="s">
-        <v>1975</v>
+        <v>1888</v>
       </c>
       <c r="B3155" s="2">
-        <v>84.35</v>
+        <v>3516.27</v>
       </c>
     </row>
     <row r="3156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3156" s="1" t="s">
-        <v>1976</v>
+        <v>1889</v>
       </c>
       <c r="B3156" s="2">
-        <v>171.16</v>
+        <v>157.25</v>
       </c>
     </row>
     <row r="3157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3157" s="1" t="s">
-        <v>1977</v>
+        <v>1890</v>
       </c>
       <c r="B3157" s="2">
-        <v>60.71</v>
+        <v>474.16</v>
       </c>
     </row>
     <row r="3158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3158" s="1" t="s">
-        <v>1978</v>
+        <v>1891</v>
       </c>
       <c r="B3158" s="2">
-        <v>49.66</v>
+        <v>2638.99</v>
       </c>
     </row>
     <row r="3159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3159" s="1" t="s">
-        <v>3233</v>
+        <v>1892</v>
       </c>
       <c r="B3159" s="2">
-        <v>171.16</v>
+        <v>312.14</v>
       </c>
     </row>
     <row r="3160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3160" s="1" t="s">
-        <v>1979</v>
+        <v>1893</v>
       </c>
       <c r="B3160" s="2">
-        <v>373.08</v>
+        <v>162.02000000000001</v>
       </c>
     </row>
     <row r="3161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3161" s="1" t="s">
-        <v>1980</v>
+        <v>2658</v>
       </c>
       <c r="B3161" s="2">
-        <v>298.63</v>
+        <v>5344.23</v>
       </c>
     </row>
     <row r="3162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3162" s="1" t="s">
-        <v>1981</v>
+        <v>1894</v>
       </c>
       <c r="B3162" s="2">
-        <v>256.68</v>
+        <v>190.62</v>
       </c>
     </row>
     <row r="3163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3163" s="1" t="s">
-        <v>1982</v>
+        <v>1895</v>
       </c>
       <c r="B3163" s="2">
-        <v>41.06</v>
+        <v>7063.48</v>
       </c>
     </row>
     <row r="3164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3164" s="1" t="s">
-        <v>2684</v>
+        <v>1896</v>
       </c>
       <c r="B3164" s="2">
-        <v>70.540000000000006</v>
+        <v>413.4</v>
       </c>
     </row>
     <row r="3165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3165" s="1" t="s">
-        <v>1983</v>
+        <v>1897</v>
       </c>
       <c r="B3165" s="2">
-        <v>150.36000000000001</v>
+        <v>1710.25</v>
       </c>
     </row>
     <row r="3166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3166" s="1" t="s">
-        <v>1984</v>
+        <v>1898</v>
       </c>
       <c r="B3166" s="2">
-        <v>2683.42</v>
+        <v>3516.27</v>
       </c>
     </row>
     <row r="3167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3167" s="1" t="s">
-        <v>1985</v>
+        <v>1899</v>
       </c>
       <c r="B3167" s="2">
-        <v>3285.31</v>
+        <v>1488.01</v>
       </c>
     </row>
     <row r="3168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3168" s="1" t="s">
-        <v>1986</v>
+        <v>1900</v>
       </c>
       <c r="B3168" s="2">
-        <v>668.53</v>
+        <v>5729.18</v>
       </c>
     </row>
     <row r="3169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3169" s="1" t="s">
-        <v>1987</v>
+        <v>1901</v>
       </c>
       <c r="B3169" s="2">
-        <v>4742.24</v>
+        <v>3480.86</v>
       </c>
     </row>
     <row r="3170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3170" s="1" t="s">
-        <v>1988</v>
+        <v>1902</v>
       </c>
       <c r="B3170" s="2">
-        <v>4973.58</v>
+        <v>2088.42</v>
       </c>
     </row>
     <row r="3171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3171" s="1" t="s">
-        <v>1989</v>
+        <v>1903</v>
       </c>
       <c r="B3171" s="2">
-        <v>5204.8999999999996</v>
+        <v>4874.99</v>
       </c>
     </row>
     <row r="3172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3172" s="1" t="s">
-        <v>1990</v>
+        <v>1904</v>
       </c>
       <c r="B3172" s="2">
-        <v>809.65</v>
+        <v>3931.44</v>
       </c>
     </row>
     <row r="3173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3173" s="1" t="s">
-        <v>1991</v>
+        <v>1905</v>
       </c>
       <c r="B3173" s="2">
-        <v>1374.09</v>
+        <v>4604.2</v>
       </c>
     </row>
     <row r="3174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3174" s="1" t="s">
-        <v>1992</v>
+        <v>1906</v>
       </c>
       <c r="B3174" s="2">
-        <v>40.18</v>
+        <v>85.7</v>
       </c>
     </row>
     <row r="3175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3175" s="1" t="s">
-        <v>1993</v>
+        <v>1907</v>
       </c>
       <c r="B3175" s="2">
-        <v>160.62</v>
+        <v>3458.41</v>
       </c>
     </row>
     <row r="3176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3176" s="1" t="s">
-        <v>1994</v>
+        <v>1908</v>
       </c>
       <c r="B3176" s="2">
-        <v>43.7</v>
+        <v>3458.41</v>
       </c>
     </row>
     <row r="3177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3177" s="1" t="s">
-        <v>1995</v>
+        <v>1909</v>
       </c>
       <c r="B3177" s="2">
-        <v>182.58</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3178" s="1" t="s">
-        <v>1996</v>
+        <v>1910</v>
       </c>
       <c r="B3178" s="2">
-        <v>70.540000000000006</v>
+        <v>8043.68</v>
       </c>
     </row>
     <row r="3179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3179" s="1" t="s">
-        <v>3305</v>
+        <v>3298</v>
       </c>
       <c r="B3179" s="2">
-        <v>70.540000000000006</v>
+        <v>25267.24</v>
       </c>
     </row>
     <row r="3180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3180" s="1" t="s">
-        <v>1997</v>
+        <v>1911</v>
       </c>
       <c r="B3180" s="2">
-        <v>70.540000000000006</v>
+        <v>2340.98</v>
       </c>
     </row>
     <row r="3181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3181" s="1" t="s">
-        <v>1998</v>
+        <v>1912</v>
       </c>
       <c r="B3181" s="2">
-        <v>70.540000000000006</v>
+        <v>547.98</v>
       </c>
     </row>
     <row r="3182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3182" s="1" t="s">
-        <v>2685</v>
+        <v>1913</v>
       </c>
       <c r="B3182" s="2">
-        <v>70.540000000000006</v>
+        <v>335.93</v>
       </c>
     </row>
     <row r="3183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3183" s="1" t="s">
-        <v>2686</v>
+        <v>1914</v>
       </c>
       <c r="B3183" s="2">
-        <v>48.22</v>
+        <v>335.93</v>
       </c>
     </row>
     <row r="3184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3184" s="1" t="s">
-        <v>2687</v>
+        <v>1915</v>
       </c>
       <c r="B3184" s="2">
-        <v>48.22</v>
+        <v>3583.58</v>
       </c>
     </row>
     <row r="3185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3185" s="1" t="s">
-        <v>3204</v>
+        <v>1916</v>
       </c>
       <c r="B3185" s="2">
-        <v>48.22</v>
+        <v>4848.78</v>
       </c>
     </row>
     <row r="3186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3186" s="1" t="s">
-        <v>3203</v>
+        <v>1917</v>
       </c>
       <c r="B3186" s="2">
-        <v>83.93</v>
+        <v>1006.6</v>
       </c>
     </row>
     <row r="3187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3187" s="1" t="s">
-        <v>1999</v>
+        <v>2735</v>
       </c>
       <c r="B3187" s="2">
-        <v>73.260000000000005</v>
+        <v>20545.61</v>
       </c>
     </row>
     <row r="3188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3188" s="1" t="s">
-        <v>2688</v>
+        <v>1918</v>
       </c>
       <c r="B3188" s="2">
-        <v>48.22</v>
+        <v>3295.26</v>
       </c>
     </row>
     <row r="3189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3189" s="1" t="s">
-        <v>3424</v>
+        <v>1919</v>
       </c>
       <c r="B3189" s="2">
-        <v>36944.32</v>
+        <v>2200.4</v>
       </c>
     </row>
     <row r="3190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3190" s="1" t="s">
-        <v>2000</v>
+        <v>1920</v>
       </c>
       <c r="B3190" s="2">
-        <v>136.6</v>
+        <v>1585.99</v>
       </c>
     </row>
     <row r="3191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3191" s="1" t="s">
-        <v>2997</v>
+        <v>1921</v>
       </c>
       <c r="B3191" s="2">
-        <v>159.82</v>
+        <v>3442.74</v>
       </c>
     </row>
     <row r="3192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3192" s="1" t="s">
-        <v>2001</v>
+        <v>1922</v>
       </c>
       <c r="B3192" s="2">
-        <v>60.71</v>
+        <v>1176.1099999999999</v>
       </c>
     </row>
     <row r="3193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3193" s="1" t="s">
-        <v>3191</v>
+        <v>1923</v>
       </c>
       <c r="B3193" s="2">
-        <v>206.23</v>
+        <v>925.48</v>
       </c>
     </row>
     <row r="3194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3194" s="1" t="s">
-        <v>3190</v>
+        <v>2659</v>
       </c>
       <c r="B3194" s="2">
-        <v>455.56</v>
+        <v>19057.88</v>
       </c>
     </row>
     <row r="3195" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3195" s="1" t="s">
-        <v>3192</v>
+        <v>1924</v>
       </c>
       <c r="B3195" s="2">
-        <v>206.23</v>
+        <v>28123.37</v>
       </c>
     </row>
     <row r="3196" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3196" s="1" t="s">
-        <v>2689</v>
+        <v>1925</v>
       </c>
       <c r="B3196" s="2">
-        <v>206.23</v>
+        <v>28541.65</v>
       </c>
     </row>
     <row r="3197" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3197" s="1" t="s">
-        <v>2002</v>
+        <v>1926</v>
       </c>
       <c r="B3197" s="2">
-        <v>41.96</v>
+        <v>28541.65</v>
       </c>
     </row>
     <row r="3198" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3198" s="1" t="s">
-        <v>2003</v>
+        <v>1927</v>
       </c>
       <c r="B3198" s="2">
-        <v>80.349999999999994</v>
+        <v>32738.31</v>
       </c>
     </row>
     <row r="3199" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3199" s="1" t="s">
-        <v>3002</v>
+        <v>1928</v>
       </c>
       <c r="B3199" s="2">
-        <v>231.9</v>
+        <v>7135.25</v>
       </c>
     </row>
     <row r="3200" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3200" s="1" t="s">
-        <v>2004</v>
+        <v>1929</v>
       </c>
       <c r="B3200" s="2">
-        <v>48.22</v>
+        <v>7135.25</v>
       </c>
     </row>
     <row r="3201" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3201" s="1" t="s">
-        <v>2005</v>
+        <v>2660</v>
       </c>
       <c r="B3201" s="2">
-        <v>119.08</v>
+        <v>2273.63</v>
       </c>
     </row>
     <row r="3202" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3202" s="1" t="s">
-        <v>2006</v>
+        <v>1930</v>
       </c>
       <c r="B3202" s="2">
-        <v>577.19000000000005</v>
+        <v>713.6</v>
       </c>
     </row>
     <row r="3203" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3203" s="1" t="s">
-        <v>2007</v>
+        <v>1931</v>
       </c>
       <c r="B3203" s="2">
-        <v>286.89999999999998</v>
+        <v>3575.44</v>
       </c>
     </row>
     <row r="3204" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3204" s="1" t="s">
-        <v>3465</v>
+        <v>4176</v>
       </c>
       <c r="B3204" s="2">
-        <v>48.68</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3205" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3205" s="1" t="s">
-        <v>2008</v>
+        <v>1932</v>
       </c>
       <c r="B3205" s="2">
-        <v>349.25</v>
+        <v>699.32</v>
       </c>
     </row>
     <row r="3206" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3206" s="1" t="s">
-        <v>2009</v>
+        <v>1933</v>
       </c>
       <c r="B3206" s="2">
-        <v>268.99</v>
+        <v>3827.79</v>
       </c>
     </row>
     <row r="3207" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3207" s="1" t="s">
-        <v>2010</v>
+        <v>1934</v>
       </c>
       <c r="B3207" s="2">
-        <v>350.4</v>
+        <v>4143.88</v>
       </c>
     </row>
     <row r="3208" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3208" s="1" t="s">
-        <v>3243</v>
+        <v>1935</v>
       </c>
       <c r="B3208" s="2">
-        <v>48.22</v>
+        <v>612.35</v>
       </c>
     </row>
     <row r="3209" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3209" s="1" t="s">
-        <v>2011</v>
+        <v>1936</v>
       </c>
       <c r="B3209" s="2">
-        <v>233.59</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3210" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3210" s="1" t="s">
-        <v>2012</v>
+        <v>3115</v>
       </c>
       <c r="B3210" s="2">
-        <v>41.96</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3211" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3211" s="1" t="s">
-        <v>2013</v>
+        <v>1937</v>
       </c>
       <c r="B3211" s="2">
-        <v>1211.01</v>
+        <v>500.14</v>
       </c>
     </row>
     <row r="3212" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3212" s="1" t="s">
-        <v>2014</v>
+        <v>1938</v>
       </c>
       <c r="B3212" s="2">
-        <v>597.99</v>
+        <v>171.16</v>
       </c>
     </row>
     <row r="3213" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3213" s="1" t="s">
-        <v>2015</v>
+        <v>3131</v>
       </c>
       <c r="B3213" s="2">
-        <v>1500.16</v>
+        <v>261.67</v>
       </c>
     </row>
     <row r="3214" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3214" s="1" t="s">
-        <v>2016</v>
+        <v>3250</v>
       </c>
       <c r="B3214" s="2">
-        <v>1686.39</v>
+        <v>199.92</v>
       </c>
     </row>
     <row r="3215" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3215" s="1" t="s">
-        <v>2017</v>
+        <v>4177</v>
       </c>
       <c r="B3215" s="2">
-        <v>4624.32</v>
+        <v>70.56</v>
       </c>
     </row>
     <row r="3216" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3216" s="1" t="s">
-        <v>2018</v>
+        <v>4178</v>
       </c>
       <c r="B3216" s="2">
-        <v>5195.84</v>
+        <v>176.42</v>
       </c>
     </row>
     <row r="3217" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3217" s="1" t="s">
-        <v>2019</v>
+        <v>4179</v>
       </c>
       <c r="B3217" s="2">
-        <v>5768.48</v>
+        <v>441.02</v>
       </c>
     </row>
     <row r="3218" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3218" s="1" t="s">
-        <v>2020</v>
+        <v>3265</v>
       </c>
       <c r="B3218" s="2">
-        <v>6341.14</v>
+        <v>560.20000000000005</v>
       </c>
     </row>
     <row r="3219" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3219" s="1" t="s">
-        <v>2021</v>
+        <v>3300</v>
       </c>
       <c r="B3219" s="2">
-        <v>2040.33</v>
+        <v>646.9</v>
       </c>
     </row>
     <row r="3220" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3220" s="1" t="s">
-        <v>2022</v>
+        <v>2661</v>
       </c>
       <c r="B3220" s="2">
-        <v>4080.66</v>
+        <v>119.64</v>
       </c>
     </row>
     <row r="3221" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3221" s="1" t="s">
-        <v>3103</v>
+        <v>2662</v>
       </c>
       <c r="B3221" s="2">
-        <v>40.18</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3222" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3222" s="1" t="s">
-        <v>2023</v>
+        <v>1939</v>
       </c>
       <c r="B3222" s="2">
-        <v>137.21</v>
+        <v>1026.6600000000001</v>
       </c>
     </row>
     <row r="3223" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3223" s="1" t="s">
-        <v>2024</v>
+        <v>1940</v>
       </c>
       <c r="B3223" s="2">
-        <v>323.19</v>
+        <v>671.6</v>
       </c>
     </row>
     <row r="3224" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3224" s="1" t="s">
-        <v>8</v>
+        <v>1941</v>
       </c>
       <c r="B3224" s="2">
-        <v>4096.17</v>
+        <v>25558.560000000001</v>
       </c>
     </row>
     <row r="3225" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3225" s="1" t="s">
-        <v>2025</v>
+        <v>1942</v>
       </c>
       <c r="B3225" s="2">
-        <v>4096.17</v>
+        <v>25558.560000000001</v>
       </c>
     </row>
     <row r="3226" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3226" s="1" t="s">
-        <v>2026</v>
+        <v>1943</v>
       </c>
       <c r="B3226" s="2">
-        <v>4096.17</v>
+        <v>15768.16</v>
       </c>
     </row>
     <row r="3227" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3227" s="1" t="s">
-        <v>2027</v>
+        <v>2663</v>
       </c>
       <c r="B3227" s="2">
-        <v>4096.17</v>
+        <v>45367.29</v>
       </c>
     </row>
     <row r="3228" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3228" s="1" t="s">
-        <v>2028</v>
+        <v>1944</v>
       </c>
       <c r="B3228" s="2">
-        <v>4127.37</v>
+        <v>1990.73</v>
       </c>
     </row>
     <row r="3229" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3229" s="1" t="s">
-        <v>2029</v>
+        <v>2664</v>
       </c>
       <c r="B3229" s="2">
-        <v>1650.96</v>
+        <v>8582.92</v>
       </c>
     </row>
     <row r="3230" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3230" s="1" t="s">
-        <v>2030</v>
+        <v>4180</v>
       </c>
       <c r="B3230" s="2">
-        <v>4127.37</v>
+        <v>148.43</v>
       </c>
     </row>
     <row r="3231" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3231" s="1" t="s">
-        <v>2031</v>
+        <v>1945</v>
       </c>
       <c r="B3231" s="2">
-        <v>1650.96</v>
+        <v>20788.97</v>
       </c>
     </row>
     <row r="3232" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3232" s="1" t="s">
-        <v>2032</v>
+        <v>1946</v>
       </c>
       <c r="B3232" s="2">
-        <v>2853.09</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3233" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3233" s="1" t="s">
-        <v>2033</v>
+        <v>1947</v>
       </c>
       <c r="B3233" s="2">
-        <v>7132.75</v>
+        <v>426.34</v>
       </c>
     </row>
     <row r="3234" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3234" s="1" t="s">
-        <v>3155</v>
+        <v>1948</v>
       </c>
       <c r="B3234" s="2">
-        <v>60.71</v>
+        <v>446.48</v>
       </c>
     </row>
     <row r="3235" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3235" s="1" t="s">
-        <v>2034</v>
+        <v>1949</v>
       </c>
       <c r="B3235" s="2">
-        <v>60.71</v>
+        <v>299.19</v>
       </c>
     </row>
     <row r="3236" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3236" s="1" t="s">
-        <v>2035</v>
+        <v>1950</v>
       </c>
       <c r="B3236" s="2">
-        <v>1650.96</v>
+        <v>230.1</v>
       </c>
     </row>
     <row r="3237" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3237" s="1" t="s">
-        <v>2036</v>
+        <v>1951</v>
       </c>
       <c r="B3237" s="2">
-        <v>4127.37</v>
+        <v>9904.84</v>
       </c>
     </row>
     <row r="3238" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3238" s="1" t="s">
-        <v>2037</v>
+        <v>1952</v>
       </c>
       <c r="B3238" s="2">
-        <v>149.68</v>
+        <v>2395.8000000000002</v>
       </c>
     </row>
     <row r="3239" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3239" s="1" t="s">
-        <v>2038</v>
+        <v>2665</v>
       </c>
       <c r="B3239" s="2">
-        <v>478.54</v>
+        <v>3247.12</v>
       </c>
     </row>
     <row r="3240" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3240" s="1" t="s">
-        <v>2039</v>
+        <v>1953</v>
       </c>
       <c r="B3240" s="2">
-        <v>522.80999999999995</v>
+        <v>1917.05</v>
       </c>
     </row>
     <row r="3241" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3241" s="1" t="s">
-        <v>2040</v>
+        <v>2712</v>
       </c>
       <c r="B3241" s="2">
-        <v>522.80999999999995</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3242" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3242" s="1" t="s">
-        <v>2041</v>
+        <v>1954</v>
       </c>
       <c r="B3242" s="2">
-        <v>942.67</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3243" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3243" s="1" t="s">
-        <v>2042</v>
+        <v>1955</v>
       </c>
       <c r="B3243" s="2">
-        <v>942.67</v>
+        <v>20.440000000000001</v>
       </c>
     </row>
     <row r="3244" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3244" s="1" t="s">
-        <v>2043</v>
+        <v>4181</v>
       </c>
       <c r="B3244" s="2">
-        <v>3855.49</v>
+        <v>16.18</v>
       </c>
     </row>
     <row r="3245" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3245" s="1" t="s">
-        <v>2044</v>
+        <v>1956</v>
       </c>
       <c r="B3245" s="2">
-        <v>1039.82</v>
+        <v>3307.19</v>
       </c>
     </row>
     <row r="3246" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3246" s="1" t="s">
-        <v>2045</v>
+        <v>1957</v>
       </c>
       <c r="B3246" s="2">
-        <v>1039.82</v>
+        <v>3307.19</v>
       </c>
     </row>
     <row r="3247" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3247" s="1" t="s">
-        <v>2046</v>
+        <v>1958</v>
       </c>
       <c r="B3247" s="2">
-        <v>1928.13</v>
+        <v>3751.36</v>
       </c>
     </row>
     <row r="3248" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3248" s="1" t="s">
-        <v>2047</v>
+        <v>1959</v>
       </c>
       <c r="B3248" s="2">
-        <v>2878.65</v>
+        <v>1129.45</v>
       </c>
     </row>
     <row r="3249" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3249" s="1" t="s">
-        <v>2048</v>
+        <v>1960</v>
       </c>
       <c r="B3249" s="2">
-        <v>3454.38</v>
+        <v>1129.45</v>
       </c>
     </row>
     <row r="3250" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3250" s="1" t="s">
-        <v>2049</v>
+        <v>3070</v>
       </c>
       <c r="B3250" s="2">
-        <v>4317.99</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3251" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3251" s="1" t="s">
-        <v>2050</v>
+        <v>2666</v>
       </c>
       <c r="B3251" s="2">
-        <v>5757.32</v>
+        <v>84.24</v>
       </c>
     </row>
     <row r="3252" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3252" s="1" t="s">
-        <v>2051</v>
+        <v>1961</v>
       </c>
       <c r="B3252" s="2">
-        <v>647.5</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3253" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3253" s="1" t="s">
-        <v>2052</v>
+        <v>1962</v>
       </c>
       <c r="B3253" s="2">
-        <v>904.9</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="3254" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3254" s="1" t="s">
-        <v>2053</v>
+        <v>2667</v>
       </c>
       <c r="B3254" s="2">
-        <v>48.22</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="3255" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3255" s="1" t="s">
-        <v>2054</v>
+        <v>4182</v>
       </c>
       <c r="B3255" s="2">
-        <v>48.22</v>
+        <v>890.72</v>
       </c>
     </row>
     <row r="3256" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3256" s="1" t="s">
-        <v>2055</v>
+        <v>2924</v>
       </c>
       <c r="B3256" s="2">
-        <v>48.22</v>
+        <v>1100.5</v>
       </c>
     </row>
     <row r="3257" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3257" s="1" t="s">
-        <v>2056</v>
+        <v>1963</v>
       </c>
       <c r="B3257" s="2">
-        <v>48.22</v>
+        <v>178.71</v>
       </c>
     </row>
     <row r="3258" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3258" s="1" t="s">
-        <v>2057</v>
+        <v>1964</v>
       </c>
       <c r="B3258" s="2">
-        <v>48.22</v>
+        <v>84.35</v>
       </c>
     </row>
     <row r="3259" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3259" s="1" t="s">
-        <v>3000</v>
+        <v>1965</v>
       </c>
       <c r="B3259" s="2">
-        <v>222.24</v>
+        <v>171.16</v>
       </c>
     </row>
     <row r="3260" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3260" s="1" t="s">
-        <v>2995</v>
+        <v>1966</v>
       </c>
       <c r="B3260" s="2">
-        <v>191.95</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3261" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3261" s="1" t="s">
-        <v>2999</v>
+        <v>1967</v>
       </c>
       <c r="B3261" s="2">
-        <v>361.62</v>
+        <v>49.66</v>
       </c>
     </row>
     <row r="3262" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3262" s="1" t="s">
-        <v>2058</v>
+        <v>3132</v>
       </c>
       <c r="B3262" s="2">
-        <v>76.14</v>
+        <v>171.16</v>
       </c>
     </row>
     <row r="3263" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3263" s="1" t="s">
-        <v>2059</v>
+        <v>1968</v>
       </c>
       <c r="B3263" s="2">
-        <v>62.36</v>
+        <v>384.27</v>
       </c>
     </row>
     <row r="3264" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3264" s="1" t="s">
-        <v>2996</v>
+        <v>1969</v>
       </c>
       <c r="B3264" s="2">
-        <v>159.82</v>
+        <v>306.68</v>
       </c>
     </row>
     <row r="3265" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3265" s="1" t="s">
-        <v>2060</v>
+        <v>1970</v>
       </c>
       <c r="B3265" s="2">
-        <v>400.2</v>
+        <v>306.68</v>
       </c>
     </row>
     <row r="3266" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3266" s="1" t="s">
-        <v>2690</v>
+        <v>1971</v>
       </c>
       <c r="B3266" s="2">
-        <v>159.82</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="3267" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3267" s="1" t="s">
-        <v>3455</v>
+        <v>4183</v>
       </c>
       <c r="B3267" s="2">
-        <v>68.78</v>
+        <v>5452</v>
       </c>
     </row>
     <row r="3268" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3268" s="1" t="s">
-        <v>3456</v>
+        <v>4184</v>
       </c>
       <c r="B3268" s="2">
-        <v>199.94</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="3269" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3269" s="1" t="s">
-        <v>2848</v>
+        <v>4185</v>
       </c>
       <c r="B3269" s="2">
-        <v>70.52</v>
+        <v>3225.58</v>
       </c>
     </row>
     <row r="3270" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3270" s="1" t="s">
-        <v>3461</v>
+        <v>2668</v>
       </c>
       <c r="B3270" s="2">
-        <v>342.3</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="3271" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3271" s="1" t="s">
-        <v>2061</v>
+        <v>1972</v>
       </c>
       <c r="B3271" s="2">
-        <v>41.96</v>
+        <v>1159.04</v>
       </c>
     </row>
     <row r="3272" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3272" s="1" t="s">
-        <v>2062</v>
+        <v>1973</v>
       </c>
       <c r="B3272" s="2">
-        <v>41.96</v>
+        <v>1159.04</v>
       </c>
     </row>
     <row r="3273" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3273" s="1" t="s">
-        <v>2063</v>
+        <v>1974</v>
       </c>
       <c r="B3273" s="2">
-        <v>316.37</v>
+        <v>1159.04</v>
       </c>
     </row>
     <row r="3274" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3274" s="1" t="s">
-        <v>2064</v>
+        <v>1975</v>
       </c>
       <c r="B3274" s="2">
-        <v>68.75</v>
+        <v>1159.04</v>
       </c>
     </row>
     <row r="3275" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3275" s="1" t="s">
-        <v>2065</v>
+        <v>1976</v>
       </c>
       <c r="B3275" s="2">
-        <v>2080.81</v>
+        <v>4884.51</v>
       </c>
     </row>
     <row r="3276" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3276" s="1" t="s">
-        <v>2691</v>
+        <v>1977</v>
       </c>
       <c r="B3276" s="2">
-        <v>68.75</v>
+        <v>5122.79</v>
       </c>
     </row>
     <row r="3277" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3277" s="1" t="s">
-        <v>2066</v>
+        <v>1978</v>
       </c>
       <c r="B3277" s="2">
-        <v>764.63</v>
+        <v>5361.05</v>
       </c>
     </row>
     <row r="3278" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3278" s="1" t="s">
-        <v>3286</v>
+        <v>1979</v>
       </c>
       <c r="B3278" s="2">
-        <v>195.29</v>
+        <v>833.94</v>
       </c>
     </row>
     <row r="3279" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3279" s="1" t="s">
-        <v>2067</v>
+        <v>1980</v>
       </c>
       <c r="B3279" s="2">
-        <v>344.72</v>
+        <v>1415.31</v>
       </c>
     </row>
     <row r="3280" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3280" s="1" t="s">
-        <v>2068</v>
+        <v>1981</v>
       </c>
       <c r="B3280" s="2">
-        <v>7777.68</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="3281" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3281" s="1" t="s">
-        <v>2692</v>
+        <v>1982</v>
       </c>
       <c r="B3281" s="2">
-        <v>123.2</v>
+        <v>165.44</v>
       </c>
     </row>
     <row r="3282" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3282" s="1" t="s">
-        <v>3282</v>
+        <v>1983</v>
       </c>
       <c r="B3282" s="2">
-        <v>123.2</v>
+        <v>45.01</v>
       </c>
     </row>
     <row r="3283" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3283" s="1" t="s">
-        <v>3284</v>
+        <v>1984</v>
       </c>
       <c r="B3283" s="2">
-        <v>983.15</v>
+        <v>188.06</v>
       </c>
     </row>
     <row r="3284" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3284" s="1" t="s">
-        <v>2069</v>
+        <v>1985</v>
       </c>
       <c r="B3284" s="2">
-        <v>1626.66</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="3285" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3285" s="1" t="s">
-        <v>3308</v>
+        <v>3202</v>
       </c>
       <c r="B3285" s="2">
-        <v>23.21</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="3286" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3286" s="1" t="s">
-        <v>2693</v>
+        <v>1986</v>
       </c>
       <c r="B3286" s="2">
-        <v>23.21</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="3287" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3287" s="1" t="s">
-        <v>2070</v>
+        <v>1987</v>
       </c>
       <c r="B3287" s="2">
-        <v>41.96</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="3288" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3288" s="1" t="s">
-        <v>2071</v>
+        <v>2669</v>
       </c>
       <c r="B3288" s="2">
-        <v>319.23</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="3289" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3289" s="1" t="s">
-        <v>2072</v>
+        <v>2670</v>
       </c>
       <c r="B3289" s="2">
-        <v>94.61</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3290" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3290" s="1" t="s">
-        <v>3306</v>
+        <v>2671</v>
       </c>
       <c r="B3290" s="2">
-        <v>70.540000000000006</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3291" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3291" s="1" t="s">
-        <v>2073</v>
+        <v>3103</v>
       </c>
       <c r="B3291" s="2">
-        <v>66.02</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3292" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3292" s="1" t="s">
-        <v>2074</v>
+        <v>3102</v>
       </c>
       <c r="B3292" s="2">
-        <v>348.15</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="3293" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3293" s="1" t="s">
-        <v>2447</v>
+        <v>1988</v>
       </c>
       <c r="B3293" s="2">
-        <v>12449.82</v>
+        <v>75.459999999999994</v>
       </c>
     </row>
     <row r="3294" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3294" s="1" t="s">
-        <v>2075</v>
+        <v>2672</v>
       </c>
       <c r="B3294" s="2">
-        <v>1022.48</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3295" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3295" s="1" t="s">
-        <v>2076</v>
+        <v>3313</v>
       </c>
       <c r="B3295" s="2">
-        <v>539.01</v>
+        <v>36987.370000000003</v>
       </c>
     </row>
     <row r="3296" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3296" s="1" t="s">
-        <v>2077</v>
+        <v>1989</v>
       </c>
       <c r="B3296" s="2">
-        <v>1577.51</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="3297" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3297" s="1" t="s">
-        <v>2078</v>
+        <v>2897</v>
       </c>
       <c r="B3297" s="2">
-        <v>1577.51</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="3298" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3298" s="1" t="s">
-        <v>2079</v>
+        <v>1990</v>
       </c>
       <c r="B3298" s="2">
-        <v>190.51</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3299" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3299" s="1" t="s">
-        <v>2080</v>
+        <v>3090</v>
       </c>
       <c r="B3299" s="2">
-        <v>344.5</v>
+        <v>206.23</v>
       </c>
     </row>
     <row r="3300" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3300" s="1" t="s">
-        <v>2081</v>
+        <v>3089</v>
       </c>
       <c r="B3300" s="2">
-        <v>298.41000000000003</v>
+        <v>455.56</v>
       </c>
     </row>
     <row r="3301" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3301" s="1" t="s">
-        <v>2082</v>
+        <v>3091</v>
       </c>
       <c r="B3301" s="2">
-        <v>298.41000000000003</v>
+        <v>206.23</v>
       </c>
     </row>
     <row r="3302" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3302" s="1" t="s">
-        <v>2694</v>
+        <v>2673</v>
       </c>
       <c r="B3302" s="2">
         <v>206.23</v>
       </c>
     </row>
     <row r="3303" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3303" s="1" t="s">
-        <v>2083</v>
+        <v>1991</v>
       </c>
       <c r="B3303" s="2">
-        <v>364.35</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3304" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3304" s="1" t="s">
-        <v>2084</v>
+        <v>1992</v>
       </c>
       <c r="B3304" s="2">
-        <v>254.46</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3305" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3305" s="1" t="s">
-        <v>2085</v>
+        <v>2902</v>
       </c>
       <c r="B3305" s="2">
-        <v>278.75</v>
+        <v>231.9</v>
       </c>
     </row>
     <row r="3306" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3306" s="1" t="s">
-        <v>2086</v>
+        <v>1993</v>
       </c>
       <c r="B3306" s="2">
-        <v>514.71</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3307" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3307" s="1" t="s">
-        <v>2087</v>
+        <v>1994</v>
       </c>
       <c r="B3307" s="2">
-        <v>305.35000000000002</v>
+        <v>122.65</v>
       </c>
     </row>
     <row r="3308" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3308" s="1" t="s">
-        <v>2088</v>
+        <v>1995</v>
       </c>
       <c r="B3308" s="2">
-        <v>381.7</v>
+        <v>594.51</v>
       </c>
     </row>
     <row r="3309" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3309" s="1" t="s">
-        <v>2089</v>
+        <v>1996</v>
       </c>
       <c r="B3309" s="2">
-        <v>423.34</v>
+        <v>295.51</v>
       </c>
     </row>
     <row r="3310" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3310" s="1" t="s">
-        <v>2090</v>
+        <v>4186</v>
       </c>
       <c r="B3310" s="2">
-        <v>338.89</v>
+        <v>176.3</v>
       </c>
     </row>
     <row r="3311" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3311" s="1" t="s">
-        <v>2091</v>
+        <v>1997</v>
       </c>
       <c r="B3311" s="2">
-        <v>252.16</v>
+        <v>359.73</v>
       </c>
     </row>
     <row r="3312" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3312" s="1" t="s">
-        <v>2092</v>
+        <v>1998</v>
       </c>
       <c r="B3312" s="2">
-        <v>267.18</v>
+        <v>277.06</v>
       </c>
     </row>
     <row r="3313" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3313" s="1" t="s">
-        <v>2093</v>
+        <v>1999</v>
       </c>
       <c r="B3313" s="2">
-        <v>439.52</v>
+        <v>360.91</v>
       </c>
     </row>
     <row r="3314" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3314" s="1" t="s">
-        <v>2094</v>
+        <v>3142</v>
       </c>
       <c r="B3314" s="2">
-        <v>290.32</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3315" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3315" s="1" t="s">
-        <v>2095</v>
+        <v>2000</v>
       </c>
       <c r="B3315" s="2">
-        <v>83.93</v>
+        <v>240.6</v>
       </c>
     </row>
     <row r="3316" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3316" s="1" t="s">
-        <v>3152</v>
+        <v>2001</v>
       </c>
       <c r="B3316" s="2">
-        <v>137.5</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3317" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3317" s="1" t="s">
-        <v>2096</v>
+        <v>2002</v>
       </c>
       <c r="B3317" s="2">
-        <v>12601.77</v>
+        <v>1247.3399999999999</v>
       </c>
     </row>
     <row r="3318" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3318" s="1" t="s">
-        <v>3427</v>
+        <v>2003</v>
       </c>
       <c r="B3318" s="2">
-        <v>2068.64</v>
+        <v>615.92999999999995</v>
       </c>
     </row>
     <row r="3319" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3319" s="1" t="s">
-        <v>3428</v>
+        <v>2004</v>
       </c>
       <c r="B3319" s="2">
-        <v>4740.1099999999997</v>
+        <v>1545.16</v>
       </c>
     </row>
     <row r="3320" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3320" s="1" t="s">
-        <v>3429</v>
+        <v>2005</v>
       </c>
       <c r="B3320" s="2">
-        <v>4007.22</v>
+        <v>1736.98</v>
       </c>
     </row>
     <row r="3321" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3321" s="1" t="s">
-        <v>3430</v>
+        <v>2006</v>
       </c>
       <c r="B3321" s="2">
-        <v>18252.63</v>
+        <v>4763.05</v>
       </c>
     </row>
     <row r="3322" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3322" s="1" t="s">
-        <v>3449</v>
+        <v>2007</v>
       </c>
       <c r="B3322" s="2">
-        <v>195.13</v>
+        <v>5351.72</v>
       </c>
     </row>
     <row r="3323" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3323" s="1" t="s">
-        <v>3445</v>
+        <v>2008</v>
       </c>
       <c r="B3323" s="2">
-        <v>309.07</v>
+        <v>5941.53</v>
       </c>
     </row>
     <row r="3324" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3324" s="1" t="s">
-        <v>2097</v>
+        <v>2009</v>
       </c>
       <c r="B3324" s="2">
-        <v>319.77</v>
+        <v>6531.37</v>
       </c>
     </row>
     <row r="3325" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3325" s="1" t="s">
-        <v>2098</v>
+        <v>2010</v>
       </c>
       <c r="B3325" s="2">
-        <v>189.38</v>
+        <v>2101.54</v>
       </c>
     </row>
     <row r="3326" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3326" s="1" t="s">
-        <v>2099</v>
+        <v>2011</v>
       </c>
       <c r="B3326" s="2">
-        <v>5529.04</v>
+        <v>4203.08</v>
       </c>
     </row>
     <row r="3327" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3327" s="1" t="s">
-        <v>2100</v>
+        <v>3003</v>
       </c>
       <c r="B3327" s="2">
-        <v>80.349999999999994</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="3328" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3328" s="1" t="s">
-        <v>3056</v>
+        <v>2012</v>
       </c>
       <c r="B3328" s="2">
-        <v>80.349999999999994</v>
+        <v>141.33000000000001</v>
       </c>
     </row>
     <row r="3329" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3329" s="1" t="s">
-        <v>3057</v>
+        <v>2013</v>
       </c>
       <c r="B3329" s="2">
-        <v>80.349999999999994</v>
+        <v>332.89</v>
       </c>
     </row>
     <row r="3330" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3330" s="1" t="s">
-        <v>2101</v>
+        <v>8</v>
       </c>
       <c r="B3330" s="2">
-        <v>279.68</v>
+        <v>4219.0600000000004</v>
       </c>
     </row>
     <row r="3331" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3331" s="1" t="s">
-        <v>2967</v>
+        <v>2014</v>
       </c>
       <c r="B3331" s="2">
-        <v>365.77</v>
+        <v>4219.0600000000004</v>
       </c>
     </row>
     <row r="3332" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3332" s="1" t="s">
-        <v>2102</v>
+        <v>2015</v>
       </c>
       <c r="B3332" s="2">
-        <v>157.30000000000001</v>
+        <v>4219.0600000000004</v>
       </c>
     </row>
     <row r="3333" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3333" s="1" t="s">
-        <v>2103</v>
+        <v>2016</v>
       </c>
       <c r="B3333" s="2">
-        <v>157.30000000000001</v>
+        <v>4219.0600000000004</v>
       </c>
     </row>
     <row r="3334" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3334" s="1" t="s">
-        <v>2104</v>
+        <v>2017</v>
       </c>
       <c r="B3334" s="2">
-        <v>157.30000000000001</v>
+        <v>4251.1899999999996</v>
       </c>
     </row>
     <row r="3335" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3335" s="1" t="s">
-        <v>2105</v>
+        <v>2018</v>
       </c>
       <c r="B3335" s="2">
-        <v>157.30000000000001</v>
+        <v>1700.49</v>
       </c>
     </row>
     <row r="3336" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3336" s="1" t="s">
-        <v>2106</v>
+        <v>2019</v>
       </c>
       <c r="B3336" s="2">
-        <v>334.27</v>
+        <v>4251.1899999999996</v>
       </c>
     </row>
     <row r="3337" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3337" s="1" t="s">
-        <v>3217</v>
+        <v>2020</v>
       </c>
       <c r="B3337" s="2">
-        <v>48.22</v>
+        <v>1700.49</v>
       </c>
     </row>
     <row r="3338" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3338" s="1" t="s">
-        <v>2107</v>
+        <v>2021</v>
       </c>
       <c r="B3338" s="2">
-        <v>83.93</v>
+        <v>2938.68</v>
       </c>
     </row>
     <row r="3339" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3339" s="1" t="s">
-        <v>2108</v>
+        <v>2022</v>
       </c>
       <c r="B3339" s="2">
-        <v>48.22</v>
+        <v>7346.73</v>
       </c>
     </row>
     <row r="3340" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3340" s="1" t="s">
-        <v>2109</v>
+        <v>3054</v>
       </c>
       <c r="B3340" s="2">
-        <v>83.93</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3341" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3341" s="1" t="s">
-        <v>2110</v>
+        <v>2023</v>
       </c>
       <c r="B3341" s="2">
-        <v>1933.91</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3342" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3342" s="1" t="s">
-        <v>2111</v>
+        <v>2024</v>
       </c>
       <c r="B3342" s="2">
-        <v>1933.91</v>
+        <v>1700.49</v>
       </c>
     </row>
     <row r="3343" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3343" s="1" t="s">
-        <v>2112</v>
+        <v>2025</v>
       </c>
       <c r="B3343" s="2">
-        <v>202.99</v>
+        <v>4251.1899999999996</v>
       </c>
     </row>
     <row r="3344" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3344" s="1" t="s">
-        <v>2113</v>
+        <v>2026</v>
       </c>
       <c r="B3344" s="2">
-        <v>121.46</v>
+        <v>154.16999999999999</v>
       </c>
     </row>
     <row r="3345" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3345" s="1" t="s">
-        <v>3104</v>
+        <v>2027</v>
       </c>
       <c r="B3345" s="2">
-        <v>108.02</v>
+        <v>492.9</v>
       </c>
     </row>
     <row r="3346" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3346" s="1" t="s">
-        <v>3105</v>
+        <v>2028</v>
       </c>
       <c r="B3346" s="2">
-        <v>41.96</v>
+        <v>538.49</v>
       </c>
     </row>
     <row r="3347" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3347" s="1" t="s">
-        <v>2114</v>
+        <v>2029</v>
       </c>
       <c r="B3347" s="2">
-        <v>41.96</v>
+        <v>538.49</v>
       </c>
     </row>
     <row r="3348" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3348" s="1" t="s">
-        <v>3106</v>
+        <v>2030</v>
       </c>
       <c r="B3348" s="2">
-        <v>80.349999999999994</v>
+        <v>970.95</v>
       </c>
     </row>
     <row r="3349" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3349" s="1" t="s">
-        <v>3368</v>
+        <v>2031</v>
       </c>
       <c r="B3349" s="2">
-        <v>322.5</v>
+        <v>970.95</v>
       </c>
     </row>
     <row r="3350" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3350" s="1" t="s">
-        <v>2115</v>
+        <v>2032</v>
       </c>
       <c r="B3350" s="2">
-        <v>470.6</v>
+        <v>3971.15</v>
       </c>
     </row>
     <row r="3351" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3351" s="1" t="s">
-        <v>3280</v>
+        <v>2033</v>
       </c>
       <c r="B3351" s="2">
-        <v>983.15</v>
+        <v>1071.01</v>
       </c>
     </row>
     <row r="3352" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3352" s="1" t="s">
-        <v>3275</v>
+        <v>2034</v>
       </c>
       <c r="B3352" s="2">
-        <v>123.2</v>
+        <v>1071.01</v>
       </c>
     </row>
     <row r="3353" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3353" s="1" t="s">
-        <v>3276</v>
+        <v>2035</v>
       </c>
       <c r="B3353" s="2">
-        <v>123.2</v>
+        <v>1985.97</v>
       </c>
     </row>
     <row r="3354" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3354" s="1" t="s">
-        <v>3277</v>
+        <v>2036</v>
       </c>
       <c r="B3354" s="2">
-        <v>123.2</v>
+        <v>2876.06</v>
       </c>
     </row>
     <row r="3355" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3355" s="1" t="s">
-        <v>3278</v>
+        <v>2037</v>
       </c>
       <c r="B3355" s="2">
-        <v>123.2</v>
+        <v>3451.27</v>
       </c>
     </row>
     <row r="3356" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3356" s="1" t="s">
-        <v>3279</v>
+        <v>2038</v>
       </c>
       <c r="B3356" s="2">
-        <v>410.98</v>
+        <v>4314.1000000000004</v>
       </c>
     </row>
     <row r="3357" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3357" s="1" t="s">
-        <v>2116</v>
+        <v>2039</v>
       </c>
       <c r="B3357" s="2">
-        <v>3650.24</v>
+        <v>5752.14</v>
       </c>
     </row>
     <row r="3358" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3358" s="1" t="s">
-        <v>2117</v>
+        <v>2040</v>
       </c>
       <c r="B3358" s="2">
-        <v>227.93</v>
+        <v>666.93</v>
       </c>
     </row>
     <row r="3359" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3359" s="1" t="s">
-        <v>2118</v>
+        <v>2041</v>
       </c>
       <c r="B3359" s="2">
-        <v>2504.94</v>
+        <v>932.05</v>
       </c>
     </row>
     <row r="3360" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3360" s="1" t="s">
-        <v>2119</v>
+        <v>2042</v>
       </c>
       <c r="B3360" s="2">
-        <v>450.19</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3361" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3361" s="1" t="s">
-        <v>2120</v>
+        <v>2043</v>
       </c>
       <c r="B3361" s="2">
-        <v>4193.41</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3362" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3362" s="1" t="s">
-        <v>2121</v>
+        <v>2044</v>
       </c>
       <c r="B3362" s="2">
-        <v>671.31</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3363" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3363" s="1" t="s">
-        <v>2122</v>
+        <v>2045</v>
       </c>
       <c r="B3363" s="2">
-        <v>5880.74</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3364" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3364" s="1" t="s">
-        <v>2123</v>
+        <v>2046</v>
       </c>
       <c r="B3364" s="2">
-        <v>893.58</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3365" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3365" s="1" t="s">
-        <v>2124</v>
+        <v>2900</v>
       </c>
       <c r="B3365" s="2">
-        <v>7568.09</v>
+        <v>222.24</v>
       </c>
     </row>
     <row r="3366" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3366" s="1" t="s">
-        <v>2125</v>
+        <v>2895</v>
       </c>
       <c r="B3366" s="2">
-        <v>1115.82</v>
+        <v>191.95</v>
       </c>
     </row>
     <row r="3367" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3367" s="1" t="s">
-        <v>2126</v>
+        <v>2899</v>
       </c>
       <c r="B3367" s="2">
-        <v>9256.57</v>
+        <v>361.62</v>
       </c>
     </row>
     <row r="3368" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3368" s="1" t="s">
-        <v>2127</v>
+        <v>2047</v>
       </c>
       <c r="B3368" s="2">
-        <v>1336.95</v>
+        <v>78.42</v>
       </c>
     </row>
     <row r="3369" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3369" s="1" t="s">
-        <v>2128</v>
+        <v>2048</v>
       </c>
       <c r="B3369" s="2">
-        <v>10943.9</v>
+        <v>64.23</v>
       </c>
     </row>
     <row r="3370" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3370" s="1" t="s">
-        <v>3369</v>
+        <v>2896</v>
       </c>
       <c r="B3370" s="2">
-        <v>808.36</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="3371" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3371" s="1" t="s">
-        <v>2129</v>
+        <v>2049</v>
       </c>
       <c r="B3371" s="2">
-        <v>582.86</v>
+        <v>412.21</v>
       </c>
     </row>
     <row r="3372" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3372" s="1" t="s">
-        <v>2130</v>
+        <v>2674</v>
       </c>
       <c r="B3372" s="2">
-        <v>48.22</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="3373" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3373" s="1" t="s">
-        <v>2131</v>
+        <v>3341</v>
       </c>
       <c r="B3373" s="2">
-        <v>1039.8499999999999</v>
+        <v>78.930000000000007</v>
       </c>
     </row>
     <row r="3374" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3374" s="1" t="s">
-        <v>2132</v>
+        <v>4187</v>
       </c>
       <c r="B3374" s="2">
-        <v>250.62</v>
+        <v>404.43</v>
       </c>
     </row>
     <row r="3375" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3375" s="1" t="s">
-        <v>3315</v>
+        <v>3342</v>
       </c>
       <c r="B3375" s="2">
-        <v>60.71</v>
+        <v>210.15</v>
       </c>
     </row>
     <row r="3376" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3376" s="1" t="s">
-        <v>3467</v>
+        <v>4188</v>
       </c>
       <c r="B3376" s="2">
-        <v>3759</v>
+        <v>1076.24</v>
       </c>
     </row>
     <row r="3377" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3377" s="1" t="s">
-        <v>2133</v>
+        <v>4189</v>
       </c>
       <c r="B3377" s="2">
-        <v>60.71</v>
+        <v>3587.46</v>
       </c>
     </row>
     <row r="3378" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3378" s="1" t="s">
-        <v>2695</v>
+        <v>2760</v>
       </c>
       <c r="B3378" s="2">
-        <v>60.71</v>
+        <v>70.52</v>
       </c>
     </row>
     <row r="3379" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3379" s="1" t="s">
-        <v>2134</v>
+        <v>4190</v>
       </c>
       <c r="B3379" s="2">
-        <v>137.5</v>
+        <v>352.6</v>
       </c>
     </row>
     <row r="3380" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3380" s="1" t="s">
-        <v>3149</v>
+        <v>2050</v>
       </c>
       <c r="B3380" s="2">
-        <v>137.5</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3381" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3381" s="1" t="s">
-        <v>2135</v>
+        <v>2051</v>
       </c>
       <c r="B3381" s="2">
-        <v>137.5</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3382" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3382" s="1" t="s">
-        <v>2136</v>
+        <v>2052</v>
       </c>
       <c r="B3382" s="2">
-        <v>68.75</v>
+        <v>325.86</v>
       </c>
     </row>
     <row r="3383" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3383" s="1" t="s">
-        <v>2137</v>
+        <v>2053</v>
       </c>
       <c r="B3383" s="2">
         <v>68.75</v>
       </c>
     </row>
     <row r="3384" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3384" s="1" t="s">
-        <v>2138</v>
+        <v>2054</v>
       </c>
       <c r="B3384" s="2">
-        <v>68.75</v>
+        <v>2143.23</v>
       </c>
     </row>
     <row r="3385" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3385" s="1" t="s">
-        <v>2139</v>
+        <v>2675</v>
       </c>
       <c r="B3385" s="2">
         <v>68.75</v>
       </c>
     </row>
     <row r="3386" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3386" s="1" t="s">
-        <v>2140</v>
+        <v>3184</v>
       </c>
       <c r="B3386" s="2">
-        <v>83.03</v>
+        <v>195.29</v>
       </c>
     </row>
     <row r="3387" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3387" s="1" t="s">
-        <v>2141</v>
+        <v>2055</v>
       </c>
       <c r="B3387" s="2">
-        <v>292.56</v>
+        <v>355.06</v>
       </c>
     </row>
     <row r="3388" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3388" s="1" t="s">
-        <v>2142</v>
+        <v>2056</v>
       </c>
       <c r="B3388" s="2">
-        <v>512.54999999999995</v>
+        <v>8011.01</v>
       </c>
     </row>
     <row r="3389" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3389" s="1" t="s">
-        <v>2797</v>
+        <v>2676</v>
       </c>
       <c r="B3389" s="2">
-        <v>1362.18</v>
+        <v>123.2</v>
       </c>
     </row>
     <row r="3390" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3390" s="1" t="s">
-        <v>2696</v>
+        <v>3180</v>
       </c>
       <c r="B3390" s="2">
-        <v>1089.74</v>
+        <v>123.2</v>
       </c>
     </row>
     <row r="3391" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3391" s="1" t="s">
-        <v>2697</v>
+        <v>3182</v>
       </c>
       <c r="B3391" s="2">
-        <v>911.44</v>
+        <v>983.15</v>
       </c>
     </row>
     <row r="3392" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3392" s="1" t="s">
-        <v>2698</v>
+        <v>4191</v>
       </c>
       <c r="B3392" s="2">
-        <v>717.49</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="3393" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3393" s="1" t="s">
-        <v>2699</v>
+        <v>4192</v>
       </c>
       <c r="B3393" s="2">
-        <v>3503.52</v>
+        <v>529.22</v>
       </c>
     </row>
     <row r="3394" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3394" s="1" t="s">
-        <v>2143</v>
+        <v>4193</v>
       </c>
       <c r="B3394" s="2">
-        <v>137.5</v>
+        <v>882.02</v>
       </c>
     </row>
     <row r="3395" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3395" s="1" t="s">
-        <v>2144</v>
+        <v>4194</v>
       </c>
       <c r="B3395" s="2">
-        <v>137.5</v>
+        <v>1234.82</v>
       </c>
     </row>
     <row r="3396" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3396" s="1" t="s">
-        <v>2145</v>
+        <v>4195</v>
       </c>
       <c r="B3396" s="2">
-        <v>6361.56</v>
+        <v>1587.6</v>
       </c>
     </row>
     <row r="3397" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3397" s="1" t="s">
-        <v>2146</v>
+        <v>2057</v>
       </c>
       <c r="B3397" s="2">
-        <v>626.08000000000004</v>
+        <v>1675.46</v>
       </c>
     </row>
     <row r="3398" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3398" s="1" t="s">
-        <v>2147</v>
+        <v>3205</v>
       </c>
       <c r="B3398" s="2">
-        <v>1989.67</v>
+        <v>23.21</v>
       </c>
     </row>
     <row r="3399" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3399" s="1" t="s">
-        <v>2148</v>
+        <v>2677</v>
       </c>
       <c r="B3399" s="2">
-        <v>2176.5</v>
+        <v>23.21</v>
       </c>
     </row>
     <row r="3400" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3400" s="1" t="s">
-        <v>2149</v>
+        <v>2058</v>
       </c>
       <c r="B3400" s="2">
-        <v>961.51</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3401" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3401" s="1" t="s">
-        <v>2150</v>
+        <v>2059</v>
       </c>
       <c r="B3401" s="2">
-        <v>3355.45</v>
+        <v>328.81</v>
       </c>
     </row>
     <row r="3402" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3402" s="1" t="s">
-        <v>2151</v>
+        <v>2060</v>
       </c>
       <c r="B3402" s="2">
-        <v>413.01</v>
+        <v>97.45</v>
       </c>
     </row>
     <row r="3403" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3403" s="1" t="s">
-        <v>2152</v>
+        <v>3203</v>
       </c>
       <c r="B3403" s="2">
-        <v>296.10000000000002</v>
+        <v>70.540000000000006</v>
       </c>
     </row>
     <row r="3404" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3404" s="1" t="s">
-        <v>2153</v>
+        <v>2061</v>
       </c>
       <c r="B3404" s="2">
-        <v>904.69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="3405" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3405" s="1" t="s">
-        <v>2154</v>
+        <v>2062</v>
       </c>
       <c r="B3405" s="2">
-        <v>242.57</v>
+        <v>358.59</v>
       </c>
     </row>
     <row r="3406" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3406" s="1" t="s">
-        <v>2155</v>
+        <v>2431</v>
       </c>
       <c r="B3406" s="2">
-        <v>138.76</v>
+        <v>12823.31</v>
       </c>
     </row>
     <row r="3407" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3407" s="1" t="s">
-        <v>2156</v>
+        <v>4196</v>
       </c>
       <c r="B3407" s="2">
-        <v>222.89</v>
+        <v>4410</v>
       </c>
     </row>
     <row r="3408" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3408" s="1" t="s">
-        <v>2157</v>
+        <v>2063</v>
       </c>
       <c r="B3408" s="2">
-        <v>228.36</v>
+        <v>1053.1500000000001</v>
       </c>
     </row>
     <row r="3409" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3409" s="1" t="s">
-        <v>2158</v>
+        <v>2064</v>
       </c>
       <c r="B3409" s="2">
-        <v>7.89</v>
+        <v>555.17999999999995</v>
       </c>
     </row>
     <row r="3410" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3410" s="1" t="s">
-        <v>2159</v>
+        <v>2065</v>
       </c>
       <c r="B3410" s="2">
-        <v>211.97</v>
+        <v>1624.84</v>
       </c>
     </row>
     <row r="3411" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3411" s="1" t="s">
-        <v>2160</v>
+        <v>2066</v>
       </c>
       <c r="B3411" s="2">
-        <v>541.94000000000005</v>
+        <v>1624.84</v>
       </c>
     </row>
     <row r="3412" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3412" s="1" t="s">
-        <v>2161</v>
+        <v>2067</v>
       </c>
       <c r="B3412" s="2">
-        <v>337.62</v>
+        <v>196.23</v>
       </c>
     </row>
     <row r="3413" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3413" s="1" t="s">
-        <v>2162</v>
+        <v>2068</v>
       </c>
       <c r="B3413" s="2">
-        <v>670.87</v>
+        <v>354.84</v>
       </c>
     </row>
     <row r="3414" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3414" s="1" t="s">
-        <v>2163</v>
+        <v>2069</v>
       </c>
       <c r="B3414" s="2">
-        <v>40482.089999999997</v>
+        <v>307.36</v>
       </c>
     </row>
     <row r="3415" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3415" s="1" t="s">
-        <v>2164</v>
+        <v>2070</v>
       </c>
       <c r="B3415" s="2">
-        <v>6803.8</v>
+        <v>307.36</v>
       </c>
     </row>
     <row r="3416" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3416" s="1" t="s">
-        <v>2165</v>
+        <v>2678</v>
       </c>
       <c r="B3416" s="2">
-        <v>4869.83</v>
+        <v>206.23</v>
       </c>
     </row>
     <row r="3417" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3417" s="1" t="s">
-        <v>2700</v>
+        <v>2071</v>
       </c>
       <c r="B3417" s="2">
-        <v>2072.06</v>
+        <v>539.36</v>
       </c>
     </row>
     <row r="3418" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3418" s="1" t="s">
-        <v>2166</v>
+        <v>2072</v>
       </c>
       <c r="B3418" s="2">
-        <v>234.75</v>
+        <v>270.8</v>
       </c>
     </row>
     <row r="3419" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3419" s="1" t="s">
-        <v>2167</v>
+        <v>2073</v>
       </c>
       <c r="B3419" s="2">
-        <v>588.25</v>
+        <v>270.8</v>
       </c>
     </row>
     <row r="3420" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3420" s="1" t="s">
-        <v>2168</v>
+        <v>2074</v>
       </c>
       <c r="B3420" s="2">
-        <v>39.11</v>
+        <v>539.36</v>
       </c>
     </row>
     <row r="3421" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3421" s="1" t="s">
-        <v>2169</v>
+        <v>2075</v>
       </c>
       <c r="B3421" s="2">
-        <v>3</v>
+        <v>270.8</v>
       </c>
     </row>
     <row r="3422" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3422" s="1" t="s">
-        <v>2170</v>
+        <v>2076</v>
       </c>
       <c r="B3422" s="2">
-        <v>1158.96</v>
+        <v>270.8</v>
       </c>
     </row>
     <row r="3423" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3423" s="1" t="s">
-        <v>2701</v>
+        <v>2077</v>
       </c>
       <c r="B3423" s="2">
-        <v>18502.8</v>
+        <v>527.23</v>
       </c>
     </row>
     <row r="3424" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3424" s="1" t="s">
-        <v>2702</v>
+        <v>2078</v>
       </c>
       <c r="B3424" s="2">
-        <v>8326.4699999999993</v>
+        <v>527.23</v>
       </c>
     </row>
     <row r="3425" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3425" s="1" t="s">
-        <v>2703</v>
+        <v>2079</v>
       </c>
       <c r="B3425" s="2">
-        <v>18502.8</v>
+        <v>264.70999999999998</v>
       </c>
     </row>
     <row r="3426" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3426" s="1" t="s">
-        <v>2171</v>
+        <v>2080</v>
       </c>
       <c r="B3426" s="2">
-        <v>107.65</v>
+        <v>264.70999999999998</v>
       </c>
     </row>
     <row r="3427" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3427" s="1" t="s">
-        <v>2172</v>
+        <v>2081</v>
       </c>
       <c r="B3427" s="2">
-        <v>136.6</v>
+        <v>527.23</v>
       </c>
     </row>
     <row r="3428" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3428" s="1" t="s">
-        <v>2173</v>
+        <v>2082</v>
       </c>
       <c r="B3428" s="2">
-        <v>68.75</v>
+        <v>264.70999999999998</v>
       </c>
     </row>
     <row r="3429" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3429" s="1" t="s">
-        <v>2174</v>
+        <v>2083</v>
       </c>
       <c r="B3429" s="2">
-        <v>68.75</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="3430" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3430" s="1" t="s">
-        <v>3035</v>
+        <v>3051</v>
       </c>
       <c r="B3430" s="2">
-        <v>911.44</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="3431" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3431" s="1" t="s">
-        <v>3034</v>
+        <v>2084</v>
       </c>
       <c r="B3431" s="2">
-        <v>990.12</v>
+        <v>12979.82</v>
       </c>
     </row>
     <row r="3432" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3432" s="1" t="s">
-        <v>3036</v>
+        <v>3316</v>
       </c>
       <c r="B3432" s="2">
-        <v>3503.52</v>
+        <v>2165.71</v>
       </c>
     </row>
     <row r="3433" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3433" s="1" t="s">
-        <v>2175</v>
+        <v>3317</v>
       </c>
       <c r="B3433" s="2">
-        <v>83.03</v>
+        <v>3958.62</v>
       </c>
     </row>
     <row r="3434" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3434" s="1" t="s">
-        <v>2176</v>
+        <v>3318</v>
       </c>
       <c r="B3434" s="2">
-        <v>81.25</v>
+        <v>16450.34</v>
       </c>
     </row>
     <row r="3435" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3435" s="1" t="s">
-        <v>2177</v>
+        <v>3336</v>
       </c>
       <c r="B3435" s="2">
-        <v>81.25</v>
+        <v>221.73</v>
       </c>
     </row>
     <row r="3436" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3436" s="1" t="s">
-        <v>2178</v>
+        <v>3332</v>
       </c>
       <c r="B3436" s="2">
-        <v>115.1</v>
+        <v>226.73</v>
       </c>
     </row>
     <row r="3437" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3437" s="1" t="s">
-        <v>2179</v>
+        <v>2085</v>
       </c>
       <c r="B3437" s="2">
-        <v>241.59</v>
+        <v>329.36</v>
       </c>
     </row>
     <row r="3438" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3438" s="1" t="s">
-        <v>2180</v>
+        <v>2086</v>
       </c>
       <c r="B3438" s="2">
-        <v>115.1</v>
+        <v>195.06</v>
       </c>
     </row>
     <row r="3439" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3439" s="1" t="s">
-        <v>2181</v>
+        <v>2087</v>
       </c>
       <c r="B3439" s="2">
-        <v>115.1</v>
+        <v>5694.91</v>
       </c>
     </row>
     <row r="3440" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3440" s="1" t="s">
-        <v>2182</v>
+        <v>2088</v>
       </c>
       <c r="B3440" s="2">
-        <v>445.57</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3441" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3441" s="1" t="s">
-        <v>2183</v>
+        <v>2956</v>
       </c>
       <c r="B3441" s="2">
-        <v>107.32</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3442" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3442" s="1" t="s">
-        <v>2184</v>
+        <v>2957</v>
       </c>
       <c r="B3442" s="2">
-        <v>134.16999999999999</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3443" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3443" s="1" t="s">
-        <v>2185</v>
+        <v>2089</v>
       </c>
       <c r="B3443" s="2">
-        <v>105.46</v>
+        <v>279.68</v>
       </c>
     </row>
     <row r="3444" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3444" s="1" t="s">
-        <v>2186</v>
+        <v>2867</v>
       </c>
       <c r="B3444" s="2">
-        <v>102.53</v>
+        <v>365.77</v>
       </c>
     </row>
     <row r="3445" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3445" s="1" t="s">
-        <v>2814</v>
+        <v>2090</v>
       </c>
       <c r="B3445" s="2">
-        <v>100</v>
+        <v>162.02000000000001</v>
       </c>
     </row>
     <row r="3446" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3446" s="1" t="s">
-        <v>2187</v>
+        <v>2091</v>
       </c>
       <c r="B3446" s="2">
-        <v>80.349999999999994</v>
+        <v>162.02000000000001</v>
       </c>
     </row>
     <row r="3447" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3447" s="1" t="s">
-        <v>3107</v>
+        <v>2092</v>
       </c>
       <c r="B3447" s="2">
-        <v>40.18</v>
+        <v>162.02000000000001</v>
       </c>
     </row>
     <row r="3448" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3448" s="1" t="s">
-        <v>2188</v>
+        <v>2093</v>
       </c>
       <c r="B3448" s="2">
-        <v>3357.68</v>
+        <v>162.02000000000001</v>
       </c>
     </row>
     <row r="3449" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3449" s="1" t="s">
-        <v>2189</v>
+        <v>2094</v>
       </c>
       <c r="B3449" s="2">
-        <v>117.94</v>
+        <v>344.3</v>
       </c>
     </row>
     <row r="3450" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3450" s="1" t="s">
-        <v>2190</v>
+        <v>3116</v>
       </c>
       <c r="B3450" s="2">
-        <v>158.76</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3451" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3451" s="1" t="s">
-        <v>2191</v>
+        <v>2095</v>
       </c>
       <c r="B3451" s="2">
-        <v>512.54999999999995</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="3452" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3452" s="1" t="s">
-        <v>2192</v>
+        <v>2096</v>
       </c>
       <c r="B3452" s="2">
-        <v>199.72</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3453" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3453" s="1" t="s">
-        <v>2193</v>
+        <v>2097</v>
       </c>
       <c r="B3453" s="2">
-        <v>12777.47</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="3454" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3454" s="1" t="s">
-        <v>2194</v>
+        <v>2098</v>
       </c>
       <c r="B3454" s="2">
-        <v>39146.660000000003</v>
+        <v>2011.85</v>
       </c>
     </row>
     <row r="3455" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3455" s="1" t="s">
-        <v>2195</v>
+        <v>2099</v>
       </c>
       <c r="B3455" s="2">
-        <v>25825.58</v>
+        <v>1151.69</v>
       </c>
     </row>
     <row r="3456" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3456" s="1" t="s">
-        <v>2196</v>
+        <v>2100</v>
       </c>
       <c r="B3456" s="2">
-        <v>9735.49</v>
+        <v>209.08</v>
       </c>
     </row>
     <row r="3457" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3457" s="1" t="s">
-        <v>2197</v>
+        <v>4197</v>
       </c>
       <c r="B3457" s="2">
-        <v>9735.49</v>
+        <v>166.06</v>
       </c>
     </row>
     <row r="3458" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3458" s="1" t="s">
-        <v>2198</v>
+        <v>2101</v>
       </c>
       <c r="B3458" s="2">
-        <v>11682.26</v>
+        <v>125.1</v>
       </c>
     </row>
     <row r="3459" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3459" s="1" t="s">
-        <v>2199</v>
+        <v>3004</v>
       </c>
       <c r="B3459" s="2">
-        <v>9735.49</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="3460" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3460" s="1" t="s">
-        <v>2200</v>
+        <v>3005</v>
       </c>
       <c r="B3460" s="2">
-        <v>6468.34</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3461" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3461" s="1" t="s">
-        <v>2201</v>
+        <v>4198</v>
       </c>
       <c r="B3461" s="2">
-        <v>41.06</v>
+        <v>82.79</v>
       </c>
     </row>
     <row r="3462" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3462" s="1" t="s">
-        <v>2202</v>
+        <v>2102</v>
       </c>
       <c r="B3462" s="2">
-        <v>358.55</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3463" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3463" s="1" t="s">
-        <v>2203</v>
+        <v>3006</v>
       </c>
       <c r="B3463" s="2">
-        <v>7968.39</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3464" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3464" s="1" t="s">
-        <v>2204</v>
+        <v>3262</v>
       </c>
       <c r="B3464" s="2">
-        <v>5399.22</v>
+        <v>282.7</v>
       </c>
     </row>
     <row r="3465" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3465" s="1" t="s">
-        <v>2205</v>
+        <v>2103</v>
       </c>
       <c r="B3465" s="2">
-        <v>5399.22</v>
+        <v>484.72</v>
       </c>
     </row>
     <row r="3466" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3466" s="1" t="s">
-        <v>2206</v>
+        <v>3178</v>
       </c>
       <c r="B3466" s="2">
-        <v>2419.6999999999998</v>
+        <v>983.15</v>
       </c>
     </row>
     <row r="3467" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3467" s="1" t="s">
-        <v>3131</v>
+        <v>3173</v>
       </c>
       <c r="B3467" s="2">
-        <v>41.06</v>
+        <v>123.2</v>
       </c>
     </row>
     <row r="3468" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3468" s="1" t="s">
-        <v>2207</v>
+        <v>3174</v>
       </c>
       <c r="B3468" s="2">
-        <v>68.75</v>
+        <v>123.2</v>
       </c>
     </row>
     <row r="3469" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3469" s="1" t="s">
-        <v>2208</v>
+        <v>3175</v>
       </c>
       <c r="B3469" s="2">
-        <v>456.99</v>
+        <v>123.2</v>
       </c>
     </row>
     <row r="3470" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3470" s="1" t="s">
-        <v>2209</v>
+        <v>3176</v>
       </c>
       <c r="B3470" s="2">
-        <v>997.89</v>
+        <v>123.2</v>
       </c>
     </row>
     <row r="3471" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3471" s="1" t="s">
-        <v>2210</v>
+        <v>3177</v>
       </c>
       <c r="B3471" s="2">
-        <v>68.75</v>
+        <v>410.98</v>
       </c>
     </row>
     <row r="3472" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3472" s="1" t="s">
-        <v>2211</v>
+        <v>2104</v>
       </c>
       <c r="B3472" s="2">
-        <v>136.6</v>
+        <v>3759.75</v>
       </c>
     </row>
     <row r="3473" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3473" s="1" t="s">
-        <v>2212</v>
+        <v>2105</v>
       </c>
       <c r="B3473" s="2">
-        <v>347</v>
+        <v>234.77</v>
       </c>
     </row>
     <row r="3474" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3474" s="1" t="s">
-        <v>2213</v>
+        <v>2106</v>
       </c>
       <c r="B3474" s="2">
-        <v>68.75</v>
+        <v>2580.09</v>
       </c>
     </row>
     <row r="3475" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3475" s="1" t="s">
-        <v>3108</v>
+        <v>2107</v>
       </c>
       <c r="B3475" s="2">
-        <v>68.75</v>
+        <v>463.7</v>
       </c>
     </row>
     <row r="3476" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3476" s="1" t="s">
-        <v>2214</v>
+        <v>2108</v>
       </c>
       <c r="B3476" s="2">
-        <v>68.75</v>
+        <v>4319.21</v>
       </c>
     </row>
     <row r="3477" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3477" s="1" t="s">
-        <v>2215</v>
+        <v>2109</v>
       </c>
       <c r="B3477" s="2">
-        <v>11296.58</v>
+        <v>691.45</v>
       </c>
     </row>
     <row r="3478" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3478" s="1" t="s">
-        <v>2216</v>
+        <v>2110</v>
       </c>
       <c r="B3478" s="2">
-        <v>45155.66</v>
+        <v>6057.16</v>
       </c>
     </row>
     <row r="3479" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3479" s="1" t="s">
-        <v>2217</v>
+        <v>2111</v>
       </c>
       <c r="B3479" s="2">
-        <v>21123.53</v>
+        <v>920.39</v>
       </c>
     </row>
     <row r="3480" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3480" s="1" t="s">
-        <v>2218</v>
+        <v>2112</v>
       </c>
       <c r="B3480" s="2">
-        <v>29480.85</v>
+        <v>7795.13</v>
       </c>
     </row>
     <row r="3481" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3481" s="1" t="s">
-        <v>2219</v>
+        <v>2113</v>
       </c>
       <c r="B3481" s="2">
-        <v>26756.31</v>
+        <v>1149.29</v>
       </c>
     </row>
     <row r="3482" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3482" s="1" t="s">
-        <v>2220</v>
+        <v>2114</v>
       </c>
       <c r="B3482" s="2">
-        <v>13829.85</v>
+        <v>9534.27</v>
       </c>
     </row>
     <row r="3483" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3483" s="1" t="s">
-        <v>2221</v>
+        <v>2115</v>
       </c>
       <c r="B3483" s="2">
-        <v>107.64</v>
+        <v>1377.06</v>
       </c>
     </row>
     <row r="3484" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3484" s="1" t="s">
-        <v>2222</v>
+        <v>2116</v>
       </c>
       <c r="B3484" s="2">
-        <v>11277.31</v>
+        <v>11272.22</v>
       </c>
     </row>
     <row r="3485" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3485" s="1" t="s">
-        <v>2223</v>
+        <v>3263</v>
       </c>
       <c r="B3485" s="2">
-        <v>3854.26</v>
+        <v>748.37</v>
       </c>
     </row>
     <row r="3486" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3486" s="1" t="s">
-        <v>2704</v>
+        <v>2117</v>
       </c>
       <c r="B3486" s="2">
-        <v>32.14</v>
+        <v>600.35</v>
       </c>
     </row>
     <row r="3487" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3487" s="1" t="s">
-        <v>2705</v>
+        <v>2118</v>
       </c>
       <c r="B3487" s="2">
-        <v>60.71</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3488" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3488" s="1" t="s">
-        <v>2224</v>
+        <v>2119</v>
       </c>
       <c r="B3488" s="2">
-        <v>224.99</v>
+        <v>1071.05</v>
       </c>
     </row>
     <row r="3489" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3489" s="1" t="s">
-        <v>2225</v>
+        <v>2120</v>
       </c>
       <c r="B3489" s="2">
-        <v>224.99</v>
+        <v>258.14</v>
       </c>
     </row>
     <row r="3490" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3490" s="1" t="s">
-        <v>2226</v>
+        <v>3212</v>
       </c>
       <c r="B3490" s="2">
-        <v>224.99</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3491" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3491" s="1" t="s">
-        <v>2227</v>
+        <v>3345</v>
       </c>
       <c r="B3491" s="2">
-        <v>224.99</v>
+        <v>1957.81</v>
       </c>
     </row>
     <row r="3492" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3492" s="1" t="s">
-        <v>2706</v>
+        <v>2121</v>
       </c>
       <c r="B3492" s="2">
-        <v>224.99</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3493" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3493" s="1" t="s">
-        <v>3425</v>
+        <v>2679</v>
       </c>
       <c r="B3493" s="2">
-        <v>858.38</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3494" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3494" s="1" t="s">
-        <v>2228</v>
+        <v>2122</v>
       </c>
       <c r="B3494" s="2">
-        <v>269.43</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="3495" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3495" s="1" t="s">
-        <v>2846</v>
+        <v>3048</v>
       </c>
       <c r="B3495" s="2">
-        <v>3880.8</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="3496" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3496" s="1" t="s">
-        <v>2229</v>
+        <v>2123</v>
       </c>
       <c r="B3496" s="2">
-        <v>350.4</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="3497" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3497" s="1" t="s">
-        <v>2230</v>
+        <v>2124</v>
       </c>
       <c r="B3497" s="2">
-        <v>235.87</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3498" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3498" s="1" t="s">
-        <v>2231</v>
+        <v>2125</v>
       </c>
       <c r="B3498" s="2">
-        <v>83.03</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3499" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3499" s="1" t="s">
-        <v>2232</v>
+        <v>2126</v>
       </c>
       <c r="B3499" s="2">
-        <v>80.349999999999994</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3500" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3500" s="1" t="s">
-        <v>2233</v>
+        <v>2127</v>
       </c>
       <c r="B3500" s="2">
-        <v>235.87</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3501" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3501" s="1" t="s">
-        <v>2234</v>
+        <v>2128</v>
       </c>
       <c r="B3501" s="2">
-        <v>352.67</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="3502" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3502" s="1" t="s">
-        <v>2235</v>
+        <v>2129</v>
       </c>
       <c r="B3502" s="2">
-        <v>83.03</v>
+        <v>301.33999999999997</v>
       </c>
     </row>
     <row r="3503" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3503" s="1" t="s">
-        <v>2707</v>
+        <v>2130</v>
       </c>
       <c r="B3503" s="2">
-        <v>41.96</v>
+        <v>527.92999999999995</v>
       </c>
     </row>
     <row r="3504" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3504" s="1" t="s">
-        <v>2236</v>
+        <v>2739</v>
       </c>
       <c r="B3504" s="2">
-        <v>41.96</v>
+        <v>1403.05</v>
       </c>
     </row>
     <row r="3505" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3505" s="1" t="s">
-        <v>2237</v>
+        <v>2680</v>
       </c>
       <c r="B3505" s="2">
-        <v>41.96</v>
+        <v>1122.43</v>
       </c>
     </row>
     <row r="3506" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3506" s="1" t="s">
-        <v>2238</v>
+        <v>2681</v>
       </c>
       <c r="B3506" s="2">
-        <v>99.35</v>
+        <v>911.44</v>
       </c>
     </row>
     <row r="3507" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3507" s="1" t="s">
-        <v>3206</v>
+        <v>2682</v>
       </c>
       <c r="B3507" s="2">
-        <v>48.22</v>
+        <v>717.49</v>
       </c>
     </row>
     <row r="3508" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3508" s="1" t="s">
-        <v>2708</v>
+        <v>2683</v>
       </c>
       <c r="B3508" s="2">
-        <v>395.41</v>
+        <v>3503.52</v>
       </c>
     </row>
     <row r="3509" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3509" s="1" t="s">
-        <v>2998</v>
+        <v>4199</v>
       </c>
       <c r="B3509" s="2">
-        <v>209.77</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3510" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3510" s="1" t="s">
-        <v>2709</v>
+        <v>2131</v>
       </c>
       <c r="B3510" s="2">
-        <v>559.4</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="3511" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3511" s="1" t="s">
-        <v>2756</v>
+        <v>2132</v>
       </c>
       <c r="B3511" s="2">
-        <v>176.4</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="3512" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3512" s="1" t="s">
-        <v>2757</v>
+        <v>2133</v>
       </c>
       <c r="B3512" s="2">
-        <v>529.22</v>
+        <v>6552.41</v>
       </c>
     </row>
     <row r="3513" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3513" s="1" t="s">
-        <v>2758</v>
+        <v>2134</v>
       </c>
       <c r="B3513" s="2">
-        <v>1234.8</v>
+        <v>626.08000000000004</v>
       </c>
     </row>
     <row r="3514" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3514" s="1" t="s">
-        <v>2759</v>
+        <v>2135</v>
       </c>
       <c r="B3514" s="2">
-        <v>1587.6</v>
+        <v>1989.67</v>
       </c>
     </row>
     <row r="3515" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3515" s="1" t="s">
-        <v>2239</v>
+        <v>2136</v>
       </c>
       <c r="B3515" s="2">
-        <v>296.10000000000002</v>
+        <v>2176.5</v>
       </c>
     </row>
     <row r="3516" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3516" s="1" t="s">
-        <v>2240</v>
+        <v>2137</v>
       </c>
       <c r="B3516" s="2">
-        <v>1177.47</v>
+        <v>961.51</v>
       </c>
     </row>
     <row r="3517" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3517" s="1" t="s">
-        <v>2241</v>
+        <v>2138</v>
       </c>
       <c r="B3517" s="2">
-        <v>3342.47</v>
+        <v>3355.45</v>
       </c>
     </row>
     <row r="3518" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3518" s="1" t="s">
-        <v>2710</v>
+        <v>2139</v>
       </c>
       <c r="B3518" s="2">
-        <v>7958.27</v>
+        <v>413.01</v>
       </c>
     </row>
     <row r="3519" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3519" s="1" t="s">
-        <v>2242</v>
+        <v>2140</v>
       </c>
       <c r="B3519" s="2">
-        <v>31751.06</v>
+        <v>296.10000000000002</v>
       </c>
     </row>
     <row r="3520" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3520" s="1" t="s">
-        <v>2243</v>
+        <v>2141</v>
       </c>
       <c r="B3520" s="2">
-        <v>1297.26</v>
+        <v>904.69</v>
       </c>
     </row>
     <row r="3521" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3521" s="1" t="s">
-        <v>3300</v>
+        <v>2142</v>
       </c>
       <c r="B3521" s="2">
-        <v>41.96</v>
+        <v>242.57</v>
       </c>
     </row>
     <row r="3522" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3522" s="1" t="s">
-        <v>2244</v>
+        <v>2143</v>
       </c>
       <c r="B3522" s="2">
-        <v>41.96</v>
+        <v>138.76</v>
       </c>
     </row>
     <row r="3523" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3523" s="1" t="s">
-        <v>2245</v>
+        <v>2144</v>
       </c>
       <c r="B3523" s="2">
-        <v>80.349999999999994</v>
+        <v>222.89</v>
       </c>
     </row>
     <row r="3524" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3524" s="1" t="s">
-        <v>2246</v>
+        <v>2145</v>
       </c>
       <c r="B3524" s="2">
-        <v>649.1</v>
+        <v>228.36</v>
       </c>
     </row>
     <row r="3525" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3525" s="1" t="s">
-        <v>3045</v>
+        <v>2146</v>
       </c>
       <c r="B3525" s="2">
-        <v>768.88</v>
+        <v>7.89</v>
       </c>
     </row>
     <row r="3526" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3526" s="1" t="s">
-        <v>2247</v>
+        <v>2147</v>
       </c>
       <c r="B3526" s="2">
-        <v>250.7</v>
+        <v>211.97</v>
       </c>
     </row>
     <row r="3527" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3527" s="1" t="s">
-        <v>2248</v>
+        <v>4200</v>
       </c>
       <c r="B3527" s="2">
-        <v>205.89</v>
+        <v>541.94000000000005</v>
       </c>
     </row>
     <row r="3528" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3528" s="1" t="s">
-        <v>2249</v>
+        <v>2148</v>
       </c>
       <c r="B3528" s="2">
-        <v>399.04</v>
+        <v>337.62</v>
       </c>
     </row>
     <row r="3529" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3529" s="1" t="s">
-        <v>2250</v>
+        <v>4201</v>
       </c>
       <c r="B3529" s="2">
-        <v>570.22</v>
+        <v>670.87</v>
       </c>
     </row>
     <row r="3530" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3530" s="1" t="s">
-        <v>2251</v>
+        <v>2149</v>
       </c>
       <c r="B3530" s="2">
-        <v>60.71</v>
+        <v>41696.550000000003</v>
       </c>
     </row>
     <row r="3531" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3531" s="1" t="s">
-        <v>2252</v>
+        <v>2150</v>
       </c>
       <c r="B3531" s="2">
-        <v>241.8</v>
+        <v>7007.91</v>
       </c>
     </row>
     <row r="3532" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3532" s="1" t="s">
-        <v>2711</v>
+        <v>4202</v>
       </c>
       <c r="B3532" s="2">
-        <v>4200</v>
+        <v>34.89</v>
       </c>
     </row>
     <row r="3533" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3533" s="1" t="s">
-        <v>3238</v>
+        <v>4203</v>
       </c>
       <c r="B3533" s="2">
-        <v>48.22</v>
+        <v>4869.83</v>
       </c>
     </row>
     <row r="3534" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3534" s="1" t="s">
-        <v>2253</v>
+        <v>2684</v>
       </c>
       <c r="B3534" s="2">
-        <v>48.22</v>
+        <v>2134.2199999999998</v>
       </c>
     </row>
     <row r="3535" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3535" s="1" t="s">
-        <v>2254</v>
+        <v>2151</v>
       </c>
       <c r="B3535" s="2">
-        <v>83.93</v>
+        <v>241.79</v>
       </c>
     </row>
     <row r="3536" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3536" s="1" t="s">
-        <v>2255</v>
+        <v>2152</v>
       </c>
       <c r="B3536" s="2">
-        <v>41.96</v>
+        <v>605.9</v>
       </c>
     </row>
     <row r="3537" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3537" s="1" t="s">
-        <v>2256</v>
+        <v>2153</v>
       </c>
       <c r="B3537" s="2">
-        <v>150.36000000000001</v>
+        <v>40.28</v>
       </c>
     </row>
     <row r="3538" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3538" s="1" t="s">
-        <v>2257</v>
+        <v>2154</v>
       </c>
       <c r="B3538" s="2">
-        <v>298.41000000000003</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3539" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3539" s="1" t="s">
-        <v>2258</v>
+        <v>2155</v>
       </c>
       <c r="B3539" s="2">
-        <v>298.41000000000003</v>
+        <v>1193.73</v>
       </c>
     </row>
     <row r="3540" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3540" s="1" t="s">
-        <v>2259</v>
+        <v>2685</v>
       </c>
       <c r="B3540" s="2">
-        <v>3192.34</v>
+        <v>19057.88</v>
       </c>
     </row>
     <row r="3541" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3541" s="1" t="s">
-        <v>2260</v>
+        <v>2686</v>
       </c>
       <c r="B3541" s="2">
-        <v>5386.33</v>
+        <v>8576.26</v>
       </c>
     </row>
     <row r="3542" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3542" s="1" t="s">
-        <v>2261</v>
+        <v>2687</v>
       </c>
       <c r="B3542" s="2">
-        <v>13416.78</v>
+        <v>19057.88</v>
       </c>
     </row>
     <row r="3543" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3543" s="1" t="s">
-        <v>2262</v>
+        <v>2156</v>
       </c>
       <c r="B3543" s="2">
-        <v>12777.47</v>
+        <v>110.88</v>
       </c>
     </row>
     <row r="3544" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3544" s="1" t="s">
-        <v>2263</v>
+        <v>2157</v>
       </c>
       <c r="B3544" s="2">
-        <v>80.349999999999994</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="3545" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3545" s="1" t="s">
-        <v>2712</v>
+        <v>2158</v>
       </c>
       <c r="B3545" s="2">
-        <v>1052.02</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3546" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3546" s="1" t="s">
-        <v>2264</v>
+        <v>2159</v>
       </c>
       <c r="B3546" s="2">
-        <v>1780.08</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3547" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3547" s="1" t="s">
-        <v>2265</v>
+        <v>2935</v>
       </c>
       <c r="B3547" s="2">
-        <v>1277.98</v>
+        <v>911.44</v>
       </c>
     </row>
     <row r="3548" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3548" s="1" t="s">
-        <v>2713</v>
+        <v>2934</v>
       </c>
       <c r="B3548" s="2">
-        <v>2072.06</v>
+        <v>990.12</v>
       </c>
     </row>
     <row r="3549" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3549" s="1" t="s">
-        <v>2714</v>
+        <v>2936</v>
       </c>
       <c r="B3549" s="2">
-        <v>2072.06</v>
+        <v>3503.52</v>
       </c>
     </row>
     <row r="3550" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3550" s="1" t="s">
-        <v>2715</v>
+        <v>2160</v>
       </c>
       <c r="B3550" s="2">
-        <v>2072.06</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="3551" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3551" s="1" t="s">
-        <v>2716</v>
+        <v>2161</v>
       </c>
       <c r="B3551" s="2">
-        <v>2072.06</v>
+        <v>83.69</v>
       </c>
     </row>
     <row r="3552" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3552" s="1" t="s">
-        <v>2717</v>
+        <v>2162</v>
       </c>
       <c r="B3552" s="2">
-        <v>2072.06</v>
+        <v>83.69</v>
       </c>
     </row>
     <row r="3553" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3553" s="1" t="s">
-        <v>2266</v>
+        <v>2163</v>
       </c>
       <c r="B3553" s="2">
-        <v>1523.3</v>
+        <v>162.72999999999999</v>
       </c>
     </row>
     <row r="3554" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3554" s="1" t="s">
-        <v>2267</v>
+        <v>2164</v>
       </c>
       <c r="B3554" s="2">
-        <v>248.68</v>
+        <v>495.13</v>
       </c>
     </row>
     <row r="3555" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3555" s="1" t="s">
-        <v>2268</v>
+        <v>2165</v>
       </c>
       <c r="B3555" s="2">
-        <v>43544.28</v>
+        <v>162.72999999999999</v>
       </c>
     </row>
     <row r="3556" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3556" s="1" t="s">
-        <v>2269</v>
+        <v>2166</v>
       </c>
       <c r="B3556" s="2">
-        <v>554.04</v>
+        <v>109.75</v>
       </c>
     </row>
     <row r="3557" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3557" s="1" t="s">
-        <v>2270</v>
+        <v>2167</v>
       </c>
       <c r="B3557" s="2">
-        <v>1008.59</v>
+        <v>495.13</v>
       </c>
     </row>
     <row r="3558" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3558" s="1" t="s">
-        <v>2271</v>
+        <v>2168</v>
       </c>
       <c r="B3558" s="2">
-        <v>425.64</v>
+        <v>110.54</v>
       </c>
     </row>
     <row r="3559" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3559" s="1" t="s">
-        <v>2272</v>
+        <v>2169</v>
       </c>
       <c r="B3559" s="2">
-        <v>338.89</v>
+        <v>138.19999999999999</v>
       </c>
     </row>
     <row r="3560" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3560" s="1" t="s">
-        <v>2273</v>
+        <v>2170</v>
       </c>
       <c r="B3560" s="2">
-        <v>22118.02</v>
+        <v>108.62</v>
       </c>
     </row>
     <row r="3561" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3561" s="1" t="s">
-        <v>2274</v>
+        <v>2171</v>
       </c>
       <c r="B3561" s="2">
-        <v>225.54</v>
+        <v>105.61</v>
       </c>
     </row>
     <row r="3562" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3562" s="1" t="s">
-        <v>2275</v>
+        <v>2754</v>
       </c>
       <c r="B3562" s="2">
-        <v>536.67999999999995</v>
+        <v>100</v>
       </c>
     </row>
     <row r="3563" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3563" s="1" t="s">
-        <v>2276</v>
+        <v>4204</v>
       </c>
       <c r="B3563" s="2">
-        <v>448.78</v>
+        <v>70.56</v>
       </c>
     </row>
     <row r="3564" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3564" s="1" t="s">
-        <v>2277</v>
+        <v>4205</v>
       </c>
       <c r="B3564" s="2">
-        <v>231.33</v>
+        <v>317.52</v>
       </c>
     </row>
     <row r="3565" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3565" s="1" t="s">
-        <v>2278</v>
+        <v>4206</v>
       </c>
       <c r="B3565" s="2">
-        <v>164.09</v>
+        <v>458.64</v>
       </c>
     </row>
     <row r="3566" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3566" s="1" t="s">
-        <v>2279</v>
+        <v>2172</v>
       </c>
       <c r="B3566" s="2">
-        <v>115.1</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3567" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3567" s="1" t="s">
-        <v>2280</v>
+        <v>3007</v>
       </c>
       <c r="B3567" s="2">
-        <v>151.51</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="3568" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3568" s="1" t="s">
-        <v>3109</v>
+        <v>2173</v>
       </c>
       <c r="B3568" s="2">
-        <v>41.96</v>
+        <v>3458.41</v>
       </c>
     </row>
     <row r="3569" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3569" s="1" t="s">
-        <v>2281</v>
+        <v>2174</v>
       </c>
       <c r="B3569" s="2">
-        <v>1905.01</v>
+        <v>121.48</v>
       </c>
     </row>
     <row r="3570" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3570" s="1" t="s">
-        <v>2282</v>
+        <v>2175</v>
       </c>
       <c r="B3570" s="2">
-        <v>2125.8000000000002</v>
+        <v>163.52000000000001</v>
       </c>
     </row>
     <row r="3571" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3571" s="1" t="s">
-        <v>2283</v>
+        <v>2176</v>
       </c>
       <c r="B3571" s="2">
-        <v>815.33</v>
+        <v>527.92999999999995</v>
       </c>
     </row>
     <row r="3572" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3572" s="1" t="s">
-        <v>2284</v>
+        <v>2177</v>
       </c>
       <c r="B3572" s="2">
-        <v>273.27999999999997</v>
+        <v>205.71</v>
       </c>
     </row>
     <row r="3573" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3573" s="1" t="s">
-        <v>2285</v>
+        <v>2178</v>
       </c>
       <c r="B3573" s="2">
-        <v>1905.01</v>
+        <v>13160.79</v>
       </c>
     </row>
     <row r="3574" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3574" s="1" t="s">
-        <v>3004</v>
+        <v>2179</v>
       </c>
       <c r="B3574" s="2">
-        <v>280.8</v>
+        <v>40321.06</v>
       </c>
     </row>
     <row r="3575" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3575" s="1" t="s">
-        <v>3005</v>
+        <v>2180</v>
       </c>
       <c r="B3575" s="2">
-        <v>770.22</v>
+        <v>26600.35</v>
       </c>
     </row>
     <row r="3576" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3576" s="1" t="s">
-        <v>2286</v>
+        <v>4207</v>
       </c>
       <c r="B3576" s="2">
-        <v>207.04</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="3577" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3577" s="1" t="s">
-        <v>2287</v>
+        <v>4208</v>
       </c>
       <c r="B3577" s="2">
-        <v>1474.58</v>
+        <v>2646</v>
       </c>
     </row>
     <row r="3578" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3578" s="1" t="s">
-        <v>2288</v>
+        <v>2181</v>
       </c>
       <c r="B3578" s="2">
-        <v>7976.16</v>
+        <v>10027.549999999999</v>
       </c>
     </row>
     <row r="3579" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3579" s="1" t="s">
-        <v>2289</v>
+        <v>2182</v>
       </c>
       <c r="B3579" s="2">
-        <v>80.349999999999994</v>
+        <v>10027.549999999999</v>
       </c>
     </row>
     <row r="3580" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3580" s="1" t="s">
-        <v>3132</v>
+        <v>2183</v>
       </c>
       <c r="B3580" s="2">
-        <v>41.96</v>
+        <v>12032.73</v>
       </c>
     </row>
     <row r="3581" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3581" s="1" t="s">
-        <v>3046</v>
+        <v>2184</v>
       </c>
       <c r="B3581" s="2">
-        <v>159.82</v>
+        <v>10027.549999999999</v>
       </c>
     </row>
     <row r="3582" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3582" s="1" t="s">
-        <v>3247</v>
+        <v>2185</v>
       </c>
       <c r="B3582" s="2">
-        <v>48.22</v>
+        <v>6662.39</v>
       </c>
     </row>
     <row r="3583" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3583" s="1" t="s">
-        <v>2290</v>
+        <v>2186</v>
       </c>
       <c r="B3583" s="2">
-        <v>159.82</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="3584" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3584" s="1" t="s">
-        <v>2291</v>
+        <v>2187</v>
       </c>
       <c r="B3584" s="2">
-        <v>1081.81</v>
+        <v>369.31</v>
       </c>
     </row>
     <row r="3585" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3585" s="1" t="s">
-        <v>2292</v>
+        <v>2188</v>
       </c>
       <c r="B3585" s="2">
-        <v>373.59</v>
+        <v>8207.44</v>
       </c>
     </row>
     <row r="3586" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3586" s="1" t="s">
-        <v>2293</v>
+        <v>2189</v>
       </c>
       <c r="B3586" s="2">
-        <v>464.76</v>
+        <v>5561.2</v>
       </c>
     </row>
     <row r="3587" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3587" s="1" t="s">
-        <v>2294</v>
+        <v>2190</v>
       </c>
       <c r="B3587" s="2">
-        <v>453.59</v>
+        <v>5561.2</v>
       </c>
     </row>
     <row r="3588" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3588" s="1" t="s">
-        <v>2295</v>
+        <v>2191</v>
       </c>
       <c r="B3588" s="2">
-        <v>1717.62</v>
+        <v>2492.29</v>
       </c>
     </row>
     <row r="3589" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3589" s="1" t="s">
-        <v>2296</v>
+        <v>3031</v>
       </c>
       <c r="B3589" s="2">
-        <v>7124.44</v>
+        <v>41.06</v>
       </c>
     </row>
     <row r="3590" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3590" s="1" t="s">
-        <v>2297</v>
+        <v>2192</v>
       </c>
       <c r="B3590" s="2">
-        <v>848.98</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3591" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3591" s="1" t="s">
-        <v>2298</v>
+        <v>2193</v>
       </c>
       <c r="B3591" s="2">
-        <v>2238.4499999999998</v>
+        <v>470.7</v>
       </c>
     </row>
     <row r="3592" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3592" s="1" t="s">
-        <v>2299</v>
+        <v>2194</v>
       </c>
       <c r="B3592" s="2">
-        <v>660.78</v>
+        <v>1027.83</v>
       </c>
     </row>
     <row r="3593" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3593" s="1" t="s">
-        <v>2300</v>
+        <v>2195</v>
       </c>
       <c r="B3593" s="2">
-        <v>3469.94</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3594" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3594" s="1" t="s">
-        <v>2301</v>
+        <v>2196</v>
       </c>
       <c r="B3594" s="2">
-        <v>4184.33</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="3595" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3595" s="1" t="s">
-        <v>2302</v>
+        <v>2197</v>
       </c>
       <c r="B3595" s="2">
-        <v>2834.91</v>
+        <v>357.41</v>
       </c>
     </row>
     <row r="3596" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3596" s="1" t="s">
-        <v>3307</v>
+        <v>2198</v>
       </c>
       <c r="B3596" s="2">
-        <v>87.49</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3597" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3597" s="1" t="s">
-        <v>2917</v>
+        <v>3008</v>
       </c>
       <c r="B3597" s="2">
-        <v>32.14</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3598" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3598" s="1" t="s">
-        <v>2303</v>
+        <v>2199</v>
       </c>
       <c r="B3598" s="2">
-        <v>809.65</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3599" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3599" s="1" t="s">
-        <v>2304</v>
+        <v>2200</v>
       </c>
       <c r="B3599" s="2">
-        <v>357.41</v>
+        <v>11635.48</v>
       </c>
     </row>
     <row r="3600" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3600" s="1" t="s">
-        <v>2305</v>
+        <v>2201</v>
       </c>
       <c r="B3600" s="2">
-        <v>811.96</v>
+        <v>46510.33</v>
       </c>
     </row>
     <row r="3601" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3601" s="1" t="s">
-        <v>2306</v>
+        <v>2202</v>
       </c>
       <c r="B3601" s="2">
-        <v>28526.06</v>
+        <v>21757.24</v>
       </c>
     </row>
     <row r="3602" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3602" s="1" t="s">
-        <v>2307</v>
+        <v>2203</v>
       </c>
       <c r="B3602" s="2">
-        <v>335.65</v>
+        <v>30365.279999999999</v>
       </c>
     </row>
     <row r="3603" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3603" s="1" t="s">
-        <v>2308</v>
+        <v>2204</v>
       </c>
       <c r="B3603" s="2">
-        <v>508.92</v>
+        <v>27559</v>
       </c>
     </row>
     <row r="3604" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3604" s="1" t="s">
-        <v>2309</v>
+        <v>2205</v>
       </c>
       <c r="B3604" s="2">
-        <v>508.92</v>
+        <v>14244.75</v>
       </c>
     </row>
     <row r="3605" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3605" s="1" t="s">
-        <v>2310</v>
+        <v>2206</v>
       </c>
       <c r="B3605" s="2">
-        <v>846.67</v>
+        <v>110.87</v>
       </c>
     </row>
     <row r="3606" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3606" s="1" t="s">
-        <v>2311</v>
+        <v>2207</v>
       </c>
       <c r="B3606" s="2">
-        <v>846.67</v>
+        <v>11615.63</v>
       </c>
     </row>
     <row r="3607" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3607" s="1" t="s">
-        <v>3110</v>
+        <v>2208</v>
       </c>
       <c r="B3607" s="2">
-        <v>41.96</v>
+        <v>3969.89</v>
       </c>
     </row>
     <row r="3608" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3608" s="1" t="s">
-        <v>2312</v>
+        <v>2688</v>
       </c>
       <c r="B3608" s="2">
-        <v>41.96</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="3609" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3609" s="1" t="s">
-        <v>2313</v>
+        <v>2689</v>
       </c>
       <c r="B3609" s="2">
-        <v>41.96</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3610" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3610" s="1" t="s">
-        <v>2314</v>
+        <v>2209</v>
       </c>
       <c r="B3610" s="2">
-        <v>41.96</v>
+        <v>224.99</v>
       </c>
     </row>
     <row r="3611" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3611" s="1" t="s">
-        <v>2315</v>
+        <v>2210</v>
       </c>
       <c r="B3611" s="2">
-        <v>41.96</v>
+        <v>224.99</v>
       </c>
     </row>
     <row r="3612" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3612" s="1" t="s">
-        <v>2316</v>
+        <v>2211</v>
       </c>
       <c r="B3612" s="2">
-        <v>32.14</v>
+        <v>224.99</v>
       </c>
     </row>
     <row r="3613" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3613" s="1" t="s">
-        <v>2718</v>
+        <v>2212</v>
       </c>
       <c r="B3613" s="2">
-        <v>32.14</v>
+        <v>224.99</v>
       </c>
     </row>
     <row r="3614" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3614" s="1" t="s">
-        <v>2838</v>
+        <v>2690</v>
       </c>
       <c r="B3614" s="2">
-        <v>1058.42</v>
+        <v>224.99</v>
       </c>
     </row>
     <row r="3615" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3615" s="1" t="s">
-        <v>3194</v>
+        <v>3314</v>
       </c>
       <c r="B3615" s="2">
-        <v>48.22</v>
+        <v>173.04</v>
       </c>
     </row>
     <row r="3616" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3616" s="1" t="s">
-        <v>2317</v>
+        <v>4209</v>
       </c>
       <c r="B3616" s="2">
-        <v>41.96</v>
+        <v>88.2</v>
       </c>
     </row>
     <row r="3617" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3617" s="1" t="s">
-        <v>2318</v>
+        <v>4210</v>
       </c>
       <c r="B3617" s="2">
-        <v>41.96</v>
+        <v>264.60000000000002</v>
       </c>
     </row>
     <row r="3618" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3618" s="1" t="s">
-        <v>2719</v>
+        <v>4211</v>
       </c>
       <c r="B3618" s="2">
-        <v>32.14</v>
+        <v>882</v>
       </c>
     </row>
     <row r="3619" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3619" s="1" t="s">
-        <v>2319</v>
+        <v>2213</v>
       </c>
       <c r="B3619" s="2">
-        <v>32.14</v>
+        <v>360.91</v>
       </c>
     </row>
     <row r="3620" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3620" s="1" t="s">
-        <v>2320</v>
+        <v>2214</v>
       </c>
       <c r="B3620" s="2">
-        <v>41.96</v>
+        <v>242.95</v>
       </c>
     </row>
     <row r="3621" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3621" s="1" t="s">
-        <v>2321</v>
+        <v>2215</v>
       </c>
       <c r="B3621" s="2">
-        <v>13997.68</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="3622" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3622" s="1" t="s">
-        <v>2760</v>
+        <v>2216</v>
       </c>
       <c r="B3622" s="2">
-        <v>176.4</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3623" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3623" s="1" t="s">
-        <v>2761</v>
+        <v>2217</v>
       </c>
       <c r="B3623" s="2">
-        <v>1058.42</v>
+        <v>242.95</v>
       </c>
     </row>
     <row r="3624" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3624" s="1" t="s">
-        <v>2762</v>
+        <v>2218</v>
       </c>
       <c r="B3624" s="2">
-        <v>2646</v>
+        <v>363.25</v>
       </c>
     </row>
     <row r="3625" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3625" s="1" t="s">
-        <v>2763</v>
+        <v>2219</v>
       </c>
       <c r="B3625" s="2">
-        <v>4410</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="3626" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3626" s="1" t="s">
-        <v>2322</v>
+        <v>2691</v>
       </c>
       <c r="B3626" s="2">
-        <v>579.47</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3627" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3627" s="1" t="s">
-        <v>2720</v>
+        <v>2220</v>
       </c>
       <c r="B3627" s="2">
-        <v>459.27</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3628" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3628" s="1" t="s">
-        <v>2323</v>
+        <v>2221</v>
       </c>
       <c r="B3628" s="2">
-        <v>459.27</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3629" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3629" s="1" t="s">
-        <v>2324</v>
+        <v>4212</v>
       </c>
       <c r="B3629" s="2">
-        <v>459.27</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3630" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3630" s="1" t="s">
-        <v>2802</v>
+        <v>2222</v>
       </c>
       <c r="B3630" s="2">
-        <v>918.54</v>
+        <v>102.33</v>
       </c>
     </row>
     <row r="3631" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3631" s="1" t="s">
-        <v>2325</v>
+        <v>3105</v>
       </c>
       <c r="B3631" s="2">
-        <v>1407.64</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3632" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3632" s="1" t="s">
-        <v>2326</v>
+        <v>2692</v>
       </c>
       <c r="B3632" s="2">
-        <v>1113.55</v>
+        <v>395.41</v>
       </c>
     </row>
     <row r="3633" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3633" s="1" t="s">
-        <v>2327</v>
+        <v>2898</v>
       </c>
       <c r="B3633" s="2">
-        <v>544.29</v>
+        <v>209.77</v>
       </c>
     </row>
     <row r="3634" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3634" s="1" t="s">
-        <v>2328</v>
+        <v>2693</v>
       </c>
       <c r="B3634" s="2">
-        <v>148.56</v>
+        <v>559.4</v>
       </c>
     </row>
     <row r="3635" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3635" s="1" t="s">
-        <v>2329</v>
+        <v>2725</v>
       </c>
       <c r="B3635" s="2">
-        <v>878.84</v>
+        <v>529.22</v>
       </c>
     </row>
     <row r="3636" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3636" s="1" t="s">
-        <v>2330</v>
+        <v>2726</v>
       </c>
       <c r="B3636" s="2">
-        <v>663.37</v>
+        <v>1587.6</v>
       </c>
     </row>
     <row r="3637" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3637" s="1" t="s">
-        <v>2331</v>
+        <v>2223</v>
       </c>
       <c r="B3637" s="2">
-        <v>418.45</v>
+        <v>304.98</v>
       </c>
     </row>
     <row r="3638" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3638" s="1" t="s">
-        <v>2332</v>
+        <v>2224</v>
       </c>
       <c r="B3638" s="2">
-        <v>906.04</v>
+        <v>1212.79</v>
       </c>
     </row>
     <row r="3639" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3639" s="1" t="s">
-        <v>2333</v>
+        <v>2225</v>
       </c>
       <c r="B3639" s="2">
-        <v>167.83</v>
+        <v>3442.74</v>
       </c>
     </row>
     <row r="3640" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3640" s="1" t="s">
-        <v>2334</v>
+        <v>2694</v>
       </c>
       <c r="B3640" s="2">
-        <v>873.14</v>
+        <v>8197.02</v>
       </c>
     </row>
     <row r="3641" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3641" s="1" t="s">
-        <v>2335</v>
+        <v>4213</v>
       </c>
       <c r="B3641" s="2">
-        <v>742.76</v>
+        <v>841.39</v>
       </c>
     </row>
     <row r="3642" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3642" s="1" t="s">
-        <v>2336</v>
+        <v>2226</v>
       </c>
       <c r="B3642" s="2">
-        <v>552.24</v>
+        <v>32703.59</v>
       </c>
     </row>
     <row r="3643" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3643" s="1" t="s">
-        <v>2337</v>
+        <v>2227</v>
       </c>
       <c r="B3643" s="2">
-        <v>251.74</v>
+        <v>1336.18</v>
       </c>
     </row>
     <row r="3644" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3644" s="1" t="s">
-        <v>2721</v>
+        <v>3197</v>
       </c>
       <c r="B3644" s="2">
-        <v>653.23</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3645" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3645" s="1" t="s">
-        <v>2338</v>
+        <v>2228</v>
       </c>
       <c r="B3645" s="2">
-        <v>348.57</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3646" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3646" s="1" t="s">
-        <v>2339</v>
+        <v>2229</v>
       </c>
       <c r="B3646" s="2">
-        <v>302.77999999999997</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3647" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3647" s="1" t="s">
-        <v>2340</v>
+        <v>2230</v>
       </c>
       <c r="B3647" s="2">
-        <v>698.53</v>
+        <v>668.57</v>
       </c>
     </row>
     <row r="3648" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3648" s="1" t="s">
-        <v>2341</v>
+        <v>4214</v>
       </c>
       <c r="B3648" s="2">
-        <v>746.15</v>
+        <v>529.22</v>
       </c>
     </row>
     <row r="3649" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3649" s="1" t="s">
-        <v>2342</v>
+        <v>4215</v>
       </c>
       <c r="B3649" s="2">
-        <v>460.39</v>
+        <v>882.02</v>
       </c>
     </row>
     <row r="3650" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3650" s="1" t="s">
-        <v>2343</v>
+        <v>4216</v>
       </c>
       <c r="B3650" s="2">
-        <v>869.76</v>
+        <v>5292.02</v>
       </c>
     </row>
     <row r="3651" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3651" s="1" t="s">
-        <v>2344</v>
+        <v>2945</v>
       </c>
       <c r="B3651" s="2">
-        <v>141.74</v>
+        <v>768.88</v>
       </c>
     </row>
     <row r="3652" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3652" s="1" t="s">
-        <v>2345</v>
+        <v>2231</v>
       </c>
       <c r="B3652" s="2">
-        <v>562.45000000000005</v>
+        <v>250.7</v>
       </c>
     </row>
     <row r="3653" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3653" s="1" t="s">
-        <v>2346</v>
+        <v>2232</v>
       </c>
       <c r="B3653" s="2">
-        <v>783.57</v>
+        <v>212.07</v>
       </c>
     </row>
     <row r="3654" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3654" s="1" t="s">
-        <v>2347</v>
+        <v>2233</v>
       </c>
       <c r="B3654" s="2">
-        <v>868.62</v>
+        <v>411.01</v>
       </c>
     </row>
     <row r="3655" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3655" s="1" t="s">
-        <v>2348</v>
+        <v>2234</v>
       </c>
       <c r="B3655" s="2">
-        <v>963.86</v>
+        <v>587.33000000000004</v>
       </c>
     </row>
     <row r="3656" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3656" s="1" t="s">
-        <v>2349</v>
+        <v>2235</v>
       </c>
       <c r="B3656" s="2">
-        <v>445.66</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3657" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3657" s="1" t="s">
-        <v>2350</v>
+        <v>2236</v>
       </c>
       <c r="B3657" s="2">
-        <v>432.04</v>
+        <v>241.8</v>
       </c>
     </row>
     <row r="3658" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3658" s="1" t="s">
-        <v>2351</v>
+        <v>2695</v>
       </c>
       <c r="B3658" s="2">
-        <v>535.24</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="3659" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3659" s="1" t="s">
-        <v>2352</v>
+        <v>3137</v>
       </c>
       <c r="B3659" s="2">
-        <v>375.35</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3660" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3660" s="1" t="s">
-        <v>2353</v>
+        <v>2237</v>
       </c>
       <c r="B3660" s="2">
-        <v>438.85</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3661" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3661" s="1" t="s">
-        <v>2354</v>
+        <v>2238</v>
       </c>
       <c r="B3661" s="2">
-        <v>60.04</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="3662" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3662" s="1" t="s">
-        <v>2355</v>
+        <v>2239</v>
       </c>
       <c r="B3662" s="2">
-        <v>774.51</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3663" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3663" s="1" t="s">
-        <v>2356</v>
+        <v>2240</v>
       </c>
       <c r="B3663" s="2">
-        <v>728</v>
+        <v>154.87</v>
       </c>
     </row>
     <row r="3664" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3664" s="1" t="s">
-        <v>2357</v>
+        <v>2241</v>
       </c>
       <c r="B3664" s="2">
-        <v>686.06</v>
+        <v>307.36</v>
       </c>
     </row>
     <row r="3665" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3665" s="1" t="s">
-        <v>2358</v>
+        <v>2242</v>
       </c>
       <c r="B3665" s="2">
-        <v>2213.5100000000002</v>
+        <v>307.36</v>
       </c>
     </row>
     <row r="3666" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3666" s="1" t="s">
-        <v>2359</v>
+        <v>2243</v>
       </c>
       <c r="B3666" s="2">
-        <v>271.49</v>
+        <v>3288.11</v>
       </c>
     </row>
     <row r="3667" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3667" s="1" t="s">
-        <v>2360</v>
+        <v>2244</v>
       </c>
       <c r="B3667" s="2">
-        <v>611.21</v>
+        <v>5547.92</v>
       </c>
     </row>
     <row r="3668" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3668" s="1" t="s">
-        <v>2361</v>
+        <v>2245</v>
       </c>
       <c r="B3668" s="2">
-        <v>484.2</v>
+        <v>13819.28</v>
       </c>
     </row>
     <row r="3669" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3669" s="1" t="s">
-        <v>2362</v>
+        <v>2246</v>
       </c>
       <c r="B3669" s="2">
-        <v>412.76</v>
+        <v>13160.79</v>
       </c>
     </row>
     <row r="3670" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3670" s="1" t="s">
-        <v>2810</v>
+        <v>2247</v>
       </c>
       <c r="B3670" s="2">
-        <v>88.2</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3671" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3671" s="1" t="s">
-        <v>2811</v>
+        <v>2696</v>
       </c>
       <c r="B3671" s="2">
-        <v>264.62</v>
+        <v>1083.58</v>
       </c>
     </row>
     <row r="3672" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3672" s="1" t="s">
-        <v>2812</v>
+        <v>2248</v>
       </c>
       <c r="B3672" s="2">
-        <v>882</v>
+        <v>1833.48</v>
       </c>
     </row>
     <row r="3673" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3673" s="1" t="s">
-        <v>3374</v>
+        <v>2249</v>
       </c>
       <c r="B3673" s="2">
-        <v>529.21</v>
+        <v>1316.32</v>
       </c>
     </row>
     <row r="3674" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3674" s="1" t="s">
-        <v>2363</v>
+        <v>2697</v>
       </c>
       <c r="B3674" s="2">
-        <v>4234.47</v>
+        <v>2134.2199999999998</v>
       </c>
     </row>
     <row r="3675" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3675" s="1" t="s">
-        <v>2364</v>
+        <v>2698</v>
       </c>
       <c r="B3675" s="2">
-        <v>5920.86</v>
+        <v>2134.2199999999998</v>
       </c>
     </row>
     <row r="3676" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3676" s="1" t="s">
-        <v>2365</v>
+        <v>2699</v>
       </c>
       <c r="B3676" s="2">
-        <v>7259.09</v>
+        <v>2134.2199999999998</v>
       </c>
     </row>
     <row r="3677" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3677" s="1" t="s">
-        <v>2366</v>
+        <v>2700</v>
       </c>
       <c r="B3677" s="2">
-        <v>8560.33</v>
+        <v>2134.2199999999998</v>
       </c>
     </row>
     <row r="3678" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3678" s="1" t="s">
-        <v>2367</v>
+        <v>2701</v>
       </c>
       <c r="B3678" s="2">
-        <v>3002.65</v>
+        <v>2134.2199999999998</v>
       </c>
     </row>
     <row r="3679" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3679" s="1" t="s">
-        <v>2368</v>
+        <v>2250</v>
       </c>
       <c r="B3679" s="2">
-        <v>83.03</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="3680" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3680" s="1" t="s">
-        <v>3223</v>
+        <v>2251</v>
       </c>
       <c r="B3680" s="2">
-        <v>83.93</v>
+        <v>256.14</v>
       </c>
     </row>
     <row r="3681" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3681" s="1" t="s">
-        <v>3212</v>
+        <v>2252</v>
       </c>
       <c r="B3681" s="2">
-        <v>48.22</v>
+        <v>44850.61</v>
       </c>
     </row>
     <row r="3682" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3682" s="1" t="s">
-        <v>2369</v>
+        <v>2253</v>
       </c>
       <c r="B3682" s="2">
-        <v>20650.66</v>
+        <v>570.66</v>
       </c>
     </row>
     <row r="3683" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3683" s="1" t="s">
-        <v>2370</v>
+        <v>2254</v>
       </c>
       <c r="B3683" s="2">
-        <v>16708.900000000001</v>
+        <v>1038.8499999999999</v>
       </c>
     </row>
     <row r="3684" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3684" s="1" t="s">
-        <v>2371</v>
+        <v>2255</v>
       </c>
       <c r="B3684" s="2">
-        <v>16708.900000000001</v>
+        <v>438.41</v>
       </c>
     </row>
     <row r="3685" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3685" s="1" t="s">
-        <v>2372</v>
+        <v>2256</v>
       </c>
       <c r="B3685" s="2">
-        <v>20650.66</v>
+        <v>349.06</v>
       </c>
     </row>
     <row r="3686" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3686" s="1" t="s">
-        <v>2852</v>
+        <v>2257</v>
       </c>
       <c r="B3686" s="2">
-        <v>882</v>
+        <v>22781.56</v>
       </c>
     </row>
     <row r="3687" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3687" s="1" t="s">
-        <v>2764</v>
+        <v>2258</v>
       </c>
       <c r="B3687" s="2">
-        <v>176.4</v>
+        <v>232.31</v>
       </c>
     </row>
     <row r="3688" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3688" s="1" t="s">
-        <v>2765</v>
+        <v>2259</v>
       </c>
       <c r="B3688" s="2">
-        <v>1058.42</v>
+        <v>552.78</v>
       </c>
     </row>
     <row r="3689" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3689" s="1" t="s">
-        <v>2766</v>
+        <v>2260</v>
       </c>
       <c r="B3689" s="2">
-        <v>2646.02</v>
+        <v>462.24</v>
       </c>
     </row>
     <row r="3690" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3690" s="1" t="s">
-        <v>2767</v>
+        <v>2261</v>
       </c>
       <c r="B3690" s="2">
-        <v>4410.0200000000004</v>
+        <v>109.75</v>
       </c>
     </row>
     <row r="3691" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3691" s="1" t="s">
-        <v>2768</v>
+        <v>2262</v>
       </c>
       <c r="B3691" s="2">
-        <v>6174.02</v>
+        <v>109.75</v>
       </c>
     </row>
     <row r="3692" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3692" s="1" t="s">
-        <v>2769</v>
+        <v>2263</v>
       </c>
       <c r="B3692" s="2">
-        <v>7938.02</v>
+        <v>162.72999999999999</v>
       </c>
     </row>
     <row r="3693" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3693" s="1" t="s">
-        <v>2373</v>
+        <v>2264</v>
       </c>
       <c r="B3693" s="2">
-        <v>136.6</v>
+        <v>156.06</v>
       </c>
     </row>
     <row r="3694" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3694" s="1" t="s">
-        <v>2374</v>
+        <v>3009</v>
       </c>
       <c r="B3694" s="2">
-        <v>1225.57</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3695" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3695" s="1" t="s">
-        <v>2375</v>
+        <v>2265</v>
       </c>
       <c r="B3695" s="2">
-        <v>639.04</v>
+        <v>1962.16</v>
       </c>
     </row>
     <row r="3696" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3696" s="1" t="s">
-        <v>2376</v>
+        <v>2266</v>
       </c>
       <c r="B3696" s="2">
-        <v>639.04</v>
+        <v>2189.5700000000002</v>
       </c>
     </row>
     <row r="3697" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3697" s="1" t="s">
-        <v>2377</v>
+        <v>2267</v>
       </c>
       <c r="B3697" s="2">
-        <v>2293.62</v>
+        <v>839.79</v>
       </c>
     </row>
     <row r="3698" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3698" s="1" t="s">
-        <v>2378</v>
+        <v>2268</v>
       </c>
       <c r="B3698" s="2">
-        <v>1225.57</v>
+        <v>281.48</v>
       </c>
     </row>
     <row r="3699" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3699" s="1" t="s">
-        <v>2379</v>
+        <v>2269</v>
       </c>
       <c r="B3699" s="2">
-        <v>1225.57</v>
+        <v>1962.16</v>
       </c>
     </row>
     <row r="3700" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3700" s="1" t="s">
-        <v>3431</v>
+        <v>2904</v>
       </c>
       <c r="B3700" s="2">
-        <v>3528.02</v>
+        <v>280.8</v>
       </c>
     </row>
     <row r="3701" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3701" s="1" t="s">
-        <v>2380</v>
+        <v>2905</v>
       </c>
       <c r="B3701" s="2">
-        <v>75.98</v>
+        <v>770.22</v>
       </c>
     </row>
     <row r="3702" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3702" s="1" t="s">
-        <v>2381</v>
+        <v>2270</v>
       </c>
       <c r="B3702" s="2">
-        <v>3357.68</v>
+        <v>213.25</v>
       </c>
     </row>
     <row r="3703" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3703" s="1" t="s">
-        <v>2382</v>
+        <v>2271</v>
       </c>
       <c r="B3703" s="2">
-        <v>1559.2</v>
+        <v>1518.82</v>
       </c>
     </row>
     <row r="3704" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3704" s="1" t="s">
-        <v>2383</v>
+        <v>2272</v>
       </c>
       <c r="B3704" s="2">
-        <v>3055.86</v>
+        <v>8215.44</v>
       </c>
     </row>
     <row r="3705" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3705" s="1" t="s">
-        <v>2384</v>
+        <v>2273</v>
       </c>
       <c r="B3705" s="2">
-        <v>2912.44</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3706" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3706" s="1" t="s">
-        <v>2385</v>
+        <v>3032</v>
       </c>
       <c r="B3706" s="2">
-        <v>835.1</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3707" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3707" s="1" t="s">
-        <v>2386</v>
+        <v>2946</v>
       </c>
       <c r="B3707" s="2">
-        <v>131.54</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="3708" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3708" s="1" t="s">
-        <v>2387</v>
+        <v>3146</v>
       </c>
       <c r="B3708" s="2">
-        <v>3178.46</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3709" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3709" s="1" t="s">
-        <v>2722</v>
+        <v>2274</v>
       </c>
       <c r="B3709" s="2">
-        <v>80.349999999999994</v>
+        <v>159.82</v>
       </c>
     </row>
     <row r="3710" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3710" s="1" t="s">
-        <v>2388</v>
+        <v>2275</v>
       </c>
       <c r="B3710" s="2">
-        <v>136.6</v>
+        <v>1114.26</v>
       </c>
     </row>
     <row r="3711" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3711" s="1" t="s">
-        <v>2389</v>
+        <v>2276</v>
       </c>
       <c r="B3711" s="2">
-        <v>60.71</v>
+        <v>384.8</v>
       </c>
     </row>
     <row r="3712" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3712" s="1" t="s">
-        <v>2723</v>
+        <v>2277</v>
       </c>
       <c r="B3712" s="2">
-        <v>48.22</v>
+        <v>478.7</v>
       </c>
     </row>
     <row r="3713" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3713" s="1" t="s">
-        <v>2390</v>
+        <v>2278</v>
       </c>
       <c r="B3713" s="2">
-        <v>48.22</v>
+        <v>467.2</v>
       </c>
     </row>
     <row r="3714" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3714" s="1" t="s">
-        <v>2724</v>
+        <v>2279</v>
       </c>
       <c r="B3714" s="2">
-        <v>48.22</v>
+        <v>1769.15</v>
       </c>
     </row>
     <row r="3715" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3715" s="1" t="s">
-        <v>2391</v>
+        <v>2280</v>
       </c>
       <c r="B3715" s="2">
-        <v>3357.68</v>
+        <v>7338.17</v>
       </c>
     </row>
     <row r="3716" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3716" s="1" t="s">
-        <v>2392</v>
+        <v>2281</v>
       </c>
       <c r="B3716" s="2">
-        <v>41.96</v>
+        <v>874.45</v>
       </c>
     </row>
     <row r="3717" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3717" s="1" t="s">
-        <v>2393</v>
+        <v>2282</v>
       </c>
       <c r="B3717" s="2">
-        <v>267.8</v>
+        <v>2305.6</v>
       </c>
     </row>
     <row r="3718" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3718" s="1" t="s">
-        <v>2725</v>
+        <v>2283</v>
       </c>
       <c r="B3718" s="2">
-        <v>80.349999999999994</v>
+        <v>680.6</v>
       </c>
     </row>
     <row r="3719" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3719" s="1" t="s">
-        <v>2394</v>
+        <v>2284</v>
       </c>
       <c r="B3719" s="2">
-        <v>108.02</v>
+        <v>3574.04</v>
       </c>
     </row>
     <row r="3720" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3720" s="1" t="s">
-        <v>2395</v>
+        <v>2285</v>
       </c>
       <c r="B3720" s="2">
-        <v>80.349999999999994</v>
+        <v>4309.8599999999997</v>
       </c>
     </row>
     <row r="3721" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3721" s="1" t="s">
-        <v>2396</v>
+        <v>2286</v>
       </c>
       <c r="B3721" s="2">
-        <v>68.75</v>
+        <v>2919.96</v>
       </c>
     </row>
     <row r="3722" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3722" s="1" t="s">
-        <v>2397</v>
+        <v>3204</v>
       </c>
       <c r="B3722" s="2">
-        <v>108.02</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="3723" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3723" s="1" t="s">
-        <v>2398</v>
+        <v>2817</v>
       </c>
       <c r="B3723" s="2">
-        <v>108.02</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="3724" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3724" s="1" t="s">
-        <v>2399</v>
+        <v>2287</v>
       </c>
       <c r="B3724" s="2">
-        <v>80.349999999999994</v>
+        <v>833.94</v>
       </c>
     </row>
     <row r="3725" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3725" s="1" t="s">
-        <v>2726</v>
+        <v>2288</v>
       </c>
       <c r="B3725" s="2">
-        <v>80.349999999999994</v>
+        <v>387.47</v>
       </c>
     </row>
     <row r="3726" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3726" s="1" t="s">
-        <v>2400</v>
+        <v>2289</v>
       </c>
       <c r="B3726" s="2">
-        <v>68.75</v>
+        <v>774.94</v>
       </c>
     </row>
     <row r="3727" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3727" s="1" t="s">
-        <v>2401</v>
+        <v>2290</v>
       </c>
       <c r="B3727" s="2">
-        <v>895.83</v>
+        <v>29381.84</v>
       </c>
     </row>
     <row r="3728" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3728" s="1" t="s">
-        <v>3111</v>
+        <v>2291</v>
       </c>
       <c r="B3728" s="2">
-        <v>80.349999999999994</v>
+        <v>345.72</v>
       </c>
     </row>
     <row r="3729" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3729" s="1" t="s">
-        <v>2727</v>
+        <v>2292</v>
       </c>
       <c r="B3729" s="2">
-        <v>60.71</v>
+        <v>524.19000000000005</v>
       </c>
     </row>
     <row r="3730" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3730" s="1" t="s">
-        <v>3340</v>
+        <v>2293</v>
       </c>
       <c r="B3730" s="2">
-        <v>852.62</v>
+        <v>524.19000000000005</v>
       </c>
     </row>
     <row r="3731" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3731" s="1" t="s">
-        <v>3115</v>
+        <v>2294</v>
       </c>
       <c r="B3731" s="2">
-        <v>41.96</v>
+        <v>872.07</v>
       </c>
     </row>
     <row r="3732" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3732" s="1" t="s">
-        <v>2402</v>
+        <v>2295</v>
       </c>
       <c r="B3732" s="2">
-        <v>237.12</v>
+        <v>872.07</v>
       </c>
     </row>
     <row r="3733" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3733" s="1" t="s">
-        <v>2403</v>
+        <v>3010</v>
       </c>
       <c r="B3733" s="2">
-        <v>60.71</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3734" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3734" s="1" t="s">
-        <v>2404</v>
+        <v>2296</v>
       </c>
       <c r="B3734" s="2">
-        <v>60.71</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3735" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3735" s="1" t="s">
-        <v>2405</v>
+        <v>2297</v>
       </c>
       <c r="B3735" s="2">
-        <v>113.44</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3736" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3736" s="1" t="s">
-        <v>3338</v>
+        <v>2298</v>
       </c>
       <c r="B3736" s="2">
-        <v>378.55</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3737" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3737" s="1" t="s">
-        <v>3038</v>
+        <v>2299</v>
       </c>
       <c r="B3737" s="2">
-        <v>1123.2</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3738" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3738" s="1" t="s">
-        <v>3037</v>
+        <v>2300</v>
       </c>
       <c r="B3738" s="2">
-        <v>1544.4</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="3739" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3739" s="1" t="s">
-        <v>2406</v>
+        <v>2702</v>
       </c>
       <c r="B3739" s="2">
-        <v>45.69</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="3740" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3740" s="1" t="s">
-        <v>2407</v>
+        <v>3093</v>
       </c>
       <c r="B3740" s="2">
-        <v>120.28</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3741" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3741" s="1" t="s">
-        <v>2408</v>
+        <v>2301</v>
       </c>
       <c r="B3741" s="2">
-        <v>241.75</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3742" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3742" s="1" t="s">
-        <v>3370</v>
+        <v>2302</v>
       </c>
       <c r="B3742" s="2">
-        <v>873.01</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3743" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3743" s="1" t="s">
-        <v>2409</v>
+        <v>2703</v>
       </c>
       <c r="B3743" s="2">
-        <v>1254.6099999999999</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="3744" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3744" s="1" t="s">
-        <v>2410</v>
+        <v>2303</v>
       </c>
       <c r="B3744" s="2">
-        <v>4096.17</v>
+        <v>32.14</v>
       </c>
     </row>
     <row r="3745" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3745" s="1" t="s">
-        <v>2411</v>
+        <v>2304</v>
       </c>
       <c r="B3745" s="2">
-        <v>4096.17</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3746" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3746" s="1" t="s">
-        <v>2412</v>
+        <v>2305</v>
       </c>
       <c r="B3746" s="2">
-        <v>239.27</v>
+        <v>14417.61</v>
       </c>
     </row>
     <row r="3747" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3747" s="1" t="s">
-        <v>2413</v>
+        <v>4217</v>
       </c>
       <c r="B3747" s="2">
-        <v>731.41</v>
+        <v>3478.51</v>
       </c>
     </row>
     <row r="3748" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3748" s="1" t="s">
-        <v>2414</v>
+        <v>2306</v>
       </c>
       <c r="B3748" s="2">
-        <v>314.12</v>
+        <v>596.85</v>
       </c>
     </row>
     <row r="3749" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3749" s="1" t="s">
-        <v>2415</v>
+        <v>2704</v>
       </c>
       <c r="B3749" s="2">
-        <v>414.1</v>
+        <v>473.05</v>
       </c>
     </row>
     <row r="3750" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3750" s="1" t="s">
-        <v>3292</v>
+        <v>2307</v>
       </c>
       <c r="B3750" s="2">
-        <v>87.49</v>
+        <v>473.05</v>
       </c>
     </row>
     <row r="3751" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3751" s="1" t="s">
-        <v>2416</v>
+        <v>4218</v>
       </c>
       <c r="B3751" s="2">
-        <v>176.09</v>
+        <v>946.1</v>
       </c>
     </row>
     <row r="3752" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3752" s="1" t="s">
-        <v>2417</v>
+        <v>2308</v>
       </c>
       <c r="B3752" s="2">
-        <v>336.61</v>
+        <v>473.05</v>
       </c>
     </row>
     <row r="3753" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3753" s="1" t="s">
-        <v>2418</v>
+        <v>4219</v>
       </c>
       <c r="B3753" s="2">
-        <v>336.61</v>
+        <v>946.1</v>
       </c>
     </row>
     <row r="3754" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3754" s="1" t="s">
-        <v>2419</v>
+        <v>2309</v>
       </c>
       <c r="B3754" s="2">
-        <v>176.09</v>
+        <v>1449.87</v>
       </c>
     </row>
     <row r="3755" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3755" s="1" t="s">
-        <v>2420</v>
+        <v>2310</v>
       </c>
       <c r="B3755" s="2">
-        <v>176.09</v>
+        <v>1146.96</v>
       </c>
     </row>
     <row r="3756" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3756" s="1" t="s">
-        <v>2421</v>
+        <v>2311</v>
       </c>
       <c r="B3756" s="2">
-        <v>176.09</v>
+        <v>560.62</v>
       </c>
     </row>
     <row r="3757" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3757" s="1" t="s">
-        <v>2422</v>
+        <v>2312</v>
       </c>
       <c r="B3757" s="2">
-        <v>336.61</v>
+        <v>153.02000000000001</v>
       </c>
     </row>
     <row r="3758" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3758" s="1" t="s">
-        <v>2423</v>
+        <v>2313</v>
       </c>
       <c r="B3758" s="2">
-        <v>155.35</v>
+        <v>905.21</v>
       </c>
     </row>
     <row r="3759" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3759" s="1" t="s">
-        <v>2424</v>
+        <v>2314</v>
       </c>
       <c r="B3759" s="2">
-        <v>272.14999999999998</v>
+        <v>683.27</v>
       </c>
     </row>
     <row r="3760" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3760" s="1" t="s">
-        <v>2425</v>
+        <v>2315</v>
       </c>
       <c r="B3760" s="2">
-        <v>519.36</v>
+        <v>431</v>
       </c>
     </row>
     <row r="3761" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3761" s="1" t="s">
-        <v>2426</v>
+        <v>2316</v>
       </c>
       <c r="B3761" s="2">
-        <v>519.36</v>
+        <v>933.22</v>
       </c>
     </row>
     <row r="3762" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3762" s="1" t="s">
-        <v>2427</v>
+        <v>2317</v>
       </c>
       <c r="B3762" s="2">
-        <v>459.96</v>
+        <v>172.86</v>
       </c>
     </row>
     <row r="3763" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3763" s="1" t="s">
-        <v>2428</v>
+        <v>2318</v>
       </c>
       <c r="B3763" s="2">
-        <v>155.35</v>
+        <v>899.33</v>
       </c>
     </row>
     <row r="3764" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3764" s="1" t="s">
-        <v>2429</v>
+        <v>2319</v>
       </c>
       <c r="B3764" s="2">
-        <v>155.35</v>
+        <v>765.04</v>
       </c>
     </row>
     <row r="3765" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3765" s="1" t="s">
-        <v>2430</v>
+        <v>2320</v>
       </c>
       <c r="B3765" s="2">
-        <v>272.14999999999998</v>
+        <v>568.80999999999995</v>
       </c>
     </row>
     <row r="3766" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3766" s="1" t="s">
-        <v>2431</v>
+        <v>2321</v>
       </c>
       <c r="B3766" s="2">
-        <v>272.14999999999998</v>
+        <v>259.29000000000002</v>
       </c>
     </row>
     <row r="3767" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3767" s="1" t="s">
-        <v>2432</v>
+        <v>2705</v>
       </c>
       <c r="B3767" s="2">
-        <v>272.14999999999998</v>
+        <v>672.83</v>
       </c>
     </row>
     <row r="3768" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3768" s="1" t="s">
-        <v>2433</v>
+        <v>2322</v>
       </c>
       <c r="B3768" s="2">
-        <v>519.36</v>
+        <v>359.03</v>
       </c>
     </row>
     <row r="3769" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3769" s="1" t="s">
-        <v>2434</v>
+        <v>2323</v>
       </c>
       <c r="B3769" s="2">
-        <v>155.35</v>
+        <v>311.86</v>
       </c>
     </row>
     <row r="3770" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3770" s="1" t="s">
-        <v>2435</v>
+        <v>2324</v>
       </c>
       <c r="B3770" s="2">
-        <v>272.14999999999998</v>
+        <v>719.49</v>
       </c>
     </row>
     <row r="3771" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3771" s="1" t="s">
-        <v>2436</v>
+        <v>2325</v>
       </c>
       <c r="B3771" s="2">
-        <v>1002.13</v>
+        <v>768.53</v>
       </c>
     </row>
     <row r="3772" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3772" s="1" t="s">
-        <v>3112</v>
+        <v>2326</v>
       </c>
       <c r="B3772" s="2">
-        <v>80.349999999999994</v>
+        <v>474.2</v>
       </c>
     </row>
     <row r="3773" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3773" s="1" t="s">
-        <v>3234</v>
+        <v>2327</v>
       </c>
       <c r="B3773" s="2">
-        <v>83.93</v>
+        <v>895.85</v>
       </c>
     </row>
     <row r="3774" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3774" s="1" t="s">
-        <v>3173</v>
+        <v>2328</v>
       </c>
       <c r="B3774" s="2">
-        <v>60.71</v>
+        <v>579.32000000000005</v>
       </c>
     </row>
     <row r="3775" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3775" s="1" t="s">
-        <v>2437</v>
+        <v>2329</v>
       </c>
       <c r="B3775" s="2">
-        <v>40.18</v>
+        <v>579.32000000000005</v>
       </c>
     </row>
     <row r="3776" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3776" s="1" t="s">
-        <v>3635</v>
+        <v>2330</v>
       </c>
       <c r="B3776" s="2">
-        <v>5.3</v>
+        <v>807.08</v>
       </c>
     </row>
     <row r="3777" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3777" s="1" t="s">
-        <v>4100</v>
+        <v>2331</v>
       </c>
       <c r="B3777" s="2">
-        <v>29.43</v>
+        <v>894.68</v>
       </c>
     </row>
     <row r="3778" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3778" s="1" t="s">
-        <v>3864</v>
+        <v>2332</v>
       </c>
       <c r="B3778" s="2">
-        <v>2.95</v>
+        <v>992.78</v>
       </c>
     </row>
     <row r="3779" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3779" s="1" t="s">
-        <v>3626</v>
+        <v>2333</v>
       </c>
       <c r="B3779" s="2">
-        <v>4.34</v>
+        <v>459.03</v>
       </c>
     </row>
     <row r="3780" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3780" s="1" t="s">
-        <v>4088</v>
+        <v>2334</v>
       </c>
       <c r="B3780" s="2">
-        <v>20.94</v>
+        <v>445</v>
       </c>
     </row>
     <row r="3781" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3781" s="1" t="s">
-        <v>4078</v>
+        <v>2335</v>
       </c>
       <c r="B3781" s="2">
-        <v>22.58</v>
+        <v>551.29999999999995</v>
       </c>
     </row>
     <row r="3782" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3782" s="1" t="s">
-        <v>3971</v>
+        <v>2336</v>
       </c>
       <c r="B3782" s="2">
-        <v>1.3</v>
+        <v>386.61</v>
       </c>
     </row>
     <row r="3783" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3783" s="1" t="s">
-        <v>4090</v>
+        <v>2337</v>
       </c>
       <c r="B3783" s="2">
-        <v>116.15</v>
+        <v>452.02</v>
       </c>
     </row>
     <row r="3784" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3784" s="1" t="s">
-        <v>3769</v>
+        <v>2338</v>
       </c>
       <c r="B3784" s="2">
-        <v>1.06</v>
+        <v>61.84</v>
       </c>
     </row>
     <row r="3785" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3785" s="1" t="s">
-        <v>3676</v>
+        <v>2339</v>
       </c>
       <c r="B3785" s="2">
-        <v>1.1000000000000001</v>
+        <v>797.75</v>
       </c>
     </row>
     <row r="3786" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3786" s="1" t="s">
-        <v>4053</v>
+        <v>2340</v>
       </c>
       <c r="B3786" s="2">
-        <v>1.26</v>
+        <v>749.84</v>
       </c>
     </row>
     <row r="3787" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3787" s="1" t="s">
-        <v>3951</v>
+        <v>2341</v>
       </c>
       <c r="B3787" s="2">
-        <v>1.68</v>
+        <v>706.64</v>
       </c>
     </row>
     <row r="3788" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3788" s="1" t="s">
-        <v>3608</v>
+        <v>2342</v>
       </c>
       <c r="B3788" s="2">
-        <v>1.53</v>
+        <v>2279.92</v>
       </c>
     </row>
     <row r="3789" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3789" s="1" t="s">
-        <v>3609</v>
+        <v>2343</v>
       </c>
       <c r="B3789" s="2">
-        <v>1.5</v>
+        <v>279.63</v>
       </c>
     </row>
     <row r="3790" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3790" s="1" t="s">
-        <v>3548</v>
+        <v>2344</v>
       </c>
       <c r="B3790" s="2">
-        <v>2.9</v>
+        <v>629.54999999999995</v>
       </c>
     </row>
     <row r="3791" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3791" s="1" t="s">
-        <v>4103</v>
+        <v>2345</v>
       </c>
       <c r="B3791" s="2">
-        <v>32.4</v>
+        <v>498.73</v>
       </c>
     </row>
     <row r="3792" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3792" s="1" t="s">
-        <v>3663</v>
+        <v>2346</v>
       </c>
       <c r="B3792" s="2">
-        <v>12.1</v>
+        <v>425.14</v>
       </c>
     </row>
     <row r="3793" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3793" s="1" t="s">
-        <v>3929</v>
+        <v>2751</v>
       </c>
       <c r="B3793" s="2">
-        <v>12.85</v>
+        <v>264.62</v>
       </c>
     </row>
     <row r="3794" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3794" s="1" t="s">
-        <v>3703</v>
+        <v>2752</v>
       </c>
       <c r="B3794" s="2">
-        <v>14.15</v>
+        <v>882</v>
       </c>
     </row>
     <row r="3795" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3795" s="1" t="s">
-        <v>3488</v>
+        <v>2347</v>
       </c>
       <c r="B3795" s="2">
-        <v>121.45</v>
+        <v>4361.5</v>
       </c>
     </row>
     <row r="3796" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3796" s="1" t="s">
-        <v>3619</v>
+        <v>2348</v>
       </c>
       <c r="B3796" s="2">
-        <v>94.74</v>
+        <v>6098.49</v>
       </c>
     </row>
     <row r="3797" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3797" s="1" t="s">
-        <v>3620</v>
+        <v>2349</v>
       </c>
       <c r="B3797" s="2">
-        <v>92.7</v>
+        <v>7476.86</v>
       </c>
     </row>
     <row r="3798" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3798" s="1" t="s">
-        <v>3913</v>
+        <v>2350</v>
       </c>
       <c r="B3798" s="2">
-        <v>0.98</v>
+        <v>8817.14</v>
       </c>
     </row>
     <row r="3799" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3799" s="1" t="s">
-        <v>3970</v>
+        <v>2351</v>
       </c>
       <c r="B3799" s="2">
-        <v>10.130000000000001</v>
+        <v>3092.73</v>
       </c>
     </row>
     <row r="3800" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3800" s="1" t="s">
-        <v>3830</v>
+        <v>2352</v>
       </c>
       <c r="B3800" s="2">
-        <v>2.15</v>
+        <v>83.03</v>
       </c>
     </row>
     <row r="3801" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3801" s="1" t="s">
-        <v>4055</v>
+        <v>3122</v>
       </c>
       <c r="B3801" s="2">
-        <v>1.35</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="3802" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3802" s="1" t="s">
-        <v>3786</v>
+        <v>3111</v>
       </c>
       <c r="B3802" s="2">
-        <v>1.19</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3803" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3803" s="1" t="s">
-        <v>3651</v>
+        <v>2353</v>
       </c>
       <c r="B3803" s="2">
-        <v>75.84</v>
+        <v>21270.18</v>
       </c>
     </row>
     <row r="3804" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3804" s="1" t="s">
-        <v>3570</v>
+        <v>2354</v>
       </c>
       <c r="B3804" s="2">
-        <v>1.1599999999999999</v>
+        <v>17210.169999999998</v>
       </c>
     </row>
     <row r="3805" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3805" s="1" t="s">
-        <v>3909</v>
+        <v>2355</v>
       </c>
       <c r="B3805" s="2">
-        <v>1.55</v>
+        <v>17210.169999999998</v>
       </c>
     </row>
     <row r="3806" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3806" s="1" t="s">
-        <v>3910</v>
+        <v>2356</v>
       </c>
       <c r="B3806" s="2">
-        <v>1.3</v>
+        <v>21270.18</v>
       </c>
     </row>
     <row r="3807" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3807" s="1" t="s">
-        <v>4155</v>
+        <v>4220</v>
       </c>
       <c r="B3807" s="2">
-        <v>0.44</v>
+        <v>882</v>
       </c>
     </row>
     <row r="3808" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3808" s="1" t="s">
-        <v>3545</v>
+        <v>2727</v>
       </c>
       <c r="B3808" s="2">
-        <v>1.1299999999999999</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="3809" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3809" s="1" t="s">
-        <v>3853</v>
+        <v>2357</v>
       </c>
       <c r="B3809" s="2">
-        <v>0.6</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="3810" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3810" s="1" t="s">
-        <v>3736</v>
+        <v>2358</v>
       </c>
       <c r="B3810" s="2">
-        <v>1.24</v>
+        <v>1262.3399999999999</v>
       </c>
     </row>
     <row r="3811" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3811" s="1" t="s">
-        <v>3737</v>
+        <v>2359</v>
       </c>
       <c r="B3811" s="2">
-        <v>1.1000000000000001</v>
+        <v>658.21</v>
       </c>
     </row>
     <row r="3812" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3812" s="1" t="s">
-        <v>3935</v>
+        <v>2360</v>
       </c>
       <c r="B3812" s="2">
-        <v>1.3</v>
+        <v>658.21</v>
       </c>
     </row>
     <row r="3813" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3813" s="1" t="s">
-        <v>3876</v>
+        <v>2361</v>
       </c>
       <c r="B3813" s="2">
-        <v>140.21</v>
+        <v>2362.4299999999998</v>
       </c>
     </row>
     <row r="3814" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3814" s="1" t="s">
-        <v>4017</v>
+        <v>2362</v>
       </c>
       <c r="B3814" s="2">
-        <v>235.87</v>
+        <v>1262.3399999999999</v>
       </c>
     </row>
     <row r="3815" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3815" s="1" t="s">
-        <v>3934</v>
+        <v>2363</v>
       </c>
       <c r="B3815" s="2">
-        <v>64.55</v>
+        <v>1262.3399999999999</v>
       </c>
     </row>
     <row r="3816" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3816" s="1" t="s">
-        <v>3881</v>
+        <v>4221</v>
       </c>
       <c r="B3816" s="2">
-        <v>19.75</v>
+        <v>2646.02</v>
       </c>
     </row>
     <row r="3817" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3817" s="1" t="s">
-        <v>3564</v>
+        <v>4222</v>
       </c>
       <c r="B3817" s="2">
-        <v>0.4</v>
+        <v>6174.02</v>
       </c>
     </row>
     <row r="3818" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3818" s="1" t="s">
-        <v>3523</v>
+        <v>2364</v>
       </c>
       <c r="B3818" s="2">
-        <v>1.38</v>
+        <v>78.260000000000005</v>
       </c>
     </row>
     <row r="3819" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3819" s="1" t="s">
-        <v>3478</v>
+        <v>2365</v>
       </c>
       <c r="B3819" s="2">
-        <v>6</v>
+        <v>3458.41</v>
       </c>
     </row>
     <row r="3820" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3820" s="1" t="s">
-        <v>3479</v>
+        <v>2366</v>
       </c>
       <c r="B3820" s="2">
-        <v>0.45</v>
+        <v>1605.98</v>
       </c>
     </row>
     <row r="3821" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3821" s="1" t="s">
-        <v>4194</v>
+        <v>2367</v>
       </c>
       <c r="B3821" s="2">
-        <v>0.28000000000000003</v>
+        <v>3147.54</v>
       </c>
     </row>
     <row r="3822" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3822" s="1" t="s">
-        <v>3476</v>
+        <v>2368</v>
       </c>
       <c r="B3822" s="2">
-        <v>6</v>
+        <v>2999.81</v>
       </c>
     </row>
     <row r="3823" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3823" s="1" t="s">
-        <v>3613</v>
+        <v>2369</v>
       </c>
       <c r="B3823" s="2">
-        <v>3.32</v>
+        <v>860.15</v>
       </c>
     </row>
     <row r="3824" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3824" s="1" t="s">
-        <v>3614</v>
+        <v>2370</v>
       </c>
       <c r="B3824" s="2">
-        <v>14.35</v>
+        <v>135.49</v>
       </c>
     </row>
     <row r="3825" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3825" s="1" t="s">
-        <v>3615</v>
+        <v>2371</v>
       </c>
       <c r="B3825" s="2">
-        <v>2.89</v>
+        <v>3273.81</v>
       </c>
     </row>
     <row r="3826" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3826" s="1" t="s">
-        <v>2438</v>
+        <v>2706</v>
       </c>
       <c r="B3826" s="2">
-        <v>1024.1600000000001</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3827" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3827" s="1" t="s">
-        <v>4177</v>
+        <v>2372</v>
       </c>
       <c r="B3827" s="2">
-        <v>1.46</v>
+        <v>136.6</v>
       </c>
     </row>
     <row r="3828" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3828" s="1" t="s">
-        <v>3497</v>
+        <v>2373</v>
       </c>
       <c r="B3828" s="2">
-        <v>42.15</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3829" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3829" s="1" t="s">
-        <v>3650</v>
+        <v>2707</v>
       </c>
       <c r="B3829" s="2">
-        <v>1.63</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3830" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3830" s="1" t="s">
-        <v>3787</v>
+        <v>2374</v>
       </c>
       <c r="B3830" s="2">
-        <v>1.55</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3831" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3831" s="1" t="s">
-        <v>3770</v>
+        <v>2708</v>
       </c>
       <c r="B3831" s="2">
-        <v>1.41</v>
+        <v>48.22</v>
       </c>
     </row>
     <row r="3832" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3832" s="1" t="s">
-        <v>3771</v>
+        <v>2375</v>
       </c>
       <c r="B3832" s="2">
-        <v>1.04</v>
+        <v>3458.41</v>
       </c>
     </row>
     <row r="3833" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3833" s="1" t="s">
-        <v>3667</v>
+        <v>2376</v>
       </c>
       <c r="B3833" s="2">
-        <v>0.78</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3834" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3834" s="1" t="s">
-        <v>3862</v>
+        <v>2377</v>
       </c>
       <c r="B3834" s="2">
-        <v>6</v>
+        <v>275.83</v>
       </c>
     </row>
     <row r="3835" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3835" s="1" t="s">
-        <v>3855</v>
+        <v>2709</v>
       </c>
       <c r="B3835" s="2">
-        <v>6</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3836" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3836" s="1" t="s">
-        <v>3856</v>
+        <v>2378</v>
       </c>
       <c r="B3836" s="2">
-        <v>3</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="3837" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3837" s="1" t="s">
-        <v>3525</v>
+        <v>2379</v>
       </c>
       <c r="B3837" s="2">
-        <v>2.2999999999999998</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3838" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3838" s="1" t="s">
-        <v>3630</v>
+        <v>2380</v>
       </c>
       <c r="B3838" s="2">
-        <v>95</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3839" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3839" s="1" t="s">
-        <v>3594</v>
+        <v>2381</v>
       </c>
       <c r="B3839" s="2">
-        <v>66.760000000000005</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="3840" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3840" s="1" t="s">
-        <v>4075</v>
+        <v>2382</v>
       </c>
       <c r="B3840" s="2">
-        <v>27.28</v>
+        <v>108.02</v>
       </c>
     </row>
     <row r="3841" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3841" s="1" t="s">
-        <v>3837</v>
+        <v>2383</v>
       </c>
       <c r="B3841" s="2">
-        <v>0.94</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3842" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3842" s="1" t="s">
-        <v>3552</v>
+        <v>2710</v>
       </c>
       <c r="B3842" s="2">
-        <v>75.3</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3843" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3843" s="1" t="s">
-        <v>3584</v>
+        <v>2384</v>
       </c>
       <c r="B3843" s="2">
-        <v>60</v>
+        <v>68.75</v>
       </c>
     </row>
     <row r="3844" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3844" s="1" t="s">
-        <v>3538</v>
+        <v>2385</v>
       </c>
       <c r="B3844" s="2">
-        <v>2.8</v>
+        <v>922.7</v>
       </c>
     </row>
     <row r="3845" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3845" s="1" t="s">
-        <v>3826</v>
+        <v>3011</v>
       </c>
       <c r="B3845" s="2">
-        <v>0.64</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3846" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3846" s="1" t="s">
-        <v>3825</v>
+        <v>2711</v>
       </c>
       <c r="B3846" s="2">
-        <v>0.73</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3847" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3847" s="1" t="s">
-        <v>4064</v>
+        <v>3234</v>
       </c>
       <c r="B3847" s="2">
-        <v>22.3</v>
+        <v>852.62</v>
       </c>
     </row>
     <row r="3848" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3848" s="1" t="s">
-        <v>3968</v>
+        <v>3015</v>
       </c>
       <c r="B3848" s="2">
-        <v>4.45</v>
+        <v>41.96</v>
       </c>
     </row>
     <row r="3849" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3849" s="1" t="s">
-        <v>3838</v>
+        <v>2386</v>
       </c>
       <c r="B3849" s="2">
-        <v>1.01</v>
+        <v>587.58000000000004</v>
       </c>
     </row>
     <row r="3850" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3850" s="1" t="s">
-        <v>3554</v>
+        <v>2387</v>
       </c>
       <c r="B3850" s="2">
-        <v>2.4900000000000002</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3851" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3851" s="1" t="s">
-        <v>3839</v>
+        <v>2388</v>
       </c>
       <c r="B3851" s="2">
-        <v>1.35</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3852" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3852" s="1" t="s">
-        <v>3926</v>
+        <v>2389</v>
       </c>
       <c r="B3852" s="2">
-        <v>1.48</v>
+        <v>116.84</v>
       </c>
     </row>
     <row r="3853" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3853" s="1" t="s">
-        <v>3925</v>
+        <v>4223</v>
       </c>
       <c r="B3853" s="2">
-        <v>2.08</v>
+        <v>24.34</v>
       </c>
     </row>
     <row r="3854" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3854" s="1" t="s">
-        <v>3758</v>
+        <v>3232</v>
       </c>
       <c r="B3854" s="2">
-        <v>1.3</v>
+        <v>378.55</v>
       </c>
     </row>
     <row r="3855" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3855" s="1" t="s">
-        <v>3759</v>
+        <v>2938</v>
       </c>
       <c r="B3855" s="2">
-        <v>1.55</v>
+        <v>1123.2</v>
       </c>
     </row>
     <row r="3856" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3856" s="1" t="s">
-        <v>3557</v>
+        <v>2937</v>
       </c>
       <c r="B3856" s="2">
-        <v>99.5</v>
+        <v>1544.4</v>
       </c>
     </row>
     <row r="3857" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3857" s="1" t="s">
-        <v>3556</v>
+        <v>2390</v>
       </c>
       <c r="B3857" s="2">
-        <v>49.85</v>
+        <v>47.06</v>
       </c>
     </row>
     <row r="3858" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3858" s="1" t="s">
-        <v>3555</v>
+        <v>2391</v>
       </c>
       <c r="B3858" s="2">
-        <v>37.869999999999997</v>
+        <v>123.89</v>
       </c>
     </row>
     <row r="3859" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3859" s="1" t="s">
-        <v>4091</v>
+        <v>2392</v>
       </c>
       <c r="B3859" s="2">
-        <v>45.8</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3860" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3860" s="1" t="s">
-        <v>3816</v>
+        <v>3264</v>
       </c>
       <c r="B3860" s="2">
-        <v>1.73</v>
+        <v>938.55</v>
       </c>
     </row>
     <row r="3861" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3861" s="1" t="s">
-        <v>3817</v>
+        <v>2393</v>
       </c>
       <c r="B3861" s="2">
-        <v>1.68</v>
+        <v>1292.25</v>
       </c>
     </row>
     <row r="3862" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3862" s="1" t="s">
-        <v>3976</v>
+        <v>2394</v>
       </c>
       <c r="B3862" s="2">
-        <v>1.8</v>
+        <v>4219.0600000000004</v>
       </c>
     </row>
     <row r="3863" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3863" s="1" t="s">
-        <v>3818</v>
+        <v>2395</v>
       </c>
       <c r="B3863" s="2">
-        <v>1.85</v>
+        <v>4219.0600000000004</v>
       </c>
     </row>
     <row r="3864" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3864" s="1" t="s">
-        <v>3819</v>
+        <v>4224</v>
       </c>
       <c r="B3864" s="2">
-        <v>1.93</v>
+        <v>176.4</v>
       </c>
     </row>
     <row r="3865" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3865" s="1" t="s">
-        <v>3977</v>
+        <v>2396</v>
       </c>
       <c r="B3865" s="2">
-        <v>1.5</v>
+        <v>246.45</v>
       </c>
     </row>
     <row r="3866" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3866" s="1" t="s">
-        <v>3814</v>
+        <v>2397</v>
       </c>
       <c r="B3866" s="2">
-        <v>1.6</v>
+        <v>753.35</v>
       </c>
     </row>
     <row r="3867" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3867" s="1" t="s">
-        <v>3975</v>
+        <v>2398</v>
       </c>
       <c r="B3867" s="2">
-        <v>1.7</v>
+        <v>323.54000000000002</v>
       </c>
     </row>
     <row r="3868" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3868" s="1" t="s">
-        <v>3815</v>
+        <v>2399</v>
       </c>
       <c r="B3868" s="2">
-        <v>1.7</v>
+        <v>414.1</v>
       </c>
     </row>
     <row r="3869" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3869" s="1" t="s">
-        <v>3894</v>
+        <v>3190</v>
       </c>
       <c r="B3869" s="2">
-        <v>14.35</v>
+        <v>87.49</v>
       </c>
     </row>
     <row r="3870" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3870" s="1" t="s">
-        <v>3659</v>
+        <v>2400</v>
       </c>
       <c r="B3870" s="2">
-        <v>2.5</v>
+        <v>181.37</v>
       </c>
     </row>
     <row r="3871" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3871" s="1" t="s">
-        <v>4181</v>
+        <v>2401</v>
       </c>
       <c r="B3871" s="2">
-        <v>10.38</v>
+        <v>346.71</v>
       </c>
     </row>
     <row r="3872" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3872" s="1" t="s">
-        <v>3595</v>
+        <v>2402</v>
       </c>
       <c r="B3872" s="2">
-        <v>0.51</v>
+        <v>346.71</v>
       </c>
     </row>
     <row r="3873" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3873" s="1" t="s">
-        <v>3544</v>
+        <v>2403</v>
       </c>
       <c r="B3873" s="2">
-        <v>7.75</v>
+        <v>181.37</v>
       </c>
     </row>
     <row r="3874" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3874" s="1" t="s">
-        <v>3779</v>
+        <v>2404</v>
       </c>
       <c r="B3874" s="2">
-        <v>8.4499999999999993</v>
+        <v>181.37</v>
       </c>
     </row>
     <row r="3875" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3875" s="1" t="s">
-        <v>3494</v>
+        <v>2405</v>
       </c>
       <c r="B3875" s="2">
-        <v>51.17</v>
+        <v>181.37</v>
       </c>
     </row>
     <row r="3876" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3876" s="1" t="s">
-        <v>4071</v>
+        <v>2406</v>
       </c>
       <c r="B3876" s="2">
-        <v>1.7</v>
+        <v>346.71</v>
       </c>
     </row>
     <row r="3877" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3877" s="1" t="s">
-        <v>3803</v>
+        <v>2407</v>
       </c>
       <c r="B3877" s="2">
-        <v>0.85</v>
+        <v>160.01</v>
       </c>
     </row>
     <row r="3878" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3878" s="1" t="s">
-        <v>3802</v>
+        <v>2408</v>
       </c>
       <c r="B3878" s="2">
-        <v>0.81</v>
+        <v>280.31</v>
       </c>
     </row>
     <row r="3879" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3879" s="1" t="s">
-        <v>4132</v>
+        <v>2409</v>
       </c>
       <c r="B3879" s="2">
-        <v>1.2</v>
+        <v>534.94000000000005</v>
       </c>
     </row>
     <row r="3880" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3880" s="1" t="s">
-        <v>3524</v>
+        <v>2410</v>
       </c>
       <c r="B3880" s="2">
-        <v>1.02</v>
+        <v>534.94000000000005</v>
       </c>
     </row>
     <row r="3881" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3881" s="1" t="s">
-        <v>3952</v>
+        <v>2411</v>
       </c>
       <c r="B3881" s="2">
-        <v>1.35</v>
+        <v>473.76</v>
       </c>
     </row>
     <row r="3882" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3882" s="1" t="s">
-        <v>3741</v>
+        <v>2412</v>
       </c>
       <c r="B3882" s="2">
-        <v>1.1000000000000001</v>
+        <v>160.01</v>
       </c>
     </row>
     <row r="3883" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3883" s="1" t="s">
-        <v>3742</v>
+        <v>2413</v>
       </c>
       <c r="B3883" s="2">
-        <v>0.88</v>
+        <v>160.01</v>
       </c>
     </row>
     <row r="3884" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3884" s="1" t="s">
-        <v>3692</v>
+        <v>2414</v>
       </c>
       <c r="B3884" s="2">
-        <v>89.42</v>
+        <v>280.31</v>
       </c>
     </row>
     <row r="3885" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3885" s="1" t="s">
-        <v>3506</v>
+        <v>2415</v>
       </c>
       <c r="B3885" s="2">
-        <v>4.5999999999999996</v>
+        <v>280.31</v>
       </c>
     </row>
     <row r="3886" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3886" s="1" t="s">
-        <v>3831</v>
+        <v>2416</v>
       </c>
       <c r="B3886" s="2">
-        <v>1.61</v>
+        <v>280.31</v>
       </c>
     </row>
     <row r="3887" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3887" s="1" t="s">
-        <v>3832</v>
+        <v>2417</v>
       </c>
       <c r="B3887" s="2">
-        <v>1.75</v>
+        <v>534.94000000000005</v>
       </c>
     </row>
     <row r="3888" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3888" s="1" t="s">
-        <v>4096</v>
+        <v>2418</v>
       </c>
       <c r="B3888" s="2">
-        <v>57.08</v>
+        <v>160.01</v>
       </c>
     </row>
     <row r="3889" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3889" s="1" t="s">
-        <v>3539</v>
+        <v>2419</v>
       </c>
       <c r="B3889" s="2">
-        <v>4.34</v>
+        <v>280.31</v>
       </c>
     </row>
     <row r="3890" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3890" s="1" t="s">
-        <v>3867</v>
+        <v>2420</v>
       </c>
       <c r="B3890" s="2">
-        <v>1.0900000000000001</v>
+        <v>1032.19</v>
       </c>
     </row>
     <row r="3891" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3891" s="1" t="s">
-        <v>3581</v>
+        <v>3012</v>
       </c>
       <c r="B3891" s="2">
-        <v>24.08</v>
+        <v>80.349999999999994</v>
       </c>
     </row>
     <row r="3892" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3892" s="1" t="s">
-        <v>3624</v>
+        <v>3133</v>
       </c>
       <c r="B3892" s="2">
-        <v>2.73</v>
+        <v>83.93</v>
       </c>
     </row>
     <row r="3893" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3893" s="1" t="s">
-        <v>3633</v>
+        <v>3072</v>
       </c>
       <c r="B3893" s="2">
-        <v>12.94</v>
+        <v>60.71</v>
       </c>
     </row>
     <row r="3894" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3894" s="1" t="s">
-        <v>4074</v>
+        <v>2421</v>
       </c>
       <c r="B3894" s="2">
-        <v>12.94</v>
+        <v>40.18</v>
       </c>
     </row>
     <row r="3895" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3895" s="1" t="s">
-        <v>3625</v>
+        <v>3669</v>
       </c>
       <c r="B3895" s="2">
-        <v>22.29</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="3896" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3896" s="1" t="s">
-        <v>3924</v>
+        <v>4225</v>
       </c>
       <c r="B3896" s="2">
-        <v>51.85</v>
+        <v>4.6399999999999997</v>
       </c>
     </row>
     <row r="3897" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3897" s="1" t="s">
-        <v>3953</v>
+        <v>3839</v>
       </c>
       <c r="B3897" s="2">
-        <v>1.85</v>
+        <v>20.88</v>
       </c>
     </row>
     <row r="3898" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3898" s="1" t="s">
-        <v>3672</v>
+        <v>3830</v>
       </c>
       <c r="B3898" s="2">
-        <v>1.35</v>
+        <v>18.2</v>
       </c>
     </row>
     <row r="3899" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3899" s="1" t="s">
-        <v>3882</v>
+        <v>4226</v>
       </c>
       <c r="B3899" s="2">
-        <v>2.15</v>
+        <v>382.8</v>
       </c>
     </row>
     <row r="3900" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3900" s="1" t="s">
-        <v>3679</v>
+        <v>3741</v>
       </c>
       <c r="B3900" s="2">
-        <v>18.8</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3901" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3901" s="1" t="s">
-        <v>3642</v>
+        <v>3841</v>
       </c>
       <c r="B3901" s="2">
-        <v>1.85</v>
+        <v>101.85</v>
       </c>
     </row>
     <row r="3902" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3902" s="1" t="s">
-        <v>3718</v>
+        <v>3584</v>
       </c>
       <c r="B3902" s="2">
-        <v>14.8</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="3903" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3903" s="1" t="s">
-        <v>3693</v>
+        <v>3504</v>
       </c>
       <c r="B3903" s="2">
-        <v>92.8</v>
+        <v>1.1399999999999999</v>
       </c>
     </row>
     <row r="3904" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3904" s="1" t="s">
-        <v>3621</v>
+        <v>3811</v>
       </c>
       <c r="B3904" s="2">
-        <v>12.9</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="3905" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3905" s="1" t="s">
-        <v>4087</v>
+        <v>3723</v>
       </c>
       <c r="B3905" s="2">
-        <v>18.7</v>
+        <v>1.59</v>
       </c>
     </row>
     <row r="3906" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3906" s="1" t="s">
-        <v>3841</v>
+        <v>3449</v>
       </c>
       <c r="B3906" s="2">
-        <v>1.1000000000000001</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="3907" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3907" s="1" t="s">
-        <v>3883</v>
+        <v>3450</v>
       </c>
       <c r="B3907" s="2">
-        <v>0.7</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="3908" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3908" s="1" t="s">
-        <v>3833</v>
+        <v>3404</v>
       </c>
       <c r="B3908" s="2">
-        <v>1.24</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="3909" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3909" s="1" t="s">
-        <v>3978</v>
+        <v>3850</v>
       </c>
       <c r="B3909" s="2">
-        <v>3.98</v>
+        <v>32.4</v>
       </c>
     </row>
     <row r="3910" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3910" s="1" t="s">
-        <v>3647</v>
+        <v>3493</v>
       </c>
       <c r="B3910" s="2">
-        <v>147.80000000000001</v>
+        <v>12.85</v>
       </c>
     </row>
     <row r="3911" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3911" s="1" t="s">
-        <v>3879</v>
+        <v>3523</v>
       </c>
       <c r="B3911" s="2">
-        <v>1.1499999999999999</v>
+        <v>14.8</v>
       </c>
     </row>
     <row r="3912" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3912" s="1" t="s">
-        <v>4027</v>
+        <v>3361</v>
       </c>
       <c r="B3912" s="2">
-        <v>0.64</v>
+        <v>131.68</v>
       </c>
     </row>
     <row r="3913" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3913" s="1" t="s">
-        <v>3684</v>
+        <v>3458</v>
       </c>
       <c r="B3913" s="2">
-        <v>2.0499999999999998</v>
+        <v>10.41</v>
       </c>
     </row>
     <row r="3914" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3914" s="1" t="s">
-        <v>4160</v>
+        <v>3700</v>
       </c>
       <c r="B3914" s="2">
-        <v>103.58</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="3915" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3915" s="1" t="s">
-        <v>3490</v>
+        <v>4227</v>
       </c>
       <c r="B3915" s="2">
-        <v>106.72</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="3916" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3916" s="1" t="s">
-        <v>3489</v>
+        <v>3740</v>
       </c>
       <c r="B3916" s="2">
-        <v>101.05</v>
+        <v>11.97</v>
       </c>
     </row>
     <row r="3917" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3917" s="1" t="s">
-        <v>3492</v>
+        <v>3640</v>
       </c>
       <c r="B3917" s="2">
-        <v>23.14</v>
+        <v>2.4300000000000002</v>
       </c>
     </row>
     <row r="3918" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3918" s="1" t="s">
-        <v>3491</v>
+        <v>3812</v>
       </c>
       <c r="B3918" s="2">
-        <v>2.62</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="3919" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3919" s="1" t="s">
-        <v>3493</v>
+        <v>3601</v>
       </c>
       <c r="B3919" s="2">
-        <v>55.9</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="3920" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3920" s="1" t="s">
-        <v>3527</v>
+        <v>3481</v>
       </c>
       <c r="B3920" s="2">
-        <v>1.1000000000000001</v>
+        <v>119.8</v>
       </c>
     </row>
     <row r="3921" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3921" s="1" t="s">
-        <v>3627</v>
+        <v>3420</v>
       </c>
       <c r="B3921" s="2">
-        <v>90</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="3922" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3922" s="1" t="s">
-        <v>3568</v>
+        <v>3697</v>
       </c>
       <c r="B3922" s="2">
-        <v>1.85</v>
+        <v>1.76</v>
       </c>
     </row>
     <row r="3923" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3923" s="1" t="s">
-        <v>3756</v>
+        <v>3894</v>
       </c>
       <c r="B3923" s="2">
-        <v>1.92</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="3924" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3924" s="1" t="s">
-        <v>3757</v>
+        <v>3401</v>
       </c>
       <c r="B3924" s="2">
-        <v>2.23</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="3925" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3925" s="1" t="s">
-        <v>3972</v>
+        <v>3661</v>
       </c>
       <c r="B3925" s="2">
-        <v>1.1000000000000001</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="3926" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3926" s="1" t="s">
-        <v>3982</v>
+        <v>3555</v>
       </c>
       <c r="B3926" s="2">
-        <v>1.1499999999999999</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="3927" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3927" s="1" t="s">
-        <v>3840</v>
+        <v>3556</v>
       </c>
       <c r="B3927" s="2">
-        <v>1.81</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="3928" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3928" s="1" t="s">
-        <v>3582</v>
+        <v>4228</v>
       </c>
       <c r="B3928" s="2">
-        <v>1.88</v>
+        <v>150.38</v>
       </c>
     </row>
     <row r="3929" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3929" s="1" t="s">
-        <v>3694</v>
+        <v>4229</v>
       </c>
       <c r="B3929" s="2">
-        <v>87.7</v>
+        <v>146</v>
       </c>
     </row>
     <row r="3930" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3930" s="1" t="s">
-        <v>4172</v>
+        <v>3784</v>
       </c>
       <c r="B3930" s="2">
-        <v>11.39</v>
+        <v>235.31</v>
       </c>
     </row>
     <row r="3931" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3931" s="1" t="s">
-        <v>3695</v>
+        <v>4230</v>
       </c>
       <c r="B3931" s="2">
-        <v>23.94</v>
+        <v>73.400000000000006</v>
       </c>
     </row>
     <row r="3932" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3932" s="1" t="s">
-        <v>3579</v>
+        <v>3386</v>
       </c>
       <c r="B3932" s="2">
-        <v>1.75</v>
+        <v>2</v>
       </c>
     </row>
     <row r="3933" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3933" s="1" t="s">
-        <v>3777</v>
+        <v>3352</v>
       </c>
       <c r="B3933" s="2">
-        <v>0.93</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3934" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3934" s="1" t="s">
-        <v>4003</v>
+        <v>3353</v>
       </c>
       <c r="B3934" s="2">
-        <v>19.899999999999999</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="3935" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3935" s="1" t="s">
-        <v>4185</v>
+        <v>3925</v>
       </c>
       <c r="B3935" s="2">
-        <v>270.05</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="3936" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3936" s="1" t="s">
-        <v>4186</v>
+        <v>3351</v>
       </c>
       <c r="B3936" s="2">
-        <v>265.64999999999998</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="3937" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3937" s="1" t="s">
-        <v>3804</v>
+        <v>3454</v>
       </c>
       <c r="B3937" s="2">
-        <v>1.4</v>
+        <v>2.87</v>
       </c>
     </row>
     <row r="3938" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3938" s="1" t="s">
-        <v>4129</v>
+        <v>4231</v>
       </c>
       <c r="B3938" s="2">
-        <v>2.19</v>
+        <v>17.3</v>
       </c>
     </row>
     <row r="3939" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3939" s="1" t="s">
-        <v>3631</v>
+        <v>4232</v>
       </c>
       <c r="B3939" s="2">
-        <v>105.7</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="3940" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3940" s="1" t="s">
-        <v>4085</v>
+        <v>4233</v>
       </c>
       <c r="B3940" s="2">
-        <v>91.52</v>
+        <v>17.170000000000002</v>
       </c>
     </row>
     <row r="3941" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3941" s="1" t="s">
-        <v>3697</v>
+        <v>4234</v>
       </c>
       <c r="B3941" s="2">
-        <v>90.93</v>
+        <v>4.3899999999999997</v>
       </c>
     </row>
     <row r="3942" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3942" s="1" t="s">
-        <v>3623</v>
+        <v>4235</v>
       </c>
       <c r="B3942" s="2">
-        <v>91.79</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="3943" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3943" s="1" t="s">
-        <v>3696</v>
+        <v>2422</v>
       </c>
       <c r="B3943" s="2">
-        <v>92.5</v>
+        <v>1054.8800000000001</v>
       </c>
     </row>
     <row r="3944" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3944" s="1" t="s">
-        <v>3780</v>
+        <v>3913</v>
       </c>
       <c r="B3944" s="2">
-        <v>2.4</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="3945" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3945" s="1" t="s">
-        <v>3781</v>
+        <v>4236</v>
       </c>
       <c r="B3945" s="2">
-        <v>1.55</v>
+        <v>50.7</v>
       </c>
     </row>
     <row r="3946" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3946" s="1" t="s">
-        <v>3717</v>
+        <v>4237</v>
       </c>
       <c r="B3946" s="2">
-        <v>103.1</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="3947" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3947" s="1" t="s">
-        <v>3989</v>
+        <v>3367</v>
       </c>
       <c r="B3947" s="2">
-        <v>20.399999999999999</v>
+        <v>41.48</v>
       </c>
     </row>
     <row r="3948" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3948" s="1" t="s">
-        <v>3835</v>
+        <v>3480</v>
       </c>
       <c r="B3948" s="2">
-        <v>0.82</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="3949" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3949" s="1" t="s">
-        <v>4147</v>
+        <v>3602</v>
       </c>
       <c r="B3949" s="2">
-        <v>1.35</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="3950" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3950" s="1" t="s">
-        <v>4115</v>
+        <v>3585</v>
       </c>
       <c r="B3950" s="2">
-        <v>101.36</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="3951" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3951" s="1" t="s">
-        <v>4180</v>
+        <v>3586</v>
       </c>
       <c r="B3951" s="2">
-        <v>76.75</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="3952" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3952" s="1" t="s">
-        <v>4050</v>
+        <v>3495</v>
       </c>
       <c r="B3952" s="2">
-        <v>1.3</v>
+        <v>1.1499999999999999</v>
       </c>
     </row>
     <row r="3953" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3953" s="1" t="s">
-        <v>4022</v>
+        <v>4238</v>
       </c>
       <c r="B3953" s="2">
-        <v>0.8</v>
+        <v>1.1200000000000001</v>
       </c>
     </row>
     <row r="3954" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3954" s="1" t="s">
-        <v>3919</v>
+        <v>3667</v>
       </c>
       <c r="B3954" s="2">
-        <v>1.3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3955" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3955" s="1" t="s">
-        <v>3872</v>
+        <v>3662</v>
       </c>
       <c r="B3955" s="2">
-        <v>1.24</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3956" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3956" s="1" t="s">
-        <v>3668</v>
+        <v>3663</v>
       </c>
       <c r="B3956" s="2">
-        <v>3.1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3957" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3957" s="1" t="s">
-        <v>3669</v>
+        <v>3466</v>
       </c>
       <c r="B3957" s="2">
-        <v>3.1</v>
+        <v>95</v>
       </c>
     </row>
     <row r="3958" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3958" s="1" t="s">
-        <v>3920</v>
+        <v>3437</v>
       </c>
       <c r="B3958" s="2">
-        <v>3.55</v>
+        <v>49.45</v>
       </c>
     </row>
     <row r="3959" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3959" s="1" t="s">
-        <v>3665</v>
+        <v>3827</v>
       </c>
       <c r="B3959" s="2">
-        <v>1.55</v>
+        <v>28.73</v>
       </c>
     </row>
     <row r="3960" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3960" s="1" t="s">
-        <v>3954</v>
+        <v>3406</v>
       </c>
       <c r="B3960" s="2">
-        <v>2.06</v>
+        <v>87.8</v>
       </c>
     </row>
     <row r="3961" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3961" s="1" t="s">
-        <v>3569</v>
+        <v>4239</v>
       </c>
       <c r="B3961" s="2">
-        <v>2.9</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="3962" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3962" s="1" t="s">
-        <v>3517</v>
+        <v>4240</v>
       </c>
       <c r="B3962" s="2">
-        <v>2.91</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3963" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3963" s="1" t="s">
-        <v>3590</v>
+        <v>3431</v>
       </c>
       <c r="B3963" s="2">
-        <v>2.86</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3964" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3964" s="1" t="s">
-        <v>3600</v>
+        <v>3396</v>
       </c>
       <c r="B3964" s="2">
-        <v>25.7</v>
+        <v>2.68</v>
       </c>
     </row>
     <row r="3965" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3965" s="1" t="s">
-        <v>3955</v>
+        <v>3636</v>
       </c>
       <c r="B3965" s="2">
-        <v>0.88</v>
+        <v>0.68</v>
       </c>
     </row>
     <row r="3966" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3966" s="1" t="s">
-        <v>4049</v>
+        <v>3635</v>
       </c>
       <c r="B3966" s="2">
-        <v>0.81</v>
+        <v>0.56000000000000005</v>
       </c>
     </row>
     <row r="3967" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3967" s="1" t="s">
-        <v>3928</v>
+        <v>4241</v>
       </c>
       <c r="B3967" s="2">
-        <v>25.9</v>
+        <v>8.1</v>
       </c>
     </row>
     <row r="3968" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3968" s="1" t="s">
-        <v>3927</v>
+        <v>3818</v>
       </c>
       <c r="B3968" s="2">
-        <v>25.9</v>
+        <v>22.3</v>
       </c>
     </row>
     <row r="3969" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3969" s="1" t="s">
-        <v>3542</v>
+        <v>4242</v>
       </c>
       <c r="B3969" s="2">
-        <v>12.7</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="3970" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3970" s="1" t="s">
-        <v>3931</v>
+        <v>3738</v>
       </c>
       <c r="B3970" s="2">
-        <v>33.6</v>
+        <v>10.95</v>
       </c>
     </row>
     <row r="3971" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3971" s="1" t="s">
-        <v>3987</v>
+        <v>3647</v>
       </c>
       <c r="B3971" s="2">
-        <v>27.7</v>
+        <v>1.29</v>
       </c>
     </row>
     <row r="3972" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3972" s="1" t="s">
-        <v>3945</v>
+        <v>3408</v>
       </c>
       <c r="B3972" s="2">
-        <v>131.58000000000001</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="3973" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3973" s="1" t="s">
-        <v>3698</v>
+        <v>3648</v>
       </c>
       <c r="B3973" s="2">
-        <v>48.25</v>
+        <v>1.1399999999999999</v>
       </c>
     </row>
     <row r="3974" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3974" s="1" t="s">
-        <v>4083</v>
+        <v>3711</v>
       </c>
       <c r="B3974" s="2">
-        <v>5.87</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="3975" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3975" s="1" t="s">
-        <v>3707</v>
+        <v>3574</v>
       </c>
       <c r="B3975" s="2">
-        <v>20.309999999999999</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="3976" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3976" s="1" t="s">
-        <v>4037</v>
+        <v>3575</v>
       </c>
       <c r="B3976" s="2">
-        <v>0.91</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="3977" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3977" s="1" t="s">
-        <v>3749</v>
+        <v>3410</v>
       </c>
       <c r="B3977" s="2">
-        <v>1.03</v>
+        <v>56.35</v>
       </c>
     </row>
     <row r="3978" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3978" s="1" t="s">
-        <v>4013</v>
+        <v>3409</v>
       </c>
       <c r="B3978" s="2">
-        <v>1.6</v>
+        <v>37.32</v>
       </c>
     </row>
     <row r="3979" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3979" s="1" t="s">
-        <v>3888</v>
+        <v>3627</v>
       </c>
       <c r="B3979" s="2">
-        <v>22.31</v>
+        <v>1.66</v>
       </c>
     </row>
     <row r="3980" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3980" s="1" t="s">
-        <v>3699</v>
+        <v>3628</v>
       </c>
       <c r="B3980" s="2">
-        <v>119.25</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="3981" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3981" s="1" t="s">
-        <v>3484</v>
+        <v>3746</v>
       </c>
       <c r="B3981" s="2">
-        <v>17.75</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="3982" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3982" s="1" t="s">
-        <v>3483</v>
+        <v>4243</v>
       </c>
       <c r="B3982" s="2">
-        <v>19.25</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3983" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3983" s="1" t="s">
-        <v>3572</v>
+        <v>3629</v>
       </c>
       <c r="B3983" s="2">
-        <v>1.8</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="3984" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3984" s="1" t="s">
-        <v>3992</v>
+        <v>3630</v>
       </c>
       <c r="B3984" s="2">
-        <v>1.41</v>
+        <v>2.0499999999999998</v>
       </c>
     </row>
     <row r="3985" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3985" s="1" t="s">
-        <v>3719</v>
+        <v>3747</v>
       </c>
       <c r="B3985" s="2">
-        <v>1.75</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="3986" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3986" s="1" t="s">
-        <v>3783</v>
+        <v>3625</v>
       </c>
       <c r="B3986" s="2">
-        <v>3.89</v>
+        <v>2.92</v>
       </c>
     </row>
     <row r="3987" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3987" s="1" t="s">
-        <v>3611</v>
+        <v>3745</v>
       </c>
       <c r="B3987" s="2">
-        <v>1.33</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="3988" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3988" s="1" t="s">
-        <v>4021</v>
+        <v>3626</v>
       </c>
       <c r="B3988" s="2">
-        <v>7.1</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="3989" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3989" s="1" t="s">
-        <v>3610</v>
+        <v>3489</v>
       </c>
       <c r="B3989" s="2">
-        <v>1.3</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="3990" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3990" s="1" t="s">
-        <v>3798</v>
+        <v>3917</v>
       </c>
       <c r="B3990" s="2">
-        <v>20.7</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="3991" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3991" s="1" t="s">
-        <v>4073</v>
+        <v>4244</v>
       </c>
       <c r="B3991" s="2">
-        <v>94.4</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="3992" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3992" s="1" t="s">
-        <v>3866</v>
+        <v>4245</v>
       </c>
       <c r="B3992" s="2">
-        <v>38.17</v>
+        <v>4.5999999999999996</v>
       </c>
     </row>
     <row r="3993" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3993" s="1" t="s">
-        <v>3865</v>
+        <v>4246</v>
       </c>
       <c r="B3993" s="2">
-        <v>40.83</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="3994" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3994" s="1" t="s">
-        <v>3728</v>
+        <v>4247</v>
       </c>
       <c r="B3994" s="2">
-        <v>1.05</v>
+        <v>2.2000000000000002</v>
       </c>
     </row>
     <row r="3995" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3995" s="1" t="s">
-        <v>3868</v>
+        <v>4248</v>
       </c>
       <c r="B3995" s="2">
-        <v>1.1000000000000001</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="3996" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3996" s="1" t="s">
-        <v>4068</v>
+        <v>3438</v>
       </c>
       <c r="B3996" s="2">
-        <v>115.55</v>
+        <v>0.05</v>
       </c>
     </row>
     <row r="3997" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3997" s="1" t="s">
-        <v>3487</v>
+        <v>3400</v>
       </c>
       <c r="B3997" s="2">
-        <v>97.53</v>
+        <v>8.4</v>
       </c>
     </row>
     <row r="3998" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3998" s="1" t="s">
-        <v>3774</v>
+        <v>4249</v>
       </c>
       <c r="B3998" s="2">
-        <v>1.4</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="3999" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A3999" s="1" t="s">
-        <v>3956</v>
+        <v>4250</v>
       </c>
       <c r="B3999" s="2">
-        <v>1.8</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="4000" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4000" s="1" t="s">
-        <v>3732</v>
+        <v>4251</v>
       </c>
       <c r="B4000" s="2">
-        <v>1.1000000000000001</v>
+        <v>4.4000000000000004</v>
       </c>
     </row>
     <row r="4001" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4001" s="1" t="s">
-        <v>4190</v>
+        <v>3594</v>
       </c>
       <c r="B4001" s="2">
-        <v>355.21</v>
+        <v>8.4499999999999993</v>
       </c>
     </row>
     <row r="4002" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4002" s="1" t="s">
-        <v>4058</v>
+        <v>3365</v>
       </c>
       <c r="B4002" s="2">
-        <v>51.09</v>
+        <v>51.17</v>
       </c>
     </row>
     <row r="4003" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4003" s="1" t="s">
-        <v>3503</v>
+        <v>3823</v>
       </c>
       <c r="B4003" s="2">
-        <v>12.55</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="4004" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4004" s="1" t="s">
-        <v>3905</v>
+        <v>3615</v>
       </c>
       <c r="B4004" s="2">
-        <v>109</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="4005" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4005" s="1" t="s">
-        <v>4174</v>
+        <v>3614</v>
       </c>
       <c r="B4005" s="2">
-        <v>1.35</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="4006" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4006" s="1" t="s">
-        <v>3785</v>
+        <v>3872</v>
       </c>
       <c r="B4006" s="2">
-        <v>0.98</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="4007" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4007" s="1" t="s">
-        <v>3911</v>
+        <v>3387</v>
       </c>
       <c r="B4007" s="2">
-        <v>115.29</v>
+        <v>2.0499999999999998</v>
       </c>
     </row>
     <row r="4008" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4008" s="1" t="s">
-        <v>3755</v>
+        <v>3724</v>
       </c>
       <c r="B4008" s="2">
-        <v>15</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="4009" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4009" s="1" t="s">
-        <v>4158</v>
+        <v>3560</v>
       </c>
       <c r="B4009" s="2">
-        <v>0.19</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="4010" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4010" s="1" t="s">
-        <v>3747</v>
+        <v>3561</v>
       </c>
       <c r="B4010" s="2">
-        <v>1.07</v>
+        <v>1.1299999999999999</v>
       </c>
     </row>
     <row r="4011" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4011" s="1" t="s">
-        <v>4146</v>
+        <v>3515</v>
       </c>
       <c r="B4011" s="2">
-        <v>99.5</v>
+        <v>89.26</v>
       </c>
     </row>
     <row r="4012" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4012" s="1" t="s">
-        <v>4062</v>
+        <v>3641</v>
       </c>
       <c r="B4012" s="2">
-        <v>97.25</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="4013" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4013" s="1" t="s">
-        <v>4014</v>
+        <v>3642</v>
       </c>
       <c r="B4013" s="2">
-        <v>0.92</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="4014" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4014" s="1" t="s">
-        <v>3999</v>
+        <v>3846</v>
       </c>
       <c r="B4014" s="2">
-        <v>36.17</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="4015" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4015" s="1" t="s">
-        <v>4041</v>
+        <v>3397</v>
       </c>
       <c r="B4015" s="2">
-        <v>25.13</v>
+        <v>4.37</v>
       </c>
     </row>
     <row r="4016" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4016" s="1" t="s">
-        <v>3485</v>
+        <v>3671</v>
       </c>
       <c r="B4016" s="2">
-        <v>627.04999999999995</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="4017" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4017" s="1" t="s">
-        <v>3766</v>
+        <v>3429</v>
       </c>
       <c r="B4017" s="2">
-        <v>2.9</v>
+        <v>24.06</v>
       </c>
     </row>
     <row r="4018" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4018" s="1" t="s">
-        <v>3598</v>
+        <v>3469</v>
       </c>
       <c r="B4018" s="2">
-        <v>19.46</v>
+        <v>13.98</v>
       </c>
     </row>
     <row r="4019" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4019" s="1" t="s">
-        <v>3597</v>
+        <v>3826</v>
       </c>
       <c r="B4019" s="2">
-        <v>9.75</v>
+        <v>13.09</v>
       </c>
     </row>
     <row r="4020" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4020" s="1" t="s">
-        <v>3834</v>
+        <v>3462</v>
       </c>
       <c r="B4020" s="2">
-        <v>22.69</v>
+        <v>44.7</v>
       </c>
     </row>
     <row r="4021" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4021" s="1" t="s">
-        <v>3580</v>
+        <v>3710</v>
       </c>
       <c r="B4021" s="2">
-        <v>0.95</v>
+        <v>52.65</v>
       </c>
     </row>
     <row r="4022" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4022" s="1" t="s">
-        <v>3596</v>
+        <v>3725</v>
       </c>
       <c r="B4022" s="2">
-        <v>6</v>
+        <v>1.47</v>
       </c>
     </row>
     <row r="4023" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4023" s="1" t="s">
-        <v>3576</v>
+        <v>3500</v>
       </c>
       <c r="B4023" s="2">
-        <v>1.73</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="4024" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4024" s="1" t="s">
-        <v>4139</v>
+        <v>3680</v>
       </c>
       <c r="B4024" s="2">
-        <v>0.67</v>
+        <v>2.58</v>
       </c>
     </row>
     <row r="4025" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4025" s="1" t="s">
-        <v>4140</v>
+        <v>3505</v>
       </c>
       <c r="B4025" s="2">
-        <v>0.6</v>
+        <v>18.8</v>
       </c>
     </row>
     <row r="4026" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4026" s="1" t="s">
-        <v>3957</v>
+        <v>3474</v>
       </c>
       <c r="B4026" s="2">
-        <v>1.61</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="4027" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4027" s="1" t="s">
-        <v>3738</v>
+        <v>3537</v>
       </c>
       <c r="B4027" s="2">
-        <v>1.8</v>
+        <v>14.8</v>
       </c>
     </row>
     <row r="4028" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4028" s="1" t="s">
-        <v>4169</v>
+        <v>4252</v>
       </c>
       <c r="B4028" s="2">
-        <v>0.96</v>
+        <v>92.6</v>
       </c>
     </row>
     <row r="4029" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4029" s="1" t="s">
-        <v>4065</v>
+        <v>3516</v>
       </c>
       <c r="B4029" s="2">
-        <v>59.2</v>
+        <v>92.8</v>
       </c>
     </row>
     <row r="4030" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4030" s="1" t="s">
-        <v>3541</v>
+        <v>3459</v>
       </c>
       <c r="B4030" s="2">
-        <v>0.59</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="4031" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4031" s="1" t="s">
-        <v>4025</v>
+        <v>3838</v>
       </c>
       <c r="B4031" s="2">
-        <v>0.72</v>
+        <v>18.7</v>
       </c>
     </row>
     <row r="4032" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4032" s="1" t="s">
-        <v>3809</v>
+        <v>3650</v>
       </c>
       <c r="B4032" s="2">
-        <v>0.12</v>
+        <v>0.6</v>
       </c>
     </row>
     <row r="4033" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4033" s="1" t="s">
-        <v>3504</v>
+        <v>3681</v>
       </c>
       <c r="B4033" s="2">
-        <v>0.04</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="4034" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4034" s="1" t="s">
-        <v>3510</v>
+        <v>3643</v>
       </c>
       <c r="B4034" s="2">
-        <v>0.25</v>
+        <v>1.34</v>
       </c>
     </row>
     <row r="4035" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4035" s="1" t="s">
-        <v>3824</v>
+        <v>3748</v>
       </c>
       <c r="B4035" s="2">
-        <v>1.76</v>
+        <v>4.9000000000000004</v>
       </c>
     </row>
     <row r="4036" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4036" s="1" t="s">
-        <v>3822</v>
+        <v>4253</v>
       </c>
       <c r="B4036" s="2">
-        <v>1.95</v>
+        <v>355.55</v>
       </c>
     </row>
     <row r="4037" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4037" s="1" t="s">
-        <v>3823</v>
+        <v>3477</v>
       </c>
       <c r="B4037" s="2">
-        <v>1.95</v>
+        <v>127.05</v>
       </c>
     </row>
     <row r="4038" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4038" s="1" t="s">
-        <v>3959</v>
+        <v>3898</v>
       </c>
       <c r="B4038" s="2">
-        <v>1.36</v>
+        <v>5.07</v>
       </c>
     </row>
     <row r="4039" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4039" s="1" t="s">
-        <v>4123</v>
+        <v>3363</v>
       </c>
       <c r="B4039" s="2">
-        <v>1.1299999999999999</v>
+        <v>7.93</v>
       </c>
     </row>
     <row r="4040" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4040" s="1" t="s">
-        <v>3885</v>
+        <v>3362</v>
       </c>
       <c r="B4040" s="2">
-        <v>105.28</v>
+        <v>13.18</v>
       </c>
     </row>
     <row r="4041" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4041" s="1" t="s">
-        <v>3958</v>
+        <v>3364</v>
       </c>
       <c r="B4041" s="2">
-        <v>2.5</v>
+        <v>2.17</v>
       </c>
     </row>
     <row r="4042" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4042" s="1" t="s">
-        <v>3704</v>
+        <v>3389</v>
       </c>
       <c r="B4042" s="2">
-        <v>12.7</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="4043" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4043" s="1" t="s">
-        <v>3773</v>
+        <v>3463</v>
       </c>
       <c r="B4043" s="2">
-        <v>1.1499999999999999</v>
+        <v>91.54</v>
       </c>
     </row>
     <row r="4044" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4044" s="1" t="s">
-        <v>3700</v>
+        <v>3418</v>
       </c>
       <c r="B4044" s="2">
-        <v>91.5</v>
+        <v>2.1800000000000002</v>
       </c>
     </row>
     <row r="4045" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4045" s="1" t="s">
-        <v>3898</v>
+        <v>3572</v>
       </c>
       <c r="B4045" s="2">
-        <v>10.85</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="4046" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4046" s="1" t="s">
-        <v>4023</v>
+        <v>3573</v>
       </c>
       <c r="B4046" s="2">
-        <v>0.8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4047" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4047" s="1" t="s">
-        <v>3887</v>
+        <v>3742</v>
       </c>
       <c r="B4047" s="2">
-        <v>1.48</v>
+        <v>1.1499999999999999</v>
       </c>
     </row>
     <row r="4048" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4048" s="1" t="s">
-        <v>4079</v>
+        <v>4254</v>
       </c>
       <c r="B4048" s="2">
-        <v>18.100000000000001</v>
+        <v>18.02</v>
       </c>
     </row>
     <row r="4049" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4049" s="1" t="s">
-        <v>3795</v>
+        <v>3752</v>
       </c>
       <c r="B4049" s="2">
-        <v>2.35</v>
+        <v>1.1499999999999999</v>
       </c>
     </row>
     <row r="4050" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4050" s="1" t="s">
-        <v>3574</v>
+        <v>3649</v>
       </c>
       <c r="B4050" s="2">
-        <v>2.5299999999999998</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="4051" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4051" s="1" t="s">
-        <v>3993</v>
+        <v>3430</v>
       </c>
       <c r="B4051" s="2">
-        <v>1.8</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="4052" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4052" s="1" t="s">
-        <v>4099</v>
+        <v>4255</v>
       </c>
       <c r="B4052" s="2">
-        <v>6.01</v>
+        <v>245.9</v>
       </c>
     </row>
     <row r="4053" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4053" s="1" t="s">
-        <v>3821</v>
+        <v>4256</v>
       </c>
       <c r="B4053" s="2">
-        <v>1.05</v>
+        <v>15.35</v>
       </c>
     </row>
     <row r="4054" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4054" s="1" t="s">
-        <v>3902</v>
+        <v>4257</v>
       </c>
       <c r="B4054" s="2">
-        <v>1.55</v>
+        <v>25.45</v>
       </c>
     </row>
     <row r="4055" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4055" s="1" t="s">
-        <v>3901</v>
+        <v>3908</v>
       </c>
       <c r="B4055" s="2">
-        <v>1.45</v>
+        <v>11.34</v>
       </c>
     </row>
     <row r="4056" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4056" s="1" t="s">
-        <v>3965</v>
+        <v>3517</v>
       </c>
       <c r="B4056" s="2">
-        <v>1.3</v>
+        <v>2.33</v>
       </c>
     </row>
     <row r="4057" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4057" s="1" t="s">
-        <v>3791</v>
+        <v>3427</v>
       </c>
       <c r="B4057" s="2">
-        <v>1.1100000000000001</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="4058" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4058" s="1" t="s">
-        <v>3790</v>
+        <v>3592</v>
       </c>
       <c r="B4058" s="2">
-        <v>1.22</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="4059" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4059" s="1" t="s">
-        <v>3877</v>
+        <v>3772</v>
       </c>
       <c r="B4059" s="2">
-        <v>0.5</v>
+        <v>19.899999999999999</v>
       </c>
     </row>
     <row r="4060" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4060" s="1" t="s">
-        <v>4176</v>
+        <v>4258</v>
       </c>
       <c r="B4060" s="2">
-        <v>675.25</v>
+        <v>265.64999999999998</v>
       </c>
     </row>
     <row r="4061" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4061" s="1" t="s">
-        <v>4175</v>
+        <v>3616</v>
       </c>
       <c r="B4061" s="2">
-        <v>725.32</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="4062" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4062" s="1" t="s">
-        <v>3969</v>
+        <v>3869</v>
       </c>
       <c r="B4062" s="2">
-        <v>915.35</v>
+        <v>2.29</v>
       </c>
     </row>
     <row r="4063" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4063" s="1" t="s">
-        <v>3932</v>
+        <v>3467</v>
       </c>
       <c r="B4063" s="2">
-        <v>2.71</v>
+        <v>111.65</v>
       </c>
     </row>
     <row r="4064" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4064" s="1" t="s">
-        <v>3644</v>
+        <v>3461</v>
       </c>
       <c r="B4064" s="2">
-        <v>150.76</v>
+        <v>96.1</v>
       </c>
     </row>
     <row r="4065" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4065" s="1" t="s">
-        <v>4069</v>
+        <v>3518</v>
       </c>
       <c r="B4065" s="2">
-        <v>12.31</v>
+        <v>92.5</v>
       </c>
     </row>
     <row r="4066" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4066" s="1" t="s">
-        <v>3923</v>
+        <v>4259</v>
       </c>
       <c r="B4066" s="2">
-        <v>27.86</v>
+        <v>93.25</v>
       </c>
     </row>
     <row r="4067" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4067" s="1" t="s">
-        <v>4110</v>
+        <v>4260</v>
       </c>
       <c r="B4067" s="2">
-        <v>66.349999999999994</v>
+        <v>94.69</v>
       </c>
     </row>
     <row r="4068" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4068" s="1" t="s">
-        <v>3518</v>
+        <v>3595</v>
       </c>
       <c r="B4068" s="2">
-        <v>32.83</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="4069" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4069" s="1" t="s">
-        <v>4124</v>
+        <v>3596</v>
       </c>
       <c r="B4069" s="2">
-        <v>1.0900000000000001</v>
+        <v>1.91</v>
       </c>
     </row>
     <row r="4070" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4070" s="1" t="s">
-        <v>3760</v>
+        <v>3536</v>
       </c>
       <c r="B4070" s="2">
-        <v>1.25</v>
+        <v>103.1</v>
       </c>
     </row>
     <row r="4071" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4071" s="1" t="s">
-        <v>3939</v>
+        <v>3758</v>
       </c>
       <c r="B4071" s="2">
-        <v>178.51</v>
+        <v>20.399999999999999</v>
       </c>
     </row>
     <row r="4072" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4072" s="1" t="s">
-        <v>3940</v>
+        <v>4261</v>
       </c>
       <c r="B4072" s="2">
-        <v>185.51</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="4073" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4073" s="1" t="s">
-        <v>3967</v>
+        <v>3645</v>
       </c>
       <c r="B4073" s="2">
-        <v>23.3</v>
+        <v>1.08</v>
       </c>
     </row>
     <row r="4074" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4074" s="1" t="s">
-        <v>3966</v>
+        <v>4262</v>
       </c>
       <c r="B4074" s="2">
-        <v>23.8</v>
+        <v>0.48</v>
       </c>
     </row>
     <row r="4075" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4075" s="1" t="s">
-        <v>4107</v>
+        <v>3886</v>
       </c>
       <c r="B4075" s="2">
-        <v>6.15</v>
+        <v>1.06</v>
       </c>
     </row>
     <row r="4076" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4076" s="1" t="s">
-        <v>3605</v>
+        <v>4263</v>
       </c>
       <c r="B4076" s="2">
-        <v>3.05</v>
+        <v>90.88</v>
       </c>
     </row>
     <row r="4077" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4077" s="1" t="s">
-        <v>4008</v>
+        <v>3857</v>
       </c>
       <c r="B4077" s="2">
-        <v>23.55</v>
+        <v>119.2</v>
       </c>
     </row>
     <row r="4078" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4078" s="1" t="s">
-        <v>4052</v>
+        <v>3916</v>
       </c>
       <c r="B4078" s="2">
-        <v>1.62</v>
+        <v>67.150000000000006</v>
       </c>
     </row>
     <row r="4079" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4079" s="1" t="s">
-        <v>3762</v>
+        <v>3808</v>
       </c>
       <c r="B4079" s="2">
-        <v>1.7</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="4080" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4080" s="1" t="s">
-        <v>3916</v>
+        <v>3787</v>
       </c>
       <c r="B4080" s="2">
-        <v>1.18</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="4081" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4081" s="1" t="s">
-        <v>4081</v>
+        <v>3675</v>
       </c>
       <c r="B4081" s="2">
-        <v>0.86</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="4082" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4082" s="1" t="s">
-        <v>3960</v>
+        <v>3496</v>
       </c>
       <c r="B4082" s="2">
-        <v>1.95</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="4083" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4083" s="1" t="s">
-        <v>4136</v>
+        <v>3497</v>
       </c>
       <c r="B4083" s="2">
-        <v>1.01</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="4084" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4084" s="1" t="s">
-        <v>3520</v>
+        <v>3706</v>
       </c>
       <c r="B4084" s="2">
-        <v>13.05</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="4085" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4085" s="1" t="s">
-        <v>3664</v>
+        <v>3726</v>
       </c>
       <c r="B4085" s="2">
-        <v>12.1</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="4086" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4086" s="1" t="s">
-        <v>3871</v>
+        <v>3419</v>
       </c>
       <c r="B4086" s="2">
-        <v>26.6</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="4087" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4087" s="1" t="s">
-        <v>3778</v>
+        <v>3381</v>
       </c>
       <c r="B4087" s="2">
-        <v>1.05</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="4088" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4088" s="1" t="s">
-        <v>3662</v>
+        <v>3442</v>
       </c>
       <c r="B4088" s="2">
-        <v>1.05</v>
+        <v>25.7</v>
       </c>
     </row>
     <row r="4089" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4089" s="1" t="s">
-        <v>3810</v>
+        <v>4264</v>
       </c>
       <c r="B4089" s="2">
-        <v>1.45</v>
+        <v>51.33</v>
       </c>
     </row>
     <row r="4090" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4090" s="1" t="s">
-        <v>3811</v>
+        <v>3727</v>
       </c>
       <c r="B4090" s="2">
-        <v>1.5</v>
+        <v>0.83</v>
       </c>
     </row>
     <row r="4091" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4091" s="1" t="s">
-        <v>4104</v>
+        <v>3807</v>
       </c>
       <c r="B4091" s="2">
-        <v>1.1499999999999999</v>
+        <v>1.1299999999999999</v>
       </c>
     </row>
     <row r="4092" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4092" s="1" t="s">
-        <v>4118</v>
+        <v>3712</v>
       </c>
       <c r="B4092" s="2">
-        <v>18.7</v>
+        <v>25.9</v>
       </c>
     </row>
     <row r="4093" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4093" s="1" t="s">
-        <v>3731</v>
+        <v>3399</v>
       </c>
       <c r="B4093" s="2">
-        <v>1.25</v>
+        <v>12.1</v>
       </c>
     </row>
     <row r="4094" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4094" s="1" t="s">
-        <v>3587</v>
+        <v>3719</v>
       </c>
       <c r="B4094" s="2">
-        <v>347.98</v>
+        <v>133.12</v>
       </c>
     </row>
     <row r="4095" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4095" s="1" t="s">
-        <v>3486</v>
+        <v>3519</v>
       </c>
       <c r="B4095" s="2">
-        <v>23.43</v>
+        <v>48.25</v>
       </c>
     </row>
     <row r="4096" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4096" s="1" t="s">
-        <v>3656</v>
+        <v>3835</v>
       </c>
       <c r="B4096" s="2">
-        <v>1.19</v>
+        <v>5.74</v>
       </c>
     </row>
     <row r="4097" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4097" s="1" t="s">
-        <v>3586</v>
+        <v>3526</v>
       </c>
       <c r="B4097" s="2">
-        <v>60</v>
+        <v>15.94</v>
       </c>
     </row>
     <row r="4098" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4098" s="1" t="s">
-        <v>3585</v>
+        <v>3796</v>
       </c>
       <c r="B4098" s="2">
-        <v>60</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="4099" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4099" s="1" t="s">
-        <v>3571</v>
+        <v>3565</v>
       </c>
       <c r="B4099" s="2">
-        <v>1.1499999999999999</v>
+        <v>0.96</v>
       </c>
     </row>
     <row r="4100" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4100" s="1" t="s">
-        <v>3591</v>
+        <v>3781</v>
       </c>
       <c r="B4100" s="2">
-        <v>33.85</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="4101" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4101" s="1" t="s">
-        <v>4141</v>
+        <v>3685</v>
       </c>
       <c r="B4101" s="2">
-        <v>0.9</v>
+        <v>22.31</v>
       </c>
     </row>
     <row r="4102" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4102" s="1" t="s">
-        <v>4033</v>
+        <v>3520</v>
       </c>
       <c r="B4102" s="2">
-        <v>1.45</v>
+        <v>119.25</v>
       </c>
     </row>
     <row r="4103" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4103" s="1" t="s">
-        <v>4031</v>
+        <v>3358</v>
       </c>
       <c r="B4103" s="2">
-        <v>1.24</v>
+        <v>17.75</v>
       </c>
     </row>
     <row r="4104" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4104" s="1" t="s">
-        <v>3812</v>
+        <v>4265</v>
       </c>
       <c r="B4104" s="2">
-        <v>1.07</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="4105" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4105" s="1" t="s">
-        <v>3715</v>
+        <v>3357</v>
       </c>
       <c r="B4105" s="2">
-        <v>18.5</v>
+        <v>14.22</v>
       </c>
     </row>
     <row r="4106" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4106" s="1" t="s">
-        <v>3528</v>
+        <v>3761</v>
       </c>
       <c r="B4106" s="2">
-        <v>1.4</v>
+        <v>1.76</v>
       </c>
     </row>
     <row r="4107" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4107" s="1" t="s">
-        <v>4128</v>
+        <v>3538</v>
       </c>
       <c r="B4107" s="2">
-        <v>20.49</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="4108" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4108" s="1" t="s">
-        <v>3961</v>
+        <v>3598</v>
       </c>
       <c r="B4108" s="2">
-        <v>1.4</v>
+        <v>3.31</v>
       </c>
     </row>
     <row r="4109" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4109" s="1" t="s">
-        <v>3730</v>
+        <v>3452</v>
       </c>
       <c r="B4109" s="2">
-        <v>1.25</v>
+        <v>1.37</v>
       </c>
     </row>
     <row r="4110" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4110" s="1" t="s">
-        <v>3553</v>
+        <v>3451</v>
       </c>
       <c r="B4110" s="2">
-        <v>111.5</v>
+        <v>1.45</v>
       </c>
     </row>
     <row r="4111" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4111" s="1" t="s">
-        <v>3788</v>
+        <v>3612</v>
       </c>
       <c r="B4111" s="2">
-        <v>1.88</v>
+        <v>20.7</v>
       </c>
     </row>
     <row r="4112" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4112" s="1" t="s">
-        <v>3983</v>
+        <v>3825</v>
       </c>
       <c r="B4112" s="2">
-        <v>1.9</v>
+        <v>36.369999999999997</v>
       </c>
     </row>
     <row r="4113" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4113" s="1" t="s">
-        <v>3565</v>
+        <v>3670</v>
       </c>
       <c r="B4113" s="2">
-        <v>50.1</v>
+        <v>40.83</v>
       </c>
     </row>
     <row r="4114" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4114" s="1" t="s">
-        <v>3646</v>
+        <v>3547</v>
       </c>
       <c r="B4114" s="2">
-        <v>1.1299999999999999</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="4115" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4115" s="1" t="s">
-        <v>4113</v>
+        <v>3672</v>
       </c>
       <c r="B4115" s="2">
-        <v>13.1</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="4116" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4116" s="1" t="s">
-        <v>4122</v>
+        <v>3360</v>
       </c>
       <c r="B4116" s="2">
-        <v>14.95</v>
+        <v>97.7</v>
       </c>
     </row>
     <row r="4117" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4117" s="1" t="s">
-        <v>3529</v>
+        <v>3589</v>
       </c>
       <c r="B4117" s="2">
-        <v>11.25</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="4118" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4118" s="1" t="s">
-        <v>3852</v>
+        <v>3728</v>
       </c>
       <c r="B4118" s="2">
-        <v>10.7</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="4119" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4119" s="1" t="s">
-        <v>3604</v>
+        <v>3551</v>
       </c>
       <c r="B4119" s="2">
-        <v>11.05</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="4120" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4120" s="1" t="s">
-        <v>3645</v>
+        <v>4266</v>
       </c>
       <c r="B4120" s="2">
-        <v>0.81</v>
+        <v>36.9</v>
       </c>
     </row>
     <row r="4121" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4121" s="1" t="s">
-        <v>3995</v>
+        <v>3814</v>
       </c>
       <c r="B4121" s="2">
-        <v>12</v>
+        <v>65.42</v>
       </c>
     </row>
     <row r="4122" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4122" s="1" t="s">
-        <v>3743</v>
+        <v>3372</v>
       </c>
       <c r="B4122" s="2">
-        <v>10.85</v>
+        <v>12.55</v>
       </c>
     </row>
     <row r="4123" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4123" s="1" t="s">
-        <v>4135</v>
+        <v>4267</v>
       </c>
       <c r="B4123" s="2">
-        <v>11.55</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="4124" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4124" s="1" t="s">
-        <v>3768</v>
+        <v>3694</v>
       </c>
       <c r="B4124" s="2">
-        <v>12.35</v>
+        <v>109</v>
       </c>
     </row>
     <row r="4125" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4125" s="1" t="s">
-        <v>3640</v>
+        <v>4268</v>
       </c>
       <c r="B4125" s="2">
-        <v>16.649999999999999</v>
+        <v>150.43</v>
       </c>
     </row>
     <row r="4126" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4126" s="1" t="s">
-        <v>4105</v>
+        <v>3910</v>
       </c>
       <c r="B4126" s="2">
-        <v>11.85</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="4127" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4127" s="1" t="s">
-        <v>3535</v>
+        <v>3600</v>
       </c>
       <c r="B4127" s="2">
-        <v>11.4</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="4128" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4128" s="1" t="s">
-        <v>3763</v>
+        <v>3698</v>
       </c>
       <c r="B4128" s="2">
-        <v>1.7</v>
+        <v>123.36</v>
       </c>
     </row>
     <row r="4129" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4129" s="1" t="s">
-        <v>4097</v>
+        <v>4269</v>
       </c>
       <c r="B4129" s="2">
-        <v>1.85</v>
+        <v>140.19999999999999</v>
       </c>
     </row>
     <row r="4130" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4130" s="1" t="s">
-        <v>3942</v>
+        <v>3571</v>
       </c>
       <c r="B4130" s="2">
-        <v>305.74</v>
+        <v>13.25</v>
       </c>
     </row>
     <row r="4131" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4131" s="1" t="s">
-        <v>4026</v>
+        <v>4270</v>
       </c>
       <c r="B4131" s="2">
-        <v>1.04</v>
+        <v>3.51</v>
       </c>
     </row>
     <row r="4132" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4132" s="1" t="s">
-        <v>3891</v>
+        <v>3564</v>
       </c>
       <c r="B4132" s="2">
-        <v>1.25</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="4133" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4133" s="1" t="s">
-        <v>4092</v>
+        <v>3885</v>
       </c>
       <c r="B4133" s="2">
-        <v>97.35</v>
+        <v>112.25</v>
       </c>
     </row>
     <row r="4134" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4134" s="1" t="s">
-        <v>3874</v>
+        <v>3768</v>
       </c>
       <c r="B4134" s="2">
-        <v>1385.85</v>
+        <v>32.6</v>
       </c>
     </row>
     <row r="4135" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4135" s="1" t="s">
-        <v>4019</v>
+        <v>3800</v>
       </c>
       <c r="B4135" s="2">
-        <v>182.3</v>
+        <v>27.18</v>
       </c>
     </row>
     <row r="4136" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4136" s="1" t="s">
-        <v>4006</v>
+        <v>4271</v>
       </c>
       <c r="B4136" s="2">
-        <v>38.619999999999997</v>
+        <v>47.25</v>
       </c>
     </row>
     <row r="4137" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4137" s="1" t="s">
-        <v>3666</v>
+        <v>3359</v>
       </c>
       <c r="B4137" s="2">
-        <v>1.1000000000000001</v>
+        <v>627.04999999999995</v>
       </c>
     </row>
     <row r="4138" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4138" s="1" t="s">
-        <v>4187</v>
+        <v>4272</v>
       </c>
       <c r="B4138" s="2">
-        <v>1.04</v>
+        <v>663</v>
       </c>
     </row>
     <row r="4139" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4139" s="1" t="s">
-        <v>3701</v>
+        <v>4273</v>
       </c>
       <c r="B4139" s="2">
-        <v>79.95</v>
+        <v>2.82</v>
       </c>
     </row>
     <row r="4140" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4140" s="1" t="s">
-        <v>4056</v>
+        <v>4274</v>
       </c>
       <c r="B4140" s="2">
-        <v>21.15</v>
+        <v>14.95</v>
       </c>
     </row>
     <row r="4141" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4141" s="1" t="s">
-        <v>3680</v>
+        <v>3440</v>
       </c>
       <c r="B4141" s="2">
-        <v>93</v>
+        <v>19.46</v>
       </c>
     </row>
     <row r="4142" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4142" s="1" t="s">
-        <v>3683</v>
+        <v>3439</v>
       </c>
       <c r="B4142" s="2">
-        <v>93</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="4143" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4143" s="1" t="s">
-        <v>4016</v>
+        <v>3644</v>
       </c>
       <c r="B4143" s="2">
-        <v>1.1000000000000001</v>
+        <v>11.83</v>
       </c>
     </row>
     <row r="4144" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4144" s="1" t="s">
-        <v>3765</v>
+        <v>3428</v>
       </c>
       <c r="B4144" s="2">
-        <v>1.47</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="4145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4145" s="1" t="s">
-        <v>3943</v>
+        <v>4275</v>
       </c>
       <c r="B4145" s="2">
-        <v>13.44</v>
+        <v>60</v>
       </c>
     </row>
     <row r="4146" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4146" s="1" t="s">
-        <v>3944</v>
+        <v>3878</v>
       </c>
       <c r="B4146" s="2">
-        <v>13.41</v>
+        <v>1.1499999999999999</v>
       </c>
     </row>
     <row r="4147" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4147" s="1" t="s">
-        <v>3513</v>
+        <v>3879</v>
       </c>
       <c r="B4147" s="2">
-        <v>111.3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4148" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4148" s="1" t="s">
-        <v>3922</v>
+        <v>4276</v>
       </c>
       <c r="B4148" s="2">
-        <v>1.59</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="4149" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4149" s="1" t="s">
-        <v>4125</v>
+        <v>3729</v>
       </c>
       <c r="B4149" s="2">
-        <v>1.25</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="4150" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4150" s="1" t="s">
-        <v>3813</v>
+        <v>3557</v>
       </c>
       <c r="B4150" s="2">
-        <v>0.86</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="4151" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4151" s="1" t="s">
-        <v>3962</v>
+        <v>3907</v>
       </c>
       <c r="B4151" s="2">
-        <v>1.05</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="4152" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4152" s="1" t="s">
-        <v>4188</v>
+        <v>3819</v>
       </c>
       <c r="B4152" s="2">
-        <v>1.05</v>
+        <v>59.2</v>
       </c>
     </row>
     <row r="4153" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4153" s="1" t="s">
-        <v>3843</v>
+        <v>3398</v>
       </c>
       <c r="B4153" s="2">
-        <v>1.2</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="4154" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4154" s="1" t="s">
-        <v>3807</v>
+        <v>3620</v>
       </c>
       <c r="B4154" s="2">
-        <v>0.89</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="4155" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4155" s="1" t="s">
-        <v>4119</v>
+        <v>3373</v>
       </c>
       <c r="B4155" s="2">
-        <v>15.2</v>
+        <v>0.04</v>
       </c>
     </row>
     <row r="4156" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4156" s="1" t="s">
-        <v>4159</v>
+        <v>3378</v>
       </c>
       <c r="B4156" s="2">
-        <v>26.13</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="4157" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4157" s="1" t="s">
-        <v>4036</v>
+        <v>3634</v>
       </c>
       <c r="B4157" s="2">
-        <v>2</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="4158" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4158" s="1" t="s">
-        <v>3933</v>
+        <v>4277</v>
       </c>
       <c r="B4158" s="2">
-        <v>1.1499999999999999</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="4159" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4159" s="1" t="s">
-        <v>4154</v>
+        <v>3632</v>
       </c>
       <c r="B4159" s="2">
-        <v>12.7</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="4160" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4160" s="1" t="s">
-        <v>4150</v>
+        <v>3633</v>
       </c>
       <c r="B4160" s="2">
-        <v>2.2999999999999998</v>
+        <v>1.43</v>
       </c>
     </row>
     <row r="4161" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4161" s="1" t="s">
-        <v>3963</v>
+        <v>3731</v>
       </c>
       <c r="B4161" s="2">
-        <v>3.45</v>
+        <v>1.8</v>
       </c>
     </row>
     <row r="4162" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4162" s="1" t="s">
-        <v>3801</v>
+        <v>3864</v>
       </c>
       <c r="B4162" s="2">
-        <v>56.3</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="4163" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4163" s="1" t="s">
-        <v>3997</v>
+        <v>3682</v>
       </c>
       <c r="B4163" s="2">
-        <v>1.35</v>
+        <v>98.33</v>
       </c>
     </row>
     <row r="4164" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4164" s="1" t="s">
-        <v>3601</v>
+        <v>3730</v>
       </c>
       <c r="B4164" s="2">
-        <v>70.75</v>
+        <v>2.4500000000000002</v>
       </c>
     </row>
     <row r="4165" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4165" s="1" t="s">
-        <v>4080</v>
+        <v>3588</v>
       </c>
       <c r="B4165" s="2">
-        <v>47.2</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="4166" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4166" s="1" t="s">
-        <v>4163</v>
+        <v>3689</v>
       </c>
       <c r="B4166" s="2">
-        <v>59.75</v>
+        <v>10.85</v>
       </c>
     </row>
     <row r="4167" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4167" s="1" t="s">
-        <v>4131</v>
+        <v>3788</v>
       </c>
       <c r="B4167" s="2">
-        <v>4</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="4168" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4168" s="1" t="s">
-        <v>4167</v>
+        <v>4278</v>
       </c>
       <c r="B4168" s="2">
-        <v>41.83</v>
+        <v>1.6</v>
       </c>
     </row>
     <row r="4169" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4169" s="1" t="s">
-        <v>4164</v>
+        <v>3684</v>
       </c>
       <c r="B4169" s="2">
-        <v>44.57</v>
+        <v>1.49</v>
       </c>
     </row>
     <row r="4170" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4170" s="1" t="s">
-        <v>4168</v>
+        <v>3831</v>
       </c>
       <c r="B4170" s="2">
-        <v>34.83</v>
+        <v>18.100000000000001</v>
       </c>
     </row>
     <row r="4171" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4171" s="1" t="s">
-        <v>4165</v>
+        <v>3609</v>
       </c>
       <c r="B4171" s="2">
-        <v>35.880000000000003</v>
+        <v>1.65</v>
       </c>
     </row>
     <row r="4172" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4172" s="1" t="s">
-        <v>4109</v>
+        <v>3423</v>
       </c>
       <c r="B4172" s="2">
-        <v>197.05</v>
+        <v>0.75</v>
       </c>
     </row>
     <row r="4173" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4173" s="1" t="s">
-        <v>4162</v>
+        <v>3762</v>
       </c>
       <c r="B4173" s="2">
-        <v>105.5</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="4174" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4174" s="1" t="s">
-        <v>4166</v>
+        <v>3848</v>
       </c>
       <c r="B4174" s="2">
-        <v>55.75</v>
+        <v>6.01</v>
       </c>
     </row>
     <row r="4175" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4175" s="1" t="s">
-        <v>3671</v>
+        <v>3692</v>
       </c>
       <c r="B4175" s="2">
-        <v>7.19</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="4176" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4176" s="1" t="s">
-        <v>4015</v>
+        <v>3605</v>
       </c>
       <c r="B4176" s="2">
-        <v>1.53</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="4177" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4177" s="1" t="s">
-        <v>3964</v>
+        <v>3604</v>
       </c>
       <c r="B4177" s="2">
-        <v>1.6</v>
+        <v>1.1000000000000001</v>
       </c>
     </row>
     <row r="4178" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4178" s="1" t="s">
-        <v>4133</v>
+        <v>3912</v>
       </c>
       <c r="B4178" s="2">
-        <v>1.35</v>
+        <v>691.59</v>
       </c>
     </row>
     <row r="4179" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4179" s="1" t="s">
-        <v>4127</v>
+        <v>3911</v>
       </c>
       <c r="B4179" s="2">
-        <v>1.7</v>
+        <v>729.55</v>
       </c>
     </row>
     <row r="4180" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4180" s="1" t="s">
-        <v>4137</v>
+        <v>4279</v>
       </c>
       <c r="B4180" s="2">
-        <v>1.23</v>
+        <v>724.25</v>
       </c>
     </row>
     <row r="4181" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4181" s="1" t="s">
-        <v>4138</v>
+        <v>3739</v>
       </c>
       <c r="B4181" s="2">
-        <v>1.4</v>
+        <v>923.31</v>
       </c>
     </row>
     <row r="4182" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4182" s="1" t="s">
-        <v>3641</v>
+        <v>3714</v>
       </c>
       <c r="B4182" s="2">
-        <v>14.9</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="4183" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4183" s="1" t="s">
-        <v>4183</v>
+        <v>3475</v>
       </c>
       <c r="B4183" s="2">
-        <v>1.3</v>
+        <v>119.06</v>
       </c>
     </row>
     <row r="4184" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4184" s="1" t="s">
-        <v>3639</v>
+        <v>3821</v>
       </c>
       <c r="B4184" s="2">
-        <v>27.05</v>
+        <v>13.08</v>
       </c>
     </row>
     <row r="4185" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4185" s="1" t="s">
-        <v>4101</v>
+        <v>3709</v>
       </c>
       <c r="B4185" s="2">
-        <v>10.8</v>
+        <v>28.52</v>
       </c>
     </row>
     <row r="4186" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4186" s="1" t="s">
-        <v>3720</v>
+        <v>3853</v>
       </c>
       <c r="B4186" s="2">
-        <v>1.45</v>
+        <v>67.260000000000005</v>
       </c>
     </row>
     <row r="4187" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4187" s="1" t="s">
-        <v>3721</v>
+        <v>3576</v>
       </c>
       <c r="B4187" s="2">
-        <v>1.1499999999999999</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="4188" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4188" s="1" t="s">
-        <v>3722</v>
+        <v>3737</v>
       </c>
       <c r="B4188" s="2">
-        <v>1.5</v>
+        <v>23.61</v>
       </c>
     </row>
     <row r="4189" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4189" s="1" t="s">
-        <v>3723</v>
+        <v>3736</v>
       </c>
       <c r="B4189" s="2">
-        <v>1.19</v>
+        <v>23.8</v>
       </c>
     </row>
     <row r="4190" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4190" s="1" t="s">
-        <v>3724</v>
+        <v>3446</v>
       </c>
       <c r="B4190" s="2">
-        <v>1.29</v>
+        <v>3.05</v>
       </c>
     </row>
     <row r="4191" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4191" s="1" t="s">
-        <v>3921</v>
+        <v>4280</v>
       </c>
       <c r="B4191" s="2">
-        <v>117</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="4192" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4192" s="1" t="s">
-        <v>4116</v>
+        <v>4281</v>
       </c>
       <c r="B4192" s="2">
-        <v>43.88</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="4193" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4193" s="1" t="s">
-        <v>4117</v>
+        <v>4282</v>
       </c>
       <c r="B4193" s="2">
-        <v>111.5</v>
+        <v>1.4</v>
       </c>
     </row>
     <row r="4194" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A4194" s="1" t="s">
-        <v>3744</v>
+        <v>3776</v>
       </c>
       <c r="B4194" s="2">
+        <v>24.26</v>
+      </c>
+    </row>
+    <row r="4195" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4195" s="1" t="s">
+        <v>3810</v>
+      </c>
+      <c r="B4195" s="2">
+        <v>1.39</v>
+      </c>
+    </row>
+    <row r="4196" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4196" s="1" t="s">
+        <v>3578</v>
+      </c>
+      <c r="B4196" s="2">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="4197" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4197" s="1" t="s">
+        <v>3703</v>
+      </c>
+      <c r="B4197" s="2">
+        <v>0.86</v>
+      </c>
+    </row>
+    <row r="4198" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4198" s="1" t="s">
+        <v>3833</v>
+      </c>
+      <c r="B4198" s="2">
+        <v>0.82</v>
+      </c>
+    </row>
+    <row r="4199" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4199" s="1" t="s">
+        <v>3732</v>
+      </c>
+      <c r="B4199" s="2">
+        <v>1.58</v>
+      </c>
+    </row>
+    <row r="4200" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4200" s="1" t="s">
+        <v>3876</v>
+      </c>
+      <c r="B4200" s="2">
+        <v>1.78</v>
+      </c>
+    </row>
+    <row r="4201" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4201" s="1" t="s">
+        <v>3383</v>
+      </c>
+      <c r="B4201" s="2">
+        <v>12.12</v>
+      </c>
+    </row>
+    <row r="4202" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4202" s="1" t="s">
+        <v>4283</v>
+      </c>
+      <c r="B4202" s="2">
+        <v>12.4</v>
+      </c>
+    </row>
+    <row r="4203" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4203" s="1" t="s">
+        <v>3593</v>
+      </c>
+      <c r="B4203" s="2">
+        <v>0.77</v>
+      </c>
+    </row>
+    <row r="4204" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4204" s="1" t="s">
+        <v>3492</v>
+      </c>
+      <c r="B4204" s="2">
+        <v>1.1000000000000001</v>
+      </c>
+    </row>
+    <row r="4205" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4205" s="1" t="s">
+        <v>3621</v>
+      </c>
+      <c r="B4205" s="2">
+        <v>1.45</v>
+      </c>
+    </row>
+    <row r="4206" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4206" s="1" t="s">
+        <v>3622</v>
+      </c>
+      <c r="B4206" s="2">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4207" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4207" s="1" t="s">
+        <v>3860</v>
+      </c>
+      <c r="B4207" s="2">
+        <v>19.45</v>
+      </c>
+    </row>
+    <row r="4208" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4208" s="1" t="s">
+        <v>3550</v>
+      </c>
+      <c r="B4208" s="2">
         <v>1.05</v>
       </c>
     </row>
+    <row r="4209" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4209" s="1" t="s">
+        <v>3432</v>
+      </c>
+      <c r="B4209" s="2">
+        <v>348.45</v>
+      </c>
+    </row>
+    <row r="4210" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4210" s="1" t="s">
+        <v>3486</v>
+      </c>
+      <c r="B4210" s="2">
+        <v>0.88</v>
+      </c>
+    </row>
+    <row r="4211" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4211" s="1" t="s">
+        <v>3421</v>
+      </c>
+      <c r="B4211" s="2">
+        <v>3.78</v>
+      </c>
+    </row>
+    <row r="4212" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4212" s="1" t="s">
+        <v>3434</v>
+      </c>
+      <c r="B4212" s="2">
+        <v>34.03</v>
+      </c>
+    </row>
+    <row r="4213" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4213" s="1" t="s">
+        <v>3880</v>
+      </c>
+      <c r="B4213" s="2">
+        <v>0.9</v>
+      </c>
+    </row>
+    <row r="4214" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4214" s="1" t="s">
+        <v>3793</v>
+      </c>
+      <c r="B4214" s="2">
+        <v>1.18</v>
+      </c>
+    </row>
+    <row r="4215" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4215" s="1" t="s">
+        <v>3791</v>
+      </c>
+      <c r="B4215" s="2">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="4216" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4216" s="1" t="s">
+        <v>3623</v>
+      </c>
+      <c r="B4216" s="2">
+        <v>0.86</v>
+      </c>
+    </row>
+    <row r="4217" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4217" s="1" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B4217" s="2">
+        <v>17.440000000000001</v>
+      </c>
+    </row>
+    <row r="4218" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4218" s="1" t="s">
+        <v>3390</v>
+      </c>
+      <c r="B4218" s="2">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="4219" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4219" s="1" t="s">
+        <v>3868</v>
+      </c>
+      <c r="B4219" s="2">
+        <v>20.55</v>
+      </c>
+    </row>
+    <row r="4220" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4220" s="1" t="s">
+        <v>3549</v>
+      </c>
+      <c r="B4220" s="2">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="4221" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4221" s="1" t="s">
+        <v>4284</v>
+      </c>
+      <c r="B4221" s="2">
+        <v>0.56999999999999995</v>
+      </c>
+    </row>
+    <row r="4222" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4222" s="1" t="s">
+        <v>3407</v>
+      </c>
+      <c r="B4222" s="2">
+        <v>111.5</v>
+      </c>
+    </row>
+    <row r="4223" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4223" s="1" t="s">
+        <v>3603</v>
+      </c>
+      <c r="B4223" s="2">
+        <v>2.2999999999999998</v>
+      </c>
+    </row>
+    <row r="4224" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4224" s="1" t="s">
+        <v>3753</v>
+      </c>
+      <c r="B4224" s="2">
+        <v>2.4</v>
+      </c>
+    </row>
+    <row r="4225" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4225" s="1" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B4225" s="2">
+        <v>50.1</v>
+      </c>
+    </row>
+    <row r="4226" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4226" s="1" t="s">
+        <v>3476</v>
+      </c>
+      <c r="B4226" s="2">
+        <v>1.1299999999999999</v>
+      </c>
+    </row>
+    <row r="4227" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4227" s="1" t="s">
+        <v>3764</v>
+      </c>
+      <c r="B4227" s="2">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="4228" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4228" s="1" t="s">
+        <v>4285</v>
+      </c>
+      <c r="B4228" s="2">
+        <v>12.55</v>
+      </c>
+    </row>
+    <row r="4229" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4229" s="1" t="s">
+        <v>3875</v>
+      </c>
+      <c r="B4229" s="2">
+        <v>11.55</v>
+      </c>
+    </row>
+    <row r="4230" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4230" s="1" t="s">
+        <v>3583</v>
+      </c>
+      <c r="B4230" s="2">
+        <v>12.35</v>
+      </c>
+    </row>
+    <row r="4231" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4231" s="1" t="s">
+        <v>4286</v>
+      </c>
+      <c r="B4231" s="2">
+        <v>3.1</v>
+      </c>
+    </row>
+    <row r="4232" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4232" s="1" t="s">
+        <v>3579</v>
+      </c>
+      <c r="B4232" s="2">
+        <v>1.62</v>
+      </c>
+    </row>
+    <row r="4233" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4233" s="1" t="s">
+        <v>3718</v>
+      </c>
+      <c r="B4233" s="2">
+        <v>298.26</v>
+      </c>
+    </row>
+    <row r="4234" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4234" s="1" t="s">
+        <v>3789</v>
+      </c>
+      <c r="B4234" s="2">
+        <v>0.63</v>
+      </c>
+    </row>
+    <row r="4235" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4235" s="1" t="s">
+        <v>3686</v>
+      </c>
+      <c r="B4235" s="2">
+        <v>0.73</v>
+      </c>
+    </row>
+    <row r="4236" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4236" s="1" t="s">
+        <v>3842</v>
+      </c>
+      <c r="B4236" s="2">
+        <v>95.25</v>
+      </c>
+    </row>
+    <row r="4237" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4237" s="1" t="s">
+        <v>3785</v>
+      </c>
+      <c r="B4237" s="2">
+        <v>182.68</v>
+      </c>
+    </row>
+    <row r="4238" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4238" s="1" t="s">
+        <v>3774</v>
+      </c>
+      <c r="B4238" s="2">
+        <v>40.369999999999997</v>
+      </c>
+    </row>
+    <row r="4239" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4239" s="1" t="s">
+        <v>3494</v>
+      </c>
+      <c r="B4239" s="2">
+        <v>1.05</v>
+      </c>
+    </row>
+    <row r="4240" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4240" s="1" t="s">
+        <v>3921</v>
+      </c>
+      <c r="B4240" s="2">
+        <v>1.17</v>
+      </c>
+    </row>
+    <row r="4241" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4241" s="1" t="s">
+        <v>3521</v>
+      </c>
+      <c r="B4241" s="2">
+        <v>59.31</v>
+      </c>
+    </row>
+    <row r="4242" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4242" s="1" t="s">
+        <v>4287</v>
+      </c>
+      <c r="B4242" s="2">
+        <v>1.25</v>
+      </c>
+    </row>
+    <row r="4243" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4243" s="1" t="s">
+        <v>4288</v>
+      </c>
+      <c r="B4243" s="2">
+        <v>0.89</v>
+      </c>
+    </row>
+    <row r="4244" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4244" s="1" t="s">
+        <v>4289</v>
+      </c>
+      <c r="B4244" s="2">
+        <v>7.28</v>
+      </c>
+    </row>
+    <row r="4245" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4245" s="1" t="s">
+        <v>4290</v>
+      </c>
+      <c r="B4245" s="2">
+        <v>10.050000000000001</v>
+      </c>
+    </row>
+    <row r="4246" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4246" s="1" t="s">
+        <v>4291</v>
+      </c>
+      <c r="B4246" s="2">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="4247" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4247" s="1" t="s">
+        <v>3813</v>
+      </c>
+      <c r="B4247" s="2">
+        <v>21.15</v>
+      </c>
+    </row>
+    <row r="4248" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4248" s="1" t="s">
+        <v>3508</v>
+      </c>
+      <c r="B4248" s="2">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="4249" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4249" s="1" t="s">
+        <v>3783</v>
+      </c>
+      <c r="B4249" s="2">
+        <v>1.1000000000000001</v>
+      </c>
+    </row>
+    <row r="4250" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4250" s="1" t="s">
+        <v>3581</v>
+      </c>
+      <c r="B4250" s="2">
+        <v>1.65</v>
+      </c>
+    </row>
+    <row r="4251" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4251" s="1" t="s">
+        <v>3708</v>
+      </c>
+      <c r="B4251" s="2">
+        <v>1.33</v>
+      </c>
+    </row>
+    <row r="4252" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4252" s="1" t="s">
+        <v>3865</v>
+      </c>
+      <c r="B4252" s="2">
+        <v>1.6</v>
+      </c>
+    </row>
+    <row r="4253" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4253" s="1" t="s">
+        <v>3624</v>
+      </c>
+      <c r="B4253" s="2">
+        <v>1.05</v>
+      </c>
+    </row>
+    <row r="4254" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4254" s="1" t="s">
+        <v>3733</v>
+      </c>
+      <c r="B4254" s="2">
+        <v>1.05</v>
+      </c>
+    </row>
+    <row r="4255" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4255" s="1" t="s">
+        <v>3652</v>
+      </c>
+      <c r="B4255" s="2">
+        <v>1.1599999999999999</v>
+      </c>
+    </row>
+    <row r="4256" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4256" s="1" t="s">
+        <v>3619</v>
+      </c>
+      <c r="B4256" s="2">
+        <v>0.7</v>
+      </c>
+    </row>
+    <row r="4257" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4257" s="1" t="s">
+        <v>3861</v>
+      </c>
+      <c r="B4257" s="2">
+        <v>15.2</v>
+      </c>
+    </row>
+    <row r="4258" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4258" s="1" t="s">
+        <v>3897</v>
+      </c>
+      <c r="B4258" s="2">
+        <v>26.13</v>
+      </c>
+    </row>
+    <row r="4259" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4259" s="1" t="s">
+        <v>3795</v>
+      </c>
+      <c r="B4259" s="2">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="4260" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4260" s="1" t="s">
+        <v>3715</v>
+      </c>
+      <c r="B4260" s="2">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="4261" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4261" s="1" t="s">
+        <v>3893</v>
+      </c>
+      <c r="B4261" s="2">
+        <v>12.7</v>
+      </c>
+    </row>
+    <row r="4262" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4262" s="1" t="s">
+        <v>3889</v>
+      </c>
+      <c r="B4262" s="2">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="4263" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4263" s="1" t="s">
+        <v>3734</v>
+      </c>
+      <c r="B4263" s="2">
+        <v>1.75</v>
+      </c>
+    </row>
+    <row r="4264" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4264" s="1" t="s">
+        <v>4292</v>
+      </c>
+      <c r="B4264" s="2">
+        <v>2.15</v>
+      </c>
+    </row>
+    <row r="4265" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4265" s="1" t="s">
+        <v>4293</v>
+      </c>
+      <c r="B4265" s="2">
+        <v>0.77</v>
+      </c>
+    </row>
+    <row r="4266" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4266" s="1" t="s">
+        <v>3766</v>
+      </c>
+      <c r="B4266" s="2">
+        <v>1.35</v>
+      </c>
+    </row>
+    <row r="4267" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4267" s="1" t="s">
+        <v>3443</v>
+      </c>
+      <c r="B4267" s="2">
+        <v>52.55</v>
+      </c>
+    </row>
+    <row r="4268" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4268" s="1" t="s">
+        <v>3832</v>
+      </c>
+      <c r="B4268" s="2">
+        <v>59.65</v>
+      </c>
+    </row>
+    <row r="4269" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4269" s="1" t="s">
+        <v>3901</v>
+      </c>
+      <c r="B4269" s="2">
+        <v>59.75</v>
+      </c>
+    </row>
+    <row r="4270" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4270" s="1" t="s">
+        <v>3871</v>
+      </c>
+      <c r="B4270" s="2">
+        <v>4.1900000000000004</v>
+      </c>
+    </row>
+    <row r="4271" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4271" s="1" t="s">
+        <v>3905</v>
+      </c>
+      <c r="B4271" s="2">
+        <v>41.83</v>
+      </c>
+    </row>
+    <row r="4272" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4272" s="1" t="s">
+        <v>3902</v>
+      </c>
+      <c r="B4272" s="2">
+        <v>44.57</v>
+      </c>
+    </row>
+    <row r="4273" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4273" s="1" t="s">
+        <v>3906</v>
+      </c>
+      <c r="B4273" s="2">
+        <v>34.83</v>
+      </c>
+    </row>
+    <row r="4274" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4274" s="1" t="s">
+        <v>3903</v>
+      </c>
+      <c r="B4274" s="2">
+        <v>35.880000000000003</v>
+      </c>
+    </row>
+    <row r="4275" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4275" s="1" t="s">
+        <v>3900</v>
+      </c>
+      <c r="B4275" s="2">
+        <v>105.5</v>
+      </c>
+    </row>
+    <row r="4276" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4276" s="1" t="s">
+        <v>3904</v>
+      </c>
+      <c r="B4276" s="2">
+        <v>55.75</v>
+      </c>
+    </row>
+    <row r="4277" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4277" s="1" t="s">
+        <v>3499</v>
+      </c>
+      <c r="B4277" s="2">
+        <v>9.3800000000000008</v>
+      </c>
+    </row>
+    <row r="4278" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4278" s="1" t="s">
+        <v>4294</v>
+      </c>
+      <c r="B4278" s="2">
+        <v>1.1000000000000001</v>
+      </c>
+    </row>
+    <row r="4279" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4279" s="1" t="s">
+        <v>3782</v>
+      </c>
+      <c r="B4279" s="2">
+        <v>1.21</v>
+      </c>
+    </row>
+    <row r="4280" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4280" s="1" t="s">
+        <v>3735</v>
+      </c>
+      <c r="B4280" s="2">
+        <v>1.62</v>
+      </c>
+    </row>
+    <row r="4281" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4281" s="1" t="s">
+        <v>3873</v>
+      </c>
+      <c r="B4281" s="2">
+        <v>1.6</v>
+      </c>
+    </row>
+    <row r="4282" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4282" s="1" t="s">
+        <v>3867</v>
+      </c>
+      <c r="B4282" s="2">
+        <v>1.7</v>
+      </c>
+    </row>
+    <row r="4283" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4283" s="1" t="s">
+        <v>4295</v>
+      </c>
+      <c r="B4283" s="2">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="4284" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4284" s="1" t="s">
+        <v>3877</v>
+      </c>
+      <c r="B4284" s="2">
+        <v>1.23</v>
+      </c>
+    </row>
+    <row r="4285" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4285" s="1" t="s">
+        <v>4296</v>
+      </c>
+      <c r="B4285" s="2">
+        <v>20.5</v>
+      </c>
+    </row>
+    <row r="4286" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4286" s="1" t="s">
+        <v>3919</v>
+      </c>
+      <c r="B4286" s="2">
+        <v>1.3</v>
+      </c>
+    </row>
+    <row r="4287" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4287" s="1" t="s">
+        <v>4297</v>
+      </c>
+      <c r="B4287" s="2">
+        <v>1.1499999999999999</v>
+      </c>
+    </row>
+    <row r="4288" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4288" s="1" t="s">
+        <v>3473</v>
+      </c>
+      <c r="B4288" s="2">
+        <v>31.98</v>
+      </c>
+    </row>
+    <row r="4289" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4289" s="1" t="s">
+        <v>3539</v>
+      </c>
+      <c r="B4289" s="2">
+        <v>1.45</v>
+      </c>
+    </row>
+    <row r="4290" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4290" s="1" t="s">
+        <v>3540</v>
+      </c>
+      <c r="B4290" s="2">
+        <v>1.1100000000000001</v>
+      </c>
+    </row>
+    <row r="4291" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4291" s="1" t="s">
+        <v>3541</v>
+      </c>
+      <c r="B4291" s="2">
+        <v>1.4</v>
+      </c>
+    </row>
+    <row r="4292" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4292" s="1" t="s">
+        <v>3542</v>
+      </c>
+      <c r="B4292" s="2">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="4293" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4293" s="1" t="s">
+        <v>3543</v>
+      </c>
+      <c r="B4293" s="2">
+        <v>0.86</v>
+      </c>
+    </row>
+    <row r="4294" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4294" s="1" t="s">
+        <v>4298</v>
+      </c>
+      <c r="B4294" s="2">
+        <v>1.05</v>
+      </c>
+    </row>
+    <row r="4295" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4295" s="1" t="s">
+        <v>4299</v>
+      </c>
+      <c r="B4295" s="2">
+        <v>12.8</v>
+      </c>
+    </row>
+    <row r="4296" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4296" s="1" t="s">
+        <v>4300</v>
+      </c>
+      <c r="B4296" s="2">
+        <v>6.47</v>
+      </c>
+    </row>
+    <row r="4297" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4297" s="1" t="s">
+        <v>3707</v>
+      </c>
+      <c r="B4297" s="2">
+        <v>119.92</v>
+      </c>
+    </row>
+    <row r="4298" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4298" s="1" t="s">
+        <v>3858</v>
+      </c>
+      <c r="B4298" s="2">
+        <v>59.38</v>
+      </c>
+    </row>
+    <row r="4299" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4299" s="1" t="s">
+        <v>3859</v>
+      </c>
+      <c r="B4299" s="2">
+        <v>141.88</v>
+      </c>
+    </row>
+    <row r="4300" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="A4300" s="1" t="s">
+        <v>3562</v>
+      </c>
+      <c r="B4300" s="2">
+        <v>0.98</v>
+      </c>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:B4194" xr:uid="{805BC65A-E566-412A-ACF6-A96D08C68E19}"/>
-[...1 lines deleted...]
-    <sortCondition ref="A2:A3531"/>
+  <autoFilter ref="A1:B4192" xr:uid="{805BC65A-E566-412A-ACF6-A96D08C68E19}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:D3529">
+    <sortCondition ref="A2:A3529"/>
   </sortState>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="89" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="RevCycleReportingAudit" ma:contentTypeID="0x010100A0AD331A36C53045B9F4F5BEAEE6F44800B53D62B2AC337944AB9050D085EEEACB" ma:contentTypeVersion="22" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="353393e9f6960120e9ec1e7bfeec5215">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="272de749-3868-4cde-ab7f-187bf3ae0e10" xmlns:ns3="ccc62fcd-1952-4268-a820-fb9d6d94cbd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa09683f8b147ed8a7b78d433d27da9e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="RevCycleReportingAudit" ma:contentTypeID="0x010100A0AD331A36C53045B9F4F5BEAEE6F44800B53D62B2AC337944AB9050D085EEEACB" ma:contentTypeVersion="22" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="397f8653f29b9eb9d760f641ab62fdc1">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="272de749-3868-4cde-ab7f-187bf3ae0e10" xmlns:ns3="ccc62fcd-1952-4268-a820-fb9d6d94cbd0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="166e9afd1c37b104e321373407dad572" ns2:_="" ns3:_="">
     <xsd:import namespace="272de749-3868-4cde-ab7f-187bf3ae0e10"/>
     <xsd:import namespace="ccc62fcd-1952-4268-a820-fb9d6d94cbd0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Users"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="272de749-3868-4cde-ab7f-187bf3ae0e10" elementFormDefault="qualified">
@@ -46861,59 +48025,59 @@
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Users xmlns="272de749-3868-4cde-ab7f-187bf3ae0e10">
       <UserInfo>
         <DisplayName/>
         <AccountId/>
         <AccountType/>
       </UserInfo>
     </Users>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C09E81E-92E1-476D-BDE5-5B002F1412C7}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC721C7A-8621-4829-B891-966F1F9FFB98}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{87A2C69F-01CE-435F-A166-D64C801A151B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{097E5A17-0836-48A7-B50D-259B0854ECFE}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BB5E735-EB67-418C-AA0F-09C009EFEB9B}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98547ED4-2619-4EE2-900B-2FB0FCD7B56B}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{b4e5d35f-4e6a-4642-aaeb-20ab6a7b6fba}" enabled="1" method="Standard" siteId="{ab214bcd-9b97-41bb-aa9d-46cf10d822fd}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>